--- v0 (2025-10-01)
+++ v1 (2025-11-16)
@@ -56,51 +56,51 @@
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Кирпич" sheetId="1" r:id="rId4"/>
     <sheet name="Блоки" sheetId="2" r:id="rId5"/>
     <sheet name="Сухие смеси" sheetId="3" r:id="rId6"/>
     <sheet name="Крепления, армирование и вентиляция" sheetId="4" r:id="rId7"/>
     <sheet name="Ступени и напольная плитка" sheetId="5" r:id="rId8"/>
     <sheet name="Плитка для фасада" sheetId="6" r:id="rId9"/>
     <sheet name="Тротуарная плитка" sheetId="7" r:id="rId10"/>
     <sheet name="Декоративный камень" sheetId="8" r:id="rId11"/>
     <sheet name="Фасадные термопанели" sheetId="9" r:id="rId12"/>
     <sheet name="Утеплитель" sheetId="10" r:id="rId13"/>
     <sheet name="Внутренняя отделка" sheetId="11" r:id="rId14"/>
     <sheet name="Кровля" sheetId="12" r:id="rId15"/>
     <sheet name="ЖБИ" sheetId="13" r:id="rId16"/>
     <sheet name="Системы вентиляции" sheetId="14" r:id="rId17"/>
     <sheet name="Элементы забора" sheetId="15" r:id="rId18"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2492">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2491">
   <si>
     <t>8 800 555 44 33</t>
   </si>
   <si>
     <t>Вам ответят c 8:00 до 22:00, без выходных.
 Звонок по России бесплатный</t>
   </si>
   <si>
     <t>+7 8412 39 88 94</t>
   </si>
   <si>
     <t>ЕЖЕДНЕВНО с 08:00 до 22:00</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="18"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Пенза</t>
@@ -129,51 +129,51 @@
       </rPr>
       <t xml:space="preserve">Цены</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="14"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> для Пензы на: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFDE5705"/>
         <sz val="14"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">02.10.2025</t>
+      <t xml:space="preserve">16.11.2025</t>
     </r>
   </si>
   <si>
     <t>moskeram.ru</t>
   </si>
   <si>
     <t>Кирпич</t>
   </si>
   <si>
     <t>Строительный кирпич</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Марка</t>
   </si>
   <si>
     <t>Производитель</t>
   </si>
   <si>
     <t>Цена за шт.(самовывоз)</t>
@@ -283,203 +283,200 @@
   <si>
     <t>солома</t>
   </si>
   <si>
     <t>АК Барс Керамик</t>
   </si>
   <si>
     <t>008002</t>
   </si>
   <si>
     <t>красный</t>
   </si>
   <si>
     <t>Новомосковский КЗ</t>
   </si>
   <si>
     <t>058562</t>
   </si>
   <si>
     <t>солома рустик</t>
   </si>
   <si>
     <t>058008</t>
   </si>
   <si>
+    <t>104561</t>
+  </si>
+  <si>
+    <t>М-175</t>
+  </si>
+  <si>
+    <t>Старооскольский КЗ</t>
+  </si>
+  <si>
+    <t>002126</t>
+  </si>
+  <si>
+    <t>красный бостон</t>
+  </si>
+  <si>
+    <t>002135</t>
+  </si>
+  <si>
+    <t>красный графит руст</t>
+  </si>
+  <si>
+    <t>002014</t>
+  </si>
+  <si>
+    <t>002148</t>
+  </si>
+  <si>
+    <t>кортен микс</t>
+  </si>
+  <si>
+    <t>002132</t>
+  </si>
+  <si>
+    <t>красный кварц</t>
+  </si>
+  <si>
+    <t>002133</t>
+  </si>
+  <si>
+    <t>красный кварц руст</t>
+  </si>
+  <si>
+    <t>104571</t>
+  </si>
+  <si>
+    <t>солома миндаль</t>
+  </si>
+  <si>
+    <t>002121</t>
+  </si>
+  <si>
+    <t>красный рустик</t>
+  </si>
+  <si>
+    <t>002198</t>
+  </si>
+  <si>
+    <t>медь</t>
+  </si>
+  <si>
+    <t>002199</t>
+  </si>
+  <si>
+    <t>бронза</t>
+  </si>
+  <si>
+    <t>Облицовочный Полуторный</t>
+  </si>
+  <si>
+    <t>008001</t>
+  </si>
+  <si>
+    <t>002134</t>
+  </si>
+  <si>
+    <t>красный магма</t>
+  </si>
+  <si>
+    <t>002144</t>
+  </si>
+  <si>
+    <t>кортен бостон</t>
+  </si>
+  <si>
+    <t>002143</t>
+  </si>
+  <si>
+    <t>кортен руст</t>
+  </si>
+  <si>
+    <t>002142</t>
+  </si>
+  <si>
+    <t>антик руст</t>
+  </si>
+  <si>
+    <t>002151</t>
+  </si>
+  <si>
+    <t>готика</t>
+  </si>
+  <si>
+    <t>058004</t>
+  </si>
+  <si>
+    <t>мокко</t>
+  </si>
+  <si>
+    <t>058102</t>
+  </si>
+  <si>
+    <t>мокко рустик</t>
+  </si>
+  <si>
+    <t>058003</t>
+  </si>
+  <si>
+    <t>слоновая кость</t>
+  </si>
+  <si>
+    <t>058564</t>
+  </si>
+  <si>
+    <t>слоновая кость рустик</t>
+  </si>
+  <si>
     <t>002102</t>
   </si>
   <si>
-    <t>М-175</t>
-[...1 lines deleted...]
-  <si>
     <t>абрикос</t>
   </si>
   <si>
-    <t>104561</t>
-[...86 lines deleted...]
-    <t>кортен бостон</t>
+    <t>002146</t>
+  </si>
+  <si>
+    <t>кортен лайт</t>
+  </si>
+  <si>
+    <t>002137</t>
+  </si>
+  <si>
+    <t>красный флеш руст</t>
   </si>
   <si>
     <t>002145</t>
   </si>
   <si>
     <t>кортен кора</t>
   </si>
   <si>
-    <t>002151</t>
-[...46 lines deleted...]
-  <si>
     <t>058002</t>
   </si>
   <si>
     <t>002152</t>
   </si>
   <si>
     <t>умбра</t>
   </si>
   <si>
     <t>058005</t>
   </si>
   <si>
     <t>какао</t>
   </si>
   <si>
     <t>058101</t>
   </si>
   <si>
     <t xml:space="preserve">какао рустик </t>
   </si>
   <si>
     <t>002141</t>
   </si>
   <si>
     <t>антик кварц</t>
@@ -709,1137 +706,1137 @@
   <si>
     <t>Беренс</t>
   </si>
   <si>
     <t>002008</t>
   </si>
   <si>
     <t>058024</t>
   </si>
   <si>
     <t xml:space="preserve">дюна </t>
   </si>
   <si>
     <t>49096</t>
   </si>
   <si>
     <t>Дым</t>
   </si>
   <si>
     <t>490988</t>
   </si>
   <si>
     <t>Айсвори</t>
   </si>
   <si>
+    <t>146001</t>
+  </si>
+  <si>
+    <t>Керма</t>
+  </si>
+  <si>
+    <t>146002</t>
+  </si>
+  <si>
+    <t>146003</t>
+  </si>
+  <si>
+    <t>пшеничное лето</t>
+  </si>
+  <si>
+    <t>146004</t>
+  </si>
+  <si>
+    <t>146005</t>
+  </si>
+  <si>
+    <t>146006</t>
+  </si>
+  <si>
+    <t>красный бархат</t>
+  </si>
+  <si>
+    <t>146007</t>
+  </si>
+  <si>
+    <t>шоколад бархат</t>
+  </si>
+  <si>
+    <t>146008</t>
+  </si>
+  <si>
+    <t>пшеничное лето бархат</t>
+  </si>
+  <si>
+    <t>146009</t>
+  </si>
+  <si>
+    <t>146010</t>
+  </si>
+  <si>
+    <t>146011</t>
+  </si>
+  <si>
+    <t>146012</t>
+  </si>
+  <si>
+    <t>146015</t>
+  </si>
+  <si>
+    <t>146016</t>
+  </si>
+  <si>
+    <t>146017</t>
+  </si>
+  <si>
+    <t>146018</t>
+  </si>
+  <si>
+    <t>146021</t>
+  </si>
+  <si>
+    <t>russet granite</t>
+  </si>
+  <si>
+    <t>146023</t>
+  </si>
+  <si>
+    <t>brown granite</t>
+  </si>
+  <si>
+    <t>146030</t>
+  </si>
+  <si>
+    <t>brown diamonds</t>
+  </si>
+  <si>
+    <t>146031</t>
+  </si>
+  <si>
+    <t>146035</t>
+  </si>
+  <si>
+    <t>пшеничное лето рустик</t>
+  </si>
+  <si>
+    <t>146036</t>
+  </si>
+  <si>
+    <t>146039</t>
+  </si>
+  <si>
+    <t>146040</t>
+  </si>
+  <si>
+    <t>бордо рустик</t>
+  </si>
+  <si>
+    <t>146041</t>
+  </si>
+  <si>
+    <t>шоколад рустик</t>
+  </si>
+  <si>
+    <t>146043</t>
+  </si>
+  <si>
+    <t>mercury strong</t>
+  </si>
+  <si>
+    <t>146045</t>
+  </si>
+  <si>
+    <t>mars strong</t>
+  </si>
+  <si>
+    <t>146053</t>
+  </si>
+  <si>
+    <t>бордо темный</t>
+  </si>
+  <si>
+    <t>146054</t>
+  </si>
+  <si>
+    <t>beroza hard</t>
+  </si>
+  <si>
+    <t>146055</t>
+  </si>
+  <si>
+    <t>146056</t>
+  </si>
+  <si>
+    <t>lava hard</t>
+  </si>
+  <si>
+    <t>146057</t>
+  </si>
+  <si>
+    <t>akatsia</t>
+  </si>
+  <si>
+    <t>146058</t>
+  </si>
+  <si>
+    <t>146059</t>
+  </si>
+  <si>
+    <t>серебро</t>
+  </si>
+  <si>
+    <t>146060</t>
+  </si>
+  <si>
+    <t>ruby</t>
+  </si>
+  <si>
+    <t>002055</t>
+  </si>
+  <si>
+    <t>антрацит лава</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ликолор </t>
+  </si>
+  <si>
+    <t>002056</t>
+  </si>
+  <si>
+    <t>антрацит магма</t>
+  </si>
+  <si>
+    <t>002058</t>
+  </si>
+  <si>
+    <t>графит лава</t>
+  </si>
+  <si>
+    <t>002059</t>
+  </si>
+  <si>
+    <t>графит магма</t>
+  </si>
+  <si>
+    <t>002051</t>
+  </si>
+  <si>
+    <t>Морион Север</t>
+  </si>
+  <si>
+    <t>002052</t>
+  </si>
+  <si>
+    <t xml:space="preserve">морион на заре </t>
+  </si>
+  <si>
+    <t>002050</t>
+  </si>
+  <si>
+    <t>морошка скала</t>
+  </si>
+  <si>
+    <t>002042</t>
+  </si>
+  <si>
+    <t>002091</t>
+  </si>
+  <si>
+    <t>древний огонь</t>
+  </si>
+  <si>
+    <t>002092</t>
+  </si>
+  <si>
+    <t>красный оберег</t>
+  </si>
+  <si>
+    <t>002093</t>
+  </si>
+  <si>
+    <t>сердце вулкана</t>
+  </si>
+  <si>
+    <t>002094</t>
+  </si>
+  <si>
+    <t>сияющий дар</t>
+  </si>
+  <si>
+    <t>002095</t>
+  </si>
+  <si>
+    <t>хранитель времени</t>
+  </si>
+  <si>
+    <t>002096</t>
+  </si>
+  <si>
+    <t>хранитель тишины</t>
+  </si>
+  <si>
+    <t>002097</t>
+  </si>
+  <si>
+    <t>черное сокровище</t>
+  </si>
+  <si>
+    <t>002041</t>
+  </si>
+  <si>
+    <t>борус</t>
+  </si>
+  <si>
+    <t>002043</t>
+  </si>
+  <si>
+    <t>ягель</t>
+  </si>
+  <si>
+    <t>009112</t>
+  </si>
+  <si>
+    <t>каменное пламя</t>
+  </si>
+  <si>
+    <t>002855</t>
+  </si>
+  <si>
+    <t>Морион Юг лава</t>
+  </si>
+  <si>
+    <t>003111</t>
+  </si>
+  <si>
+    <t>Морион Север лава</t>
+  </si>
+  <si>
+    <t>004111</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Морион на заре </t>
+  </si>
+  <si>
+    <t>009111</t>
+  </si>
+  <si>
+    <t>Морошка скала</t>
+  </si>
+  <si>
+    <t>002053</t>
+  </si>
+  <si>
+    <t>морион юг лава</t>
+  </si>
+  <si>
+    <t>002443</t>
+  </si>
+  <si>
+    <t>каменный гром</t>
+  </si>
+  <si>
+    <t>002057</t>
+  </si>
+  <si>
+    <t>002444</t>
+  </si>
+  <si>
+    <t>пылающий камень</t>
+  </si>
+  <si>
+    <t>002333</t>
+  </si>
+  <si>
+    <t>камень счастья</t>
+  </si>
+  <si>
+    <t>002044</t>
+  </si>
+  <si>
+    <t>987001</t>
+  </si>
+  <si>
+    <t>шоколад сланец</t>
+  </si>
+  <si>
+    <t>987002</t>
+  </si>
+  <si>
+    <t>красный сланец</t>
+  </si>
+  <si>
+    <t>987013</t>
+  </si>
+  <si>
+    <t>ваниль сланец</t>
+  </si>
+  <si>
+    <t>987014</t>
+  </si>
+  <si>
+    <t>987015</t>
+  </si>
+  <si>
+    <t>ваниль антик</t>
+  </si>
+  <si>
+    <t>987019</t>
+  </si>
+  <si>
+    <t>ваниль сахара</t>
+  </si>
+  <si>
+    <t>987028</t>
+  </si>
+  <si>
+    <t>987029</t>
+  </si>
+  <si>
+    <t>шоколад антик</t>
+  </si>
+  <si>
+    <t>987030</t>
+  </si>
+  <si>
+    <t>987222</t>
+  </si>
+  <si>
+    <t>белый гладкий</t>
+  </si>
+  <si>
+    <t>987111</t>
+  </si>
+  <si>
+    <t>белый антик</t>
+  </si>
+  <si>
+    <t>987024</t>
+  </si>
+  <si>
+    <t>графит флеш</t>
+  </si>
+  <si>
+    <t>987025</t>
+  </si>
+  <si>
+    <t>987066</t>
+  </si>
+  <si>
+    <t xml:space="preserve">флеш обжиг </t>
+  </si>
+  <si>
+    <t>987666</t>
+  </si>
+  <si>
+    <t>987555</t>
+  </si>
+  <si>
+    <t>флеш обжиг антик</t>
+  </si>
+  <si>
+    <t>987525</t>
+  </si>
+  <si>
+    <t>флеш агат антик</t>
+  </si>
+  <si>
+    <t>987965</t>
+  </si>
+  <si>
+    <t>флеш графит антик</t>
+  </si>
+  <si>
+    <t>987947</t>
+  </si>
+  <si>
+    <t>987954</t>
+  </si>
+  <si>
+    <t>987011</t>
+  </si>
+  <si>
+    <t>красный антик</t>
+  </si>
+  <si>
+    <t>987021</t>
+  </si>
+  <si>
+    <t>987020</t>
+  </si>
+  <si>
+    <t>987012</t>
+  </si>
+  <si>
+    <t>987357</t>
+  </si>
+  <si>
+    <t>987064</t>
+  </si>
+  <si>
+    <t>987035</t>
+  </si>
+  <si>
+    <t>флеш обжиг сланец</t>
+  </si>
+  <si>
+    <t>987855</t>
+  </si>
+  <si>
+    <t>флеш обжиг сахара</t>
+  </si>
+  <si>
+    <t>987945</t>
+  </si>
+  <si>
+    <t>флеш обжиг руст</t>
+  </si>
+  <si>
+    <t>987975</t>
+  </si>
+  <si>
+    <t>флеш обжиг темный антик</t>
+  </si>
+  <si>
+    <t>987003</t>
+  </si>
+  <si>
+    <t>987089</t>
+  </si>
+  <si>
+    <t>987087</t>
+  </si>
+  <si>
+    <t>флеш агат сланец</t>
+  </si>
+  <si>
+    <t>987036</t>
+  </si>
+  <si>
+    <t>флеш агат сахара</t>
+  </si>
+  <si>
+    <t>987985</t>
+  </si>
+  <si>
+    <t>флеш обжиг темный сланец</t>
+  </si>
+  <si>
+    <t>6979001</t>
+  </si>
+  <si>
+    <t>6979003</t>
+  </si>
+  <si>
+    <t>146019</t>
+  </si>
+  <si>
+    <t>терракот</t>
+  </si>
+  <si>
+    <t>6979019</t>
+  </si>
+  <si>
+    <t>графит дуб</t>
+  </si>
+  <si>
+    <t>6979020</t>
+  </si>
+  <si>
+    <t>графит</t>
+  </si>
+  <si>
+    <t>6979012</t>
+  </si>
+  <si>
+    <t>6979013</t>
+  </si>
+  <si>
+    <t>готика дуб</t>
+  </si>
+  <si>
+    <t>6979014</t>
+  </si>
+  <si>
+    <t>готика лава</t>
+  </si>
+  <si>
+    <t>6979015</t>
+  </si>
+  <si>
+    <t>готика антика</t>
+  </si>
+  <si>
+    <t>6979017</t>
+  </si>
+  <si>
+    <t>6979018</t>
+  </si>
+  <si>
+    <t>графит антика</t>
+  </si>
+  <si>
+    <t>057010</t>
+  </si>
+  <si>
+    <t>Железногорский КЗ</t>
+  </si>
+  <si>
+    <t>057018</t>
+  </si>
+  <si>
+    <t>057016</t>
+  </si>
+  <si>
+    <t>057014</t>
+  </si>
+  <si>
+    <t>057015</t>
+  </si>
+  <si>
     <t>057019</t>
   </si>
   <si>
-    <t>Железногорский КЗ</t>
-[...1 lines deleted...]
-  <si>
     <t>057013</t>
   </si>
   <si>
+    <t>057011</t>
+  </si>
+  <si>
+    <t>057017</t>
+  </si>
+  <si>
+    <t>соломенный</t>
+  </si>
+  <si>
+    <t>057022</t>
+  </si>
+  <si>
+    <t>057023</t>
+  </si>
+  <si>
+    <t>красный скала</t>
+  </si>
+  <si>
+    <t>057024</t>
+  </si>
+  <si>
+    <t>057025</t>
+  </si>
+  <si>
+    <t>057026</t>
+  </si>
+  <si>
+    <t>соломенный бархат</t>
+  </si>
+  <si>
+    <t>057027</t>
+  </si>
+  <si>
+    <t>соломенный дерево</t>
+  </si>
+  <si>
+    <t>057029</t>
+  </si>
+  <si>
+    <t>соломенный пена</t>
+  </si>
+  <si>
+    <t>057030</t>
+  </si>
+  <si>
+    <t>соломенный скала</t>
+  </si>
+  <si>
+    <t>057031</t>
+  </si>
+  <si>
+    <t>057033</t>
+  </si>
+  <si>
+    <t>057034</t>
+  </si>
+  <si>
+    <t>057035</t>
+  </si>
+  <si>
+    <t>коричневый бархат</t>
+  </si>
+  <si>
+    <t>057036</t>
+  </si>
+  <si>
+    <t>коричневый дерево</t>
+  </si>
+  <si>
+    <t>057038</t>
+  </si>
+  <si>
+    <t>коричневый пена</t>
+  </si>
+  <si>
+    <t>057040</t>
+  </si>
+  <si>
+    <t>коричневый скала</t>
+  </si>
+  <si>
+    <t>057042</t>
+  </si>
+  <si>
+    <t>057044</t>
+  </si>
+  <si>
+    <t>057046</t>
+  </si>
+  <si>
     <t>057049</t>
   </si>
   <si>
     <t>слоновая кость скала</t>
   </si>
   <si>
     <t>057050</t>
   </si>
   <si>
     <t>слоновая кость бархат</t>
   </si>
   <si>
     <t>057051</t>
   </si>
   <si>
     <t>слоновая кость дерево</t>
   </si>
   <si>
+    <t>057052</t>
+  </si>
+  <si>
     <t>057053</t>
   </si>
   <si>
+    <t>057054</t>
+  </si>
+  <si>
+    <t>057055</t>
+  </si>
+  <si>
+    <t>057056</t>
+  </si>
+  <si>
+    <t>серый скала</t>
+  </si>
+  <si>
+    <t>057057</t>
+  </si>
+  <si>
+    <t>057058</t>
+  </si>
+  <si>
+    <t>057059</t>
+  </si>
+  <si>
+    <t>057061</t>
+  </si>
+  <si>
+    <t xml:space="preserve">соломенный </t>
+  </si>
+  <si>
+    <t>057062</t>
+  </si>
+  <si>
+    <t>057063</t>
+  </si>
+  <si>
+    <t>057065</t>
+  </si>
+  <si>
+    <t>057066</t>
+  </si>
+  <si>
+    <t>057067</t>
+  </si>
+  <si>
+    <t>Облицовочный Евро 0,96</t>
+  </si>
+  <si>
+    <t>057068</t>
+  </si>
+  <si>
+    <t>057060</t>
+  </si>
+  <si>
+    <t>057064</t>
+  </si>
+  <si>
+    <t>Облицовочный Евро 0,5</t>
+  </si>
+  <si>
+    <t>057069</t>
+  </si>
+  <si>
+    <t>057070</t>
+  </si>
+  <si>
+    <t>057072</t>
+  </si>
+  <si>
+    <t>057073</t>
+  </si>
+  <si>
+    <t>057074</t>
+  </si>
+  <si>
+    <t>крафт бархат</t>
+  </si>
+  <si>
+    <t>057076</t>
+  </si>
+  <si>
+    <t>крафт</t>
+  </si>
+  <si>
+    <t>057079</t>
+  </si>
+  <si>
+    <t>крафт дерево</t>
+  </si>
+  <si>
+    <t>057080</t>
+  </si>
+  <si>
+    <t>крафт скала</t>
+  </si>
+  <si>
     <t>057081</t>
   </si>
   <si>
     <t>белый</t>
   </si>
   <si>
     <t>057082</t>
   </si>
   <si>
+    <t>057210</t>
+  </si>
+  <si>
+    <t>057233</t>
+  </si>
+  <si>
+    <t>слоновая кость бархан</t>
+  </si>
+  <si>
+    <t>057243</t>
+  </si>
+  <si>
+    <t>057523</t>
+  </si>
+  <si>
+    <t>терракот скала</t>
+  </si>
+  <si>
+    <t>057823</t>
+  </si>
+  <si>
+    <t>терракот бархат</t>
+  </si>
+  <si>
+    <t>057593</t>
+  </si>
+  <si>
+    <t>персиковый скала</t>
+  </si>
+  <si>
     <t>057563</t>
   </si>
   <si>
     <t>персиковый гладкий</t>
   </si>
   <si>
-    <t>057076</t>
-[...5 lines deleted...]
-    <t>057010</t>
+    <t>057863</t>
+  </si>
+  <si>
+    <t>персиковый бархат</t>
+  </si>
+  <si>
+    <t>057663</t>
+  </si>
+  <si>
+    <t>персиковый дерево</t>
+  </si>
+  <si>
+    <t>057693</t>
+  </si>
+  <si>
+    <t>персиковый пена</t>
+  </si>
+  <si>
+    <t>057793</t>
+  </si>
+  <si>
+    <t>персиковый бархан</t>
+  </si>
+  <si>
+    <t>057893</t>
+  </si>
+  <si>
+    <t>персиковый рустик</t>
+  </si>
+  <si>
+    <t>051793</t>
+  </si>
+  <si>
+    <t>крафт бархан</t>
+  </si>
+  <si>
+    <t>056793</t>
+  </si>
+  <si>
+    <t>крафт рустик</t>
+  </si>
+  <si>
+    <t>056733</t>
+  </si>
+  <si>
+    <t>соломенный рустик</t>
   </si>
   <si>
     <t>056713</t>
   </si>
   <si>
     <t>соломенный бархан</t>
   </si>
   <si>
-    <t>057015</t>
-[...29 lines deleted...]
-    <t>057068</t>
+    <t>056213</t>
+  </si>
+  <si>
+    <t>белый бархан</t>
+  </si>
+  <si>
+    <t>056223</t>
+  </si>
+  <si>
+    <t>белый бархат</t>
+  </si>
+  <si>
+    <t>056123</t>
+  </si>
+  <si>
+    <t>белый дерево</t>
+  </si>
+  <si>
+    <t>056183</t>
+  </si>
+  <si>
+    <t>белый рустик</t>
+  </si>
+  <si>
+    <t>056283</t>
+  </si>
+  <si>
+    <t>коричневый рустик</t>
+  </si>
+  <si>
+    <t>057561</t>
+  </si>
+  <si>
+    <t>056561</t>
+  </si>
+  <si>
+    <t>022561</t>
   </si>
   <si>
     <t>0225291</t>
   </si>
   <si>
-    <t>красный скала</t>
+    <t>057861</t>
   </si>
   <si>
     <t>057661</t>
   </si>
   <si>
-    <t>персиковый дерево</t>
-[...35 lines deleted...]
-    <t>057059</t>
+    <t>054661</t>
+  </si>
+  <si>
+    <t>белый скала</t>
   </si>
   <si>
     <t>052361</t>
   </si>
   <si>
-    <t>белый бархан</t>
-[...125 lines deleted...]
-    <t>терракот бархат</t>
+    <t>056273</t>
+  </si>
+  <si>
+    <t>коричневый пена алмаз</t>
   </si>
   <si>
     <t>056243</t>
   </si>
   <si>
     <t>коричневый скала алмаз</t>
   </si>
   <si>
-    <t>056273</t>
-[...548 lines deleted...]
-    <t>флеш обжиг темный сланец</t>
+    <t>057012</t>
+  </si>
+  <si>
+    <t>104010</t>
+  </si>
+  <si>
+    <t>104011</t>
+  </si>
+  <si>
+    <t>104012</t>
+  </si>
+  <si>
+    <t>солома бархат</t>
+  </si>
+  <si>
+    <t>104013</t>
+  </si>
+  <si>
+    <t>104014</t>
+  </si>
+  <si>
+    <t>104015</t>
+  </si>
+  <si>
+    <t>104016</t>
+  </si>
+  <si>
+    <t>104017</t>
+  </si>
+  <si>
+    <t>эмират светлый</t>
+  </si>
+  <si>
+    <t>104019</t>
+  </si>
+  <si>
+    <t>104020</t>
+  </si>
+  <si>
+    <t>104021</t>
+  </si>
+  <si>
+    <t>104022</t>
+  </si>
+  <si>
+    <t>104023</t>
+  </si>
+  <si>
+    <t>104024</t>
+  </si>
+  <si>
+    <t>104025</t>
+  </si>
+  <si>
+    <t>104026</t>
+  </si>
+  <si>
+    <t>104027</t>
+  </si>
+  <si>
+    <t>104028</t>
+  </si>
+  <si>
+    <t>белый доломит</t>
+  </si>
+  <si>
+    <t>104029</t>
+  </si>
+  <si>
+    <t>104889</t>
+  </si>
+  <si>
+    <t>104513</t>
+  </si>
+  <si>
+    <t>104415</t>
+  </si>
+  <si>
+    <t>104219</t>
+  </si>
+  <si>
+    <t>104639</t>
+  </si>
+  <si>
+    <t>серый беж гладкий</t>
+  </si>
+  <si>
+    <t>102361</t>
+  </si>
+  <si>
+    <t>солома антик</t>
+  </si>
+  <si>
+    <t>104531</t>
+  </si>
+  <si>
+    <t>104331</t>
+  </si>
+  <si>
+    <t>104220</t>
+  </si>
+  <si>
+    <t>104919</t>
+  </si>
+  <si>
+    <t>серый беж бархат</t>
+  </si>
+  <si>
+    <t>104719</t>
+  </si>
+  <si>
+    <t>серый беж рустик</t>
+  </si>
+  <si>
+    <t>109026</t>
+  </si>
+  <si>
+    <t>109926</t>
+  </si>
+  <si>
+    <t>109626</t>
+  </si>
+  <si>
+    <t>104226</t>
+  </si>
+  <si>
+    <t>104926</t>
+  </si>
+  <si>
+    <t>104626</t>
+  </si>
+  <si>
+    <t>коричневый доломит</t>
+  </si>
+  <si>
+    <t>104082</t>
+  </si>
+  <si>
+    <t>эмират</t>
   </si>
   <si>
     <t>104009</t>
-  </si>
-[...253 lines deleted...]
-    <t>терракот</t>
   </si>
   <si>
     <t>Ручная формовка</t>
   </si>
   <si>
     <t>Коллекция</t>
   </si>
   <si>
     <t>Облицовочный Ручной формовки</t>
   </si>
   <si>
     <t>002138</t>
   </si>
   <si>
     <t xml:space="preserve">Облицовочный Ручной формовки </t>
   </si>
   <si>
     <t>002139</t>
   </si>
   <si>
     <t>002140</t>
   </si>
   <si>
     <t>002153</t>
   </si>
@@ -10518,54 +10515,54 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://moskeram.ru" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing6.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://moskeram.ru" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing7.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://moskeram.ru" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing8.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://moskeram.ru" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing9.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://moskeram.ru" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:I378"/>
+  <dimension ref="A1:I377"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="H378" sqref="H378"/>
+      <selection activeCell="H377" sqref="H377"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="2.91" customWidth="true" style="0"/>
     <col min="2" max="2" width="52" customWidth="true" style="0"/>
     <col min="3" max="3" width="16" customWidth="true" style="0"/>
     <col min="4" max="4" width="16" customWidth="true" style="0"/>
     <col min="5" max="5" width="16" customWidth="true" style="0"/>
     <col min="6" max="6" width="16" customWidth="true" style="0"/>
     <col min="7" max="7" width="16" customWidth="true" style="0"/>
     <col min="8" max="8" width="16" customWidth="true" style="0"/>
     <col min="9" max="9" width="16" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" customHeight="1" ht="24">
       <c r="B1" s="1"/>
       <c r="C1" s="0"/>
       <c r="D1" s="0"/>
       <c r="E1" s="0"/>
       <c r="F1" s="0"/>
       <c r="G1" s="0"/>
     </row>
     <row r="2" spans="1:9" customHeight="1" ht="5"/>
     <row r="3" spans="1:9" customHeight="1" ht="30">
@@ -10634,51 +10631,51 @@
             </rPr>
             <t xml:space="preserve">Цены</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="14"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> для Пензы на: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFDE5705"/>
               <sz val="14"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">02.10.2025</t>
+            <t xml:space="preserve">16.11.2025</t>
           </r>
         </is>
       </c>
       <c r="F6" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="B7" s="6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="B9" s="7" t="s">
         <v>7</v>
       </c>
       <c r="C9" s="0"/>
       <c r="D9" s="0"/>
       <c r="E9" s="0"/>
       <c r="F9" s="0"/>
       <c r="G9" s="0"/>
     </row>
     <row r="10" spans="1:9">
       <c r="B10" s="8" t="s">
         <v>8</v>
@@ -11053,7383 +11050,7360 @@
       </c>
       <c r="E29" s="9" t="s">
         <v>47</v>
       </c>
       <c r="F29" s="9" t="s">
         <v>42</v>
       </c>
       <c r="G29" s="11">
         <v>25.63</v>
       </c>
       <c r="H29" s="11">
         <v>30.18729166666667</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="B30" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C30" s="9" t="s">
         <v>55</v>
       </c>
       <c r="D30" s="9" t="s">
         <v>56</v>
       </c>
       <c r="E30" s="9" t="s">
+        <v>53</v>
+      </c>
+      <c r="F30" s="9" t="s">
         <v>57</v>
       </c>
-      <c r="F30" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G30" s="10">
-        <v>27.9</v>
+        <v>31.4</v>
       </c>
       <c r="H30" s="10">
-        <v>40.92083333333333</v>
+        <v>33.6</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="B31" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C31" s="9" t="s">
         <v>58</v>
       </c>
       <c r="D31" s="9" t="s">
-        <v>56</v>
+        <v>16</v>
       </c>
       <c r="E31" s="9" t="s">
-        <v>53</v>
+        <v>59</v>
       </c>
       <c r="F31" s="9" t="s">
-        <v>59</v>
+        <v>17</v>
       </c>
       <c r="G31" s="10">
-        <v>31.4</v>
+        <v>22.04</v>
       </c>
       <c r="H31" s="10">
-        <v>33.6</v>
+        <v>33.61407407407408</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="B32" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C32" s="9" t="s">
         <v>60</v>
       </c>
       <c r="D32" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E32" s="9" t="s">
         <v>61</v>
       </c>
       <c r="F32" s="9" t="s">
         <v>17</v>
       </c>
       <c r="G32" s="10">
-        <v>22.04</v>
+        <v>21.11</v>
       </c>
       <c r="H32" s="10">
-        <v>33.61407407407408</v>
+        <v>34.13083333333334</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="B33" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C33" s="9" t="s">
         <v>62</v>
       </c>
       <c r="D33" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E33" s="9" t="s">
-        <v>63</v>
+        <v>50</v>
       </c>
       <c r="F33" s="9" t="s">
         <v>17</v>
       </c>
-      <c r="G33" s="10">
-[...3 lines deleted...]
-        <v>34.13083333333334</v>
+      <c r="G33" s="11">
+        <v>22.69</v>
+      </c>
+      <c r="H33" s="11">
+        <v>34.26407407407407</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="B34" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C34" s="9" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="D34" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E34" s="9" t="s">
-        <v>50</v>
+        <v>64</v>
       </c>
       <c r="F34" s="9" t="s">
         <v>17</v>
       </c>
-      <c r="G34" s="11">
-[...3 lines deleted...]
-        <v>34.26407407407407</v>
+      <c r="G34" s="10">
+        <v>21.39</v>
+      </c>
+      <c r="H34" s="10">
+        <v>34.41083333333334</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="B35" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C35" s="9" t="s">
         <v>65</v>
       </c>
       <c r="D35" s="9" t="s">
-        <v>56</v>
+        <v>16</v>
       </c>
       <c r="E35" s="9" t="s">
-        <v>57</v>
+        <v>66</v>
       </c>
       <c r="F35" s="9" t="s">
-        <v>59</v>
+        <v>17</v>
       </c>
       <c r="G35" s="10">
-        <v>32.1</v>
+        <v>21.58</v>
       </c>
       <c r="H35" s="10">
-        <v>34.35</v>
+        <v>34.60083333333333</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="B36" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C36" s="9" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="D36" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E36" s="9" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="F36" s="9" t="s">
         <v>17</v>
       </c>
       <c r="G36" s="10">
-        <v>21.39</v>
+        <v>21.58</v>
       </c>
       <c r="H36" s="10">
-        <v>34.41083333333334</v>
+        <v>34.60083333333333</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="B37" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C37" s="9" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D37" s="9" t="s">
-        <v>16</v>
+        <v>56</v>
       </c>
       <c r="E37" s="9" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="F37" s="9" t="s">
-        <v>17</v>
+        <v>57</v>
       </c>
       <c r="G37" s="10">
-        <v>21.58</v>
+        <v>32.4</v>
       </c>
       <c r="H37" s="10">
-        <v>34.60083333333333</v>
+        <v>34.67</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="B38" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C38" s="9" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D38" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E38" s="9" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="F38" s="9" t="s">
         <v>17</v>
       </c>
-      <c r="G38" s="10">
-[...3 lines deleted...]
-        <v>34.60083333333333</v>
+      <c r="G38" s="11">
+        <v>22.04</v>
+      </c>
+      <c r="H38" s="11">
+        <v>35.06083333333333</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="B39" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C39" s="9" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="D39" s="9" t="s">
-        <v>56</v>
+        <v>16</v>
       </c>
       <c r="E39" s="9" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="F39" s="9" t="s">
-        <v>59</v>
+        <v>17</v>
       </c>
       <c r="G39" s="10">
-        <v>32.4</v>
+        <v>23.44</v>
       </c>
       <c r="H39" s="10">
-        <v>34.67</v>
+        <v>35.69490196078431</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="B40" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C40" s="9" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D40" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E40" s="9" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="F40" s="9" t="s">
         <v>17</v>
       </c>
-      <c r="G40" s="11">
-[...3 lines deleted...]
-        <v>35.06083333333333</v>
+      <c r="G40" s="10">
+        <v>23.99</v>
+      </c>
+      <c r="H40" s="10">
+        <v>36.24490196078431</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="B41" s="9" t="s">
-        <v>39</v>
+        <v>77</v>
       </c>
       <c r="C41" s="9" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="D41" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E41" s="9" t="s">
-        <v>77</v>
+        <v>50</v>
       </c>
       <c r="F41" s="9" t="s">
-        <v>17</v>
-[...5 lines deleted...]
-        <v>35.69490196078431</v>
+        <v>51</v>
+      </c>
+      <c r="G41" s="11">
+        <v>23.3</v>
+      </c>
+      <c r="H41" s="11">
+        <v>36.24191919191919</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="B42" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C42" s="9" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="D42" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E42" s="9" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="F42" s="9" t="s">
         <v>17</v>
       </c>
       <c r="G42" s="10">
-        <v>23.99</v>
+        <v>23.34</v>
       </c>
       <c r="H42" s="10">
-        <v>36.24490196078431</v>
+        <v>36.36083333333333</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="B43" s="9" t="s">
-        <v>80</v>
+        <v>39</v>
       </c>
       <c r="C43" s="9" t="s">
         <v>81</v>
       </c>
       <c r="D43" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E43" s="9" t="s">
-        <v>50</v>
+        <v>82</v>
       </c>
       <c r="F43" s="9" t="s">
-        <v>51</v>
-[...5 lines deleted...]
-        <v>36.24191919191919</v>
+        <v>17</v>
+      </c>
+      <c r="G43" s="10">
+        <v>23.6</v>
+      </c>
+      <c r="H43" s="10">
+        <v>36.62083333333334</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="B44" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C44" s="9" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="D44" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E44" s="9" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="F44" s="9" t="s">
         <v>17</v>
       </c>
       <c r="G44" s="10">
-        <v>23.34</v>
+        <v>23.6</v>
       </c>
       <c r="H44" s="10">
-        <v>36.36083333333333</v>
+        <v>36.62083333333334</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="B45" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C45" s="9" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="D45" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E45" s="9" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="F45" s="9" t="s">
         <v>17</v>
       </c>
       <c r="G45" s="10">
-        <v>23.6</v>
+        <v>23.81</v>
       </c>
       <c r="H45" s="10">
-        <v>36.62083333333334</v>
+        <v>36.83083333333333</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="B46" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C46" s="9" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D46" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E46" s="9" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="F46" s="9" t="s">
         <v>17</v>
       </c>
       <c r="G46" s="10">
-        <v>23.6</v>
+        <v>24.77</v>
       </c>
       <c r="H46" s="10">
-        <v>36.62083333333334</v>
+        <v>37.79083333333333</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="B47" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C47" s="9" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D47" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E47" s="9" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="F47" s="9" t="s">
-        <v>17</v>
+        <v>42</v>
       </c>
       <c r="G47" s="10">
-        <v>23.6</v>
+        <v>33.5</v>
       </c>
       <c r="H47" s="10">
-        <v>36.62083333333334</v>
+        <v>38.05729166666666</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="B48" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C48" s="9" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D48" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E48" s="9" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="F48" s="9" t="s">
-        <v>17</v>
+        <v>42</v>
       </c>
       <c r="G48" s="10">
-        <v>24.77</v>
+        <v>33.92</v>
       </c>
       <c r="H48" s="10">
-        <v>37.79083333333333</v>
+        <v>38.47729166666667</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="B49" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C49" s="9" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="D49" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E49" s="9" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="F49" s="9" t="s">
         <v>42</v>
       </c>
       <c r="G49" s="10">
-        <v>33.5</v>
+        <v>34.27</v>
       </c>
       <c r="H49" s="10">
-        <v>38.05729166666666</v>
+        <v>38.82729166666667</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="B50" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C50" s="9" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="D50" s="9" t="s">
-        <v>16</v>
+        <v>56</v>
       </c>
       <c r="E50" s="9" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="F50" s="9" t="s">
         <v>42</v>
       </c>
       <c r="G50" s="10">
-        <v>33.92</v>
+        <v>34.7</v>
       </c>
       <c r="H50" s="10">
-        <v>38.47729166666667</v>
+        <v>39.25729166666667</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="B51" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C51" s="9" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D51" s="9" t="s">
-        <v>16</v>
+        <v>56</v>
       </c>
       <c r="E51" s="9" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="F51" s="9" t="s">
-        <v>42</v>
+        <v>17</v>
       </c>
       <c r="G51" s="10">
-        <v>34.27</v>
+        <v>26.51</v>
       </c>
       <c r="H51" s="10">
-        <v>38.82729166666667</v>
+        <v>39.53083333333333</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="B52" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C52" s="9" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="D52" s="9" t="s">
-        <v>56</v>
+        <v>16</v>
       </c>
       <c r="E52" s="9" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="F52" s="9" t="s">
-        <v>42</v>
+        <v>17</v>
       </c>
       <c r="G52" s="10">
-        <v>34.7</v>
+        <v>26.78</v>
       </c>
       <c r="H52" s="10">
-        <v>39.25729166666667</v>
+        <v>39.80083333333334</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="B53" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C53" s="9" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D53" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E53" s="9" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="F53" s="9" t="s">
         <v>17</v>
       </c>
       <c r="G53" s="10">
-        <v>26.45</v>
+        <v>26.88</v>
       </c>
       <c r="H53" s="10">
-        <v>39.47083333333333</v>
+        <v>39.90083333333333</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="B54" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C54" s="9" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D54" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E54" s="9" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="F54" s="9" t="s">
         <v>17</v>
       </c>
       <c r="G54" s="10">
-        <v>26.78</v>
+        <v>27</v>
       </c>
       <c r="H54" s="10">
-        <v>39.80083333333334</v>
+        <v>40.02083333333334</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="B55" s="9" t="s">
-        <v>39</v>
+        <v>77</v>
       </c>
       <c r="C55" s="9" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D55" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E55" s="9" t="s">
-        <v>105</v>
+        <v>47</v>
       </c>
       <c r="F55" s="9" t="s">
-        <v>17</v>
-[...5 lines deleted...]
-        <v>39.90083333333333</v>
+        <v>42</v>
+      </c>
+      <c r="G55" s="11">
+        <v>34.6</v>
+      </c>
+      <c r="H55" s="11">
+        <v>40.67638888888889</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="B56" s="9" t="s">
-        <v>80</v>
+        <v>39</v>
       </c>
       <c r="C56" s="9" t="s">
         <v>106</v>
       </c>
       <c r="D56" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E56" s="9" t="s">
-        <v>47</v>
+        <v>107</v>
       </c>
       <c r="F56" s="9" t="s">
-        <v>42</v>
-[...5 lines deleted...]
-        <v>40.67638888888889</v>
+        <v>17</v>
+      </c>
+      <c r="G56" s="10">
+        <v>29.02</v>
+      </c>
+      <c r="H56" s="10">
+        <v>42.04083333333333</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="B57" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C57" s="9" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="D57" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E57" s="9" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="F57" s="9" t="s">
-        <v>17</v>
+        <v>42</v>
       </c>
       <c r="G57" s="10">
-        <v>29.02</v>
+        <v>38.07</v>
       </c>
       <c r="H57" s="10">
-        <v>42.04083333333333</v>
+        <v>42.62729166666666</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="B58" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C58" s="9" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="D58" s="9" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="E58" s="9" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="F58" s="9" t="s">
         <v>42</v>
       </c>
       <c r="G58" s="10">
         <v>38.07</v>
       </c>
       <c r="H58" s="10">
         <v>42.62729166666666</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="B59" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C59" s="9" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="D59" s="9" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="E59" s="9" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="F59" s="9" t="s">
-        <v>42</v>
+        <v>17</v>
       </c>
       <c r="G59" s="10">
-        <v>38.07</v>
+        <v>29.8</v>
       </c>
       <c r="H59" s="10">
-        <v>42.62729166666666</v>
+        <v>42.82083333333333</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="B60" s="9" t="s">
-        <v>39</v>
+        <v>77</v>
       </c>
       <c r="C60" s="9" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D60" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E60" s="9" t="s">
-        <v>114</v>
+        <v>50</v>
       </c>
       <c r="F60" s="9" t="s">
         <v>17</v>
       </c>
-      <c r="G60" s="10">
-[...3 lines deleted...]
-        <v>42.82083333333333</v>
+      <c r="G60" s="11">
+        <v>29.2</v>
+      </c>
+      <c r="H60" s="11">
+        <v>44.98282828282828</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="B61" s="9" t="s">
-        <v>80</v>
+        <v>115</v>
       </c>
       <c r="C61" s="9" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="D61" s="9" t="s">
-        <v>16</v>
+        <v>56</v>
       </c>
       <c r="E61" s="9" t="s">
-        <v>50</v>
+        <v>117</v>
       </c>
       <c r="F61" s="9" t="s">
-        <v>17</v>
-[...5 lines deleted...]
-        <v>44.98282828282828</v>
+        <v>118</v>
+      </c>
+      <c r="G61" s="10">
+        <v>33.35</v>
+      </c>
+      <c r="H61" s="10">
+        <v>45.69567901234568</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="B62" s="9" t="s">
-        <v>116</v>
+        <v>39</v>
       </c>
       <c r="C62" s="9" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="D62" s="9" t="s">
-        <v>56</v>
+        <v>16</v>
       </c>
       <c r="E62" s="9" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="F62" s="9" t="s">
-        <v>119</v>
+        <v>51</v>
       </c>
       <c r="G62" s="10">
-        <v>33.35</v>
+        <v>36.8</v>
       </c>
       <c r="H62" s="10">
-        <v>45.69567901234568</v>
+        <v>46.29074074074074</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="B63" s="9" t="s">
-        <v>39</v>
+        <v>121</v>
       </c>
       <c r="C63" s="9" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="D63" s="9" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="E63" s="9" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="F63" s="9" t="s">
-        <v>51</v>
+        <v>124</v>
       </c>
       <c r="G63" s="10">
-        <v>36.8</v>
+        <v>31.5</v>
       </c>
       <c r="H63" s="10">
-        <v>46.29074074074074</v>
+        <v>46.47113997113997</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="B64" s="9" t="s">
-        <v>122</v>
+        <v>115</v>
       </c>
       <c r="C64" s="9" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="D64" s="9" t="s">
-        <v>26</v>
+        <v>56</v>
       </c>
       <c r="E64" s="9" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="F64" s="9" t="s">
-        <v>125</v>
+        <v>118</v>
       </c>
       <c r="G64" s="10">
-        <v>31.5</v>
+        <v>35.5</v>
       </c>
       <c r="H64" s="10">
-        <v>46.47113997113997</v>
+        <v>47.84567901234568</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="B65" s="9" t="s">
-        <v>116</v>
+        <v>39</v>
       </c>
       <c r="C65" s="9" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D65" s="9" t="s">
         <v>56</v>
       </c>
       <c r="E65" s="9" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="F65" s="9" t="s">
-        <v>119</v>
+        <v>17</v>
       </c>
       <c r="G65" s="10">
-        <v>35.5</v>
+        <v>36.64</v>
       </c>
       <c r="H65" s="10">
-        <v>47.84567901234568</v>
+        <v>48.21407407407408</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="B66" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C66" s="9" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="D66" s="9" t="s">
         <v>56</v>
       </c>
       <c r="E66" s="9" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="F66" s="9" t="s">
         <v>17</v>
       </c>
       <c r="G66" s="10">
-        <v>36.64</v>
+        <v>36.27</v>
       </c>
       <c r="H66" s="10">
-        <v>48.21407407407408</v>
+        <v>49.29083333333334</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="B67" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C67" s="9" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D67" s="9" t="s">
-        <v>56</v>
+        <v>16</v>
       </c>
       <c r="E67" s="9" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="F67" s="9" t="s">
         <v>17</v>
       </c>
-      <c r="G67" s="10">
-[...3 lines deleted...]
-        <v>49.29083333333334</v>
+      <c r="G67" s="11">
+        <v>36.74</v>
+      </c>
+      <c r="H67" s="11">
+        <v>49.76083333333334</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="B68" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C68" s="9" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D68" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E68" s="9" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="F68" s="9" t="s">
         <v>17</v>
       </c>
-      <c r="G68" s="11">
-[...3 lines deleted...]
-        <v>49.76083333333334</v>
+      <c r="G68" s="10">
+        <v>38.97</v>
+      </c>
+      <c r="H68" s="10">
+        <v>50.54407407407408</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="B69" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C69" s="9" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="D69" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E69" s="9" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="F69" s="9" t="s">
         <v>17</v>
       </c>
-      <c r="G69" s="10">
-[...3 lines deleted...]
-        <v>50.54407407407408</v>
+      <c r="G69" s="11">
+        <v>38.5</v>
+      </c>
+      <c r="H69" s="11">
+        <v>51.52083333333334</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="B70" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C70" s="9" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="D70" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E70" s="9" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="F70" s="9" t="s">
         <v>17</v>
       </c>
-      <c r="G70" s="11">
-[...3 lines deleted...]
-        <v>51.52083333333334</v>
+      <c r="G70" s="10">
+        <v>38.97</v>
+      </c>
+      <c r="H70" s="10">
+        <v>51.99083333333333</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="B71" s="9" t="s">
-        <v>39</v>
+        <v>77</v>
       </c>
       <c r="C71" s="9" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="D71" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E71" s="9" t="s">
-        <v>139</v>
+        <v>90</v>
       </c>
       <c r="F71" s="9" t="s">
-        <v>17</v>
+        <v>42</v>
       </c>
       <c r="G71" s="10">
-        <v>38.97</v>
+        <v>45.22</v>
       </c>
       <c r="H71" s="10">
-        <v>51.99083333333333</v>
+        <v>52.0559375</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="B72" s="9" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="C72" s="9" t="s">
         <v>140</v>
       </c>
       <c r="D72" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E72" s="9" t="s">
-        <v>93</v>
+        <v>141</v>
       </c>
       <c r="F72" s="9" t="s">
         <v>42</v>
       </c>
       <c r="G72" s="10">
-        <v>45.22</v>
+        <v>46.27</v>
       </c>
       <c r="H72" s="10">
-        <v>52.0559375</v>
+        <v>52.3463888888889</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="B73" s="9" t="s">
-        <v>80</v>
+        <v>39</v>
       </c>
       <c r="C73" s="9" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="D73" s="9" t="s">
-        <v>16</v>
+        <v>56</v>
       </c>
       <c r="E73" s="9" t="s">
-        <v>142</v>
+        <v>47</v>
       </c>
       <c r="F73" s="9" t="s">
-        <v>42</v>
-[...5 lines deleted...]
-        <v>52.3463888888889</v>
+        <v>17</v>
+      </c>
+      <c r="G73" s="11">
+        <v>39.53</v>
+      </c>
+      <c r="H73" s="11">
+        <v>52.55083333333334</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="B74" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C74" s="9" t="s">
         <v>143</v>
       </c>
       <c r="D74" s="9" t="s">
         <v>56</v>
       </c>
       <c r="E74" s="9" t="s">
-        <v>47</v>
+        <v>53</v>
       </c>
       <c r="F74" s="9" t="s">
         <v>17</v>
       </c>
-      <c r="G74" s="11">
-[...3 lines deleted...]
-        <v>52.55083333333334</v>
+      <c r="G74" s="10">
+        <v>39.99</v>
+      </c>
+      <c r="H74" s="10">
+        <v>53.01083333333334</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="B75" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C75" s="9" t="s">
         <v>144</v>
       </c>
       <c r="D75" s="9" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="E75" s="9" t="s">
-        <v>53</v>
+        <v>76</v>
       </c>
       <c r="F75" s="9" t="s">
-        <v>17</v>
+        <v>124</v>
       </c>
       <c r="G75" s="10">
-        <v>39.99</v>
+        <v>32</v>
       </c>
       <c r="H75" s="10">
-        <v>53.01083333333334</v>
+        <v>53.61458333333333</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="B76" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C76" s="9" t="s">
         <v>145</v>
       </c>
       <c r="D76" s="9" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="E76" s="9" t="s">
-        <v>79</v>
+        <v>146</v>
       </c>
       <c r="F76" s="9" t="s">
-        <v>125</v>
+        <v>42</v>
       </c>
       <c r="G76" s="10">
-        <v>32</v>
+        <v>50.58</v>
       </c>
       <c r="H76" s="10">
-        <v>53.61458333333333</v>
+        <v>55.13729166666666</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="B77" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C77" s="9" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="D77" s="9" t="s">
-        <v>16</v>
+        <v>56</v>
       </c>
       <c r="E77" s="9" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="F77" s="9" t="s">
         <v>42</v>
       </c>
       <c r="G77" s="10">
-        <v>50.58</v>
+        <v>51</v>
       </c>
       <c r="H77" s="10">
-        <v>55.13729166666666</v>
+        <v>55.55729166666666</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="B78" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C78" s="9" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D78" s="9" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="E78" s="9" t="s">
-        <v>149</v>
+        <v>123</v>
       </c>
       <c r="F78" s="9" t="s">
-        <v>42</v>
+        <v>124</v>
       </c>
       <c r="G78" s="10">
-        <v>51</v>
+        <v>35</v>
       </c>
       <c r="H78" s="10">
-        <v>55.55729166666666</v>
+        <v>56.61458333333333</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="B79" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C79" s="9" t="s">
         <v>150</v>
       </c>
       <c r="D79" s="9" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="E79" s="9" t="s">
-        <v>124</v>
+        <v>151</v>
       </c>
       <c r="F79" s="9" t="s">
-        <v>125</v>
+        <v>17</v>
       </c>
       <c r="G79" s="10">
-        <v>35</v>
+        <v>45.66</v>
       </c>
       <c r="H79" s="10">
-        <v>56.61458333333333</v>
+        <v>57.23407407407407</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="B80" s="9" t="s">
-        <v>39</v>
+        <v>115</v>
       </c>
       <c r="C80" s="9" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="D80" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E80" s="9" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="F80" s="9" t="s">
-        <v>17</v>
+        <v>118</v>
       </c>
       <c r="G80" s="10">
-        <v>45.66</v>
+        <v>45</v>
       </c>
       <c r="H80" s="10">
-        <v>57.23407407407407</v>
+        <v>57.34567901234568</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="B81" s="9" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="C81" s="9" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="D81" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E81" s="9" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="F81" s="9" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="G81" s="10">
         <v>45</v>
       </c>
       <c r="H81" s="10">
         <v>57.34567901234568</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="B82" s="9" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="C82" s="9" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="D82" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E82" s="9" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="F82" s="9" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="G82" s="10">
         <v>45</v>
       </c>
       <c r="H82" s="10">
         <v>57.34567901234568</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="B83" s="9" t="s">
-        <v>116</v>
+        <v>39</v>
       </c>
       <c r="C83" s="9" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="D83" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E83" s="9" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="F83" s="9" t="s">
-        <v>119</v>
+        <v>124</v>
       </c>
       <c r="G83" s="10">
-        <v>45</v>
+        <v>36</v>
       </c>
       <c r="H83" s="10">
-        <v>57.34567901234568</v>
+        <v>57.61458333333333</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="B84" s="9" t="s">
-        <v>39</v>
+        <v>115</v>
       </c>
       <c r="C84" s="9" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="D84" s="9" t="s">
-        <v>16</v>
+        <v>56</v>
       </c>
       <c r="E84" s="9" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="F84" s="9" t="s">
-        <v>125</v>
+        <v>118</v>
       </c>
       <c r="G84" s="10">
-        <v>36</v>
+        <v>45.45</v>
       </c>
       <c r="H84" s="10">
-        <v>57.61458333333333</v>
+        <v>57.79567901234568</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="B85" s="9" t="s">
-        <v>116</v>
+        <v>162</v>
       </c>
       <c r="C85" s="9" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="D85" s="9" t="s">
-        <v>56</v>
+        <v>16</v>
       </c>
       <c r="E85" s="9" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="F85" s="9" t="s">
-        <v>119</v>
-[...5 lines deleted...]
-        <v>57.79567901234568</v>
+        <v>17</v>
+      </c>
+      <c r="G85" s="11">
+        <v>45.2</v>
+      </c>
+      <c r="H85" s="11">
+        <v>58.22083333333334</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="B86" s="9" t="s">
-        <v>163</v>
+        <v>77</v>
       </c>
       <c r="C86" s="9" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D86" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E86" s="9" t="s">
-        <v>165</v>
+        <v>109</v>
       </c>
       <c r="F86" s="9" t="s">
-        <v>17</v>
-[...5 lines deleted...]
-        <v>58.22083333333334</v>
+        <v>42</v>
+      </c>
+      <c r="G86" s="10">
+        <v>51.4</v>
+      </c>
+      <c r="H86" s="10">
+        <v>58.2359375</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="B87" s="9" t="s">
-        <v>80</v>
+        <v>39</v>
       </c>
       <c r="C87" s="9" t="s">
         <v>166</v>
       </c>
       <c r="D87" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E87" s="9" t="s">
-        <v>110</v>
+        <v>167</v>
       </c>
       <c r="F87" s="9" t="s">
         <v>42</v>
       </c>
       <c r="G87" s="10">
-        <v>51.4</v>
+        <v>57.25</v>
       </c>
       <c r="H87" s="10">
-        <v>58.2359375</v>
+        <v>61.80729166666666</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="B88" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C88" s="9" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="D88" s="9" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="E88" s="9" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="F88" s="9" t="s">
         <v>42</v>
       </c>
       <c r="G88" s="10">
-        <v>57.25</v>
+        <v>57.52</v>
       </c>
       <c r="H88" s="10">
-        <v>61.80729166666666</v>
+        <v>62.07729166666667</v>
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="B89" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C89" s="9" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="D89" s="9" t="s">
         <v>26</v>
       </c>
       <c r="E89" s="9" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="F89" s="9" t="s">
         <v>42</v>
       </c>
       <c r="G89" s="10">
         <v>57.52</v>
       </c>
       <c r="H89" s="10">
         <v>62.07729166666667</v>
       </c>
     </row>
     <row r="90" spans="1:9">
       <c r="B90" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C90" s="9" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="D90" s="9" t="s">
         <v>26</v>
       </c>
       <c r="E90" s="9" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="F90" s="9" t="s">
         <v>42</v>
       </c>
       <c r="G90" s="10">
         <v>57.52</v>
       </c>
       <c r="H90" s="10">
         <v>62.07729166666667</v>
       </c>
     </row>
     <row r="91" spans="1:9">
       <c r="B91" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C91" s="9" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="D91" s="9" t="s">
-        <v>26</v>
+        <v>56</v>
       </c>
       <c r="E91" s="9" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="F91" s="9" t="s">
         <v>42</v>
       </c>
       <c r="G91" s="10">
-        <v>57.52</v>
+        <v>57.67</v>
       </c>
       <c r="H91" s="10">
-        <v>62.07729166666667</v>
+        <v>62.22729166666667</v>
       </c>
     </row>
     <row r="92" spans="1:9">
       <c r="B92" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C92" s="9" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="D92" s="9" t="s">
         <v>56</v>
       </c>
       <c r="E92" s="9" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="F92" s="9" t="s">
-        <v>42</v>
+        <v>57</v>
       </c>
       <c r="G92" s="10">
-        <v>57.67</v>
+        <v>58.24</v>
       </c>
       <c r="H92" s="10">
-        <v>62.22729166666667</v>
+        <v>62.32</v>
       </c>
     </row>
     <row r="93" spans="1:9">
       <c r="B93" s="9" t="s">
-        <v>39</v>
+        <v>77</v>
       </c>
       <c r="C93" s="9" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="D93" s="9" t="s">
-        <v>56</v>
+        <v>16</v>
       </c>
       <c r="E93" s="9" t="s">
-        <v>178</v>
+        <v>120</v>
       </c>
       <c r="F93" s="9" t="s">
-        <v>59</v>
+        <v>51</v>
       </c>
       <c r="G93" s="10">
-        <v>58.24</v>
+        <v>49.7</v>
       </c>
       <c r="H93" s="10">
-        <v>62.32</v>
+        <v>62.64191919191919</v>
       </c>
     </row>
     <row r="94" spans="1:9">
       <c r="B94" s="9" t="s">
-        <v>80</v>
+        <v>115</v>
       </c>
       <c r="C94" s="9" t="s">
         <v>179</v>
       </c>
       <c r="D94" s="9" t="s">
-        <v>16</v>
+        <v>56</v>
       </c>
       <c r="E94" s="9" t="s">
-        <v>121</v>
+        <v>180</v>
       </c>
       <c r="F94" s="9" t="s">
-        <v>51</v>
+        <v>118</v>
       </c>
       <c r="G94" s="10">
-        <v>49.7</v>
+        <v>50.4</v>
       </c>
       <c r="H94" s="10">
-        <v>62.64191919191919</v>
+        <v>62.74567901234568</v>
       </c>
     </row>
     <row r="95" spans="1:9">
       <c r="B95" s="9" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="C95" s="9" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="D95" s="9" t="s">
         <v>56</v>
       </c>
       <c r="E95" s="9" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="F95" s="9" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="G95" s="10">
-        <v>50.4</v>
+        <v>51.3</v>
       </c>
       <c r="H95" s="10">
-        <v>62.74567901234568</v>
+        <v>63.64567901234567</v>
       </c>
     </row>
     <row r="96" spans="1:9">
       <c r="B96" s="9" t="s">
-        <v>116</v>
+        <v>162</v>
       </c>
       <c r="C96" s="9" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="D96" s="9" t="s">
-        <v>56</v>
+        <v>16</v>
       </c>
       <c r="E96" s="9" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="F96" s="9" t="s">
-        <v>119</v>
+        <v>17</v>
       </c>
       <c r="G96" s="10">
-        <v>51.3</v>
+        <v>49.1</v>
       </c>
       <c r="H96" s="10">
-        <v>63.64567901234567</v>
+        <v>64.88282828282829</v>
       </c>
     </row>
     <row r="97" spans="1:9">
       <c r="B97" s="9" t="s">
-        <v>163</v>
+        <v>115</v>
       </c>
       <c r="C97" s="9" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="D97" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E97" s="9" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="F97" s="9" t="s">
-        <v>17</v>
+        <v>118</v>
       </c>
       <c r="G97" s="10">
-        <v>49.1</v>
+        <v>56.7</v>
       </c>
       <c r="H97" s="10">
-        <v>64.88282828282829</v>
+        <v>69.04567901234569</v>
       </c>
     </row>
     <row r="98" spans="1:9">
       <c r="B98" s="9" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="C98" s="9" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="D98" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E98" s="9" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="F98" s="9" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="G98" s="10">
         <v>56.7</v>
       </c>
       <c r="H98" s="10">
         <v>69.04567901234569</v>
       </c>
     </row>
     <row r="99" spans="1:9">
       <c r="B99" s="9" t="s">
-        <v>116</v>
+        <v>77</v>
       </c>
       <c r="C99" s="9" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="D99" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E99" s="9" t="s">
-        <v>189</v>
+        <v>136</v>
       </c>
       <c r="F99" s="9" t="s">
-        <v>119</v>
+        <v>17</v>
       </c>
       <c r="G99" s="10">
-        <v>56.7</v>
+        <v>52.17</v>
       </c>
       <c r="H99" s="10">
-        <v>69.04567901234569</v>
+        <v>69.92568181818181</v>
       </c>
     </row>
     <row r="100" spans="1:9">
       <c r="B100" s="9" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="C100" s="9" t="s">
         <v>190</v>
       </c>
       <c r="D100" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E100" s="9" t="s">
-        <v>137</v>
+        <v>191</v>
       </c>
       <c r="F100" s="9" t="s">
-        <v>17</v>
+        <v>42</v>
       </c>
       <c r="G100" s="10">
-        <v>52.17</v>
+        <v>68.29000000000001</v>
       </c>
       <c r="H100" s="10">
-        <v>69.92568181818181</v>
+        <v>74.36638888888889</v>
       </c>
     </row>
     <row r="101" spans="1:9">
       <c r="B101" s="9" t="s">
-        <v>80</v>
+        <v>115</v>
       </c>
       <c r="C101" s="9" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="D101" s="9" t="s">
-        <v>16</v>
+        <v>56</v>
       </c>
       <c r="E101" s="9" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="F101" s="9" t="s">
-        <v>42</v>
+        <v>118</v>
       </c>
       <c r="G101" s="10">
-        <v>68.29000000000001</v>
+        <v>62.1</v>
       </c>
       <c r="H101" s="10">
-        <v>74.36638888888889</v>
+        <v>74.44567901234568</v>
       </c>
     </row>
     <row r="102" spans="1:9">
       <c r="B102" s="9" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="C102" s="9" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="D102" s="9" t="s">
-        <v>56</v>
+        <v>16</v>
       </c>
       <c r="E102" s="9" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="F102" s="9" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="G102" s="10">
-        <v>62.1</v>
+        <v>72</v>
       </c>
       <c r="H102" s="10">
-        <v>74.44567901234568</v>
+        <v>84.34567901234568</v>
       </c>
     </row>
     <row r="103" spans="1:9">
       <c r="B103" s="9" t="s">
-        <v>116</v>
+        <v>77</v>
       </c>
       <c r="C103" s="9" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="D103" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E103" s="9" t="s">
-        <v>196</v>
+        <v>50</v>
       </c>
       <c r="F103" s="9" t="s">
-        <v>119</v>
+        <v>197</v>
       </c>
       <c r="G103" s="10">
-        <v>72</v>
-[...3 lines deleted...]
-      </c>
+        <v>49</v>
+      </c>
+      <c r="H103" s="10"/>
     </row>
     <row r="104" spans="1:9">
       <c r="B104" s="9" t="s">
-        <v>80</v>
+        <v>39</v>
       </c>
       <c r="C104" s="9" t="s">
+        <v>198</v>
+      </c>
+      <c r="D104" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="E104" s="9" t="s">
+        <v>50</v>
+      </c>
+      <c r="F104" s="9" t="s">
         <v>197</v>
       </c>
-      <c r="D104" s="9" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G104" s="10">
-        <v>77.5</v>
+        <v>38</v>
       </c>
       <c r="H104" s="10"/>
     </row>
     <row r="105" spans="1:9">
       <c r="B105" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C105" s="9" t="s">
         <v>199</v>
       </c>
       <c r="D105" s="9" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="E105" s="9" t="s">
-        <v>97</v>
+        <v>200</v>
       </c>
       <c r="F105" s="9" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="G105" s="11">
-        <v>47.56</v>
+        <v>45</v>
       </c>
       <c r="H105" s="11"/>
     </row>
     <row r="106" spans="1:9">
       <c r="B106" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C106" s="9" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="D106" s="9" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="E106" s="9" t="s">
-        <v>201</v>
+        <v>120</v>
       </c>
       <c r="F106" s="9" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="G106" s="11">
-        <v>48.56</v>
+        <v>49</v>
       </c>
       <c r="H106" s="11"/>
     </row>
     <row r="107" spans="1:9">
       <c r="B107" s="9" t="s">
-        <v>39</v>
+        <v>77</v>
       </c>
       <c r="C107" s="9" t="s">
         <v>202</v>
       </c>
       <c r="D107" s="9" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="E107" s="9" t="s">
-        <v>203</v>
+        <v>120</v>
       </c>
       <c r="F107" s="9" t="s">
-        <v>198</v>
-[...4 lines deleted...]
-      <c r="H107" s="10"/>
+        <v>197</v>
+      </c>
+      <c r="G107" s="11">
+        <v>66</v>
+      </c>
+      <c r="H107" s="11"/>
     </row>
     <row r="108" spans="1:9">
       <c r="B108" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C108" s="9" t="s">
+        <v>203</v>
+      </c>
+      <c r="D108" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="E108" s="9" t="s">
         <v>204</v>
       </c>
-      <c r="D108" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F108" s="9" t="s">
-        <v>198</v>
-[...4 lines deleted...]
-      <c r="H108" s="11"/>
+        <v>197</v>
+      </c>
+      <c r="G108" s="10">
+        <v>38</v>
+      </c>
+      <c r="H108" s="10"/>
     </row>
     <row r="109" spans="1:9">
       <c r="B109" s="9" t="s">
-        <v>122</v>
+        <v>39</v>
       </c>
       <c r="C109" s="9" t="s">
+        <v>205</v>
+      </c>
+      <c r="D109" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="E109" s="9" t="s">
         <v>206</v>
       </c>
-      <c r="D109" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F109" s="9" t="s">
-        <v>198</v>
-[...4 lines deleted...]
-      <c r="H109" s="10"/>
+        <v>197</v>
+      </c>
+      <c r="G109" s="11">
+        <v>49</v>
+      </c>
+      <c r="H109" s="11"/>
     </row>
     <row r="110" spans="1:9">
       <c r="B110" s="9" t="s">
-        <v>80</v>
+        <v>39</v>
       </c>
       <c r="C110" s="9" t="s">
         <v>207</v>
       </c>
       <c r="D110" s="9" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="E110" s="9" t="s">
         <v>208</v>
       </c>
       <c r="F110" s="9" t="s">
-        <v>198</v>
-[...4 lines deleted...]
-      <c r="H110" s="11"/>
+        <v>197</v>
+      </c>
+      <c r="G110" s="10">
+        <v>45</v>
+      </c>
+      <c r="H110" s="10"/>
     </row>
     <row r="111" spans="1:9">
       <c r="B111" s="9" t="s">
-        <v>39</v>
+        <v>121</v>
       </c>
       <c r="C111" s="9" t="s">
         <v>209</v>
       </c>
       <c r="D111" s="9" t="s">
-        <v>56</v>
+        <v>16</v>
       </c>
       <c r="E111" s="9" t="s">
-        <v>208</v>
+        <v>200</v>
       </c>
       <c r="F111" s="9" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="G111" s="10">
-        <v>49.56</v>
+        <v>43</v>
       </c>
       <c r="H111" s="10"/>
     </row>
     <row r="112" spans="1:9">
       <c r="B112" s="9" t="s">
-        <v>39</v>
+        <v>121</v>
       </c>
       <c r="C112" s="9" t="s">
         <v>210</v>
       </c>
       <c r="D112" s="9" t="s">
-        <v>56</v>
+        <v>16</v>
       </c>
       <c r="E112" s="9" t="s">
-        <v>211</v>
+        <v>208</v>
       </c>
       <c r="F112" s="9" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="G112" s="10">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="H112" s="10"/>
     </row>
     <row r="113" spans="1:9">
       <c r="B113" s="9" t="s">
-        <v>39</v>
+        <v>121</v>
       </c>
       <c r="C113" s="9" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="D113" s="9" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="E113" s="9" t="s">
-        <v>213</v>
+        <v>120</v>
       </c>
       <c r="F113" s="9" t="s">
-        <v>198</v>
-[...4 lines deleted...]
-      <c r="H113" s="10"/>
+        <v>197</v>
+      </c>
+      <c r="G113" s="11">
+        <v>47</v>
+      </c>
+      <c r="H113" s="11"/>
     </row>
     <row r="114" spans="1:9">
       <c r="B114" s="9" t="s">
-        <v>39</v>
+        <v>121</v>
       </c>
       <c r="C114" s="9" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="D114" s="9" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="E114" s="9" t="s">
-        <v>168</v>
+        <v>206</v>
       </c>
       <c r="F114" s="9" t="s">
-        <v>198</v>
-[...4 lines deleted...]
-      <c r="H114" s="10"/>
+        <v>197</v>
+      </c>
+      <c r="G114" s="11">
+        <v>47</v>
+      </c>
+      <c r="H114" s="11"/>
     </row>
     <row r="115" spans="1:9">
       <c r="B115" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C115" s="9" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="D115" s="9" t="s">
-        <v>56</v>
+        <v>16</v>
       </c>
       <c r="E115" s="9" t="s">
-        <v>216</v>
+        <v>136</v>
       </c>
       <c r="F115" s="9" t="s">
-        <v>198</v>
-[...4 lines deleted...]
-      <c r="H115" s="10"/>
+        <v>197</v>
+      </c>
+      <c r="G115" s="11">
+        <v>44</v>
+      </c>
+      <c r="H115" s="11"/>
     </row>
     <row r="116" spans="1:9">
       <c r="B116" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C116" s="9" t="s">
-        <v>217</v>
+        <v>214</v>
       </c>
       <c r="D116" s="9" t="s">
-        <v>56</v>
+        <v>16</v>
       </c>
       <c r="E116" s="9" t="s">
-        <v>133</v>
+        <v>164</v>
       </c>
       <c r="F116" s="9" t="s">
-        <v>198</v>
-[...4 lines deleted...]
-      <c r="H116" s="10"/>
+        <v>197</v>
+      </c>
+      <c r="G116" s="11">
+        <v>61</v>
+      </c>
+      <c r="H116" s="11"/>
     </row>
     <row r="117" spans="1:9">
       <c r="B117" s="9" t="s">
-        <v>39</v>
+        <v>77</v>
       </c>
       <c r="C117" s="9" t="s">
-        <v>218</v>
+        <v>215</v>
       </c>
       <c r="D117" s="9" t="s">
-        <v>56</v>
+        <v>16</v>
       </c>
       <c r="E117" s="9" t="s">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="F117" s="9" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="G117" s="10">
-        <v>30.2</v>
+        <v>57</v>
       </c>
       <c r="H117" s="10"/>
     </row>
     <row r="118" spans="1:9">
       <c r="B118" s="9" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="C118" s="9" t="s">
-        <v>219</v>
+        <v>216</v>
       </c>
       <c r="D118" s="9" t="s">
-        <v>56</v>
+        <v>16</v>
       </c>
       <c r="E118" s="9" t="s">
-        <v>133</v>
+        <v>164</v>
       </c>
       <c r="F118" s="9" t="s">
-        <v>198</v>
-[...4 lines deleted...]
-      <c r="H118" s="10"/>
+        <v>197</v>
+      </c>
+      <c r="G118" s="11">
+        <v>82</v>
+      </c>
+      <c r="H118" s="11"/>
     </row>
     <row r="119" spans="1:9">
       <c r="B119" s="9" t="s">
-        <v>80</v>
+        <v>39</v>
       </c>
       <c r="C119" s="9" t="s">
-        <v>220</v>
+        <v>217</v>
       </c>
       <c r="D119" s="9" t="s">
         <v>56</v>
       </c>
       <c r="E119" s="9" t="s">
-        <v>50</v>
+        <v>218</v>
       </c>
       <c r="F119" s="9" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="G119" s="10">
-        <v>40.89</v>
+        <v>54</v>
       </c>
       <c r="H119" s="10"/>
     </row>
     <row r="120" spans="1:9">
       <c r="B120" s="9" t="s">
-        <v>221</v>
+        <v>39</v>
       </c>
       <c r="C120" s="9" t="s">
-        <v>222</v>
+        <v>219</v>
       </c>
       <c r="D120" s="9" t="s">
-        <v>16</v>
+        <v>56</v>
       </c>
       <c r="E120" s="9" t="s">
-        <v>50</v>
+        <v>220</v>
       </c>
       <c r="F120" s="9" t="s">
-        <v>198</v>
-[...4 lines deleted...]
-      <c r="H120" s="11"/>
+        <v>197</v>
+      </c>
+      <c r="G120" s="10">
+        <v>69</v>
+      </c>
+      <c r="H120" s="10"/>
     </row>
     <row r="121" spans="1:9">
       <c r="B121" s="9" t="s">
+        <v>39</v>
+      </c>
+      <c r="C121" s="9" t="s">
         <v>221</v>
       </c>
-      <c r="C121" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D121" s="9" t="s">
-        <v>16</v>
+        <v>56</v>
       </c>
       <c r="E121" s="9" t="s">
-        <v>133</v>
+        <v>222</v>
       </c>
       <c r="F121" s="9" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="G121" s="10">
-        <v>33.3</v>
+        <v>77</v>
       </c>
       <c r="H121" s="10"/>
     </row>
     <row r="122" spans="1:9">
       <c r="B122" s="9" t="s">
-        <v>122</v>
+        <v>39</v>
       </c>
       <c r="C122" s="9" t="s">
-        <v>224</v>
+        <v>223</v>
       </c>
       <c r="D122" s="9" t="s">
         <v>56</v>
       </c>
       <c r="E122" s="9" t="s">
-        <v>133</v>
+        <v>72</v>
       </c>
       <c r="F122" s="9" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="G122" s="10">
-        <v>34.5</v>
+        <v>38</v>
       </c>
       <c r="H122" s="10"/>
     </row>
     <row r="123" spans="1:9">
       <c r="B123" s="9" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="C123" s="9" t="s">
+        <v>224</v>
+      </c>
+      <c r="D123" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="E123" s="9" t="s">
         <v>225</v>
       </c>
-      <c r="D123" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F123" s="9" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="G123" s="10">
-        <v>48.1</v>
+        <v>43</v>
       </c>
       <c r="H123" s="10"/>
     </row>
     <row r="124" spans="1:9">
       <c r="B124" s="9" t="s">
+        <v>39</v>
+      </c>
+      <c r="C124" s="9" t="s">
         <v>226</v>
       </c>
-      <c r="C124" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D124" s="9" t="s">
-        <v>56</v>
+        <v>16</v>
       </c>
       <c r="E124" s="9" t="s">
-        <v>133</v>
+        <v>225</v>
       </c>
       <c r="F124" s="9" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="G124" s="10">
-        <v>47.33</v>
+        <v>45</v>
       </c>
       <c r="H124" s="10"/>
     </row>
     <row r="125" spans="1:9">
       <c r="B125" s="9" t="s">
-        <v>122</v>
+        <v>39</v>
       </c>
       <c r="C125" s="9" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
       <c r="D125" s="9" t="s">
-        <v>56</v>
+        <v>16</v>
       </c>
       <c r="E125" s="9" t="s">
-        <v>229</v>
+        <v>151</v>
       </c>
       <c r="F125" s="9" t="s">
-        <v>198</v>
-[...4 lines deleted...]
-      <c r="H125" s="10"/>
+        <v>197</v>
+      </c>
+      <c r="G125" s="11">
+        <v>61</v>
+      </c>
+      <c r="H125" s="11"/>
     </row>
     <row r="126" spans="1:9">
       <c r="B126" s="9" t="s">
-        <v>122</v>
+        <v>39</v>
       </c>
       <c r="C126" s="9" t="s">
-        <v>230</v>
+        <v>228</v>
       </c>
       <c r="D126" s="9" t="s">
-        <v>56</v>
+        <v>16</v>
       </c>
       <c r="E126" s="9" t="s">
-        <v>231</v>
+        <v>229</v>
       </c>
       <c r="F126" s="9" t="s">
-        <v>198</v>
-[...4 lines deleted...]
-      <c r="H126" s="10"/>
+        <v>197</v>
+      </c>
+      <c r="G126" s="11">
+        <v>61</v>
+      </c>
+      <c r="H126" s="11"/>
     </row>
     <row r="127" spans="1:9">
       <c r="B127" s="9" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="C127" s="9" t="s">
-        <v>232</v>
+        <v>230</v>
       </c>
       <c r="D127" s="9" t="s">
-        <v>56</v>
+        <v>16</v>
       </c>
       <c r="E127" s="9" t="s">
-        <v>233</v>
+        <v>231</v>
       </c>
       <c r="F127" s="9" t="s">
-        <v>198</v>
-[...4 lines deleted...]
-      <c r="H127" s="10"/>
+        <v>197</v>
+      </c>
+      <c r="G127" s="11">
+        <v>47</v>
+      </c>
+      <c r="H127" s="11"/>
     </row>
     <row r="128" spans="1:9">
       <c r="B128" s="9" t="s">
-        <v>122</v>
+        <v>39</v>
       </c>
       <c r="C128" s="9" t="s">
-        <v>234</v>
+        <v>232</v>
       </c>
       <c r="D128" s="9" t="s">
         <v>56</v>
       </c>
       <c r="E128" s="9" t="s">
-        <v>235</v>
+        <v>233</v>
       </c>
       <c r="F128" s="9" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="G128" s="10">
-        <v>24.78</v>
+        <v>73</v>
       </c>
       <c r="H128" s="10"/>
     </row>
     <row r="129" spans="1:9">
       <c r="B129" s="9" t="s">
-        <v>122</v>
+        <v>39</v>
       </c>
       <c r="C129" s="9" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="D129" s="9" t="s">
         <v>56</v>
       </c>
       <c r="E129" s="9" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="F129" s="9" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="G129" s="10">
-        <v>25.2</v>
+        <v>56</v>
       </c>
       <c r="H129" s="10"/>
     </row>
     <row r="130" spans="1:9">
       <c r="B130" s="9" t="s">
-        <v>122</v>
+        <v>39</v>
       </c>
       <c r="C130" s="9" t="s">
-        <v>238</v>
+        <v>236</v>
       </c>
       <c r="D130" s="9" t="s">
-        <v>56</v>
+        <v>16</v>
       </c>
       <c r="E130" s="9" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="F130" s="9" t="s">
-        <v>198</v>
-[...4 lines deleted...]
-      <c r="H130" s="10"/>
+        <v>197</v>
+      </c>
+      <c r="G130" s="11">
+        <v>61</v>
+      </c>
+      <c r="H130" s="11"/>
     </row>
     <row r="131" spans="1:9">
       <c r="B131" s="9" t="s">
-        <v>122</v>
+        <v>39</v>
       </c>
       <c r="C131" s="9" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
       <c r="D131" s="9" t="s">
         <v>56</v>
       </c>
       <c r="E131" s="9" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="F131" s="9" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="G131" s="10">
-        <v>35.35</v>
+        <v>63</v>
       </c>
       <c r="H131" s="10"/>
     </row>
     <row r="132" spans="1:9">
       <c r="B132" s="9" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="C132" s="9" t="s">
-        <v>242</v>
+        <v>240</v>
       </c>
       <c r="D132" s="9" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="E132" s="9" t="s">
-        <v>203</v>
+        <v>239</v>
       </c>
       <c r="F132" s="9" t="s">
-        <v>198</v>
-[...4 lines deleted...]
-      <c r="H132" s="11"/>
+        <v>197</v>
+      </c>
+      <c r="G132" s="10">
+        <v>60</v>
+      </c>
+      <c r="H132" s="10"/>
     </row>
     <row r="133" spans="1:9">
       <c r="B133" s="9" t="s">
-        <v>122</v>
+        <v>39</v>
       </c>
       <c r="C133" s="9" t="s">
-        <v>243</v>
+        <v>241</v>
       </c>
       <c r="D133" s="9" t="s">
         <v>26</v>
       </c>
       <c r="E133" s="9" t="s">
-        <v>205</v>
+        <v>242</v>
       </c>
       <c r="F133" s="9" t="s">
-        <v>198</v>
-[...4 lines deleted...]
-      <c r="H133" s="11"/>
+        <v>197</v>
+      </c>
+      <c r="G133" s="10">
+        <v>54</v>
+      </c>
+      <c r="H133" s="10"/>
     </row>
     <row r="134" spans="1:9">
       <c r="B134" s="9" t="s">
-        <v>122</v>
+        <v>39</v>
       </c>
       <c r="C134" s="9" t="s">
+        <v>243</v>
+      </c>
+      <c r="D134" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="E134" s="9" t="s">
         <v>244</v>
       </c>
-      <c r="D134" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F134" s="9" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="G134" s="10">
-        <v>42.49</v>
+        <v>85</v>
       </c>
       <c r="H134" s="10"/>
     </row>
     <row r="135" spans="1:9">
       <c r="B135" s="9" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="C135" s="9" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
       <c r="D135" s="9" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="E135" s="9" t="s">
-        <v>247</v>
+        <v>242</v>
       </c>
       <c r="F135" s="9" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="G135" s="10">
-        <v>42.49</v>
+        <v>51</v>
       </c>
       <c r="H135" s="10"/>
     </row>
     <row r="136" spans="1:9">
       <c r="B136" s="9" t="s">
-        <v>122</v>
+        <v>39</v>
       </c>
       <c r="C136" s="9" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="D136" s="9" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="E136" s="9" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="F136" s="9" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="G136" s="10">
-        <v>48.93</v>
+        <v>62</v>
       </c>
       <c r="H136" s="10"/>
     </row>
     <row r="137" spans="1:9">
       <c r="B137" s="9" t="s">
-        <v>226</v>
+        <v>39</v>
       </c>
       <c r="C137" s="9" t="s">
-        <v>250</v>
+        <v>248</v>
       </c>
       <c r="D137" s="9" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="E137" s="9" t="s">
-        <v>97</v>
+        <v>249</v>
       </c>
       <c r="F137" s="9" t="s">
-        <v>198</v>
-[...4 lines deleted...]
-      <c r="H137" s="11"/>
+        <v>197</v>
+      </c>
+      <c r="G137" s="10">
+        <v>90</v>
+      </c>
+      <c r="H137" s="10"/>
     </row>
     <row r="138" spans="1:9">
       <c r="B138" s="9" t="s">
-        <v>122</v>
+        <v>39</v>
       </c>
       <c r="C138" s="9" t="s">
-        <v>251</v>
+        <v>250</v>
       </c>
       <c r="D138" s="9" t="s">
         <v>26</v>
       </c>
       <c r="E138" s="9" t="s">
-        <v>97</v>
+        <v>251</v>
       </c>
       <c r="F138" s="9" t="s">
-        <v>198</v>
+        <v>252</v>
       </c>
       <c r="G138" s="11">
-        <v>40</v>
+        <v>65</v>
       </c>
       <c r="H138" s="11"/>
     </row>
     <row r="139" spans="1:9">
       <c r="B139" s="9" t="s">
-        <v>221</v>
+        <v>39</v>
       </c>
       <c r="C139" s="9" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="D139" s="9" t="s">
         <v>26</v>
       </c>
       <c r="E139" s="9" t="s">
-        <v>142</v>
+        <v>254</v>
       </c>
       <c r="F139" s="9" t="s">
-        <v>198</v>
+        <v>252</v>
       </c>
       <c r="G139" s="11">
-        <v>38.6</v>
+        <v>65</v>
       </c>
       <c r="H139" s="11"/>
     </row>
     <row r="140" spans="1:9">
       <c r="B140" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C140" s="9" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="D140" s="9" t="s">
         <v>26</v>
       </c>
       <c r="E140" s="9" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="F140" s="9" t="s">
-        <v>198</v>
-[...4 lines deleted...]
-      <c r="H140" s="10"/>
+        <v>252</v>
+      </c>
+      <c r="G140" s="11">
+        <v>72</v>
+      </c>
+      <c r="H140" s="11"/>
     </row>
     <row r="141" spans="1:9">
       <c r="B141" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C141" s="9" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="D141" s="9" t="s">
         <v>26</v>
       </c>
       <c r="E141" s="9" t="s">
-        <v>235</v>
+        <v>258</v>
       </c>
       <c r="F141" s="9" t="s">
-        <v>198</v>
-[...4 lines deleted...]
-      <c r="H141" s="10"/>
+        <v>252</v>
+      </c>
+      <c r="G141" s="11">
+        <v>72</v>
+      </c>
+      <c r="H141" s="11"/>
     </row>
     <row r="142" spans="1:9">
       <c r="B142" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C142" s="9" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="D142" s="9" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="E142" s="9" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="F142" s="9" t="s">
-        <v>198</v>
-[...4 lines deleted...]
-      <c r="H142" s="10"/>
+        <v>252</v>
+      </c>
+      <c r="G142" s="11">
+        <v>62</v>
+      </c>
+      <c r="H142" s="11"/>
     </row>
     <row r="143" spans="1:9">
       <c r="B143" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C143" s="9" t="s">
-        <v>258</v>
+        <v>261</v>
       </c>
       <c r="D143" s="9" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="E143" s="9" t="s">
-        <v>233</v>
+        <v>262</v>
       </c>
       <c r="F143" s="9" t="s">
-        <v>198</v>
-[...4 lines deleted...]
-      <c r="H143" s="10"/>
+        <v>252</v>
+      </c>
+      <c r="G143" s="11">
+        <v>62</v>
+      </c>
+      <c r="H143" s="11"/>
     </row>
     <row r="144" spans="1:9">
       <c r="B144" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C144" s="9" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="D144" s="9" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="E144" s="9" t="s">
-        <v>229</v>
+        <v>264</v>
       </c>
       <c r="F144" s="9" t="s">
-        <v>198</v>
-[...4 lines deleted...]
-      <c r="H144" s="10"/>
+        <v>252</v>
+      </c>
+      <c r="G144" s="11">
+        <v>63</v>
+      </c>
+      <c r="H144" s="11"/>
     </row>
     <row r="145" spans="1:9">
       <c r="B145" s="9" t="s">
-        <v>39</v>
+        <v>121</v>
       </c>
       <c r="C145" s="9" t="s">
-        <v>260</v>
+        <v>265</v>
       </c>
       <c r="D145" s="9" t="s">
         <v>26</v>
       </c>
       <c r="E145" s="9" t="s">
-        <v>261</v>
+        <v>256</v>
       </c>
       <c r="F145" s="9" t="s">
-        <v>198</v>
-[...4 lines deleted...]
-      <c r="H145" s="10"/>
+        <v>252</v>
+      </c>
+      <c r="G145" s="11">
+        <v>62</v>
+      </c>
+      <c r="H145" s="11"/>
     </row>
     <row r="146" spans="1:9">
       <c r="B146" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C146" s="9" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
       <c r="D146" s="9" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="E146" s="9" t="s">
-        <v>263</v>
+        <v>267</v>
       </c>
       <c r="F146" s="9" t="s">
-        <v>198</v>
-[...4 lines deleted...]
-      <c r="H146" s="10"/>
+        <v>252</v>
+      </c>
+      <c r="G146" s="11">
+        <v>63</v>
+      </c>
+      <c r="H146" s="11"/>
     </row>
     <row r="147" spans="1:9">
       <c r="B147" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C147" s="9" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="D147" s="9" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="E147" s="9" t="s">
-        <v>265</v>
+        <v>269</v>
       </c>
       <c r="F147" s="9" t="s">
-        <v>198</v>
-[...4 lines deleted...]
-      <c r="H147" s="10"/>
+        <v>252</v>
+      </c>
+      <c r="G147" s="11">
+        <v>66</v>
+      </c>
+      <c r="H147" s="11"/>
     </row>
     <row r="148" spans="1:9">
       <c r="B148" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C148" s="9" t="s">
-        <v>266</v>
+        <v>270</v>
       </c>
       <c r="D148" s="9" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="E148" s="9" t="s">
-        <v>237</v>
+        <v>271</v>
       </c>
       <c r="F148" s="9" t="s">
-        <v>198</v>
-[...4 lines deleted...]
-      <c r="H148" s="10"/>
+        <v>252</v>
+      </c>
+      <c r="G148" s="11">
+        <v>72</v>
+      </c>
+      <c r="H148" s="11"/>
     </row>
     <row r="149" spans="1:9">
       <c r="B149" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C149" s="9" t="s">
-        <v>267</v>
+        <v>272</v>
       </c>
       <c r="D149" s="9" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="E149" s="9" t="s">
-        <v>268</v>
+        <v>273</v>
       </c>
       <c r="F149" s="9" t="s">
-        <v>198</v>
-[...4 lines deleted...]
-      <c r="H149" s="10"/>
+        <v>252</v>
+      </c>
+      <c r="G149" s="11">
+        <v>75</v>
+      </c>
+      <c r="H149" s="11"/>
     </row>
     <row r="150" spans="1:9">
       <c r="B150" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C150" s="9" t="s">
-        <v>269</v>
+        <v>274</v>
       </c>
       <c r="D150" s="9" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="E150" s="9" t="s">
-        <v>231</v>
+        <v>275</v>
       </c>
       <c r="F150" s="9" t="s">
-        <v>198</v>
-[...4 lines deleted...]
-      <c r="H150" s="10"/>
+        <v>252</v>
+      </c>
+      <c r="G150" s="11">
+        <v>77</v>
+      </c>
+      <c r="H150" s="11"/>
     </row>
     <row r="151" spans="1:9">
       <c r="B151" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C151" s="9" t="s">
-        <v>270</v>
+        <v>276</v>
       </c>
       <c r="D151" s="9" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="E151" s="9" t="s">
-        <v>271</v>
+        <v>277</v>
       </c>
       <c r="F151" s="9" t="s">
-        <v>198</v>
-[...4 lines deleted...]
-      <c r="H151" s="10"/>
+        <v>252</v>
+      </c>
+      <c r="G151" s="11">
+        <v>65</v>
+      </c>
+      <c r="H151" s="11"/>
     </row>
     <row r="152" spans="1:9">
       <c r="B152" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C152" s="9" t="s">
-        <v>272</v>
+        <v>278</v>
       </c>
       <c r="D152" s="9" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="E152" s="9" t="s">
-        <v>273</v>
+        <v>279</v>
       </c>
       <c r="F152" s="9" t="s">
-        <v>198</v>
-[...4 lines deleted...]
-      <c r="H152" s="10"/>
+        <v>252</v>
+      </c>
+      <c r="G152" s="11">
+        <v>82</v>
+      </c>
+      <c r="H152" s="11"/>
     </row>
     <row r="153" spans="1:9">
       <c r="B153" s="9" t="s">
-        <v>39</v>
+        <v>121</v>
       </c>
       <c r="C153" s="9" t="s">
-        <v>274</v>
+        <v>280</v>
       </c>
       <c r="D153" s="9" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="E153" s="9" t="s">
-        <v>275</v>
+        <v>281</v>
       </c>
       <c r="F153" s="9" t="s">
-        <v>198</v>
-[...4 lines deleted...]
-      <c r="H153" s="10"/>
+        <v>252</v>
+      </c>
+      <c r="G153" s="11">
+        <v>41</v>
+      </c>
+      <c r="H153" s="11"/>
     </row>
     <row r="154" spans="1:9">
       <c r="B154" s="9" t="s">
-        <v>39</v>
+        <v>121</v>
       </c>
       <c r="C154" s="9" t="s">
-        <v>276</v>
+        <v>282</v>
       </c>
       <c r="D154" s="9" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="E154" s="9" t="s">
-        <v>239</v>
+        <v>283</v>
       </c>
       <c r="F154" s="9" t="s">
-        <v>198</v>
-[...4 lines deleted...]
-      <c r="H154" s="10"/>
+        <v>252</v>
+      </c>
+      <c r="G154" s="11">
+        <v>44</v>
+      </c>
+      <c r="H154" s="11"/>
     </row>
     <row r="155" spans="1:9">
       <c r="B155" s="9" t="s">
-        <v>39</v>
+        <v>121</v>
       </c>
       <c r="C155" s="9" t="s">
-        <v>277</v>
+        <v>284</v>
       </c>
       <c r="D155" s="9" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="E155" s="9" t="s">
-        <v>241</v>
+        <v>285</v>
       </c>
       <c r="F155" s="9" t="s">
-        <v>198</v>
-[...4 lines deleted...]
-      <c r="H155" s="10"/>
+        <v>252</v>
+      </c>
+      <c r="G155" s="11">
+        <v>45</v>
+      </c>
+      <c r="H155" s="11"/>
     </row>
     <row r="156" spans="1:9">
       <c r="B156" s="9" t="s">
-        <v>39</v>
+        <v>121</v>
       </c>
       <c r="C156" s="9" t="s">
-        <v>278</v>
+        <v>286</v>
       </c>
       <c r="D156" s="9" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="E156" s="9" t="s">
-        <v>279</v>
+        <v>287</v>
       </c>
       <c r="F156" s="9" t="s">
-        <v>198</v>
-[...4 lines deleted...]
-      <c r="H156" s="10"/>
+        <v>252</v>
+      </c>
+      <c r="G156" s="11">
+        <v>46</v>
+      </c>
+      <c r="H156" s="11"/>
     </row>
     <row r="157" spans="1:9">
       <c r="B157" s="9" t="s">
-        <v>39</v>
+        <v>121</v>
       </c>
       <c r="C157" s="9" t="s">
-        <v>280</v>
+        <v>288</v>
       </c>
       <c r="D157" s="9" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="E157" s="9" t="s">
-        <v>281</v>
+        <v>289</v>
       </c>
       <c r="F157" s="9" t="s">
-        <v>198</v>
-[...4 lines deleted...]
-      <c r="H157" s="10"/>
+        <v>252</v>
+      </c>
+      <c r="G157" s="11">
+        <v>46</v>
+      </c>
+      <c r="H157" s="11"/>
     </row>
     <row r="158" spans="1:9">
       <c r="B158" s="9" t="s">
-        <v>39</v>
+        <v>121</v>
       </c>
       <c r="C158" s="9" t="s">
-        <v>282</v>
+        <v>290</v>
       </c>
       <c r="D158" s="9" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="E158" s="9" t="s">
-        <v>283</v>
+        <v>291</v>
       </c>
       <c r="F158" s="9" t="s">
-        <v>198</v>
-[...4 lines deleted...]
-      <c r="H158" s="10"/>
+        <v>252</v>
+      </c>
+      <c r="G158" s="11">
+        <v>46</v>
+      </c>
+      <c r="H158" s="11"/>
     </row>
     <row r="159" spans="1:9">
       <c r="B159" s="9" t="s">
-        <v>39</v>
+        <v>121</v>
       </c>
       <c r="C159" s="9" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="D159" s="9" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="E159" s="9" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
       <c r="F159" s="9" t="s">
-        <v>198</v>
-[...4 lines deleted...]
-      <c r="H159" s="10"/>
+        <v>252</v>
+      </c>
+      <c r="G159" s="11">
+        <v>46</v>
+      </c>
+      <c r="H159" s="11"/>
     </row>
     <row r="160" spans="1:9">
       <c r="B160" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C160" s="9" t="s">
-        <v>286</v>
+        <v>294</v>
       </c>
       <c r="D160" s="9" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="E160" s="9" t="s">
-        <v>287</v>
+        <v>295</v>
       </c>
       <c r="F160" s="9" t="s">
-        <v>198</v>
-[...4 lines deleted...]
-      <c r="H160" s="10"/>
+        <v>252</v>
+      </c>
+      <c r="G160" s="11">
+        <v>62</v>
+      </c>
+      <c r="H160" s="11"/>
     </row>
     <row r="161" spans="1:9">
       <c r="B161" s="9" t="s">
-        <v>39</v>
+        <v>121</v>
       </c>
       <c r="C161" s="9" t="s">
-        <v>288</v>
+        <v>296</v>
       </c>
       <c r="D161" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="E161" s="9" t="s">
+        <v>297</v>
+      </c>
+      <c r="F161" s="9" t="s">
+        <v>252</v>
+      </c>
+      <c r="G161" s="11">
         <v>56</v>
       </c>
-      <c r="E161" s="9" t="s">
-[...8 lines deleted...]
-      <c r="H161" s="10"/>
+      <c r="H161" s="11"/>
     </row>
     <row r="162" spans="1:9">
       <c r="B162" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C162" s="9" t="s">
-        <v>290</v>
+        <v>298</v>
       </c>
       <c r="D162" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="E162" s="9" t="s">
+        <v>281</v>
+      </c>
+      <c r="F162" s="9" t="s">
+        <v>252</v>
+      </c>
+      <c r="G162" s="11">
         <v>56</v>
       </c>
-      <c r="E162" s="9" t="s">
-[...8 lines deleted...]
-      <c r="H162" s="10"/>
+      <c r="H162" s="11"/>
     </row>
     <row r="163" spans="1:9">
       <c r="B163" s="9" t="s">
-        <v>39</v>
+        <v>121</v>
       </c>
       <c r="C163" s="9" t="s">
-        <v>292</v>
+        <v>299</v>
       </c>
       <c r="D163" s="9" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="E163" s="9" t="s">
-        <v>293</v>
+        <v>300</v>
       </c>
       <c r="F163" s="9" t="s">
-        <v>198</v>
+        <v>252</v>
       </c>
       <c r="G163" s="11">
-        <v>48.56</v>
+        <v>53</v>
       </c>
       <c r="H163" s="11"/>
     </row>
     <row r="164" spans="1:9">
       <c r="B164" s="9" t="s">
-        <v>39</v>
+        <v>121</v>
       </c>
       <c r="C164" s="9" t="s">
-        <v>294</v>
+        <v>301</v>
       </c>
       <c r="D164" s="9" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="E164" s="9" t="s">
-        <v>99</v>
+        <v>302</v>
       </c>
       <c r="F164" s="9" t="s">
-        <v>198</v>
+        <v>252</v>
       </c>
       <c r="G164" s="11">
-        <v>48.56</v>
+        <v>51</v>
       </c>
       <c r="H164" s="11"/>
     </row>
     <row r="165" spans="1:9">
       <c r="B165" s="9" t="s">
-        <v>39</v>
+        <v>121</v>
       </c>
       <c r="C165" s="9" t="s">
-        <v>295</v>
+        <v>303</v>
       </c>
       <c r="D165" s="9" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="E165" s="9" t="s">
-        <v>245</v>
+        <v>251</v>
       </c>
       <c r="F165" s="9" t="s">
-        <v>198</v>
-[...4 lines deleted...]
-      <c r="H165" s="10"/>
+        <v>252</v>
+      </c>
+      <c r="G165" s="11">
+        <v>48</v>
+      </c>
+      <c r="H165" s="11"/>
     </row>
     <row r="166" spans="1:9">
       <c r="B166" s="9" t="s">
-        <v>39</v>
+        <v>162</v>
       </c>
       <c r="C166" s="9" t="s">
-        <v>296</v>
+        <v>304</v>
       </c>
       <c r="D166" s="9" t="s">
         <v>56</v>
       </c>
       <c r="E166" s="9" t="s">
-        <v>297</v>
+        <v>305</v>
       </c>
       <c r="F166" s="9" t="s">
-        <v>198</v>
+        <v>126</v>
       </c>
       <c r="G166" s="10">
-        <v>50.56</v>
+        <v>54.15</v>
       </c>
       <c r="H166" s="10"/>
     </row>
     <row r="167" spans="1:9">
       <c r="B167" s="9" t="s">
-        <v>39</v>
+        <v>162</v>
       </c>
       <c r="C167" s="9" t="s">
-        <v>298</v>
+        <v>306</v>
       </c>
       <c r="D167" s="9" t="s">
         <v>56</v>
       </c>
       <c r="E167" s="9" t="s">
-        <v>299</v>
+        <v>307</v>
       </c>
       <c r="F167" s="9" t="s">
-        <v>198</v>
+        <v>126</v>
       </c>
       <c r="G167" s="10">
-        <v>50.56</v>
+        <v>35.43</v>
       </c>
       <c r="H167" s="10"/>
     </row>
     <row r="168" spans="1:9">
       <c r="B168" s="9" t="s">
-        <v>39</v>
+        <v>162</v>
       </c>
       <c r="C168" s="9" t="s">
-        <v>300</v>
+        <v>308</v>
       </c>
       <c r="D168" s="9" t="s">
         <v>56</v>
       </c>
       <c r="E168" s="9" t="s">
-        <v>301</v>
+        <v>309</v>
       </c>
       <c r="F168" s="9" t="s">
-        <v>198</v>
+        <v>126</v>
       </c>
       <c r="G168" s="10">
-        <v>50.56</v>
+        <v>46.06</v>
       </c>
       <c r="H168" s="10"/>
     </row>
     <row r="169" spans="1:9">
       <c r="B169" s="9" t="s">
-        <v>39</v>
+        <v>162</v>
       </c>
       <c r="C169" s="9" t="s">
-        <v>302</v>
+        <v>310</v>
       </c>
       <c r="D169" s="9" t="s">
-        <v>26</v>
+        <v>56</v>
       </c>
       <c r="E169" s="9" t="s">
-        <v>178</v>
+        <v>123</v>
       </c>
       <c r="F169" s="9" t="s">
-        <v>198</v>
+        <v>126</v>
       </c>
       <c r="G169" s="10">
-        <v>58.24</v>
+        <v>45.56</v>
       </c>
       <c r="H169" s="10"/>
     </row>
     <row r="170" spans="1:9">
       <c r="B170" s="9" t="s">
-        <v>39</v>
+        <v>162</v>
       </c>
       <c r="C170" s="9" t="s">
-        <v>303</v>
+        <v>311</v>
       </c>
       <c r="D170" s="9" t="s">
         <v>56</v>
       </c>
       <c r="E170" s="9" t="s">
-        <v>176</v>
+        <v>312</v>
       </c>
       <c r="F170" s="9" t="s">
-        <v>198</v>
+        <v>126</v>
       </c>
       <c r="G170" s="10">
-        <v>58.24</v>
+        <v>46.06</v>
       </c>
       <c r="H170" s="10"/>
     </row>
     <row r="171" spans="1:9">
       <c r="B171" s="9" t="s">
-        <v>80</v>
+        <v>162</v>
       </c>
       <c r="C171" s="9" t="s">
-        <v>304</v>
+        <v>313</v>
       </c>
       <c r="D171" s="9" t="s">
         <v>56</v>
       </c>
       <c r="E171" s="9" t="s">
-        <v>257</v>
+        <v>314</v>
       </c>
       <c r="F171" s="9" t="s">
-        <v>198</v>
+        <v>126</v>
       </c>
       <c r="G171" s="10">
-        <v>40.62</v>
+        <v>46.06</v>
       </c>
       <c r="H171" s="10"/>
     </row>
     <row r="172" spans="1:9">
       <c r="B172" s="9" t="s">
-        <v>80</v>
+        <v>162</v>
       </c>
       <c r="C172" s="9" t="s">
-        <v>305</v>
+        <v>315</v>
       </c>
       <c r="D172" s="9" t="s">
         <v>56</v>
       </c>
       <c r="E172" s="9" t="s">
-        <v>233</v>
+        <v>50</v>
       </c>
       <c r="F172" s="9" t="s">
-        <v>198</v>
+        <v>126</v>
       </c>
       <c r="G172" s="10">
-        <v>42.24</v>
+        <v>34.93</v>
       </c>
       <c r="H172" s="10"/>
     </row>
     <row r="173" spans="1:9">
       <c r="B173" s="9" t="s">
-        <v>80</v>
+        <v>162</v>
       </c>
       <c r="C173" s="9" t="s">
-        <v>306</v>
+        <v>316</v>
       </c>
       <c r="D173" s="9" t="s">
         <v>56</v>
       </c>
       <c r="E173" s="9" t="s">
-        <v>229</v>
+        <v>317</v>
       </c>
       <c r="F173" s="9" t="s">
-        <v>198</v>
+        <v>126</v>
       </c>
       <c r="G173" s="10">
-        <v>42.24</v>
+        <v>54.15</v>
       </c>
       <c r="H173" s="10"/>
     </row>
     <row r="174" spans="1:9">
       <c r="B174" s="9" t="s">
-        <v>80</v>
+        <v>162</v>
       </c>
       <c r="C174" s="9" t="s">
-        <v>307</v>
+        <v>318</v>
       </c>
       <c r="D174" s="9" t="s">
         <v>56</v>
       </c>
       <c r="E174" s="9" t="s">
-        <v>239</v>
+        <v>120</v>
       </c>
       <c r="F174" s="9" t="s">
-        <v>198</v>
+        <v>126</v>
       </c>
       <c r="G174" s="10">
-        <v>57</v>
+        <v>53.65</v>
       </c>
       <c r="H174" s="10"/>
     </row>
     <row r="175" spans="1:9">
       <c r="B175" s="9" t="s">
-        <v>80</v>
+        <v>162</v>
       </c>
       <c r="C175" s="9" t="s">
-        <v>308</v>
+        <v>319</v>
       </c>
       <c r="D175" s="9" t="s">
         <v>56</v>
       </c>
       <c r="E175" s="9" t="s">
-        <v>281</v>
+        <v>320</v>
       </c>
       <c r="F175" s="9" t="s">
-        <v>198</v>
+        <v>126</v>
       </c>
       <c r="G175" s="10">
-        <v>57</v>
+        <v>74.33</v>
       </c>
       <c r="H175" s="10"/>
     </row>
     <row r="176" spans="1:9">
       <c r="B176" s="9" t="s">
-        <v>80</v>
+        <v>162</v>
       </c>
       <c r="C176" s="9" t="s">
-        <v>309</v>
+        <v>321</v>
       </c>
       <c r="D176" s="9" t="s">
-        <v>26</v>
+        <v>56</v>
       </c>
       <c r="E176" s="9" t="s">
-        <v>97</v>
+        <v>322</v>
       </c>
       <c r="F176" s="9" t="s">
-        <v>198</v>
-[...4 lines deleted...]
-      <c r="H176" s="11"/>
+        <v>126</v>
+      </c>
+      <c r="G176" s="10">
+        <v>74.83</v>
+      </c>
+      <c r="H176" s="10"/>
     </row>
     <row r="177" spans="1:9">
       <c r="B177" s="9" t="s">
-        <v>80</v>
+        <v>162</v>
       </c>
       <c r="C177" s="9" t="s">
-        <v>310</v>
+        <v>323</v>
       </c>
       <c r="D177" s="9" t="s">
-        <v>26</v>
+        <v>56</v>
       </c>
       <c r="E177" s="9" t="s">
-        <v>203</v>
+        <v>324</v>
       </c>
       <c r="F177" s="9" t="s">
-        <v>198</v>
-[...4 lines deleted...]
-      <c r="H177" s="11"/>
+        <v>126</v>
+      </c>
+      <c r="G177" s="10">
+        <v>60.13</v>
+      </c>
+      <c r="H177" s="10"/>
     </row>
     <row r="178" spans="1:9">
       <c r="B178" s="9" t="s">
-        <v>80</v>
+        <v>162</v>
       </c>
       <c r="C178" s="9" t="s">
-        <v>311</v>
+        <v>325</v>
       </c>
       <c r="D178" s="9" t="s">
-        <v>16</v>
+        <v>56</v>
       </c>
       <c r="E178" s="9" t="s">
-        <v>50</v>
+        <v>324</v>
       </c>
       <c r="F178" s="9" t="s">
-        <v>312</v>
+        <v>126</v>
       </c>
       <c r="G178" s="10">
-        <v>49</v>
+        <v>60.13</v>
       </c>
       <c r="H178" s="10"/>
     </row>
     <row r="179" spans="1:9">
       <c r="B179" s="9" t="s">
-        <v>39</v>
+        <v>162</v>
       </c>
       <c r="C179" s="9" t="s">
-        <v>313</v>
+        <v>326</v>
       </c>
       <c r="D179" s="9" t="s">
-        <v>16</v>
+        <v>56</v>
       </c>
       <c r="E179" s="9" t="s">
-        <v>50</v>
+        <v>327</v>
       </c>
       <c r="F179" s="9" t="s">
-        <v>312</v>
+        <v>126</v>
       </c>
       <c r="G179" s="10">
-        <v>38</v>
+        <v>47.08</v>
       </c>
       <c r="H179" s="10"/>
     </row>
     <row r="180" spans="1:9">
       <c r="B180" s="9" t="s">
-        <v>39</v>
+        <v>77</v>
       </c>
       <c r="C180" s="9" t="s">
-        <v>314</v>
+        <v>328</v>
       </c>
       <c r="D180" s="9" t="s">
-        <v>16</v>
+        <v>56</v>
       </c>
       <c r="E180" s="9" t="s">
-        <v>315</v>
+        <v>327</v>
       </c>
       <c r="F180" s="9" t="s">
-        <v>312</v>
-[...4 lines deleted...]
-      <c r="H180" s="11"/>
+        <v>126</v>
+      </c>
+      <c r="G180" s="10">
+        <v>59.79</v>
+      </c>
+      <c r="H180" s="10"/>
     </row>
     <row r="181" spans="1:9">
       <c r="B181" s="9" t="s">
-        <v>39</v>
+        <v>77</v>
       </c>
       <c r="C181" s="9" t="s">
-        <v>316</v>
+        <v>329</v>
       </c>
       <c r="D181" s="9" t="s">
-        <v>16</v>
+        <v>56</v>
       </c>
       <c r="E181" s="9" t="s">
-        <v>121</v>
+        <v>330</v>
       </c>
       <c r="F181" s="9" t="s">
-        <v>312</v>
-[...4 lines deleted...]
-      <c r="H181" s="11"/>
+        <v>126</v>
+      </c>
+      <c r="G181" s="10">
+        <v>60.29</v>
+      </c>
+      <c r="H181" s="10"/>
     </row>
     <row r="182" spans="1:9">
       <c r="B182" s="9" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="C182" s="9" t="s">
-        <v>317</v>
+        <v>331</v>
       </c>
       <c r="D182" s="9" t="s">
-        <v>16</v>
+        <v>56</v>
       </c>
       <c r="E182" s="9" t="s">
-        <v>121</v>
+        <v>332</v>
       </c>
       <c r="F182" s="9" t="s">
-        <v>312</v>
-[...4 lines deleted...]
-      <c r="H182" s="11"/>
+        <v>126</v>
+      </c>
+      <c r="G182" s="10">
+        <v>76.8</v>
+      </c>
+      <c r="H182" s="10"/>
     </row>
     <row r="183" spans="1:9">
       <c r="B183" s="9" t="s">
-        <v>39</v>
+        <v>77</v>
       </c>
       <c r="C183" s="9" t="s">
-        <v>318</v>
+        <v>333</v>
       </c>
       <c r="D183" s="9" t="s">
-        <v>16</v>
+        <v>56</v>
       </c>
       <c r="E183" s="9" t="s">
-        <v>233</v>
+        <v>334</v>
       </c>
       <c r="F183" s="9" t="s">
-        <v>312</v>
+        <v>126</v>
       </c>
       <c r="G183" s="10">
-        <v>38</v>
+        <v>80.04000000000001</v>
       </c>
       <c r="H183" s="10"/>
     </row>
     <row r="184" spans="1:9">
       <c r="B184" s="9" t="s">
-        <v>39</v>
+        <v>77</v>
       </c>
       <c r="C184" s="9" t="s">
-        <v>319</v>
+        <v>335</v>
       </c>
       <c r="D184" s="9" t="s">
-        <v>16</v>
+        <v>56</v>
       </c>
       <c r="E184" s="9" t="s">
-        <v>320</v>
+        <v>120</v>
       </c>
       <c r="F184" s="9" t="s">
-        <v>312</v>
-[...4 lines deleted...]
-      <c r="H184" s="11"/>
+        <v>126</v>
+      </c>
+      <c r="G184" s="10">
+        <v>64.76000000000001</v>
+      </c>
+      <c r="H184" s="10"/>
     </row>
     <row r="185" spans="1:9">
       <c r="B185" s="9" t="s">
-        <v>39</v>
+        <v>77</v>
       </c>
       <c r="C185" s="9" t="s">
-        <v>321</v>
+        <v>336</v>
       </c>
       <c r="D185" s="9" t="s">
-        <v>16</v>
+        <v>56</v>
       </c>
       <c r="E185" s="9" t="s">
-        <v>322</v>
+        <v>120</v>
       </c>
       <c r="F185" s="9" t="s">
-        <v>312</v>
+        <v>126</v>
       </c>
       <c r="G185" s="10">
-        <v>45</v>
+        <v>65.26000000000001</v>
       </c>
       <c r="H185" s="10"/>
     </row>
     <row r="186" spans="1:9">
       <c r="B186" s="9" t="s">
-        <v>122</v>
+        <v>162</v>
       </c>
       <c r="C186" s="9" t="s">
-        <v>323</v>
+        <v>337</v>
       </c>
       <c r="D186" s="9" t="s">
-        <v>16</v>
+        <v>56</v>
       </c>
       <c r="E186" s="9" t="s">
-        <v>315</v>
+        <v>338</v>
       </c>
       <c r="F186" s="9" t="s">
-        <v>312</v>
+        <v>126</v>
       </c>
       <c r="G186" s="10">
-        <v>43</v>
+        <v>35.43</v>
       </c>
       <c r="H186" s="10"/>
     </row>
     <row r="187" spans="1:9">
       <c r="B187" s="9" t="s">
-        <v>122</v>
+        <v>77</v>
       </c>
       <c r="C187" s="9" t="s">
-        <v>324</v>
+        <v>339</v>
       </c>
       <c r="D187" s="9" t="s">
-        <v>16</v>
+        <v>56</v>
       </c>
       <c r="E187" s="9" t="s">
-        <v>322</v>
+        <v>312</v>
       </c>
       <c r="F187" s="9" t="s">
-        <v>312</v>
+        <v>126</v>
       </c>
       <c r="G187" s="10">
-        <v>43</v>
+        <v>55.31</v>
       </c>
       <c r="H187" s="10"/>
     </row>
     <row r="188" spans="1:9">
       <c r="B188" s="9" t="s">
-        <v>122</v>
+        <v>77</v>
       </c>
       <c r="C188" s="9" t="s">
-        <v>325</v>
+        <v>340</v>
       </c>
       <c r="D188" s="9" t="s">
-        <v>16</v>
+        <v>56</v>
       </c>
       <c r="E188" s="9" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="F188" s="9" t="s">
-        <v>312</v>
-[...4 lines deleted...]
-      <c r="H188" s="11"/>
+        <v>126</v>
+      </c>
+      <c r="G188" s="10">
+        <v>54.81</v>
+      </c>
+      <c r="H188" s="10"/>
     </row>
     <row r="189" spans="1:9">
       <c r="B189" s="9" t="s">
-        <v>122</v>
+        <v>77</v>
       </c>
       <c r="C189" s="9" t="s">
-        <v>326</v>
+        <v>341</v>
       </c>
       <c r="D189" s="9" t="s">
-        <v>16</v>
+        <v>56</v>
       </c>
       <c r="E189" s="9" t="s">
-        <v>320</v>
+        <v>50</v>
       </c>
       <c r="F189" s="9" t="s">
-        <v>312</v>
-[...4 lines deleted...]
-      <c r="H189" s="11"/>
+        <v>126</v>
+      </c>
+      <c r="G189" s="10">
+        <v>41.78</v>
+      </c>
+      <c r="H189" s="10"/>
     </row>
     <row r="190" spans="1:9">
       <c r="B190" s="9" t="s">
-        <v>39</v>
+        <v>77</v>
       </c>
       <c r="C190" s="9" t="s">
-        <v>327</v>
+        <v>342</v>
       </c>
       <c r="D190" s="9" t="s">
-        <v>16</v>
+        <v>56</v>
       </c>
       <c r="E190" s="9" t="s">
-        <v>137</v>
+        <v>338</v>
       </c>
       <c r="F190" s="9" t="s">
-        <v>312</v>
-[...4 lines deleted...]
-      <c r="H190" s="11"/>
+        <v>126</v>
+      </c>
+      <c r="G190" s="10">
+        <v>42.28</v>
+      </c>
+      <c r="H190" s="10"/>
     </row>
     <row r="191" spans="1:9">
       <c r="B191" s="9" t="s">
-        <v>39</v>
+        <v>162</v>
       </c>
       <c r="C191" s="9" t="s">
-        <v>328</v>
+        <v>343</v>
       </c>
       <c r="D191" s="9" t="s">
-        <v>16</v>
+        <v>56</v>
       </c>
       <c r="E191" s="9" t="s">
-        <v>165</v>
+        <v>330</v>
       </c>
       <c r="F191" s="9" t="s">
-        <v>312</v>
-[...4 lines deleted...]
-      <c r="H191" s="11"/>
+        <v>126</v>
+      </c>
+      <c r="G191" s="10">
+        <v>47.58</v>
+      </c>
+      <c r="H191" s="10"/>
     </row>
     <row r="192" spans="1:9">
       <c r="B192" s="9" t="s">
-        <v>80</v>
+        <v>162</v>
       </c>
       <c r="C192" s="9" t="s">
-        <v>329</v>
+        <v>344</v>
       </c>
       <c r="D192" s="9" t="s">
-        <v>16</v>
+        <v>56</v>
       </c>
       <c r="E192" s="9" t="s">
-        <v>315</v>
+        <v>345</v>
       </c>
       <c r="F192" s="9" t="s">
-        <v>312</v>
+        <v>126</v>
       </c>
       <c r="G192" s="10">
-        <v>57</v>
+        <v>47.58</v>
       </c>
       <c r="H192" s="10"/>
     </row>
     <row r="193" spans="1:9">
       <c r="B193" s="9" t="s">
-        <v>80</v>
+        <v>162</v>
       </c>
       <c r="C193" s="9" t="s">
-        <v>330</v>
+        <v>346</v>
       </c>
       <c r="D193" s="9" t="s">
-        <v>16</v>
+        <v>56</v>
       </c>
       <c r="E193" s="9" t="s">
-        <v>165</v>
+        <v>347</v>
       </c>
       <c r="F193" s="9" t="s">
-        <v>312</v>
-[...4 lines deleted...]
-      <c r="H193" s="11"/>
+        <v>126</v>
+      </c>
+      <c r="G193" s="10">
+        <v>47.58</v>
+      </c>
+      <c r="H193" s="10"/>
     </row>
     <row r="194" spans="1:9">
       <c r="B194" s="9" t="s">
-        <v>39</v>
+        <v>162</v>
       </c>
       <c r="C194" s="9" t="s">
-        <v>331</v>
+        <v>348</v>
       </c>
       <c r="D194" s="9" t="s">
         <v>56</v>
       </c>
       <c r="E194" s="9" t="s">
-        <v>332</v>
+        <v>349</v>
       </c>
       <c r="F194" s="9" t="s">
-        <v>312</v>
+        <v>126</v>
       </c>
       <c r="G194" s="10">
-        <v>54</v>
+        <v>47.58</v>
       </c>
       <c r="H194" s="10"/>
     </row>
     <row r="195" spans="1:9">
       <c r="B195" s="9" t="s">
-        <v>39</v>
+        <v>162</v>
       </c>
       <c r="C195" s="9" t="s">
-        <v>333</v>
+        <v>350</v>
       </c>
       <c r="D195" s="9" t="s">
         <v>56</v>
       </c>
       <c r="E195" s="9" t="s">
-        <v>334</v>
+        <v>351</v>
       </c>
       <c r="F195" s="9" t="s">
-        <v>312</v>
+        <v>126</v>
       </c>
       <c r="G195" s="10">
-        <v>69</v>
+        <v>53.65</v>
       </c>
       <c r="H195" s="10"/>
     </row>
     <row r="196" spans="1:9">
       <c r="B196" s="9" t="s">
-        <v>39</v>
+        <v>162</v>
       </c>
       <c r="C196" s="9" t="s">
-        <v>335</v>
+        <v>352</v>
       </c>
       <c r="D196" s="9" t="s">
         <v>56</v>
       </c>
       <c r="E196" s="9" t="s">
-        <v>336</v>
+        <v>324</v>
       </c>
       <c r="F196" s="9" t="s">
-        <v>312</v>
-[...3 lines deleted...]
-      </c>
+        <v>126</v>
+      </c>
+      <c r="G196" s="10"/>
       <c r="H196" s="10"/>
     </row>
     <row r="197" spans="1:9">
       <c r="B197" s="9" t="s">
-        <v>39</v>
+        <v>162</v>
       </c>
       <c r="C197" s="9" t="s">
-        <v>337</v>
+        <v>353</v>
       </c>
       <c r="D197" s="9" t="s">
         <v>56</v>
       </c>
       <c r="E197" s="9" t="s">
-        <v>75</v>
+        <v>332</v>
       </c>
       <c r="F197" s="9" t="s">
-        <v>312</v>
+        <v>126</v>
       </c>
       <c r="G197" s="10">
-        <v>38</v>
+        <v>57.75</v>
       </c>
       <c r="H197" s="10"/>
     </row>
     <row r="198" spans="1:9">
       <c r="B198" s="9" t="s">
-        <v>122</v>
+        <v>162</v>
       </c>
       <c r="C198" s="9" t="s">
-        <v>338</v>
+        <v>354</v>
       </c>
       <c r="D198" s="9" t="s">
-        <v>16</v>
+        <v>56</v>
       </c>
       <c r="E198" s="9" t="s">
-        <v>339</v>
+        <v>355</v>
       </c>
       <c r="F198" s="9" t="s">
-        <v>312</v>
+        <v>126</v>
       </c>
       <c r="G198" s="10">
-        <v>43</v>
+        <v>57.75</v>
       </c>
       <c r="H198" s="10"/>
     </row>
     <row r="199" spans="1:9">
       <c r="B199" s="9" t="s">
-        <v>39</v>
+        <v>162</v>
       </c>
       <c r="C199" s="9" t="s">
-        <v>340</v>
+        <v>356</v>
       </c>
       <c r="D199" s="9" t="s">
-        <v>16</v>
+        <v>56</v>
       </c>
       <c r="E199" s="9" t="s">
-        <v>339</v>
+        <v>357</v>
       </c>
       <c r="F199" s="9" t="s">
-        <v>312</v>
+        <v>126</v>
       </c>
       <c r="G199" s="10">
-        <v>45</v>
+        <v>57.75</v>
       </c>
       <c r="H199" s="10"/>
     </row>
     <row r="200" spans="1:9">
       <c r="B200" s="9" t="s">
-        <v>39</v>
+        <v>162</v>
       </c>
       <c r="C200" s="9" t="s">
-        <v>341</v>
+        <v>358</v>
       </c>
       <c r="D200" s="9" t="s">
-        <v>16</v>
+        <v>56</v>
       </c>
       <c r="E200" s="9" t="s">
-        <v>152</v>
+        <v>359</v>
       </c>
       <c r="F200" s="9" t="s">
-        <v>312</v>
-[...4 lines deleted...]
-      <c r="H200" s="11"/>
+        <v>126</v>
+      </c>
+      <c r="G200" s="10">
+        <v>53.65</v>
+      </c>
+      <c r="H200" s="10"/>
     </row>
     <row r="201" spans="1:9">
       <c r="B201" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C201" s="9" t="s">
-        <v>342</v>
+        <v>360</v>
       </c>
       <c r="D201" s="9" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="E201" s="9" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="F201" s="9" t="s">
-        <v>312</v>
-[...4 lines deleted...]
-      <c r="H201" s="11"/>
+        <v>33</v>
+      </c>
+      <c r="G201" s="10">
+        <v>15.4</v>
+      </c>
+      <c r="H201" s="10"/>
     </row>
     <row r="202" spans="1:9">
       <c r="B202" s="9" t="s">
-        <v>122</v>
+        <v>77</v>
       </c>
       <c r="C202" s="9" t="s">
-        <v>344</v>
+        <v>361</v>
       </c>
       <c r="D202" s="9" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="E202" s="9" t="s">
-        <v>345</v>
+        <v>50</v>
       </c>
       <c r="F202" s="9" t="s">
-        <v>312</v>
-[...4 lines deleted...]
-      <c r="H202" s="11"/>
+        <v>33</v>
+      </c>
+      <c r="G202" s="10">
+        <v>30.5</v>
+      </c>
+      <c r="H202" s="10"/>
     </row>
     <row r="203" spans="1:9">
       <c r="B203" s="9" t="s">
-        <v>39</v>
+        <v>77</v>
       </c>
       <c r="C203" s="9" t="s">
-        <v>346</v>
+        <v>362</v>
       </c>
       <c r="D203" s="9" t="s">
-        <v>56</v>
+        <v>16</v>
       </c>
       <c r="E203" s="9" t="s">
-        <v>347</v>
+        <v>363</v>
       </c>
       <c r="F203" s="9" t="s">
-        <v>312</v>
-[...4 lines deleted...]
-      <c r="H203" s="10"/>
+        <v>197</v>
+      </c>
+      <c r="G203" s="11">
+        <v>59</v>
+      </c>
+      <c r="H203" s="11"/>
     </row>
     <row r="204" spans="1:9">
       <c r="B204" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C204" s="9" t="s">
-        <v>348</v>
+        <v>364</v>
       </c>
       <c r="D204" s="9" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="E204" s="9" t="s">
-        <v>349</v>
+        <v>365</v>
       </c>
       <c r="F204" s="9" t="s">
-        <v>312</v>
-[...4 lines deleted...]
-      <c r="H204" s="10"/>
+        <v>33</v>
+      </c>
+      <c r="G204" s="11">
+        <v>15.7</v>
+      </c>
+      <c r="H204" s="11"/>
     </row>
     <row r="205" spans="1:9">
       <c r="B205" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C205" s="9" t="s">
-        <v>350</v>
+        <v>366</v>
       </c>
       <c r="D205" s="9" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="E205" s="9" t="s">
-        <v>351</v>
+        <v>367</v>
       </c>
       <c r="F205" s="9" t="s">
-        <v>312</v>
+        <v>33</v>
       </c>
       <c r="G205" s="11">
-        <v>61</v>
+        <v>15.7</v>
       </c>
       <c r="H205" s="11"/>
     </row>
     <row r="206" spans="1:9">
       <c r="B206" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C206" s="9" t="s">
-        <v>352</v>
+        <v>368</v>
       </c>
       <c r="D206" s="9" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="E206" s="9" t="s">
-        <v>353</v>
+        <v>88</v>
       </c>
       <c r="F206" s="9" t="s">
-        <v>312</v>
-[...4 lines deleted...]
-      <c r="H206" s="10"/>
+        <v>33</v>
+      </c>
+      <c r="G206" s="11">
+        <v>15.7</v>
+      </c>
+      <c r="H206" s="11"/>
     </row>
     <row r="207" spans="1:9">
       <c r="B207" s="9" t="s">
-        <v>122</v>
+        <v>39</v>
       </c>
       <c r="C207" s="9" t="s">
-        <v>354</v>
+        <v>369</v>
       </c>
       <c r="D207" s="9" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="E207" s="9" t="s">
-        <v>353</v>
+        <v>370</v>
       </c>
       <c r="F207" s="9" t="s">
-        <v>312</v>
-[...4 lines deleted...]
-      <c r="H207" s="10"/>
+        <v>33</v>
+      </c>
+      <c r="G207" s="11">
+        <v>15.7</v>
+      </c>
+      <c r="H207" s="11"/>
     </row>
     <row r="208" spans="1:9">
       <c r="B208" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C208" s="9" t="s">
-        <v>355</v>
+        <v>371</v>
       </c>
       <c r="D208" s="9" t="s">
         <v>26</v>
       </c>
       <c r="E208" s="9" t="s">
-        <v>356</v>
+        <v>372</v>
       </c>
       <c r="F208" s="9" t="s">
-        <v>312</v>
-[...4 lines deleted...]
-      <c r="H208" s="10"/>
+        <v>33</v>
+      </c>
+      <c r="G208" s="11">
+        <v>15.7</v>
+      </c>
+      <c r="H208" s="11"/>
     </row>
     <row r="209" spans="1:9">
       <c r="B209" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C209" s="9" t="s">
-        <v>357</v>
+        <v>373</v>
       </c>
       <c r="D209" s="9" t="s">
         <v>26</v>
       </c>
       <c r="E209" s="9" t="s">
-        <v>358</v>
+        <v>374</v>
       </c>
       <c r="F209" s="9" t="s">
-        <v>312</v>
-[...4 lines deleted...]
-      <c r="H209" s="10"/>
+        <v>33</v>
+      </c>
+      <c r="G209" s="11">
+        <v>15.7</v>
+      </c>
+      <c r="H209" s="11"/>
     </row>
     <row r="210" spans="1:9">
       <c r="B210" s="9" t="s">
-        <v>122</v>
+        <v>39</v>
       </c>
       <c r="C210" s="9" t="s">
-        <v>359</v>
+        <v>375</v>
       </c>
       <c r="D210" s="9" t="s">
         <v>26</v>
       </c>
       <c r="E210" s="9" t="s">
-        <v>356</v>
+        <v>256</v>
       </c>
       <c r="F210" s="9" t="s">
-        <v>312</v>
-[...4 lines deleted...]
-      <c r="H210" s="10"/>
+        <v>33</v>
+      </c>
+      <c r="G210" s="11">
+        <v>15.7</v>
+      </c>
+      <c r="H210" s="11"/>
     </row>
     <row r="211" spans="1:9">
       <c r="B211" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C211" s="9" t="s">
-        <v>360</v>
+        <v>376</v>
       </c>
       <c r="D211" s="9" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="E211" s="9" t="s">
-        <v>361</v>
+        <v>377</v>
       </c>
       <c r="F211" s="9" t="s">
-        <v>312</v>
-[...4 lines deleted...]
-      <c r="H211" s="10"/>
+        <v>33</v>
+      </c>
+      <c r="G211" s="11">
+        <v>15.7</v>
+      </c>
+      <c r="H211" s="11"/>
     </row>
     <row r="212" spans="1:9">
       <c r="B212" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C212" s="9" t="s">
-        <v>362</v>
+        <v>378</v>
       </c>
       <c r="D212" s="9" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="E212" s="9" t="s">
-        <v>363</v>
+        <v>167</v>
       </c>
       <c r="F212" s="9" t="s">
-        <v>312</v>
+        <v>379</v>
       </c>
       <c r="G212" s="10">
-        <v>90</v>
+        <v>58</v>
       </c>
       <c r="H212" s="10"/>
     </row>
     <row r="213" spans="1:9">
       <c r="B213" s="9" t="s">
-        <v>39</v>
+        <v>77</v>
       </c>
       <c r="C213" s="9" t="s">
-        <v>364</v>
+        <v>380</v>
       </c>
       <c r="D213" s="9" t="s">
-        <v>26</v>
+        <v>56</v>
       </c>
       <c r="E213" s="9" t="s">
-        <v>365</v>
+        <v>50</v>
       </c>
       <c r="F213" s="9" t="s">
-        <v>366</v>
-[...4 lines deleted...]
-      <c r="H213" s="11"/>
+        <v>379</v>
+      </c>
+      <c r="G213" s="10">
+        <v>37.91</v>
+      </c>
+      <c r="H213" s="10"/>
     </row>
     <row r="214" spans="1:9">
       <c r="B214" s="9" t="s">
-        <v>39</v>
+        <v>77</v>
       </c>
       <c r="C214" s="9" t="s">
-        <v>367</v>
+        <v>381</v>
       </c>
       <c r="D214" s="9" t="s">
-        <v>26</v>
+        <v>56</v>
       </c>
       <c r="E214" s="9" t="s">
-        <v>368</v>
+        <v>132</v>
       </c>
       <c r="F214" s="9" t="s">
-        <v>366</v>
-[...4 lines deleted...]
-      <c r="H214" s="11"/>
+        <v>379</v>
+      </c>
+      <c r="G214" s="10">
+        <v>55.51</v>
+      </c>
+      <c r="H214" s="10"/>
     </row>
     <row r="215" spans="1:9">
       <c r="B215" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C215" s="9" t="s">
-        <v>369</v>
+        <v>382</v>
       </c>
       <c r="D215" s="9" t="s">
-        <v>26</v>
+        <v>56</v>
       </c>
       <c r="E215" s="9" t="s">
-        <v>370</v>
+        <v>50</v>
       </c>
       <c r="F215" s="9" t="s">
-        <v>366</v>
-[...4 lines deleted...]
-      <c r="H215" s="11"/>
+        <v>379</v>
+      </c>
+      <c r="G215" s="10">
+        <v>28</v>
+      </c>
+      <c r="H215" s="10"/>
     </row>
     <row r="216" spans="1:9">
       <c r="B216" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C216" s="9" t="s">
-        <v>371</v>
+        <v>383</v>
       </c>
       <c r="D216" s="9" t="s">
-        <v>26</v>
+        <v>56</v>
       </c>
       <c r="E216" s="9" t="s">
-        <v>372</v>
+        <v>132</v>
       </c>
       <c r="F216" s="9" t="s">
-        <v>366</v>
-[...4 lines deleted...]
-      <c r="H216" s="11"/>
+        <v>379</v>
+      </c>
+      <c r="G216" s="10">
+        <v>41</v>
+      </c>
+      <c r="H216" s="10"/>
     </row>
     <row r="217" spans="1:9">
       <c r="B217" s="9" t="s">
-        <v>39</v>
+        <v>77</v>
       </c>
       <c r="C217" s="9" t="s">
-        <v>373</v>
+        <v>384</v>
       </c>
       <c r="D217" s="9" t="s">
         <v>26</v>
       </c>
       <c r="E217" s="9" t="s">
-        <v>374</v>
+        <v>167</v>
       </c>
       <c r="F217" s="9" t="s">
-        <v>366</v>
-[...4 lines deleted...]
-      <c r="H217" s="11"/>
+        <v>379</v>
+      </c>
+      <c r="G217" s="10">
+        <v>78.53</v>
+      </c>
+      <c r="H217" s="10"/>
     </row>
     <row r="218" spans="1:9">
       <c r="B218" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C218" s="9" t="s">
-        <v>375</v>
+        <v>385</v>
       </c>
       <c r="D218" s="9" t="s">
         <v>26</v>
       </c>
       <c r="E218" s="9" t="s">
-        <v>376</v>
+        <v>94</v>
       </c>
       <c r="F218" s="9" t="s">
-        <v>366</v>
+        <v>379</v>
       </c>
       <c r="G218" s="11">
-        <v>62</v>
+        <v>49</v>
       </c>
       <c r="H218" s="11"/>
     </row>
     <row r="219" spans="1:9">
       <c r="B219" s="9" t="s">
-        <v>39</v>
+        <v>77</v>
       </c>
       <c r="C219" s="9" t="s">
-        <v>377</v>
+        <v>386</v>
       </c>
       <c r="D219" s="9" t="s">
         <v>26</v>
       </c>
       <c r="E219" s="9" t="s">
-        <v>378</v>
+        <v>94</v>
       </c>
       <c r="F219" s="9" t="s">
-        <v>366</v>
-[...4 lines deleted...]
-      <c r="H219" s="11"/>
+        <v>379</v>
+      </c>
+      <c r="G219" s="10">
+        <v>66.34999999999999</v>
+      </c>
+      <c r="H219" s="10"/>
     </row>
     <row r="220" spans="1:9">
       <c r="B220" s="9" t="s">
-        <v>122</v>
+        <v>39</v>
       </c>
       <c r="C220" s="9" t="s">
+        <v>387</v>
+      </c>
+      <c r="D220" s="9" t="s">
+        <v>56</v>
+      </c>
+      <c r="E220" s="9" t="s">
+        <v>388</v>
+      </c>
+      <c r="F220" s="9" t="s">
         <v>379</v>
       </c>
-      <c r="D220" s="9" t="s">
-[...11 lines deleted...]
-      <c r="H220" s="11"/>
+      <c r="G220" s="10">
+        <v>26.5</v>
+      </c>
+      <c r="H220" s="10"/>
     </row>
     <row r="221" spans="1:9">
       <c r="B221" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C221" s="9" t="s">
-        <v>380</v>
+        <v>389</v>
       </c>
       <c r="D221" s="9" t="s">
-        <v>26</v>
+        <v>56</v>
       </c>
       <c r="E221" s="9" t="s">
-        <v>381</v>
+        <v>204</v>
       </c>
       <c r="F221" s="9" t="s">
-        <v>366</v>
-[...4 lines deleted...]
-      <c r="H221" s="11"/>
+        <v>379</v>
+      </c>
+      <c r="G221" s="10">
+        <v>28</v>
+      </c>
+      <c r="H221" s="10"/>
     </row>
     <row r="222" spans="1:9">
       <c r="B222" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C222" s="9" t="s">
-        <v>382</v>
+        <v>390</v>
       </c>
       <c r="D222" s="9" t="s">
-        <v>26</v>
+        <v>56</v>
       </c>
       <c r="E222" s="9" t="s">
-        <v>383</v>
+        <v>391</v>
       </c>
       <c r="F222" s="9" t="s">
-        <v>366</v>
-[...4 lines deleted...]
-      <c r="H222" s="11"/>
+        <v>379</v>
+      </c>
+      <c r="G222" s="10">
+        <v>28</v>
+      </c>
+      <c r="H222" s="10"/>
     </row>
     <row r="223" spans="1:9">
       <c r="B223" s="9" t="s">
-        <v>39</v>
+        <v>77</v>
       </c>
       <c r="C223" s="9" t="s">
-        <v>384</v>
+        <v>392</v>
       </c>
       <c r="D223" s="9" t="s">
-        <v>26</v>
+        <v>56</v>
       </c>
       <c r="E223" s="9" t="s">
-        <v>385</v>
+        <v>204</v>
       </c>
       <c r="F223" s="9" t="s">
-        <v>366</v>
-[...4 lines deleted...]
-      <c r="H223" s="11"/>
+        <v>379</v>
+      </c>
+      <c r="G223" s="10">
+        <v>37.91</v>
+      </c>
+      <c r="H223" s="10"/>
     </row>
     <row r="224" spans="1:9">
       <c r="B224" s="9" t="s">
-        <v>39</v>
+        <v>77</v>
       </c>
       <c r="C224" s="9" t="s">
-        <v>386</v>
+        <v>393</v>
       </c>
       <c r="D224" s="9" t="s">
-        <v>26</v>
+        <v>56</v>
       </c>
       <c r="E224" s="9" t="s">
-        <v>387</v>
+        <v>391</v>
       </c>
       <c r="F224" s="9" t="s">
-        <v>366</v>
-[...4 lines deleted...]
-      <c r="H224" s="11"/>
+        <v>379</v>
+      </c>
+      <c r="G224" s="10">
+        <v>37.91</v>
+      </c>
+      <c r="H224" s="10"/>
     </row>
     <row r="225" spans="1:9">
       <c r="B225" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C225" s="9" t="s">
-        <v>388</v>
+        <v>394</v>
       </c>
       <c r="D225" s="9" t="s">
-        <v>26</v>
+        <v>56</v>
       </c>
       <c r="E225" s="9" t="s">
-        <v>389</v>
+        <v>395</v>
       </c>
       <c r="F225" s="9" t="s">
-        <v>366</v>
-[...4 lines deleted...]
-      <c r="H225" s="11"/>
+        <v>379</v>
+      </c>
+      <c r="G225" s="10">
+        <v>26.5</v>
+      </c>
+      <c r="H225" s="10"/>
     </row>
     <row r="226" spans="1:9">
       <c r="B226" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C226" s="9" t="s">
-        <v>390</v>
+        <v>396</v>
       </c>
       <c r="D226" s="9" t="s">
-        <v>26</v>
+        <v>56</v>
       </c>
       <c r="E226" s="9" t="s">
-        <v>391</v>
+        <v>397</v>
       </c>
       <c r="F226" s="9" t="s">
-        <v>366</v>
-[...4 lines deleted...]
-      <c r="H226" s="11"/>
+        <v>379</v>
+      </c>
+      <c r="G226" s="10">
+        <v>26.5</v>
+      </c>
+      <c r="H226" s="10"/>
     </row>
     <row r="227" spans="1:9">
       <c r="B227" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C227" s="9" t="s">
-        <v>392</v>
+        <v>398</v>
       </c>
       <c r="D227" s="9" t="s">
-        <v>26</v>
+        <v>56</v>
       </c>
       <c r="E227" s="9" t="s">
-        <v>393</v>
+        <v>399</v>
       </c>
       <c r="F227" s="9" t="s">
-        <v>366</v>
-[...4 lines deleted...]
-      <c r="H227" s="11"/>
+        <v>379</v>
+      </c>
+      <c r="G227" s="10">
+        <v>26.5</v>
+      </c>
+      <c r="H227" s="10"/>
     </row>
     <row r="228" spans="1:9">
       <c r="B228" s="9" t="s">
-        <v>122</v>
+        <v>39</v>
       </c>
       <c r="C228" s="9" t="s">
-        <v>394</v>
+        <v>400</v>
       </c>
       <c r="D228" s="9" t="s">
-        <v>26</v>
+        <v>56</v>
       </c>
       <c r="E228" s="9" t="s">
-        <v>395</v>
+        <v>401</v>
       </c>
       <c r="F228" s="9" t="s">
-        <v>366</v>
-[...4 lines deleted...]
-      <c r="H228" s="11"/>
+        <v>379</v>
+      </c>
+      <c r="G228" s="10">
+        <v>26.5</v>
+      </c>
+      <c r="H228" s="10"/>
     </row>
     <row r="229" spans="1:9">
       <c r="B229" s="9" t="s">
-        <v>122</v>
+        <v>77</v>
       </c>
       <c r="C229" s="9" t="s">
-        <v>396</v>
+        <v>402</v>
       </c>
       <c r="D229" s="9" t="s">
-        <v>26</v>
+        <v>56</v>
       </c>
       <c r="E229" s="9" t="s">
-        <v>397</v>
+        <v>395</v>
       </c>
       <c r="F229" s="9" t="s">
-        <v>366</v>
-[...4 lines deleted...]
-      <c r="H229" s="11"/>
+        <v>379</v>
+      </c>
+      <c r="G229" s="10">
+        <v>35.88</v>
+      </c>
+      <c r="H229" s="10"/>
     </row>
     <row r="230" spans="1:9">
       <c r="B230" s="9" t="s">
-        <v>122</v>
+        <v>77</v>
       </c>
       <c r="C230" s="9" t="s">
-        <v>398</v>
+        <v>403</v>
       </c>
       <c r="D230" s="9" t="s">
-        <v>26</v>
+        <v>56</v>
       </c>
       <c r="E230" s="9" t="s">
         <v>399</v>
       </c>
       <c r="F230" s="9" t="s">
-        <v>366</v>
-[...4 lines deleted...]
-      <c r="H230" s="11"/>
+        <v>379</v>
+      </c>
+      <c r="G230" s="10">
+        <v>35.88</v>
+      </c>
+      <c r="H230" s="10"/>
     </row>
     <row r="231" spans="1:9">
       <c r="B231" s="9" t="s">
-        <v>122</v>
+        <v>77</v>
       </c>
       <c r="C231" s="9" t="s">
-        <v>400</v>
+        <v>404</v>
       </c>
       <c r="D231" s="9" t="s">
-        <v>26</v>
+        <v>56</v>
       </c>
       <c r="E231" s="9" t="s">
         <v>401</v>
       </c>
       <c r="F231" s="9" t="s">
-        <v>366</v>
-[...4 lines deleted...]
-      <c r="H231" s="11"/>
+        <v>379</v>
+      </c>
+      <c r="G231" s="10">
+        <v>35.88</v>
+      </c>
+      <c r="H231" s="10"/>
     </row>
     <row r="232" spans="1:9">
       <c r="B232" s="9" t="s">
-        <v>122</v>
+        <v>39</v>
       </c>
       <c r="C232" s="9" t="s">
-        <v>402</v>
+        <v>405</v>
       </c>
       <c r="D232" s="9" t="s">
-        <v>26</v>
+        <v>56</v>
       </c>
       <c r="E232" s="9" t="s">
-        <v>403</v>
+        <v>406</v>
       </c>
       <c r="F232" s="9" t="s">
-        <v>366</v>
-[...4 lines deleted...]
-      <c r="H232" s="11"/>
+        <v>379</v>
+      </c>
+      <c r="G232" s="10">
+        <v>41</v>
+      </c>
+      <c r="H232" s="10"/>
     </row>
     <row r="233" spans="1:9">
       <c r="B233" s="9" t="s">
-        <v>122</v>
+        <v>39</v>
       </c>
       <c r="C233" s="9" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="D233" s="9" t="s">
-        <v>26</v>
+        <v>56</v>
       </c>
       <c r="E233" s="9" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="F233" s="9" t="s">
-        <v>366</v>
-[...4 lines deleted...]
-      <c r="H233" s="11"/>
+        <v>379</v>
+      </c>
+      <c r="G233" s="10">
+        <v>41</v>
+      </c>
+      <c r="H233" s="10"/>
     </row>
     <row r="234" spans="1:9">
       <c r="B234" s="9" t="s">
-        <v>122</v>
+        <v>39</v>
       </c>
       <c r="C234" s="9" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="D234" s="9" t="s">
-        <v>26</v>
+        <v>56</v>
       </c>
       <c r="E234" s="9" t="s">
-        <v>407</v>
+        <v>410</v>
       </c>
       <c r="F234" s="9" t="s">
-        <v>366</v>
-[...4 lines deleted...]
-      <c r="H234" s="11"/>
+        <v>379</v>
+      </c>
+      <c r="G234" s="10">
+        <v>41</v>
+      </c>
+      <c r="H234" s="10"/>
     </row>
     <row r="235" spans="1:9">
       <c r="B235" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C235" s="9" t="s">
-        <v>408</v>
+        <v>411</v>
       </c>
       <c r="D235" s="9" t="s">
-        <v>26</v>
+        <v>56</v>
       </c>
       <c r="E235" s="9" t="s">
-        <v>409</v>
+        <v>412</v>
       </c>
       <c r="F235" s="9" t="s">
-        <v>366</v>
-[...4 lines deleted...]
-      <c r="H235" s="11"/>
+        <v>379</v>
+      </c>
+      <c r="G235" s="10">
+        <v>41</v>
+      </c>
+      <c r="H235" s="10"/>
     </row>
     <row r="236" spans="1:9">
       <c r="B236" s="9" t="s">
-        <v>122</v>
+        <v>77</v>
       </c>
       <c r="C236" s="9" t="s">
-        <v>410</v>
+        <v>413</v>
       </c>
       <c r="D236" s="9" t="s">
-        <v>26</v>
+        <v>56</v>
       </c>
       <c r="E236" s="9" t="s">
-        <v>411</v>
+        <v>406</v>
       </c>
       <c r="F236" s="9" t="s">
-        <v>366</v>
-[...4 lines deleted...]
-      <c r="H236" s="11"/>
+        <v>379</v>
+      </c>
+      <c r="G236" s="10">
+        <v>55.51</v>
+      </c>
+      <c r="H236" s="10"/>
     </row>
     <row r="237" spans="1:9">
       <c r="B237" s="9" t="s">
-        <v>39</v>
+        <v>77</v>
       </c>
       <c r="C237" s="9" t="s">
+        <v>414</v>
+      </c>
+      <c r="D237" s="9" t="s">
+        <v>56</v>
+      </c>
+      <c r="E237" s="9" t="s">
         <v>412</v>
       </c>
-      <c r="D237" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F237" s="9" t="s">
-        <v>366</v>
-[...4 lines deleted...]
-      <c r="H237" s="11"/>
+        <v>379</v>
+      </c>
+      <c r="G237" s="10">
+        <v>55.51</v>
+      </c>
+      <c r="H237" s="10"/>
     </row>
     <row r="238" spans="1:9">
       <c r="B238" s="9" t="s">
-        <v>122</v>
+        <v>39</v>
       </c>
       <c r="C238" s="9" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="D238" s="9" t="s">
         <v>26</v>
       </c>
       <c r="E238" s="9" t="s">
-        <v>414</v>
+        <v>177</v>
       </c>
       <c r="F238" s="9" t="s">
-        <v>366</v>
-[...4 lines deleted...]
-      <c r="H238" s="11"/>
+        <v>379</v>
+      </c>
+      <c r="G238" s="10">
+        <v>58</v>
+      </c>
+      <c r="H238" s="10"/>
     </row>
     <row r="239" spans="1:9">
       <c r="B239" s="9" t="s">
-        <v>122</v>
+        <v>39</v>
       </c>
       <c r="C239" s="9" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="D239" s="9" t="s">
         <v>26</v>
       </c>
       <c r="E239" s="9" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="F239" s="9" t="s">
-        <v>366</v>
+        <v>379</v>
       </c>
       <c r="G239" s="11">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="H239" s="11"/>
     </row>
     <row r="240" spans="1:9">
       <c r="B240" s="9" t="s">
-        <v>122</v>
+        <v>39</v>
       </c>
       <c r="C240" s="9" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="D240" s="9" t="s">
         <v>26</v>
       </c>
       <c r="E240" s="9" t="s">
-        <v>365</v>
+        <v>419</v>
       </c>
       <c r="F240" s="9" t="s">
-        <v>366</v>
-[...4 lines deleted...]
-      <c r="H240" s="11"/>
+        <v>379</v>
+      </c>
+      <c r="G240" s="10">
+        <v>49</v>
+      </c>
+      <c r="H240" s="10"/>
     </row>
     <row r="241" spans="1:9">
       <c r="B241" s="9" t="s">
-        <v>163</v>
+        <v>39</v>
       </c>
       <c r="C241" s="9" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="D241" s="9" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="E241" s="9" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="F241" s="9" t="s">
-        <v>127</v>
+        <v>379</v>
       </c>
       <c r="G241" s="10">
-        <v>54.15</v>
+        <v>49</v>
       </c>
       <c r="H241" s="10"/>
     </row>
     <row r="242" spans="1:9">
       <c r="B242" s="9" t="s">
-        <v>163</v>
+        <v>77</v>
       </c>
       <c r="C242" s="9" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="D242" s="9" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="E242" s="9" t="s">
-        <v>421</v>
+        <v>419</v>
       </c>
       <c r="F242" s="9" t="s">
-        <v>127</v>
+        <v>379</v>
       </c>
       <c r="G242" s="10">
-        <v>35.43</v>
+        <v>66.34999999999999</v>
       </c>
       <c r="H242" s="10"/>
     </row>
     <row r="243" spans="1:9">
       <c r="B243" s="9" t="s">
-        <v>163</v>
+        <v>121</v>
       </c>
       <c r="C243" s="9" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="D243" s="9" t="s">
         <v>56</v>
       </c>
       <c r="E243" s="9" t="s">
-        <v>423</v>
+        <v>50</v>
       </c>
       <c r="F243" s="9" t="s">
-        <v>127</v>
+        <v>379</v>
       </c>
       <c r="G243" s="10">
-        <v>46.06</v>
+        <v>23.52</v>
       </c>
       <c r="H243" s="10"/>
     </row>
     <row r="244" spans="1:9">
       <c r="B244" s="9" t="s">
-        <v>163</v>
+        <v>121</v>
       </c>
       <c r="C244" s="9" t="s">
         <v>424</v>
       </c>
       <c r="D244" s="9" t="s">
         <v>56</v>
       </c>
       <c r="E244" s="9" t="s">
-        <v>124</v>
+        <v>204</v>
       </c>
       <c r="F244" s="9" t="s">
-        <v>127</v>
+        <v>379</v>
       </c>
       <c r="G244" s="10">
-        <v>45.56</v>
+        <v>23.52</v>
       </c>
       <c r="H244" s="10"/>
     </row>
     <row r="245" spans="1:9">
       <c r="B245" s="9" t="s">
-        <v>163</v>
+        <v>121</v>
       </c>
       <c r="C245" s="9" t="s">
         <v>425</v>
       </c>
       <c r="D245" s="9" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="E245" s="9" t="s">
-        <v>426</v>
+        <v>167</v>
       </c>
       <c r="F245" s="9" t="s">
-        <v>127</v>
+        <v>379</v>
       </c>
       <c r="G245" s="10">
-        <v>46.06</v>
+        <v>48.72</v>
       </c>
       <c r="H245" s="10"/>
     </row>
     <row r="246" spans="1:9">
       <c r="B246" s="9" t="s">
-        <v>163</v>
+        <v>121</v>
       </c>
       <c r="C246" s="9" t="s">
+        <v>426</v>
+      </c>
+      <c r="D246" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="E246" s="9" t="s">
         <v>427</v>
       </c>
-      <c r="D246" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F246" s="9" t="s">
-        <v>127</v>
+        <v>379</v>
       </c>
       <c r="G246" s="10">
-        <v>46.06</v>
+        <v>48.72</v>
       </c>
       <c r="H246" s="10"/>
     </row>
     <row r="247" spans="1:9">
       <c r="B247" s="9" t="s">
-        <v>163</v>
+        <v>121</v>
       </c>
       <c r="C247" s="9" t="s">
-        <v>429</v>
+        <v>428</v>
       </c>
       <c r="D247" s="9" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="E247" s="9" t="s">
-        <v>50</v>
+        <v>94</v>
       </c>
       <c r="F247" s="9" t="s">
-        <v>127</v>
+        <v>379</v>
       </c>
       <c r="G247" s="10">
-        <v>34.93</v>
+        <v>41.16</v>
       </c>
       <c r="H247" s="10"/>
     </row>
     <row r="248" spans="1:9">
       <c r="B248" s="9" t="s">
-        <v>163</v>
+        <v>121</v>
       </c>
       <c r="C248" s="9" t="s">
-        <v>430</v>
+        <v>429</v>
       </c>
       <c r="D248" s="9" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="E248" s="9" t="s">
-        <v>431</v>
+        <v>419</v>
       </c>
       <c r="F248" s="9" t="s">
-        <v>127</v>
-[...4 lines deleted...]
-      <c r="H248" s="10"/>
+        <v>379</v>
+      </c>
+      <c r="G248" s="11">
+        <v>41.16</v>
+      </c>
+      <c r="H248" s="11"/>
     </row>
     <row r="249" spans="1:9">
       <c r="B249" s="9" t="s">
-        <v>163</v>
+        <v>121</v>
       </c>
       <c r="C249" s="9" t="s">
-        <v>432</v>
+        <v>430</v>
       </c>
       <c r="D249" s="9" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="E249" s="9" t="s">
-        <v>121</v>
+        <v>421</v>
       </c>
       <c r="F249" s="9" t="s">
-        <v>127</v>
-[...4 lines deleted...]
-      <c r="H249" s="10"/>
+        <v>379</v>
+      </c>
+      <c r="G249" s="11">
+        <v>41.16</v>
+      </c>
+      <c r="H249" s="11"/>
     </row>
     <row r="250" spans="1:9">
       <c r="B250" s="9" t="s">
-        <v>163</v>
+        <v>121</v>
       </c>
       <c r="C250" s="9" t="s">
-        <v>433</v>
+        <v>431</v>
       </c>
       <c r="D250" s="9" t="s">
         <v>56</v>
       </c>
       <c r="E250" s="9" t="s">
-        <v>434</v>
+        <v>432</v>
       </c>
       <c r="F250" s="9" t="s">
-        <v>127</v>
+        <v>379</v>
       </c>
       <c r="G250" s="10">
-        <v>74.33</v>
+        <v>22.26</v>
       </c>
       <c r="H250" s="10"/>
     </row>
     <row r="251" spans="1:9">
       <c r="B251" s="9" t="s">
-        <v>163</v>
+        <v>121</v>
       </c>
       <c r="C251" s="9" t="s">
-        <v>435</v>
+        <v>433</v>
       </c>
       <c r="D251" s="9" t="s">
         <v>56</v>
       </c>
       <c r="E251" s="9" t="s">
-        <v>436</v>
+        <v>395</v>
       </c>
       <c r="F251" s="9" t="s">
-        <v>127</v>
+        <v>379</v>
       </c>
       <c r="G251" s="10">
-        <v>74.83</v>
+        <v>22.26</v>
       </c>
       <c r="H251" s="10"/>
     </row>
     <row r="252" spans="1:9">
       <c r="B252" s="9" t="s">
-        <v>163</v>
+        <v>121</v>
       </c>
       <c r="C252" s="9" t="s">
-        <v>437</v>
+        <v>434</v>
       </c>
       <c r="D252" s="9" t="s">
         <v>56</v>
       </c>
       <c r="E252" s="9" t="s">
-        <v>438</v>
+        <v>397</v>
       </c>
       <c r="F252" s="9" t="s">
-        <v>127</v>
+        <v>379</v>
       </c>
       <c r="G252" s="10">
-        <v>60.13</v>
+        <v>22.26</v>
       </c>
       <c r="H252" s="10"/>
     </row>
     <row r="253" spans="1:9">
       <c r="B253" s="9" t="s">
-        <v>163</v>
+        <v>121</v>
       </c>
       <c r="C253" s="9" t="s">
-        <v>439</v>
+        <v>435</v>
       </c>
       <c r="D253" s="9" t="s">
         <v>56</v>
       </c>
       <c r="E253" s="9" t="s">
-        <v>438</v>
+        <v>132</v>
       </c>
       <c r="F253" s="9" t="s">
-        <v>127</v>
+        <v>379</v>
       </c>
       <c r="G253" s="10">
-        <v>60.13</v>
+        <v>34.44</v>
       </c>
       <c r="H253" s="10"/>
     </row>
     <row r="254" spans="1:9">
       <c r="B254" s="9" t="s">
-        <v>163</v>
+        <v>121</v>
       </c>
       <c r="C254" s="9" t="s">
-        <v>440</v>
+        <v>436</v>
       </c>
       <c r="D254" s="9" t="s">
         <v>56</v>
       </c>
       <c r="E254" s="9" t="s">
-        <v>441</v>
+        <v>406</v>
       </c>
       <c r="F254" s="9" t="s">
-        <v>127</v>
+        <v>379</v>
       </c>
       <c r="G254" s="10">
-        <v>47.08</v>
+        <v>34.44</v>
       </c>
       <c r="H254" s="10"/>
     </row>
     <row r="255" spans="1:9">
       <c r="B255" s="9" t="s">
-        <v>80</v>
+        <v>121</v>
       </c>
       <c r="C255" s="9" t="s">
-        <v>442</v>
+        <v>437</v>
       </c>
       <c r="D255" s="9" t="s">
         <v>56</v>
       </c>
       <c r="E255" s="9" t="s">
-        <v>441</v>
+        <v>408</v>
       </c>
       <c r="F255" s="9" t="s">
-        <v>127</v>
+        <v>379</v>
       </c>
       <c r="G255" s="10">
-        <v>59.79</v>
+        <v>34.44</v>
       </c>
       <c r="H255" s="10"/>
     </row>
     <row r="256" spans="1:9">
       <c r="B256" s="9" t="s">
-        <v>80</v>
+        <v>438</v>
       </c>
       <c r="C256" s="9" t="s">
-        <v>443</v>
+        <v>439</v>
       </c>
       <c r="D256" s="9" t="s">
         <v>56</v>
       </c>
       <c r="E256" s="9" t="s">
-        <v>444</v>
+        <v>132</v>
       </c>
       <c r="F256" s="9" t="s">
-        <v>127</v>
+        <v>379</v>
       </c>
       <c r="G256" s="10">
-        <v>60.29</v>
+        <v>47.23</v>
       </c>
       <c r="H256" s="10"/>
     </row>
     <row r="257" spans="1:9">
       <c r="B257" s="9" t="s">
-        <v>80</v>
+        <v>438</v>
       </c>
       <c r="C257" s="9" t="s">
-        <v>445</v>
+        <v>440</v>
       </c>
       <c r="D257" s="9" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="E257" s="9" t="s">
-        <v>446</v>
+        <v>94</v>
       </c>
       <c r="F257" s="9" t="s">
-        <v>127</v>
+        <v>379</v>
       </c>
       <c r="G257" s="10">
-        <v>76.8</v>
+        <v>56.45</v>
       </c>
       <c r="H257" s="10"/>
     </row>
     <row r="258" spans="1:9">
       <c r="B258" s="9" t="s">
-        <v>80</v>
+        <v>438</v>
       </c>
       <c r="C258" s="9" t="s">
-        <v>447</v>
+        <v>441</v>
       </c>
       <c r="D258" s="9" t="s">
         <v>56</v>
       </c>
       <c r="E258" s="9" t="s">
-        <v>448</v>
+        <v>388</v>
       </c>
       <c r="F258" s="9" t="s">
-        <v>127</v>
+        <v>379</v>
       </c>
       <c r="G258" s="10">
-        <v>80.04000000000001</v>
+        <v>30.53</v>
       </c>
       <c r="H258" s="10"/>
     </row>
     <row r="259" spans="1:9">
       <c r="B259" s="9" t="s">
-        <v>80</v>
+        <v>442</v>
       </c>
       <c r="C259" s="9" t="s">
-        <v>449</v>
+        <v>443</v>
       </c>
       <c r="D259" s="9" t="s">
-        <v>56</v>
+        <v>16</v>
       </c>
       <c r="E259" s="9" t="s">
-        <v>121</v>
+        <v>432</v>
       </c>
       <c r="F259" s="9" t="s">
-        <v>127</v>
+        <v>379</v>
       </c>
       <c r="G259" s="10">
-        <v>64.76000000000001</v>
+        <v>21.47</v>
       </c>
       <c r="H259" s="10"/>
     </row>
     <row r="260" spans="1:9">
       <c r="B260" s="9" t="s">
-        <v>80</v>
+        <v>442</v>
       </c>
       <c r="C260" s="9" t="s">
-        <v>450</v>
+        <v>444</v>
       </c>
       <c r="D260" s="9" t="s">
-        <v>56</v>
+        <v>16</v>
       </c>
       <c r="E260" s="9" t="s">
-        <v>121</v>
+        <v>132</v>
       </c>
       <c r="F260" s="9" t="s">
-        <v>127</v>
+        <v>379</v>
       </c>
       <c r="G260" s="10">
-        <v>65.26000000000001</v>
+        <v>33.21</v>
       </c>
       <c r="H260" s="10"/>
     </row>
     <row r="261" spans="1:9">
       <c r="B261" s="9" t="s">
-        <v>163</v>
+        <v>442</v>
       </c>
       <c r="C261" s="9" t="s">
-        <v>451</v>
+        <v>445</v>
       </c>
       <c r="D261" s="9" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="E261" s="9" t="s">
-        <v>452</v>
+        <v>141</v>
       </c>
       <c r="F261" s="9" t="s">
-        <v>127</v>
+        <v>379</v>
       </c>
       <c r="G261" s="10">
-        <v>35.43</v>
+        <v>39.69</v>
       </c>
       <c r="H261" s="10"/>
     </row>
     <row r="262" spans="1:9">
       <c r="B262" s="9" t="s">
-        <v>80</v>
+        <v>442</v>
       </c>
       <c r="C262" s="9" t="s">
-        <v>453</v>
+        <v>446</v>
       </c>
       <c r="D262" s="9" t="s">
-        <v>56</v>
+        <v>16</v>
       </c>
       <c r="E262" s="9" t="s">
-        <v>426</v>
+        <v>50</v>
       </c>
       <c r="F262" s="9" t="s">
-        <v>127</v>
-[...4 lines deleted...]
-      <c r="H262" s="10"/>
+        <v>379</v>
+      </c>
+      <c r="G262" s="11">
+        <v>22.68</v>
+      </c>
+      <c r="H262" s="11"/>
     </row>
     <row r="263" spans="1:9">
       <c r="B263" s="9" t="s">
-        <v>80</v>
+        <v>39</v>
       </c>
       <c r="C263" s="9" t="s">
-        <v>454</v>
+        <v>447</v>
       </c>
       <c r="D263" s="9" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="E263" s="9" t="s">
-        <v>124</v>
+        <v>448</v>
       </c>
       <c r="F263" s="9" t="s">
-        <v>127</v>
+        <v>379</v>
       </c>
       <c r="G263" s="10">
-        <v>54.81</v>
+        <v>28</v>
       </c>
       <c r="H263" s="10"/>
     </row>
     <row r="264" spans="1:9">
       <c r="B264" s="9" t="s">
-        <v>80</v>
+        <v>39</v>
       </c>
       <c r="C264" s="9" t="s">
-        <v>455</v>
+        <v>449</v>
       </c>
       <c r="D264" s="9" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="E264" s="9" t="s">
-        <v>50</v>
+        <v>450</v>
       </c>
       <c r="F264" s="9" t="s">
-        <v>127</v>
+        <v>379</v>
       </c>
       <c r="G264" s="10">
-        <v>41.78</v>
+        <v>28</v>
       </c>
       <c r="H264" s="10"/>
     </row>
     <row r="265" spans="1:9">
       <c r="B265" s="9" t="s">
-        <v>80</v>
+        <v>39</v>
       </c>
       <c r="C265" s="9" t="s">
-        <v>456</v>
+        <v>451</v>
       </c>
       <c r="D265" s="9" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="E265" s="9" t="s">
         <v>452</v>
       </c>
       <c r="F265" s="9" t="s">
-        <v>127</v>
+        <v>379</v>
       </c>
       <c r="G265" s="10">
-        <v>42.28</v>
+        <v>28</v>
       </c>
       <c r="H265" s="10"/>
     </row>
     <row r="266" spans="1:9">
       <c r="B266" s="9" t="s">
-        <v>163</v>
+        <v>39</v>
       </c>
       <c r="C266" s="9" t="s">
-        <v>457</v>
+        <v>453</v>
       </c>
       <c r="D266" s="9" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="E266" s="9" t="s">
-        <v>444</v>
+        <v>454</v>
       </c>
       <c r="F266" s="9" t="s">
-        <v>127</v>
+        <v>379</v>
       </c>
       <c r="G266" s="10">
-        <v>47.58</v>
+        <v>28</v>
       </c>
       <c r="H266" s="10"/>
     </row>
     <row r="267" spans="1:9">
       <c r="B267" s="9" t="s">
-        <v>163</v>
+        <v>77</v>
       </c>
       <c r="C267" s="9" t="s">
-        <v>458</v>
+        <v>455</v>
       </c>
       <c r="D267" s="9" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="E267" s="9" t="s">
-        <v>459</v>
+        <v>456</v>
       </c>
       <c r="F267" s="9" t="s">
-        <v>127</v>
+        <v>379</v>
       </c>
       <c r="G267" s="10">
-        <v>47.58</v>
+        <v>62.28</v>
       </c>
       <c r="H267" s="10"/>
     </row>
     <row r="268" spans="1:9">
       <c r="B268" s="9" t="s">
-        <v>163</v>
+        <v>39</v>
       </c>
       <c r="C268" s="9" t="s">
-        <v>460</v>
+        <v>457</v>
       </c>
       <c r="D268" s="9" t="s">
         <v>56</v>
       </c>
       <c r="E268" s="9" t="s">
-        <v>461</v>
+        <v>456</v>
       </c>
       <c r="F268" s="9" t="s">
-        <v>127</v>
+        <v>379</v>
       </c>
       <c r="G268" s="10">
-        <v>47.58</v>
+        <v>46</v>
       </c>
       <c r="H268" s="10"/>
     </row>
     <row r="269" spans="1:9">
       <c r="B269" s="9" t="s">
-        <v>163</v>
+        <v>39</v>
       </c>
       <c r="C269" s="9" t="s">
-        <v>462</v>
+        <v>458</v>
       </c>
       <c r="D269" s="9" t="s">
         <v>56</v>
       </c>
       <c r="E269" s="9" t="s">
-        <v>463</v>
+        <v>175</v>
       </c>
       <c r="F269" s="9" t="s">
-        <v>127</v>
+        <v>379</v>
       </c>
       <c r="G269" s="10">
-        <v>47.58</v>
+        <v>58</v>
       </c>
       <c r="H269" s="10"/>
     </row>
     <row r="270" spans="1:9">
       <c r="B270" s="9" t="s">
-        <v>163</v>
+        <v>39</v>
       </c>
       <c r="C270" s="9" t="s">
-        <v>464</v>
+        <v>459</v>
       </c>
       <c r="D270" s="9" t="s">
         <v>56</v>
       </c>
       <c r="E270" s="9" t="s">
-        <v>465</v>
+        <v>460</v>
       </c>
       <c r="F270" s="9" t="s">
-        <v>127</v>
+        <v>379</v>
       </c>
       <c r="G270" s="10">
-        <v>53.65</v>
+        <v>49</v>
       </c>
       <c r="H270" s="10"/>
     </row>
     <row r="271" spans="1:9">
       <c r="B271" s="9" t="s">
-        <v>163</v>
+        <v>39</v>
       </c>
       <c r="C271" s="9" t="s">
-        <v>466</v>
+        <v>461</v>
       </c>
       <c r="D271" s="9" t="s">
         <v>56</v>
       </c>
       <c r="E271" s="9" t="s">
-        <v>438</v>
+        <v>96</v>
       </c>
       <c r="F271" s="9" t="s">
-        <v>127</v>
-[...1 lines deleted...]
-      <c r="G271" s="10"/>
+        <v>379</v>
+      </c>
+      <c r="G271" s="10">
+        <v>49</v>
+      </c>
       <c r="H271" s="10"/>
     </row>
     <row r="272" spans="1:9">
       <c r="B272" s="9" t="s">
-        <v>163</v>
+        <v>39</v>
       </c>
       <c r="C272" s="9" t="s">
-        <v>467</v>
+        <v>462</v>
       </c>
       <c r="D272" s="9" t="s">
         <v>56</v>
       </c>
       <c r="E272" s="9" t="s">
-        <v>446</v>
+        <v>463</v>
       </c>
       <c r="F272" s="9" t="s">
-        <v>127</v>
+        <v>379</v>
       </c>
       <c r="G272" s="10">
-        <v>57.75</v>
+        <v>41.5</v>
       </c>
       <c r="H272" s="10"/>
     </row>
     <row r="273" spans="1:9">
       <c r="B273" s="9" t="s">
-        <v>163</v>
+        <v>39</v>
       </c>
       <c r="C273" s="9" t="s">
-        <v>468</v>
+        <v>464</v>
       </c>
       <c r="D273" s="9" t="s">
         <v>56</v>
       </c>
       <c r="E273" s="9" t="s">
-        <v>469</v>
+        <v>465</v>
       </c>
       <c r="F273" s="9" t="s">
-        <v>127</v>
+        <v>379</v>
       </c>
       <c r="G273" s="10">
-        <v>57.75</v>
+        <v>41.5</v>
       </c>
       <c r="H273" s="10"/>
     </row>
     <row r="274" spans="1:9">
       <c r="B274" s="9" t="s">
-        <v>163</v>
+        <v>39</v>
       </c>
       <c r="C274" s="9" t="s">
-        <v>470</v>
+        <v>466</v>
       </c>
       <c r="D274" s="9" t="s">
         <v>56</v>
       </c>
       <c r="E274" s="9" t="s">
-        <v>471</v>
+        <v>467</v>
       </c>
       <c r="F274" s="9" t="s">
-        <v>127</v>
+        <v>379</v>
       </c>
       <c r="G274" s="10">
-        <v>57.75</v>
+        <v>28</v>
       </c>
       <c r="H274" s="10"/>
     </row>
     <row r="275" spans="1:9">
       <c r="B275" s="9" t="s">
-        <v>163</v>
+        <v>39</v>
       </c>
       <c r="C275" s="9" t="s">
-        <v>472</v>
+        <v>468</v>
       </c>
       <c r="D275" s="9" t="s">
         <v>56</v>
       </c>
       <c r="E275" s="9" t="s">
-        <v>473</v>
+        <v>469</v>
       </c>
       <c r="F275" s="9" t="s">
-        <v>127</v>
+        <v>379</v>
       </c>
       <c r="G275" s="10">
-        <v>53.65</v>
+        <v>28</v>
       </c>
       <c r="H275" s="10"/>
     </row>
     <row r="276" spans="1:9">
       <c r="B276" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C276" s="9" t="s">
-        <v>474</v>
+        <v>470</v>
       </c>
       <c r="D276" s="9" t="s">
         <v>56</v>
       </c>
       <c r="E276" s="9" t="s">
-        <v>50</v>
+        <v>471</v>
       </c>
       <c r="F276" s="9" t="s">
-        <v>59</v>
+        <v>379</v>
       </c>
       <c r="G276" s="10">
-        <v>30.2</v>
+        <v>28</v>
       </c>
       <c r="H276" s="10"/>
     </row>
     <row r="277" spans="1:9">
       <c r="B277" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C277" s="9" t="s">
-        <v>475</v>
+        <v>472</v>
       </c>
       <c r="D277" s="9" t="s">
         <v>56</v>
       </c>
       <c r="E277" s="9" t="s">
-        <v>233</v>
+        <v>473</v>
       </c>
       <c r="F277" s="9" t="s">
-        <v>59</v>
+        <v>379</v>
       </c>
       <c r="G277" s="10">
-        <v>31.2</v>
+        <v>28</v>
       </c>
       <c r="H277" s="10"/>
     </row>
     <row r="278" spans="1:9">
       <c r="B278" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C278" s="9" t="s">
-        <v>476</v>
+        <v>474</v>
       </c>
       <c r="D278" s="9" t="s">
         <v>56</v>
       </c>
       <c r="E278" s="9" t="s">
-        <v>47</v>
+        <v>475</v>
       </c>
       <c r="F278" s="9" t="s">
-        <v>59</v>
+        <v>379</v>
       </c>
       <c r="G278" s="10">
-        <v>30.4</v>
+        <v>28</v>
       </c>
       <c r="H278" s="10"/>
     </row>
     <row r="279" spans="1:9">
       <c r="B279" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C279" s="9" t="s">
-        <v>477</v>
+        <v>476</v>
       </c>
       <c r="D279" s="9" t="s">
         <v>56</v>
       </c>
       <c r="E279" s="9" t="s">
-        <v>478</v>
+        <v>477</v>
       </c>
       <c r="F279" s="9" t="s">
-        <v>59</v>
+        <v>379</v>
       </c>
       <c r="G279" s="10">
-        <v>31.4</v>
+        <v>28</v>
       </c>
       <c r="H279" s="10"/>
     </row>
     <row r="280" spans="1:9">
       <c r="B280" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C280" s="9" t="s">
-        <v>479</v>
+        <v>478</v>
       </c>
       <c r="D280" s="9" t="s">
         <v>56</v>
       </c>
       <c r="E280" s="9" t="s">
-        <v>133</v>
+        <v>479</v>
       </c>
       <c r="F280" s="9" t="s">
-        <v>59</v>
+        <v>379</v>
       </c>
       <c r="G280" s="10">
-        <v>41.4</v>
+        <v>28</v>
       </c>
       <c r="H280" s="10"/>
     </row>
     <row r="281" spans="1:9">
       <c r="B281" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C281" s="9" t="s">
         <v>480</v>
       </c>
       <c r="D281" s="9" t="s">
         <v>56</v>
       </c>
       <c r="E281" s="9" t="s">
-        <v>239</v>
+        <v>481</v>
       </c>
       <c r="F281" s="9" t="s">
-        <v>59</v>
+        <v>379</v>
       </c>
       <c r="G281" s="10">
-        <v>42.4</v>
+        <v>28</v>
       </c>
       <c r="H281" s="10"/>
     </row>
     <row r="282" spans="1:9">
       <c r="B282" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C282" s="9" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="D282" s="9" t="s">
         <v>56</v>
       </c>
       <c r="E282" s="9" t="s">
-        <v>208</v>
+        <v>483</v>
       </c>
       <c r="F282" s="9" t="s">
-        <v>59</v>
+        <v>379</v>
       </c>
       <c r="G282" s="10">
-        <v>51</v>
+        <v>28</v>
       </c>
       <c r="H282" s="10"/>
     </row>
     <row r="283" spans="1:9">
       <c r="B283" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C283" s="9" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="D283" s="9" t="s">
         <v>56</v>
       </c>
       <c r="E283" s="9" t="s">
-        <v>297</v>
+        <v>485</v>
       </c>
       <c r="F283" s="9" t="s">
-        <v>59</v>
+        <v>379</v>
       </c>
       <c r="G283" s="10">
-        <v>52</v>
+        <v>26.5</v>
       </c>
       <c r="H283" s="10"/>
     </row>
     <row r="284" spans="1:9">
       <c r="B284" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C284" s="9" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="D284" s="9" t="s">
         <v>56</v>
       </c>
       <c r="E284" s="9" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="F284" s="9" t="s">
-        <v>59</v>
-[...4 lines deleted...]
-      <c r="H284" s="11"/>
+        <v>379</v>
+      </c>
+      <c r="G284" s="10">
+        <v>26.5</v>
+      </c>
+      <c r="H284" s="10"/>
     </row>
     <row r="285" spans="1:9">
       <c r="B285" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C285" s="9" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="D285" s="9" t="s">
         <v>56</v>
       </c>
       <c r="E285" s="9" t="s">
-        <v>168</v>
+        <v>489</v>
       </c>
       <c r="F285" s="9" t="s">
-        <v>59</v>
+        <v>379</v>
       </c>
       <c r="G285" s="10">
-        <v>57.24</v>
+        <v>46</v>
       </c>
       <c r="H285" s="10"/>
     </row>
     <row r="286" spans="1:9">
       <c r="B286" s="9" t="s">
-        <v>80</v>
+        <v>39</v>
       </c>
       <c r="C286" s="9" t="s">
-        <v>486</v>
+        <v>490</v>
       </c>
       <c r="D286" s="9" t="s">
         <v>56</v>
       </c>
       <c r="E286" s="9" t="s">
-        <v>50</v>
+        <v>491</v>
       </c>
       <c r="F286" s="9" t="s">
-        <v>59</v>
+        <v>379</v>
       </c>
       <c r="G286" s="10">
-        <v>41.68</v>
+        <v>46</v>
       </c>
       <c r="H286" s="10"/>
     </row>
     <row r="287" spans="1:9">
       <c r="B287" s="9" t="s">
-        <v>80</v>
+        <v>39</v>
       </c>
       <c r="C287" s="9" t="s">
-        <v>487</v>
+        <v>492</v>
       </c>
       <c r="D287" s="9" t="s">
         <v>56</v>
       </c>
       <c r="E287" s="9" t="s">
-        <v>233</v>
+        <v>493</v>
       </c>
       <c r="F287" s="9" t="s">
-        <v>59</v>
+        <v>379</v>
       </c>
       <c r="G287" s="10">
-        <v>43.06</v>
+        <v>46</v>
       </c>
       <c r="H287" s="10"/>
     </row>
     <row r="288" spans="1:9">
       <c r="B288" s="9" t="s">
-        <v>80</v>
+        <v>39</v>
       </c>
       <c r="C288" s="9" t="s">
-        <v>488</v>
+        <v>494</v>
       </c>
       <c r="D288" s="9" t="s">
         <v>56</v>
       </c>
       <c r="E288" s="9" t="s">
-        <v>208</v>
+        <v>495</v>
       </c>
       <c r="F288" s="9" t="s">
-        <v>59</v>
+        <v>379</v>
       </c>
       <c r="G288" s="10">
-        <v>70.38</v>
+        <v>46</v>
       </c>
       <c r="H288" s="10"/>
     </row>
     <row r="289" spans="1:9">
       <c r="B289" s="9" t="s">
-        <v>80</v>
+        <v>39</v>
       </c>
       <c r="C289" s="9" t="s">
-        <v>489</v>
+        <v>496</v>
       </c>
       <c r="D289" s="9" t="s">
         <v>56</v>
       </c>
       <c r="E289" s="9" t="s">
-        <v>297</v>
+        <v>497</v>
       </c>
       <c r="F289" s="9" t="s">
-        <v>59</v>
+        <v>379</v>
       </c>
       <c r="G289" s="10">
-        <v>71.76000000000001</v>
+        <v>41</v>
       </c>
       <c r="H289" s="10"/>
     </row>
     <row r="290" spans="1:9">
       <c r="B290" s="9" t="s">
-        <v>80</v>
+        <v>121</v>
       </c>
       <c r="C290" s="9" t="s">
-        <v>490</v>
+        <v>498</v>
       </c>
       <c r="D290" s="9" t="s">
         <v>56</v>
       </c>
       <c r="E290" s="9" t="s">
-        <v>133</v>
+        <v>401</v>
       </c>
       <c r="F290" s="9" t="s">
-        <v>59</v>
+        <v>379</v>
       </c>
       <c r="G290" s="10">
-        <v>57.13</v>
+        <v>22.26</v>
       </c>
       <c r="H290" s="10"/>
     </row>
     <row r="291" spans="1:9">
       <c r="B291" s="9" t="s">
-        <v>80</v>
+        <v>121</v>
       </c>
       <c r="C291" s="9" t="s">
-        <v>491</v>
+        <v>499</v>
       </c>
       <c r="D291" s="9" t="s">
         <v>56</v>
       </c>
       <c r="E291" s="9" t="s">
-        <v>239</v>
+        <v>467</v>
       </c>
       <c r="F291" s="9" t="s">
-        <v>59</v>
+        <v>379</v>
       </c>
       <c r="G291" s="10">
-        <v>58.51</v>
+        <v>23.52</v>
       </c>
       <c r="H291" s="10"/>
     </row>
     <row r="292" spans="1:9">
       <c r="B292" s="9" t="s">
-        <v>80</v>
+        <v>121</v>
       </c>
       <c r="C292" s="9" t="s">
-        <v>492</v>
+        <v>500</v>
       </c>
       <c r="D292" s="9" t="s">
         <v>56</v>
       </c>
       <c r="E292" s="9" t="s">
-        <v>47</v>
+        <v>454</v>
       </c>
       <c r="F292" s="9" t="s">
-        <v>59</v>
+        <v>379</v>
       </c>
       <c r="G292" s="10">
-        <v>41.45</v>
+        <v>23.52</v>
       </c>
       <c r="H292" s="10"/>
     </row>
     <row r="293" spans="1:9">
       <c r="B293" s="9" t="s">
-        <v>80</v>
+        <v>121</v>
       </c>
       <c r="C293" s="9" t="s">
-        <v>493</v>
+        <v>501</v>
       </c>
       <c r="D293" s="9" t="s">
         <v>56</v>
       </c>
       <c r="E293" s="9" t="s">
-        <v>478</v>
+        <v>391</v>
       </c>
       <c r="F293" s="9" t="s">
-        <v>59</v>
+        <v>379</v>
       </c>
       <c r="G293" s="10">
-        <v>43.33</v>
+        <v>23.52</v>
       </c>
       <c r="H293" s="10"/>
     </row>
     <row r="294" spans="1:9">
       <c r="B294" s="9" t="s">
-        <v>39</v>
+        <v>121</v>
       </c>
       <c r="C294" s="9" t="s">
-        <v>494</v>
+        <v>502</v>
       </c>
       <c r="D294" s="9" t="s">
         <v>56</v>
       </c>
       <c r="E294" s="9" t="s">
-        <v>495</v>
+        <v>485</v>
       </c>
       <c r="F294" s="9" t="s">
-        <v>59</v>
+        <v>379</v>
       </c>
       <c r="G294" s="10">
-        <v>52</v>
+        <v>22.26</v>
       </c>
       <c r="H294" s="10"/>
     </row>
     <row r="295" spans="1:9">
       <c r="B295" s="9" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="C295" s="9" t="s">
-        <v>496</v>
+        <v>503</v>
       </c>
       <c r="D295" s="9" t="s">
         <v>56</v>
       </c>
       <c r="E295" s="9" t="s">
-        <v>495</v>
+        <v>473</v>
       </c>
       <c r="F295" s="9" t="s">
-        <v>59</v>
+        <v>379</v>
       </c>
       <c r="G295" s="10">
-        <v>43.68</v>
+        <v>23.52</v>
       </c>
       <c r="H295" s="10"/>
     </row>
     <row r="296" spans="1:9">
       <c r="B296" s="9" t="s">
-        <v>39</v>
+        <v>121</v>
       </c>
       <c r="C296" s="9" t="s">
-        <v>497</v>
+        <v>504</v>
       </c>
       <c r="D296" s="9" t="s">
         <v>56</v>
       </c>
       <c r="E296" s="9" t="s">
-        <v>75</v>
+        <v>505</v>
       </c>
       <c r="F296" s="9" t="s">
-        <v>59</v>
+        <v>379</v>
       </c>
       <c r="G296" s="10">
-        <v>31.2</v>
+        <v>38.64</v>
       </c>
       <c r="H296" s="10"/>
     </row>
     <row r="297" spans="1:9">
       <c r="B297" s="9" t="s">
-        <v>39</v>
+        <v>121</v>
       </c>
       <c r="C297" s="9" t="s">
-        <v>498</v>
+        <v>506</v>
       </c>
       <c r="D297" s="9" t="s">
         <v>56</v>
       </c>
       <c r="E297" s="9" t="s">
-        <v>283</v>
+        <v>489</v>
       </c>
       <c r="F297" s="9" t="s">
-        <v>59</v>
+        <v>379</v>
       </c>
       <c r="G297" s="10">
-        <v>42.2</v>
+        <v>38.64</v>
       </c>
       <c r="H297" s="10"/>
     </row>
     <row r="298" spans="1:9">
       <c r="B298" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C298" s="9" t="s">
-        <v>499</v>
+        <v>507</v>
       </c>
       <c r="D298" s="9" t="s">
         <v>56</v>
       </c>
       <c r="E298" s="9" t="s">
-        <v>301</v>
+        <v>508</v>
       </c>
       <c r="F298" s="9" t="s">
-        <v>59</v>
+        <v>379</v>
       </c>
       <c r="G298" s="10">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="H298" s="10"/>
     </row>
     <row r="299" spans="1:9">
       <c r="B299" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C299" s="9" t="s">
-        <v>500</v>
+        <v>509</v>
       </c>
       <c r="D299" s="9" t="s">
         <v>56</v>
       </c>
       <c r="E299" s="9" t="s">
-        <v>176</v>
+        <v>510</v>
       </c>
       <c r="F299" s="9" t="s">
-        <v>59</v>
+        <v>379</v>
       </c>
       <c r="G299" s="10">
-        <v>58.24</v>
+        <v>44</v>
       </c>
       <c r="H299" s="10"/>
     </row>
     <row r="300" spans="1:9">
       <c r="B300" s="9" t="s">
-        <v>39</v>
+        <v>77</v>
       </c>
       <c r="C300" s="9" t="s">
-        <v>501</v>
+        <v>511</v>
       </c>
       <c r="D300" s="9" t="s">
         <v>56</v>
       </c>
       <c r="E300" s="9" t="s">
-        <v>502</v>
+        <v>388</v>
       </c>
       <c r="F300" s="9" t="s">
-        <v>59</v>
+        <v>379</v>
       </c>
       <c r="G300" s="10">
-        <v>51.3</v>
+        <v>35.88</v>
       </c>
       <c r="H300" s="10"/>
     </row>
     <row r="301" spans="1:9">
       <c r="B301" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C301" s="9" t="s">
-        <v>503</v>
+        <v>512</v>
       </c>
       <c r="D301" s="9" t="s">
         <v>56</v>
       </c>
       <c r="E301" s="9" t="s">
-        <v>504</v>
+        <v>204</v>
       </c>
       <c r="F301" s="9" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="G301" s="10">
-        <v>32.4</v>
+        <v>31.2</v>
       </c>
       <c r="H301" s="10"/>
     </row>
     <row r="302" spans="1:9">
       <c r="B302" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C302" s="9" t="s">
-        <v>505</v>
+        <v>513</v>
       </c>
       <c r="D302" s="9" t="s">
         <v>56</v>
       </c>
       <c r="E302" s="9" t="s">
-        <v>99</v>
+        <v>47</v>
       </c>
       <c r="F302" s="9" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="G302" s="10">
-        <v>50</v>
+        <v>30.4</v>
       </c>
       <c r="H302" s="10"/>
     </row>
     <row r="303" spans="1:9">
       <c r="B303" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C303" s="9" t="s">
-        <v>506</v>
+        <v>514</v>
       </c>
       <c r="D303" s="9" t="s">
         <v>56</v>
       </c>
       <c r="E303" s="9" t="s">
-        <v>203</v>
+        <v>515</v>
       </c>
       <c r="F303" s="9" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="G303" s="10">
-        <v>50</v>
+        <v>31.4</v>
       </c>
       <c r="H303" s="10"/>
     </row>
     <row r="304" spans="1:9">
       <c r="B304" s="9" t="s">
-        <v>80</v>
+        <v>39</v>
       </c>
       <c r="C304" s="9" t="s">
-        <v>507</v>
+        <v>516</v>
       </c>
       <c r="D304" s="9" t="s">
         <v>56</v>
       </c>
       <c r="E304" s="9" t="s">
-        <v>75</v>
+        <v>132</v>
       </c>
       <c r="F304" s="9" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="G304" s="10">
-        <v>43.06</v>
+        <v>41.4</v>
       </c>
       <c r="H304" s="10"/>
     </row>
     <row r="305" spans="1:9">
       <c r="B305" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C305" s="9" t="s">
-        <v>508</v>
+        <v>517</v>
       </c>
       <c r="D305" s="9" t="s">
         <v>56</v>
       </c>
       <c r="E305" s="9" t="s">
-        <v>509</v>
+        <v>406</v>
       </c>
       <c r="F305" s="9" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="G305" s="10">
-        <v>52.3</v>
+        <v>42.4</v>
       </c>
       <c r="H305" s="10"/>
     </row>
     <row r="306" spans="1:9">
       <c r="B306" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C306" s="9" t="s">
-        <v>510</v>
+        <v>518</v>
       </c>
       <c r="D306" s="9" t="s">
         <v>56</v>
       </c>
       <c r="E306" s="9" t="s">
-        <v>511</v>
+        <v>456</v>
       </c>
       <c r="F306" s="9" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="G306" s="10">
-        <v>52.3</v>
+        <v>51</v>
       </c>
       <c r="H306" s="10"/>
     </row>
     <row r="307" spans="1:9">
       <c r="B307" s="9" t="s">
-        <v>80</v>
+        <v>39</v>
       </c>
       <c r="C307" s="9" t="s">
-        <v>512</v>
+        <v>519</v>
       </c>
       <c r="D307" s="9" t="s">
         <v>56</v>
       </c>
       <c r="E307" s="9" t="s">
-        <v>53</v>
+        <v>491</v>
       </c>
       <c r="F307" s="9" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="G307" s="10">
-        <v>43.33</v>
+        <v>52</v>
       </c>
       <c r="H307" s="10"/>
     </row>
     <row r="308" spans="1:9">
       <c r="B308" s="9" t="s">
-        <v>80</v>
+        <v>39</v>
       </c>
       <c r="C308" s="9" t="s">
-        <v>513</v>
+        <v>520</v>
       </c>
       <c r="D308" s="9" t="s">
         <v>56</v>
       </c>
       <c r="E308" s="9" t="s">
-        <v>73</v>
+        <v>521</v>
       </c>
       <c r="F308" s="9" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="G308" s="10">
-        <v>44.71</v>
+        <v>34.1</v>
       </c>
       <c r="H308" s="10"/>
     </row>
     <row r="309" spans="1:9">
       <c r="B309" s="9" t="s">
-        <v>80</v>
+        <v>39</v>
       </c>
       <c r="C309" s="9" t="s">
-        <v>514</v>
+        <v>522</v>
       </c>
       <c r="D309" s="9" t="s">
         <v>56</v>
       </c>
       <c r="E309" s="9" t="s">
-        <v>504</v>
+        <v>167</v>
       </c>
       <c r="F309" s="9" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="G309" s="10">
-        <v>44.71</v>
+        <v>57.24</v>
       </c>
       <c r="H309" s="10"/>
     </row>
     <row r="310" spans="1:9">
       <c r="B310" s="9" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="C310" s="9" t="s">
-        <v>515</v>
+        <v>523</v>
       </c>
       <c r="D310" s="9" t="s">
         <v>56</v>
       </c>
       <c r="E310" s="9" t="s">
-        <v>495</v>
+        <v>50</v>
       </c>
       <c r="F310" s="9" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="G310" s="10">
-        <v>71.76000000000001</v>
+        <v>41.68</v>
       </c>
       <c r="H310" s="10"/>
     </row>
     <row r="311" spans="1:9">
       <c r="B311" s="9" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="C311" s="9" t="s">
-        <v>516</v>
+        <v>524</v>
       </c>
       <c r="D311" s="9" t="s">
         <v>56</v>
       </c>
       <c r="E311" s="9" t="s">
-        <v>301</v>
+        <v>204</v>
       </c>
       <c r="F311" s="9" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="G311" s="10">
-        <v>71.76000000000001</v>
+        <v>43.06</v>
       </c>
       <c r="H311" s="10"/>
     </row>
     <row r="312" spans="1:9">
       <c r="B312" s="9" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="C312" s="9" t="s">
-        <v>517</v>
+        <v>525</v>
       </c>
       <c r="D312" s="9" t="s">
         <v>56</v>
       </c>
       <c r="E312" s="9" t="s">
-        <v>518</v>
+        <v>456</v>
       </c>
       <c r="F312" s="9" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="G312" s="10">
-        <v>58.51</v>
+        <v>70.38</v>
       </c>
       <c r="H312" s="10"/>
     </row>
     <row r="313" spans="1:9">
       <c r="B313" s="9" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="C313" s="9" t="s">
-        <v>519</v>
+        <v>526</v>
       </c>
       <c r="D313" s="9" t="s">
         <v>56</v>
       </c>
       <c r="E313" s="9" t="s">
-        <v>520</v>
+        <v>491</v>
       </c>
       <c r="F313" s="9" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="G313" s="10">
-        <v>44.71</v>
+        <v>71.76000000000001</v>
       </c>
       <c r="H313" s="10"/>
     </row>
     <row r="314" spans="1:9">
       <c r="B314" s="9" t="s">
-        <v>221</v>
+        <v>77</v>
       </c>
       <c r="C314" s="9" t="s">
-        <v>521</v>
+        <v>527</v>
       </c>
       <c r="D314" s="9" t="s">
-        <v>16</v>
+        <v>56</v>
       </c>
       <c r="E314" s="9" t="s">
-        <v>522</v>
+        <v>132</v>
       </c>
       <c r="F314" s="9" t="s">
-        <v>198</v>
+        <v>57</v>
       </c>
       <c r="G314" s="10">
-        <v>19.1</v>
+        <v>57.13</v>
       </c>
       <c r="H314" s="10"/>
     </row>
     <row r="315" spans="1:9">
       <c r="B315" s="9" t="s">
-        <v>122</v>
+        <v>77</v>
       </c>
       <c r="C315" s="9" t="s">
-        <v>523</v>
+        <v>528</v>
       </c>
       <c r="D315" s="9" t="s">
         <v>56</v>
       </c>
       <c r="E315" s="9" t="s">
-        <v>522</v>
+        <v>406</v>
       </c>
       <c r="F315" s="9" t="s">
-        <v>198</v>
+        <v>57</v>
       </c>
       <c r="G315" s="10">
-        <v>19.74</v>
+        <v>58.51</v>
       </c>
       <c r="H315" s="10"/>
     </row>
     <row r="316" spans="1:9">
       <c r="B316" s="9" t="s">
-        <v>39</v>
+        <v>77</v>
       </c>
       <c r="C316" s="9" t="s">
-        <v>524</v>
+        <v>529</v>
       </c>
       <c r="D316" s="9" t="s">
         <v>56</v>
       </c>
       <c r="E316" s="9" t="s">
-        <v>525</v>
+        <v>47</v>
       </c>
       <c r="F316" s="9" t="s">
-        <v>198</v>
+        <v>57</v>
       </c>
       <c r="G316" s="10">
-        <v>23.5</v>
+        <v>41.45</v>
       </c>
       <c r="H316" s="10"/>
     </row>
     <row r="317" spans="1:9">
       <c r="B317" s="9" t="s">
-        <v>226</v>
+        <v>77</v>
       </c>
       <c r="C317" s="9" t="s">
-        <v>526</v>
+        <v>530</v>
       </c>
       <c r="D317" s="9" t="s">
         <v>56</v>
       </c>
       <c r="E317" s="9" t="s">
-        <v>525</v>
+        <v>515</v>
       </c>
       <c r="F317" s="9" t="s">
-        <v>198</v>
+        <v>57</v>
       </c>
       <c r="G317" s="10">
-        <v>27.08</v>
+        <v>43.33</v>
       </c>
       <c r="H317" s="10"/>
     </row>
     <row r="318" spans="1:9">
       <c r="B318" s="9" t="s">
-        <v>80</v>
+        <v>39</v>
       </c>
       <c r="C318" s="9" t="s">
-        <v>527</v>
+        <v>531</v>
       </c>
       <c r="D318" s="9" t="s">
         <v>56</v>
       </c>
       <c r="E318" s="9" t="s">
-        <v>525</v>
+        <v>532</v>
       </c>
       <c r="F318" s="9" t="s">
-        <v>198</v>
+        <v>57</v>
       </c>
       <c r="G318" s="10">
-        <v>31.82</v>
+        <v>52</v>
       </c>
       <c r="H318" s="10"/>
     </row>
     <row r="319" spans="1:9">
       <c r="B319" s="9" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="C319" s="9" t="s">
-        <v>528</v>
+        <v>533</v>
       </c>
       <c r="D319" s="9" t="s">
         <v>56</v>
       </c>
       <c r="E319" s="9" t="s">
-        <v>529</v>
+        <v>532</v>
       </c>
       <c r="F319" s="9" t="s">
-        <v>198</v>
+        <v>57</v>
       </c>
       <c r="G319" s="10">
-        <v>20.58</v>
+        <v>43.68</v>
       </c>
       <c r="H319" s="10"/>
     </row>
     <row r="320" spans="1:9">
       <c r="B320" s="9" t="s">
-        <v>122</v>
+        <v>39</v>
       </c>
       <c r="C320" s="9" t="s">
-        <v>530</v>
+        <v>534</v>
       </c>
       <c r="D320" s="9" t="s">
         <v>56</v>
       </c>
       <c r="E320" s="9" t="s">
-        <v>531</v>
+        <v>72</v>
       </c>
       <c r="F320" s="9" t="s">
-        <v>198</v>
+        <v>57</v>
       </c>
       <c r="G320" s="10">
-        <v>20.58</v>
+        <v>31.2</v>
       </c>
       <c r="H320" s="10"/>
     </row>
     <row r="321" spans="1:9">
       <c r="B321" s="9" t="s">
-        <v>122</v>
+        <v>39</v>
       </c>
       <c r="C321" s="9" t="s">
-        <v>532</v>
+        <v>535</v>
       </c>
       <c r="D321" s="9" t="s">
         <v>56</v>
       </c>
       <c r="E321" s="9" t="s">
-        <v>533</v>
+        <v>497</v>
       </c>
       <c r="F321" s="9" t="s">
-        <v>198</v>
+        <v>57</v>
       </c>
       <c r="G321" s="10">
-        <v>20.58</v>
+        <v>42.2</v>
       </c>
       <c r="H321" s="10"/>
     </row>
     <row r="322" spans="1:9">
       <c r="B322" s="9" t="s">
-        <v>122</v>
+        <v>39</v>
       </c>
       <c r="C322" s="9" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="D322" s="9" t="s">
         <v>56</v>
       </c>
       <c r="E322" s="9" t="s">
-        <v>535</v>
+        <v>495</v>
       </c>
       <c r="F322" s="9" t="s">
-        <v>198</v>
+        <v>57</v>
       </c>
       <c r="G322" s="10">
-        <v>20.58</v>
+        <v>52</v>
       </c>
       <c r="H322" s="10"/>
     </row>
     <row r="323" spans="1:9">
       <c r="B323" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C323" s="9" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="D323" s="9" t="s">
         <v>56</v>
       </c>
       <c r="E323" s="9" t="s">
-        <v>529</v>
+        <v>175</v>
       </c>
       <c r="F323" s="9" t="s">
-        <v>198</v>
+        <v>57</v>
       </c>
       <c r="G323" s="10">
-        <v>24.5</v>
+        <v>58.24</v>
       </c>
       <c r="H323" s="10"/>
     </row>
     <row r="324" spans="1:9">
       <c r="B324" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C324" s="9" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="D324" s="9" t="s">
         <v>56</v>
       </c>
       <c r="E324" s="9" t="s">
-        <v>531</v>
+        <v>539</v>
       </c>
       <c r="F324" s="9" t="s">
-        <v>198</v>
+        <v>57</v>
       </c>
       <c r="G324" s="10">
-        <v>24.5</v>
+        <v>51.3</v>
       </c>
       <c r="H324" s="10"/>
     </row>
     <row r="325" spans="1:9">
       <c r="B325" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C325" s="9" t="s">
-        <v>538</v>
+        <v>540</v>
       </c>
       <c r="D325" s="9" t="s">
         <v>56</v>
       </c>
       <c r="E325" s="9" t="s">
-        <v>533</v>
+        <v>541</v>
       </c>
       <c r="F325" s="9" t="s">
-        <v>198</v>
+        <v>57</v>
       </c>
       <c r="G325" s="10">
-        <v>24.5</v>
+        <v>32.4</v>
       </c>
       <c r="H325" s="10"/>
     </row>
     <row r="326" spans="1:9">
       <c r="B326" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C326" s="9" t="s">
-        <v>539</v>
+        <v>542</v>
       </c>
       <c r="D326" s="9" t="s">
         <v>56</v>
       </c>
       <c r="E326" s="9" t="s">
-        <v>535</v>
+        <v>96</v>
       </c>
       <c r="F326" s="9" t="s">
-        <v>198</v>
+        <v>57</v>
       </c>
       <c r="G326" s="10">
-        <v>24.5</v>
+        <v>50</v>
       </c>
       <c r="H326" s="10"/>
     </row>
     <row r="327" spans="1:9">
       <c r="B327" s="9" t="s">
-        <v>80</v>
+        <v>39</v>
       </c>
       <c r="C327" s="9" t="s">
-        <v>540</v>
+        <v>543</v>
       </c>
       <c r="D327" s="9" t="s">
         <v>56</v>
       </c>
       <c r="E327" s="9" t="s">
-        <v>529</v>
+        <v>419</v>
       </c>
       <c r="F327" s="9" t="s">
-        <v>198</v>
+        <v>57</v>
       </c>
       <c r="G327" s="10">
-        <v>33.17</v>
+        <v>50</v>
       </c>
       <c r="H327" s="10"/>
     </row>
     <row r="328" spans="1:9">
       <c r="B328" s="9" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="C328" s="9" t="s">
-        <v>541</v>
+        <v>544</v>
       </c>
       <c r="D328" s="9" t="s">
         <v>56</v>
       </c>
       <c r="E328" s="9" t="s">
-        <v>533</v>
+        <v>72</v>
       </c>
       <c r="F328" s="9" t="s">
-        <v>198</v>
+        <v>57</v>
       </c>
       <c r="G328" s="10">
-        <v>33.17</v>
+        <v>43.06</v>
       </c>
       <c r="H328" s="10"/>
     </row>
     <row r="329" spans="1:9">
       <c r="B329" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C329" s="9" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="D329" s="9" t="s">
-        <v>26</v>
+        <v>56</v>
       </c>
       <c r="E329" s="9" t="s">
-        <v>50</v>
+        <v>546</v>
       </c>
       <c r="F329" s="9" t="s">
-        <v>33</v>
+        <v>57</v>
       </c>
       <c r="G329" s="10">
-        <v>15.4</v>
+        <v>52.3</v>
       </c>
       <c r="H329" s="10"/>
     </row>
     <row r="330" spans="1:9">
       <c r="B330" s="9" t="s">
-        <v>80</v>
+        <v>39</v>
       </c>
       <c r="C330" s="9" t="s">
-        <v>543</v>
+        <v>547</v>
       </c>
       <c r="D330" s="9" t="s">
-        <v>26</v>
+        <v>56</v>
       </c>
       <c r="E330" s="9" t="s">
-        <v>50</v>
+        <v>548</v>
       </c>
       <c r="F330" s="9" t="s">
-        <v>33</v>
+        <v>57</v>
       </c>
       <c r="G330" s="10">
-        <v>30.5</v>
+        <v>52.3</v>
       </c>
       <c r="H330" s="10"/>
     </row>
     <row r="331" spans="1:9">
       <c r="B331" s="9" t="s">
-        <v>39</v>
+        <v>77</v>
       </c>
       <c r="C331" s="9" t="s">
-        <v>544</v>
+        <v>549</v>
       </c>
       <c r="D331" s="9" t="s">
-        <v>26</v>
+        <v>56</v>
       </c>
       <c r="E331" s="9" t="s">
-        <v>91</v>
+        <v>53</v>
       </c>
       <c r="F331" s="9" t="s">
-        <v>33</v>
-[...4 lines deleted...]
-      <c r="H331" s="11"/>
+        <v>57</v>
+      </c>
+      <c r="G331" s="10">
+        <v>43.33</v>
+      </c>
+      <c r="H331" s="10"/>
     </row>
     <row r="332" spans="1:9">
       <c r="B332" s="9" t="s">
-        <v>39</v>
+        <v>77</v>
       </c>
       <c r="C332" s="9" t="s">
-        <v>545</v>
+        <v>550</v>
       </c>
       <c r="D332" s="9" t="s">
-        <v>26</v>
+        <v>56</v>
       </c>
       <c r="E332" s="9" t="s">
-        <v>546</v>
+        <v>70</v>
       </c>
       <c r="F332" s="9" t="s">
-        <v>33</v>
-[...4 lines deleted...]
-      <c r="H332" s="11"/>
+        <v>57</v>
+      </c>
+      <c r="G332" s="10">
+        <v>44.71</v>
+      </c>
+      <c r="H332" s="10"/>
     </row>
     <row r="333" spans="1:9">
       <c r="B333" s="9" t="s">
-        <v>39</v>
+        <v>77</v>
       </c>
       <c r="C333" s="9" t="s">
-        <v>547</v>
+        <v>551</v>
       </c>
       <c r="D333" s="9" t="s">
-        <v>26</v>
+        <v>56</v>
       </c>
       <c r="E333" s="9" t="s">
-        <v>548</v>
+        <v>541</v>
       </c>
       <c r="F333" s="9" t="s">
-        <v>33</v>
-[...4 lines deleted...]
-      <c r="H333" s="11"/>
+        <v>57</v>
+      </c>
+      <c r="G333" s="10">
+        <v>44.71</v>
+      </c>
+      <c r="H333" s="10"/>
     </row>
     <row r="334" spans="1:9">
       <c r="B334" s="9" t="s">
-        <v>39</v>
+        <v>77</v>
       </c>
       <c r="C334" s="9" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="D334" s="9" t="s">
-        <v>26</v>
+        <v>56</v>
       </c>
       <c r="E334" s="9" t="s">
-        <v>550</v>
+        <v>532</v>
       </c>
       <c r="F334" s="9" t="s">
-        <v>33</v>
-[...4 lines deleted...]
-      <c r="H334" s="11"/>
+        <v>57</v>
+      </c>
+      <c r="G334" s="10">
+        <v>71.76000000000001</v>
+      </c>
+      <c r="H334" s="10"/>
     </row>
     <row r="335" spans="1:9">
       <c r="B335" s="9" t="s">
-        <v>39</v>
+        <v>77</v>
       </c>
       <c r="C335" s="9" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="D335" s="9" t="s">
-        <v>26</v>
+        <v>56</v>
       </c>
       <c r="E335" s="9" t="s">
-        <v>370</v>
+        <v>495</v>
       </c>
       <c r="F335" s="9" t="s">
-        <v>33</v>
-[...4 lines deleted...]
-      <c r="H335" s="11"/>
+        <v>57</v>
+      </c>
+      <c r="G335" s="10">
+        <v>71.76000000000001</v>
+      </c>
+      <c r="H335" s="10"/>
     </row>
     <row r="336" spans="1:9">
       <c r="B336" s="9" t="s">
-        <v>39</v>
+        <v>77</v>
       </c>
       <c r="C336" s="9" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="D336" s="9" t="s">
-        <v>26</v>
+        <v>56</v>
       </c>
       <c r="E336" s="9" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="F336" s="9" t="s">
-        <v>33</v>
-[...4 lines deleted...]
-      <c r="H336" s="11"/>
+        <v>57</v>
+      </c>
+      <c r="G336" s="10">
+        <v>58.51</v>
+      </c>
+      <c r="H336" s="10"/>
     </row>
     <row r="337" spans="1:9">
       <c r="B337" s="9" t="s">
-        <v>39</v>
+        <v>77</v>
       </c>
       <c r="C337" s="9" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="D337" s="9" t="s">
-        <v>26</v>
+        <v>56</v>
       </c>
       <c r="E337" s="9" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="F337" s="9" t="s">
-        <v>33</v>
-[...4 lines deleted...]
-      <c r="H337" s="11"/>
+        <v>57</v>
+      </c>
+      <c r="G337" s="10">
+        <v>44.71</v>
+      </c>
+      <c r="H337" s="10"/>
     </row>
     <row r="338" spans="1:9">
       <c r="B338" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C338" s="9" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="D338" s="9" t="s">
-        <v>26</v>
+        <v>56</v>
       </c>
       <c r="E338" s="9" t="s">
-        <v>557</v>
+        <v>50</v>
       </c>
       <c r="F338" s="9" t="s">
-        <v>33</v>
-[...13 lines deleted...]
-      <c r="D339" s="9" t="s">
+        <v>57</v>
+      </c>
+      <c r="G338" s="10">
+        <v>30.2</v>
+      </c>
+      <c r="H338" s="10"/>
+    </row>
+    <row r="340" spans="1:9">
+      <c r="B340" s="7" t="s">
+        <v>559</v>
+      </c>
+      <c r="C340" s="0"/>
+      <c r="D340" s="0"/>
+      <c r="E340" s="0"/>
+      <c r="F340" s="0"/>
+      <c r="G340" s="0"/>
+    </row>
+    <row r="341" spans="1:9">
+      <c r="B341" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="C341" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="D341" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="E341" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="F341" s="8" t="s">
+        <v>560</v>
+      </c>
+      <c r="G341" s="8" t="s">
+        <v>36</v>
+      </c>
+      <c r="H341" s="8" t="s">
+        <v>37</v>
+      </c>
+      <c r="I341" s="8" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="342" spans="1:9">
+      <c r="B342" s="9" t="s">
+        <v>561</v>
+      </c>
+      <c r="C342" s="9" t="s">
+        <v>562</v>
+      </c>
+      <c r="D342" s="9" t="s">
         <v>16</v>
       </c>
-      <c r="E339" s="9" t="s">
-[...43 lines deleted...]
-        <v>38</v>
+      <c r="E342" s="9">
+        <v>0</v>
+      </c>
+      <c r="F342" s="9"/>
+      <c r="G342" s="9" t="s">
+        <v>17</v>
+      </c>
+      <c r="H342" s="10">
+        <v>30.72</v>
+      </c>
+      <c r="I342" s="10">
+        <v>45.72600240096038</v>
       </c>
     </row>
     <row r="343" spans="1:9">
       <c r="B343" s="9" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="C343" s="9" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="D343" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E343" s="9">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F343" s="9"/>
       <c r="G343" s="9" t="s">
         <v>17</v>
       </c>
       <c r="H343" s="10">
         <v>30.72</v>
       </c>
       <c r="I343" s="10">
         <v>45.72600240096038</v>
       </c>
     </row>
     <row r="344" spans="1:9">
       <c r="B344" s="9" t="s">
-        <v>564</v>
+        <v>563</v>
       </c>
       <c r="C344" s="9" t="s">
         <v>565</v>
       </c>
       <c r="D344" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E344" s="9">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F344" s="9"/>
       <c r="G344" s="9" t="s">
         <v>17</v>
       </c>
       <c r="H344" s="10">
         <v>30.72</v>
       </c>
       <c r="I344" s="10">
         <v>45.72600240096038</v>
       </c>
     </row>
     <row r="345" spans="1:9">
       <c r="B345" s="9" t="s">
-        <v>564</v>
+        <v>563</v>
       </c>
       <c r="C345" s="9" t="s">
         <v>566</v>
       </c>
       <c r="D345" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E345" s="9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F345" s="9"/>
       <c r="G345" s="9" t="s">
         <v>17</v>
       </c>
       <c r="H345" s="10">
         <v>30.72</v>
       </c>
       <c r="I345" s="10">
         <v>45.72600240096038</v>
       </c>
     </row>
     <row r="346" spans="1:9">
       <c r="B346" s="9" t="s">
-        <v>564</v>
+        <v>567</v>
       </c>
       <c r="C346" s="9" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="D346" s="9" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>23</v>
+      </c>
+      <c r="E346" s="9" t="s">
+        <v>132</v>
       </c>
       <c r="F346" s="9"/>
       <c r="G346" s="9" t="s">
-        <v>17</v>
+        <v>569</v>
       </c>
       <c r="H346" s="10">
-        <v>30.72</v>
-[...3 lines deleted...]
-      </c>
+        <v>94</v>
+      </c>
+      <c r="I346" s="10"/>
     </row>
     <row r="347" spans="1:9">
       <c r="B347" s="9" t="s">
-        <v>568</v>
+        <v>570</v>
       </c>
       <c r="C347" s="9" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
       <c r="D347" s="9" t="s">
         <v>23</v>
       </c>
       <c r="E347" s="9" t="s">
-        <v>133</v>
+        <v>572</v>
       </c>
       <c r="F347" s="9"/>
       <c r="G347" s="9" t="s">
-        <v>570</v>
+        <v>569</v>
       </c>
       <c r="H347" s="10">
         <v>94</v>
       </c>
       <c r="I347" s="10"/>
     </row>
     <row r="348" spans="1:9">
       <c r="B348" s="9" t="s">
-        <v>571</v>
+        <v>573</v>
       </c>
       <c r="C348" s="9" t="s">
-        <v>572</v>
+        <v>574</v>
       </c>
       <c r="D348" s="9" t="s">
         <v>23</v>
       </c>
       <c r="E348" s="9" t="s">
-        <v>573</v>
+        <v>50</v>
       </c>
       <c r="F348" s="9"/>
       <c r="G348" s="9" t="s">
-        <v>570</v>
+        <v>569</v>
       </c>
       <c r="H348" s="10">
         <v>94</v>
       </c>
       <c r="I348" s="10"/>
     </row>
     <row r="349" spans="1:9">
       <c r="B349" s="9" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="C349" s="9" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="D349" s="9" t="s">
         <v>23</v>
       </c>
       <c r="E349" s="9" t="s">
-        <v>50</v>
+        <v>577</v>
       </c>
       <c r="F349" s="9"/>
       <c r="G349" s="9" t="s">
-        <v>570</v>
+        <v>569</v>
       </c>
       <c r="H349" s="10">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="I349" s="10"/>
     </row>
     <row r="350" spans="1:9">
       <c r="B350" s="9" t="s">
-        <v>576</v>
+        <v>578</v>
       </c>
       <c r="C350" s="9" t="s">
-        <v>577</v>
+        <v>579</v>
       </c>
       <c r="D350" s="9" t="s">
         <v>23</v>
       </c>
       <c r="E350" s="9" t="s">
-        <v>578</v>
+        <v>577</v>
       </c>
       <c r="F350" s="9"/>
       <c r="G350" s="9" t="s">
-        <v>570</v>
+        <v>569</v>
       </c>
       <c r="H350" s="10">
         <v>99</v>
       </c>
       <c r="I350" s="10"/>
     </row>
     <row r="351" spans="1:9">
       <c r="B351" s="9" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="C351" s="9" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="D351" s="9" t="s">
         <v>23</v>
       </c>
       <c r="E351" s="9" t="s">
-        <v>578</v>
+        <v>582</v>
       </c>
       <c r="F351" s="9"/>
       <c r="G351" s="9" t="s">
-        <v>570</v>
+        <v>569</v>
       </c>
       <c r="H351" s="10">
         <v>99</v>
       </c>
       <c r="I351" s="10"/>
     </row>
     <row r="352" spans="1:9">
       <c r="B352" s="9" t="s">
-        <v>581</v>
+        <v>583</v>
       </c>
       <c r="C352" s="9" t="s">
-        <v>582</v>
+        <v>584</v>
       </c>
       <c r="D352" s="9" t="s">
-        <v>23</v>
+        <v>585</v>
       </c>
       <c r="E352" s="9" t="s">
-        <v>583</v>
+        <v>50</v>
       </c>
       <c r="F352" s="9"/>
       <c r="G352" s="9" t="s">
-        <v>570</v>
+        <v>586</v>
       </c>
       <c r="H352" s="10">
-        <v>99</v>
+        <v>112.5</v>
       </c>
       <c r="I352" s="10"/>
     </row>
     <row r="353" spans="1:9">
       <c r="B353" s="9" t="s">
-        <v>584</v>
+        <v>587</v>
       </c>
       <c r="C353" s="9" t="s">
-        <v>585</v>
+        <v>588</v>
       </c>
       <c r="D353" s="9" t="s">
-        <v>586</v>
+        <v>23</v>
       </c>
       <c r="E353" s="9" t="s">
-        <v>50</v>
+        <v>572</v>
       </c>
       <c r="F353" s="9"/>
       <c r="G353" s="9" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
       <c r="H353" s="10">
-        <v>112.5</v>
+        <v>113.4</v>
       </c>
       <c r="I353" s="10"/>
     </row>
     <row r="354" spans="1:9">
       <c r="B354" s="9" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="C354" s="9" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="D354" s="9" t="s">
         <v>23</v>
       </c>
       <c r="E354" s="9" t="s">
-        <v>573</v>
+        <v>592</v>
       </c>
       <c r="F354" s="9"/>
       <c r="G354" s="9" t="s">
-        <v>590</v>
+        <v>589</v>
       </c>
       <c r="H354" s="10">
-        <v>113.4</v>
+        <v>118.4</v>
       </c>
       <c r="I354" s="10"/>
     </row>
     <row r="355" spans="1:9">
       <c r="B355" s="9" t="s">
-        <v>591</v>
+        <v>593</v>
       </c>
       <c r="C355" s="9" t="s">
-        <v>592</v>
+        <v>594</v>
       </c>
       <c r="D355" s="9" t="s">
-        <v>23</v>
+        <v>585</v>
       </c>
       <c r="E355" s="9" t="s">
-        <v>593</v>
+        <v>50</v>
       </c>
       <c r="F355" s="9"/>
       <c r="G355" s="9" t="s">
-        <v>590</v>
+        <v>586</v>
       </c>
       <c r="H355" s="10">
-        <v>118.4</v>
+        <v>120.75</v>
       </c>
       <c r="I355" s="10"/>
     </row>
     <row r="356" spans="1:9">
       <c r="B356" s="9" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="C356" s="9" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="D356" s="9" t="s">
-        <v>586</v>
+        <v>23</v>
       </c>
       <c r="E356" s="9" t="s">
-        <v>50</v>
+        <v>597</v>
       </c>
       <c r="F356" s="9"/>
       <c r="G356" s="9" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
       <c r="H356" s="10">
-        <v>120.75</v>
+        <v>138.4</v>
       </c>
       <c r="I356" s="10"/>
     </row>
     <row r="357" spans="1:9">
       <c r="B357" s="9" t="s">
-        <v>596</v>
+        <v>598</v>
       </c>
       <c r="C357" s="9" t="s">
-        <v>597</v>
+        <v>599</v>
       </c>
       <c r="D357" s="9" t="s">
         <v>23</v>
       </c>
       <c r="E357" s="9" t="s">
-        <v>598</v>
+        <v>600</v>
       </c>
       <c r="F357" s="9"/>
       <c r="G357" s="9" t="s">
-        <v>590</v>
+        <v>589</v>
       </c>
       <c r="H357" s="10">
         <v>138.4</v>
       </c>
       <c r="I357" s="10"/>
     </row>
     <row r="358" spans="1:9">
       <c r="B358" s="9" t="s">
-        <v>599</v>
+        <v>601</v>
       </c>
       <c r="C358" s="9" t="s">
-        <v>600</v>
+        <v>602</v>
       </c>
       <c r="D358" s="9" t="s">
         <v>23</v>
       </c>
       <c r="E358" s="9" t="s">
-        <v>601</v>
+        <v>603</v>
       </c>
       <c r="F358" s="9"/>
       <c r="G358" s="9" t="s">
-        <v>590</v>
+        <v>589</v>
       </c>
       <c r="H358" s="10">
         <v>138.4</v>
       </c>
       <c r="I358" s="10"/>
     </row>
     <row r="359" spans="1:9">
       <c r="B359" s="9" t="s">
-        <v>602</v>
+        <v>604</v>
       </c>
       <c r="C359" s="9" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
       <c r="D359" s="9" t="s">
         <v>23</v>
       </c>
       <c r="E359" s="9" t="s">
-        <v>604</v>
+        <v>606</v>
       </c>
       <c r="F359" s="9"/>
       <c r="G359" s="9" t="s">
-        <v>590</v>
+        <v>589</v>
       </c>
       <c r="H359" s="10">
-        <v>138.4</v>
+        <v>148.4</v>
       </c>
       <c r="I359" s="10"/>
     </row>
     <row r="360" spans="1:9">
       <c r="B360" s="9" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="C360" s="9" t="s">
-        <v>606</v>
+        <v>608</v>
       </c>
       <c r="D360" s="9" t="s">
         <v>23</v>
       </c>
       <c r="E360" s="9" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="F360" s="9"/>
       <c r="G360" s="9" t="s">
-        <v>590</v>
+        <v>589</v>
       </c>
       <c r="H360" s="10">
-        <v>148.4</v>
+        <v>153.4</v>
       </c>
       <c r="I360" s="10"/>
     </row>
     <row r="361" spans="1:9">
       <c r="B361" s="9" t="s">
-        <v>608</v>
+        <v>610</v>
       </c>
       <c r="C361" s="9" t="s">
-        <v>609</v>
+        <v>611</v>
       </c>
       <c r="D361" s="9" t="s">
         <v>23</v>
       </c>
       <c r="E361" s="9" t="s">
-        <v>610</v>
+        <v>612</v>
       </c>
       <c r="F361" s="9"/>
       <c r="G361" s="9" t="s">
-        <v>590</v>
+        <v>589</v>
       </c>
       <c r="H361" s="10">
         <v>153.4</v>
       </c>
       <c r="I361" s="10"/>
     </row>
     <row r="362" spans="1:9">
       <c r="B362" s="9" t="s">
-        <v>611</v>
+        <v>613</v>
       </c>
       <c r="C362" s="9" t="s">
-        <v>612</v>
+        <v>614</v>
       </c>
       <c r="D362" s="9" t="s">
         <v>23</v>
       </c>
       <c r="E362" s="9" t="s">
-        <v>613</v>
+        <v>615</v>
       </c>
       <c r="F362" s="9"/>
       <c r="G362" s="9" t="s">
-        <v>590</v>
+        <v>589</v>
       </c>
       <c r="H362" s="10">
         <v>153.4</v>
       </c>
       <c r="I362" s="10"/>
     </row>
-    <row r="363" spans="1:9">
-[...9 lines deleted...]
-      <c r="E363" s="9" t="s">
+    <row r="364" spans="1:9">
+      <c r="B364" s="7" t="s">
         <v>616</v>
       </c>
-      <c r="F363" s="9"/>
-[...6 lines deleted...]
-      <c r="I363" s="10"/>
+      <c r="C364" s="0"/>
+      <c r="D364" s="0"/>
+      <c r="E364" s="0"/>
+      <c r="F364" s="0"/>
+      <c r="G364" s="0"/>
     </row>
     <row r="365" spans="1:9">
-      <c r="B365" s="7" t="s">
+      <c r="B365" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="C365" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="D365" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="E365" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="F365" s="8" t="s">
+        <v>560</v>
+      </c>
+      <c r="G365" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="H365" s="8" t="s">
         <v>617</v>
       </c>
-      <c r="C365" s="0"/>
-[...6 lines deleted...]
-      <c r="B366" s="8" t="s">
+    </row>
+    <row r="367" spans="1:9">
+      <c r="B367" s="7" t="s">
+        <v>618</v>
+      </c>
+      <c r="C367" s="0"/>
+      <c r="D367" s="0"/>
+      <c r="E367" s="0"/>
+      <c r="F367" s="0"/>
+      <c r="G367" s="0"/>
+    </row>
+    <row r="368" spans="1:9">
+      <c r="B368" s="8" t="s">
         <v>8</v>
       </c>
-      <c r="C366" s="8" t="s">
+      <c r="C368" s="8" t="s">
         <v>9</v>
       </c>
-      <c r="D366" s="8" t="s">
+      <c r="D368" s="8" t="s">
         <v>10</v>
       </c>
-      <c r="E366" s="8" t="s">
+      <c r="E368" s="8" t="s">
         <v>35</v>
       </c>
-      <c r="F366" s="8" t="s">
-[...2 lines deleted...]
-      <c r="G366" s="8" t="s">
+      <c r="F368" s="8" t="s">
         <v>11</v>
       </c>
-      <c r="H366" s="8" t="s">
-[...4 lines deleted...]
-      <c r="B368" s="7" t="s">
+      <c r="G368" s="8" t="s">
+        <v>12</v>
+      </c>
+      <c r="H368" s="8" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="370" spans="1:9">
+      <c r="B370" s="7" t="s">
         <v>619</v>
       </c>
-      <c r="C368" s="0"/>
-[...6 lines deleted...]
-      <c r="B369" s="8" t="s">
+      <c r="C370" s="0"/>
+      <c r="D370" s="0"/>
+      <c r="E370" s="0"/>
+      <c r="F370" s="0"/>
+      <c r="G370" s="0"/>
+    </row>
+    <row r="371" spans="1:9">
+      <c r="B371" s="8" t="s">
         <v>8</v>
       </c>
-      <c r="C369" s="8" t="s">
+      <c r="C371" s="8" t="s">
         <v>9</v>
       </c>
-      <c r="D369" s="8" t="s">
+      <c r="D371" s="8" t="s">
         <v>10</v>
       </c>
-      <c r="E369" s="8" t="s">
+      <c r="E371" s="8" t="s">
         <v>35</v>
       </c>
-      <c r="F369" s="8" t="s">
+      <c r="F371" s="8" t="s">
+        <v>36</v>
+      </c>
+      <c r="G371" s="8" t="s">
+        <v>37</v>
+      </c>
+      <c r="H371" s="8" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="373" spans="1:9">
+      <c r="B373" s="7" t="s">
+        <v>620</v>
+      </c>
+      <c r="C373" s="0"/>
+      <c r="D373" s="0"/>
+      <c r="E373" s="0"/>
+      <c r="F373" s="0"/>
+      <c r="G373" s="0"/>
+    </row>
+    <row r="374" spans="1:9">
+      <c r="B374" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="C374" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="D374" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="E374" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="F374" s="8" t="s">
         <v>11</v>
       </c>
-      <c r="G369" s="8" t="s">
+      <c r="G374" s="8" t="s">
         <v>12</v>
       </c>
-      <c r="H369" s="8" t="s">
+      <c r="H374" s="8" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="371" spans="1:9">
-[...10 lines deleted...]
-      <c r="B372" s="8" t="s">
+    <row r="376" spans="1:9">
+      <c r="B376" s="7" t="s">
+        <v>621</v>
+      </c>
+      <c r="C376" s="0"/>
+      <c r="D376" s="0"/>
+      <c r="E376" s="0"/>
+      <c r="F376" s="0"/>
+      <c r="G376" s="0"/>
+    </row>
+    <row r="377" spans="1:9">
+      <c r="B377" s="8" t="s">
         <v>8</v>
       </c>
-      <c r="C372" s="8" t="s">
+      <c r="C377" s="8" t="s">
         <v>9</v>
       </c>
-      <c r="D372" s="8" t="s">
+      <c r="D377" s="8" t="s">
         <v>10</v>
       </c>
-      <c r="E372" s="8" t="s">
+      <c r="E377" s="8" t="s">
         <v>35</v>
       </c>
-      <c r="F372" s="8" t="s">
-[...32 lines deleted...]
-      <c r="F375" s="8" t="s">
+      <c r="F377" s="8" t="s">
         <v>11</v>
       </c>
-      <c r="G375" s="8" t="s">
-[...7 lines deleted...]
-      <c r="B377" s="7" t="s">
+      <c r="G377" s="8" t="s">
         <v>622</v>
       </c>
-      <c r="C377" s="0"/>
-[...21 lines deleted...]
-      <c r="G378" s="8" t="s">
+      <c r="H377" s="8" t="s">
         <v>623</v>
-      </c>
-[...1 lines deleted...]
-        <v>624</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B1:G1"/>
     <mergeCell ref="B3:B5"/>
     <mergeCell ref="C3:D3"/>
     <mergeCell ref="E3:G3"/>
     <mergeCell ref="C5:D5"/>
     <mergeCell ref="E5:G5"/>
     <mergeCell ref="B9:G9"/>
     <mergeCell ref="B22:G22"/>
-    <mergeCell ref="B341:G341"/>
-[...4 lines deleted...]
-    <mergeCell ref="B377:G377"/>
+    <mergeCell ref="B340:G340"/>
+    <mergeCell ref="B364:G364"/>
+    <mergeCell ref="B367:G367"/>
+    <mergeCell ref="B370:G370"/>
+    <mergeCell ref="B373:G373"/>
+    <mergeCell ref="B376:G376"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="F6" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" scale="100" fitToHeight="0" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
@@ -18527,97 +18501,97 @@
             </rPr>
             <t xml:space="preserve">Цены</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="14"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> для Пензы на: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFDE5705"/>
               <sz val="14"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">02.10.2025</t>
+            <t xml:space="preserve">16.11.2025</t>
           </r>
         </is>
       </c>
       <c r="F6" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="B7" s="6" t="s">
-        <v>2350</v>
+        <v>2349</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="B9" s="7" t="s">
-        <v>2351</v>
+        <v>2350</v>
       </c>
       <c r="C9" s="0"/>
       <c r="D9" s="0"/>
       <c r="E9" s="0"/>
       <c r="F9" s="0"/>
       <c r="G9" s="0"/>
     </row>
     <row r="10" spans="1:9">
       <c r="B10" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D10" s="8" t="s">
+        <v>664</v>
+      </c>
+      <c r="E10" s="8" t="s">
         <v>665</v>
-      </c>
-[...1 lines deleted...]
-        <v>666</v>
       </c>
       <c r="F10" s="8" t="s">
         <v>11</v>
       </c>
       <c r="G10" s="8" t="s">
-        <v>2352</v>
+        <v>2351</v>
       </c>
       <c r="H10" s="8" t="s">
-        <v>1305</v>
+        <v>1304</v>
       </c>
       <c r="I10" s="8" t="s">
-        <v>629</v>
+        <v>628</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B1:G1"/>
     <mergeCell ref="B3:B5"/>
     <mergeCell ref="C3:D3"/>
     <mergeCell ref="E3:G3"/>
     <mergeCell ref="C5:D5"/>
     <mergeCell ref="E5:G5"/>
     <mergeCell ref="B9:G9"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="F6" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" scale="100" fitToHeight="0" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
@@ -18727,121 +18701,121 @@
             </rPr>
             <t xml:space="preserve">Цены</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="14"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> для Пензы на: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFDE5705"/>
               <sz val="14"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">02.10.2025</t>
+            <t xml:space="preserve">16.11.2025</t>
           </r>
         </is>
       </c>
       <c r="F6" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="B7" s="6" t="s">
-        <v>2353</v>
+        <v>2352</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="B9" s="7" t="s">
-        <v>1303</v>
+        <v>1302</v>
       </c>
       <c r="C9" s="0"/>
       <c r="D9" s="0"/>
       <c r="E9" s="0"/>
       <c r="F9" s="0"/>
       <c r="G9" s="0"/>
     </row>
     <row r="10" spans="1:9">
       <c r="B10" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D10" s="8" t="s">
-        <v>665</v>
+        <v>664</v>
       </c>
       <c r="E10" s="8" t="s">
         <v>35</v>
       </c>
       <c r="F10" s="8" t="s">
         <v>11</v>
       </c>
       <c r="G10" s="8" t="s">
-        <v>1305</v>
+        <v>1304</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="B12" s="7" t="s">
-        <v>2354</v>
+        <v>2353</v>
       </c>
       <c r="C12" s="0"/>
       <c r="D12" s="0"/>
       <c r="E12" s="0"/>
       <c r="F12" s="0"/>
       <c r="G12" s="0"/>
     </row>
     <row r="13" spans="1:9">
       <c r="B13" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C13" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D13" s="8" t="s">
-        <v>665</v>
+        <v>664</v>
       </c>
       <c r="E13" s="8" t="s">
         <v>35</v>
       </c>
       <c r="F13" s="8" t="s">
         <v>11</v>
       </c>
       <c r="G13" s="8" t="s">
-        <v>2355</v>
+        <v>2354</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B1:G1"/>
     <mergeCell ref="B3:B5"/>
     <mergeCell ref="C3:D3"/>
     <mergeCell ref="E3:G3"/>
     <mergeCell ref="C5:D5"/>
     <mergeCell ref="E5:G5"/>
     <mergeCell ref="B9:G9"/>
     <mergeCell ref="B12:G12"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="F6" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" scale="100" fitToHeight="0" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
@@ -18952,898 +18926,898 @@
             </rPr>
             <t xml:space="preserve">Цены</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="14"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> для Пензы на: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFDE5705"/>
               <sz val="14"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">02.10.2025</t>
+            <t xml:space="preserve">16.11.2025</t>
           </r>
         </is>
       </c>
       <c r="F6" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="B7" s="6" t="s">
-        <v>2356</v>
+        <v>2355</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="B9" s="7" t="s">
-        <v>2357</v>
+        <v>2356</v>
       </c>
       <c r="C9" s="0"/>
       <c r="D9" s="0"/>
       <c r="E9" s="0"/>
       <c r="F9" s="0"/>
       <c r="G9" s="0"/>
     </row>
     <row r="10" spans="1:9">
       <c r="B10" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D10" s="8" t="s">
-        <v>665</v>
+        <v>664</v>
       </c>
       <c r="E10" s="8" t="s">
         <v>35</v>
       </c>
       <c r="F10" s="8" t="s">
-        <v>561</v>
+        <v>560</v>
       </c>
       <c r="G10" s="8" t="s">
         <v>11</v>
       </c>
       <c r="H10" s="8" t="s">
-        <v>1305</v>
+        <v>1304</v>
       </c>
       <c r="I10" s="8" t="s">
-        <v>699</v>
+        <v>698</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="B11" s="9" t="s">
+        <v>2357</v>
+      </c>
+      <c r="C11" s="9" t="s">
         <v>2358</v>
       </c>
-      <c r="C11" s="9" t="s">
+      <c r="D11" s="9" t="s">
         <v>2359</v>
-      </c>
-[...1 lines deleted...]
-        <v>2360</v>
       </c>
       <c r="E11" s="9" t="s">
         <v>50</v>
       </c>
       <c r="F11" s="9" t="s">
+        <v>2360</v>
+      </c>
+      <c r="G11" s="9" t="s">
         <v>2361</v>
-      </c>
-[...1 lines deleted...]
-        <v>2362</v>
       </c>
       <c r="H11" s="10">
         <v>1349</v>
       </c>
       <c r="I11" s="10">
         <v>134.9</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="B12" s="9" t="s">
+        <v>2362</v>
+      </c>
+      <c r="C12" s="9" t="s">
         <v>2363</v>
       </c>
-      <c r="C12" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D12" s="9" t="s">
-        <v>2360</v>
+        <v>2359</v>
       </c>
       <c r="E12" s="9" t="s">
         <v>50</v>
       </c>
       <c r="F12" s="9" t="s">
-        <v>2365</v>
+        <v>2364</v>
       </c>
       <c r="G12" s="9" t="s">
-        <v>2362</v>
+        <v>2361</v>
       </c>
       <c r="H12" s="10">
         <v>1349</v>
       </c>
       <c r="I12" s="10">
         <v>134.9</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="B13" s="9" t="s">
-        <v>2363</v>
+        <v>2362</v>
       </c>
       <c r="C13" s="9" t="s">
-        <v>2366</v>
+        <v>2365</v>
       </c>
       <c r="D13" s="9" t="s">
-        <v>2360</v>
+        <v>2359</v>
       </c>
       <c r="E13" s="9" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="F13" s="9" t="s">
-        <v>2365</v>
+        <v>2364</v>
       </c>
       <c r="G13" s="9" t="s">
-        <v>2362</v>
+        <v>2361</v>
       </c>
       <c r="H13" s="10">
         <v>1349</v>
       </c>
       <c r="I13" s="10">
         <v>134.9</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="B14" s="9" t="s">
-        <v>2363</v>
+        <v>2362</v>
       </c>
       <c r="C14" s="9" t="s">
-        <v>2367</v>
+        <v>2366</v>
       </c>
       <c r="D14" s="9" t="s">
-        <v>2360</v>
+        <v>2359</v>
       </c>
       <c r="E14" s="9" t="s">
-        <v>583</v>
+        <v>582</v>
       </c>
       <c r="F14" s="9" t="s">
-        <v>2365</v>
+        <v>2364</v>
       </c>
       <c r="G14" s="9" t="s">
-        <v>2362</v>
+        <v>2361</v>
       </c>
       <c r="H14" s="10">
         <v>1349</v>
       </c>
       <c r="I14" s="10">
         <v>134.9</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="B15" s="9" t="s">
-        <v>2363</v>
+        <v>2362</v>
       </c>
       <c r="C15" s="9" t="s">
-        <v>2368</v>
+        <v>2367</v>
       </c>
       <c r="D15" s="9" t="s">
-        <v>2360</v>
+        <v>2359</v>
       </c>
       <c r="E15" s="9" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="F15" s="9" t="s">
-        <v>2365</v>
+        <v>2364</v>
       </c>
       <c r="G15" s="9" t="s">
-        <v>2362</v>
+        <v>2361</v>
       </c>
       <c r="H15" s="10">
         <v>1349</v>
       </c>
       <c r="I15" s="10">
         <v>134.9</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="B16" s="9" t="s">
-        <v>2363</v>
+        <v>2362</v>
       </c>
       <c r="C16" s="9" t="s">
-        <v>2369</v>
+        <v>2368</v>
       </c>
       <c r="D16" s="9" t="s">
-        <v>2360</v>
+        <v>2359</v>
       </c>
       <c r="E16" s="9" t="s">
-        <v>1779</v>
+        <v>1778</v>
       </c>
       <c r="F16" s="9" t="s">
-        <v>2365</v>
+        <v>2364</v>
       </c>
       <c r="G16" s="9" t="s">
-        <v>2362</v>
+        <v>2361</v>
       </c>
       <c r="H16" s="10">
         <v>1349</v>
       </c>
       <c r="I16" s="10">
         <v>134.9</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="B17" s="9" t="s">
-        <v>2358</v>
+        <v>2357</v>
       </c>
       <c r="C17" s="9" t="s">
-        <v>2370</v>
+        <v>2369</v>
       </c>
       <c r="D17" s="9" t="s">
+        <v>2359</v>
+      </c>
+      <c r="E17" s="9" t="s">
+        <v>367</v>
+      </c>
+      <c r="F17" s="9" t="s">
         <v>2360</v>
       </c>
-      <c r="E17" s="9" t="s">
-[...2 lines deleted...]
-      <c r="F17" s="9" t="s">
+      <c r="G17" s="9" t="s">
         <v>2361</v>
-      </c>
-[...1 lines deleted...]
-        <v>2362</v>
       </c>
       <c r="H17" s="10">
         <v>1349</v>
       </c>
       <c r="I17" s="10">
         <v>134.9</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="B18" s="9" t="s">
-        <v>2358</v>
+        <v>2357</v>
       </c>
       <c r="C18" s="9" t="s">
-        <v>2371</v>
+        <v>2370</v>
       </c>
       <c r="D18" s="9" t="s">
+        <v>2359</v>
+      </c>
+      <c r="E18" s="9" t="s">
+        <v>1778</v>
+      </c>
+      <c r="F18" s="9" t="s">
         <v>2360</v>
       </c>
-      <c r="E18" s="9" t="s">
-[...2 lines deleted...]
-      <c r="F18" s="9" t="s">
+      <c r="G18" s="9" t="s">
         <v>2361</v>
-      </c>
-[...1 lines deleted...]
-        <v>2362</v>
       </c>
       <c r="H18" s="10">
         <v>1349</v>
       </c>
       <c r="I18" s="10">
         <v>134.9</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="B19" s="9" t="s">
-        <v>2363</v>
+        <v>2362</v>
       </c>
       <c r="C19" s="9" t="s">
+        <v>2371</v>
+      </c>
+      <c r="D19" s="9" t="s">
+        <v>2359</v>
+      </c>
+      <c r="E19" s="9" t="s">
         <v>2372</v>
       </c>
-      <c r="D19" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F19" s="9" t="s">
-        <v>2365</v>
+        <v>2364</v>
       </c>
       <c r="G19" s="9" t="s">
-        <v>2362</v>
+        <v>2361</v>
       </c>
       <c r="H19" s="10">
         <v>1349</v>
       </c>
       <c r="I19" s="10">
         <v>134.9</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="B20" s="9" t="s">
-        <v>2363</v>
+        <v>2362</v>
       </c>
       <c r="C20" s="9" t="s">
-        <v>2374</v>
+        <v>2373</v>
       </c>
       <c r="D20" s="9" t="s">
-        <v>2360</v>
+        <v>2359</v>
       </c>
       <c r="E20" s="9" t="s">
-        <v>557</v>
+        <v>367</v>
       </c>
       <c r="F20" s="9" t="s">
-        <v>2365</v>
+        <v>2364</v>
       </c>
       <c r="G20" s="9" t="s">
-        <v>2362</v>
+        <v>2361</v>
       </c>
       <c r="H20" s="10">
         <v>1349</v>
       </c>
       <c r="I20" s="10">
         <v>134.9</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="B21" s="9" t="s">
-        <v>2358</v>
+        <v>2357</v>
       </c>
       <c r="C21" s="9" t="s">
+        <v>2374</v>
+      </c>
+      <c r="D21" s="9" t="s">
+        <v>2359</v>
+      </c>
+      <c r="E21" s="9" t="s">
         <v>2375</v>
       </c>
-      <c r="D21" s="9" t="s">
+      <c r="F21" s="9" t="s">
         <v>2360</v>
       </c>
-      <c r="E21" s="9" t="s">
-[...2 lines deleted...]
-      <c r="F21" s="9" t="s">
+      <c r="G21" s="9" t="s">
         <v>2361</v>
-      </c>
-[...1 lines deleted...]
-        <v>2362</v>
       </c>
       <c r="H21" s="10">
         <v>1499</v>
       </c>
       <c r="I21" s="10">
         <v>149.9</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="B22" s="9" t="s">
-        <v>2363</v>
+        <v>2362</v>
       </c>
       <c r="C22" s="9" t="s">
+        <v>2376</v>
+      </c>
+      <c r="D22" s="9" t="s">
+        <v>2359</v>
+      </c>
+      <c r="E22" s="9" t="s">
         <v>2377</v>
       </c>
-      <c r="D22" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F22" s="9" t="s">
-        <v>2365</v>
+        <v>2364</v>
       </c>
       <c r="G22" s="9" t="s">
-        <v>2362</v>
+        <v>2361</v>
       </c>
       <c r="H22" s="10">
         <v>1499</v>
       </c>
       <c r="I22" s="10">
         <v>149.9</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="B23" s="9" t="s">
-        <v>2358</v>
+        <v>2357</v>
       </c>
       <c r="C23" s="9" t="s">
-        <v>2379</v>
+        <v>2378</v>
       </c>
       <c r="D23" s="9" t="s">
+        <v>2359</v>
+      </c>
+      <c r="E23" s="9" t="s">
+        <v>146</v>
+      </c>
+      <c r="F23" s="9" t="s">
         <v>2360</v>
       </c>
-      <c r="E23" s="9" t="s">
-[...2 lines deleted...]
-      <c r="F23" s="9" t="s">
+      <c r="G23" s="9" t="s">
         <v>2361</v>
-      </c>
-[...1 lines deleted...]
-        <v>2362</v>
       </c>
       <c r="H23" s="10">
         <v>1549</v>
       </c>
       <c r="I23" s="10">
         <v>154.9</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="B24" s="9" t="s">
+        <v>2379</v>
+      </c>
+      <c r="C24" s="9" t="s">
         <v>2380</v>
       </c>
-      <c r="C24" s="9" t="s">
+      <c r="D24" s="9" t="s">
+        <v>2359</v>
+      </c>
+      <c r="E24" s="9" t="s">
+        <v>1778</v>
+      </c>
+      <c r="F24" s="9" t="s">
         <v>2381</v>
       </c>
-      <c r="D24" s="9" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G24" s="9" t="s">
-        <v>2362</v>
+        <v>2361</v>
       </c>
       <c r="H24" s="10">
         <v>1799</v>
       </c>
       <c r="I24" s="10">
         <v>179.9</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="B25" s="9" t="s">
-        <v>2380</v>
+        <v>2379</v>
       </c>
       <c r="C25" s="9" t="s">
-        <v>2383</v>
+        <v>2382</v>
       </c>
       <c r="D25" s="9" t="s">
-        <v>2360</v>
+        <v>2359</v>
       </c>
       <c r="E25" s="9" t="s">
         <v>50</v>
       </c>
       <c r="F25" s="9" t="s">
-        <v>2382</v>
+        <v>2381</v>
       </c>
       <c r="G25" s="9" t="s">
-        <v>2362</v>
+        <v>2361</v>
       </c>
       <c r="H25" s="10">
         <v>1799</v>
       </c>
       <c r="I25" s="10"/>
     </row>
     <row r="26" spans="1:9">
       <c r="B26" s="9" t="s">
-        <v>2380</v>
+        <v>2379</v>
       </c>
       <c r="C26" s="9" t="s">
-        <v>2384</v>
+        <v>2383</v>
       </c>
       <c r="D26" s="9" t="s">
-        <v>2360</v>
+        <v>2359</v>
       </c>
       <c r="E26" s="9" t="s">
-        <v>557</v>
+        <v>367</v>
       </c>
       <c r="F26" s="9" t="s">
-        <v>2382</v>
+        <v>2381</v>
       </c>
       <c r="G26" s="9" t="s">
-        <v>2362</v>
+        <v>2361</v>
       </c>
       <c r="H26" s="10">
         <v>1799</v>
       </c>
       <c r="I26" s="10">
         <v>179.9</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="B27" s="9" t="s">
-        <v>2380</v>
+        <v>2379</v>
       </c>
       <c r="C27" s="9" t="s">
-        <v>2385</v>
+        <v>2384</v>
       </c>
       <c r="D27" s="9" t="s">
-        <v>2360</v>
+        <v>2359</v>
       </c>
       <c r="E27" s="9" t="s">
-        <v>583</v>
+        <v>582</v>
       </c>
       <c r="F27" s="9" t="s">
-        <v>2382</v>
+        <v>2381</v>
       </c>
       <c r="G27" s="9" t="s">
-        <v>2362</v>
+        <v>2361</v>
       </c>
       <c r="H27" s="10">
         <v>1799</v>
       </c>
       <c r="I27" s="10"/>
     </row>
     <row r="29" spans="1:9">
       <c r="B29" s="7" t="s">
-        <v>2386</v>
+        <v>2385</v>
       </c>
       <c r="C29" s="0"/>
       <c r="D29" s="0"/>
       <c r="E29" s="0"/>
       <c r="F29" s="0"/>
       <c r="G29" s="0"/>
     </row>
     <row r="30" spans="1:9">
       <c r="B30" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C30" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D30" s="8" t="s">
-        <v>665</v>
+        <v>664</v>
       </c>
       <c r="E30" s="8" t="s">
         <v>35</v>
       </c>
       <c r="F30" s="8" t="s">
-        <v>2387</v>
+        <v>2386</v>
       </c>
       <c r="G30" s="8" t="s">
         <v>11</v>
       </c>
       <c r="H30" s="8" t="s">
-        <v>1305</v>
+        <v>1304</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="B32" s="7" t="s">
-        <v>2388</v>
+        <v>2387</v>
       </c>
       <c r="C32" s="0"/>
       <c r="D32" s="0"/>
       <c r="E32" s="0"/>
       <c r="F32" s="0"/>
       <c r="G32" s="0"/>
     </row>
     <row r="33" spans="1:9">
       <c r="B33" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C33" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D33" s="8" t="s">
-        <v>665</v>
+        <v>664</v>
       </c>
       <c r="E33" s="8" t="s">
         <v>35</v>
       </c>
       <c r="F33" s="8" t="s">
-        <v>2387</v>
+        <v>2386</v>
       </c>
       <c r="G33" s="8" t="s">
         <v>11</v>
       </c>
       <c r="H33" s="8" t="s">
-        <v>1305</v>
+        <v>1304</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="B34" s="9" t="s">
+        <v>2388</v>
+      </c>
+      <c r="C34" s="9" t="s">
         <v>2389</v>
       </c>
-      <c r="C34" s="9" t="s">
+      <c r="D34" s="9" t="s">
         <v>2390</v>
       </c>
-      <c r="D34" s="9" t="s">
+      <c r="E34" s="9" t="s">
         <v>2391</v>
       </c>
-      <c r="E34" s="9" t="s">
+      <c r="F34" s="9" t="s">
         <v>2392</v>
       </c>
-      <c r="F34" s="9" t="s">
+      <c r="G34" s="9" t="s">
         <v>2393</v>
-      </c>
-[...1 lines deleted...]
-        <v>2394</v>
       </c>
       <c r="H34" s="10">
         <v>660</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="B35" s="9" t="s">
+        <v>2394</v>
+      </c>
+      <c r="C35" s="9" t="s">
         <v>2395</v>
       </c>
-      <c r="C35" s="9" t="s">
+      <c r="D35" s="9" t="s">
+        <v>2390</v>
+      </c>
+      <c r="E35" s="9" t="s">
         <v>2396</v>
       </c>
-      <c r="D35" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F35" s="9" t="s">
+        <v>2392</v>
+      </c>
+      <c r="G35" s="9" t="s">
         <v>2393</v>
-      </c>
-[...1 lines deleted...]
-        <v>2394</v>
       </c>
       <c r="H35" s="10">
         <v>660</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="B36" s="9" t="s">
-        <v>2395</v>
+        <v>2394</v>
       </c>
       <c r="C36" s="9" t="s">
+        <v>2397</v>
+      </c>
+      <c r="D36" s="9" t="s">
+        <v>2390</v>
+      </c>
+      <c r="E36" s="9" t="s">
         <v>2398</v>
       </c>
-      <c r="D36" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F36" s="9" t="s">
+        <v>2392</v>
+      </c>
+      <c r="G36" s="9" t="s">
         <v>2393</v>
-      </c>
-[...1 lines deleted...]
-        <v>2394</v>
       </c>
       <c r="H36" s="10">
         <v>660</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="B37" s="9" t="s">
-        <v>2395</v>
+        <v>2394</v>
       </c>
       <c r="C37" s="9" t="s">
+        <v>2399</v>
+      </c>
+      <c r="D37" s="9" t="s">
+        <v>2390</v>
+      </c>
+      <c r="E37" s="9" t="s">
         <v>2400</v>
       </c>
-      <c r="D37" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F37" s="9" t="s">
+        <v>2392</v>
+      </c>
+      <c r="G37" s="9" t="s">
         <v>2393</v>
-      </c>
-[...1 lines deleted...]
-        <v>2394</v>
       </c>
       <c r="H37" s="10">
         <v>660</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="B38" s="9" t="s">
-        <v>2395</v>
+        <v>2394</v>
       </c>
       <c r="C38" s="9" t="s">
+        <v>2401</v>
+      </c>
+      <c r="D38" s="9" t="s">
+        <v>2390</v>
+      </c>
+      <c r="E38" s="9" t="s">
         <v>2402</v>
       </c>
-      <c r="D38" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F38" s="9" t="s">
+        <v>2392</v>
+      </c>
+      <c r="G38" s="9" t="s">
         <v>2393</v>
-      </c>
-[...1 lines deleted...]
-        <v>2394</v>
       </c>
       <c r="H38" s="10">
         <v>660</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="B39" s="9" t="s">
-        <v>2389</v>
+        <v>2388</v>
       </c>
       <c r="C39" s="9" t="s">
-        <v>2404</v>
+        <v>2403</v>
       </c>
       <c r="D39" s="9" t="s">
-        <v>2391</v>
+        <v>2390</v>
       </c>
       <c r="E39" s="9" t="s">
-        <v>2397</v>
+        <v>2396</v>
       </c>
       <c r="F39" s="9" t="s">
+        <v>2392</v>
+      </c>
+      <c r="G39" s="9" t="s">
         <v>2393</v>
-      </c>
-[...1 lines deleted...]
-        <v>2394</v>
       </c>
       <c r="H39" s="10">
         <v>679</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="B40" s="9" t="s">
-        <v>2389</v>
+        <v>2388</v>
       </c>
       <c r="C40" s="9" t="s">
-        <v>2405</v>
+        <v>2404</v>
       </c>
       <c r="D40" s="9" t="s">
-        <v>2391</v>
+        <v>2390</v>
       </c>
       <c r="E40" s="9" t="s">
-        <v>2399</v>
+        <v>2398</v>
       </c>
       <c r="F40" s="9" t="s">
+        <v>2392</v>
+      </c>
+      <c r="G40" s="9" t="s">
         <v>2393</v>
-      </c>
-[...1 lines deleted...]
-        <v>2394</v>
       </c>
       <c r="H40" s="10">
         <v>679</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="B41" s="9" t="s">
-        <v>2389</v>
+        <v>2388</v>
       </c>
       <c r="C41" s="9" t="s">
-        <v>2406</v>
+        <v>2405</v>
       </c>
       <c r="D41" s="9" t="s">
-        <v>2391</v>
+        <v>2390</v>
       </c>
       <c r="E41" s="9" t="s">
-        <v>2403</v>
+        <v>2402</v>
       </c>
       <c r="F41" s="9" t="s">
+        <v>2392</v>
+      </c>
+      <c r="G41" s="9" t="s">
         <v>2393</v>
-      </c>
-[...1 lines deleted...]
-        <v>2394</v>
       </c>
       <c r="H41" s="10">
         <v>679</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="B42" s="9" t="s">
-        <v>2389</v>
+        <v>2388</v>
       </c>
       <c r="C42" s="9" t="s">
+        <v>2406</v>
+      </c>
+      <c r="D42" s="9" t="s">
+        <v>2390</v>
+      </c>
+      <c r="E42" s="9" t="s">
         <v>2407</v>
       </c>
-      <c r="D42" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F42" s="9" t="s">
+        <v>2392</v>
+      </c>
+      <c r="G42" s="9" t="s">
         <v>2393</v>
-      </c>
-[...1 lines deleted...]
-        <v>2394</v>
       </c>
       <c r="H42" s="10">
         <v>679</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="B44" s="7" t="s">
-        <v>2409</v>
+        <v>2408</v>
       </c>
       <c r="C44" s="0"/>
       <c r="D44" s="0"/>
       <c r="E44" s="0"/>
       <c r="F44" s="0"/>
       <c r="G44" s="0"/>
     </row>
     <row r="45" spans="1:9">
       <c r="B45" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C45" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D45" s="8" t="s">
-        <v>2387</v>
+        <v>2386</v>
       </c>
       <c r="E45" s="8" t="s">
         <v>35</v>
       </c>
       <c r="F45" s="8" t="s">
         <v>11</v>
       </c>
       <c r="G45" s="8" t="s">
-        <v>2280</v>
+        <v>2279</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="B47" s="7" t="s">
-        <v>2410</v>
+        <v>2409</v>
       </c>
       <c r="C47" s="0"/>
       <c r="D47" s="0"/>
       <c r="E47" s="0"/>
       <c r="F47" s="0"/>
       <c r="G47" s="0"/>
     </row>
     <row r="48" spans="1:9">
       <c r="B48" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C48" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D48" s="8" t="s">
-        <v>665</v>
+        <v>664</v>
       </c>
       <c r="E48" s="8" t="s">
-        <v>2387</v>
+        <v>2386</v>
       </c>
       <c r="F48" s="8" t="s">
         <v>11</v>
       </c>
       <c r="G48" s="8" t="s">
-        <v>2411</v>
+        <v>2410</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="B50" s="7" t="s">
-        <v>2412</v>
+        <v>2411</v>
       </c>
       <c r="C50" s="0"/>
       <c r="D50" s="0"/>
       <c r="E50" s="0"/>
       <c r="F50" s="0"/>
       <c r="G50" s="0"/>
     </row>
     <row r="51" spans="1:9">
       <c r="B51" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C51" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D51" s="8" t="s">
-        <v>665</v>
+        <v>664</v>
       </c>
       <c r="E51" s="8" t="s">
-        <v>2413</v>
+        <v>2412</v>
       </c>
       <c r="F51" s="8" t="s">
         <v>11</v>
       </c>
       <c r="G51" s="8" t="s">
-        <v>699</v>
+        <v>698</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B1:G1"/>
     <mergeCell ref="B3:B5"/>
     <mergeCell ref="C3:D3"/>
     <mergeCell ref="E3:G3"/>
     <mergeCell ref="C5:D5"/>
     <mergeCell ref="E5:G5"/>
     <mergeCell ref="B9:G9"/>
     <mergeCell ref="B29:G29"/>
     <mergeCell ref="B32:G32"/>
     <mergeCell ref="B44:G44"/>
     <mergeCell ref="B47:G47"/>
     <mergeCell ref="B50:G50"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="F6" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" scale="100" fitToHeight="0" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
@@ -19958,382 +19932,382 @@
             </rPr>
             <t xml:space="preserve">Цены</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="14"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> для Пензы на: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFDE5705"/>
               <sz val="14"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">02.10.2025</t>
+            <t xml:space="preserve">16.11.2025</t>
           </r>
         </is>
       </c>
       <c r="F6" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="B7" s="6" t="s">
-        <v>2414</v>
+        <v>2413</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="B9" s="7" t="s">
-        <v>2415</v>
+        <v>2414</v>
       </c>
       <c r="C9" s="0"/>
       <c r="D9" s="0"/>
       <c r="E9" s="0"/>
       <c r="F9" s="0"/>
       <c r="G9" s="0"/>
     </row>
     <row r="10" spans="1:9">
       <c r="B10" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D10" s="8" t="s">
-        <v>665</v>
+        <v>664</v>
       </c>
       <c r="E10" s="8" t="s">
-        <v>2413</v>
+        <v>2412</v>
       </c>
       <c r="F10" s="8" t="s">
         <v>11</v>
       </c>
       <c r="G10" s="8" t="s">
         <v>37</v>
       </c>
       <c r="H10" s="8" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="B12" s="7" t="s">
-        <v>2416</v>
+        <v>2415</v>
       </c>
       <c r="C12" s="0"/>
       <c r="D12" s="0"/>
       <c r="E12" s="0"/>
       <c r="F12" s="0"/>
       <c r="G12" s="0"/>
     </row>
     <row r="13" spans="1:9">
       <c r="B13" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C13" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D13" s="8" t="s">
-        <v>665</v>
+        <v>664</v>
       </c>
       <c r="E13" s="8" t="s">
-        <v>2413</v>
+        <v>2412</v>
       </c>
       <c r="F13" s="8" t="s">
         <v>11</v>
       </c>
       <c r="G13" s="8" t="s">
         <v>37</v>
       </c>
       <c r="H13" s="8" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="B15" s="7" t="s">
-        <v>2417</v>
+        <v>2416</v>
       </c>
       <c r="C15" s="0"/>
       <c r="D15" s="0"/>
       <c r="E15" s="0"/>
       <c r="F15" s="0"/>
       <c r="G15" s="0"/>
     </row>
     <row r="16" spans="1:9">
       <c r="B16" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C16" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D16" s="8" t="s">
-        <v>665</v>
+        <v>664</v>
       </c>
       <c r="E16" s="8" t="s">
-        <v>2413</v>
+        <v>2412</v>
       </c>
       <c r="F16" s="8" t="s">
         <v>11</v>
       </c>
       <c r="G16" s="8" t="s">
         <v>37</v>
       </c>
       <c r="H16" s="8" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="B18" s="7" t="s">
-        <v>2418</v>
+        <v>2417</v>
       </c>
       <c r="C18" s="0"/>
       <c r="D18" s="0"/>
       <c r="E18" s="0"/>
       <c r="F18" s="0"/>
       <c r="G18" s="0"/>
     </row>
     <row r="19" spans="1:9">
       <c r="B19" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C19" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D19" s="8" t="s">
-        <v>665</v>
+        <v>664</v>
       </c>
       <c r="E19" s="8" t="s">
-        <v>2413</v>
+        <v>2412</v>
       </c>
       <c r="F19" s="8" t="s">
         <v>11</v>
       </c>
       <c r="G19" s="8" t="s">
         <v>37</v>
       </c>
       <c r="H19" s="8" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="B21" s="7" t="s">
-        <v>2419</v>
+        <v>2418</v>
       </c>
       <c r="C21" s="0"/>
       <c r="D21" s="0"/>
       <c r="E21" s="0"/>
       <c r="F21" s="0"/>
       <c r="G21" s="0"/>
     </row>
     <row r="22" spans="1:9">
       <c r="B22" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C22" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D22" s="8" t="s">
-        <v>665</v>
+        <v>664</v>
       </c>
       <c r="E22" s="8" t="s">
-        <v>2413</v>
+        <v>2412</v>
       </c>
       <c r="F22" s="8" t="s">
         <v>11</v>
       </c>
       <c r="G22" s="8" t="s">
         <v>37</v>
       </c>
       <c r="H22" s="8" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="B24" s="7" t="s">
-        <v>2420</v>
+        <v>2419</v>
       </c>
       <c r="C24" s="0"/>
       <c r="D24" s="0"/>
       <c r="E24" s="0"/>
       <c r="F24" s="0"/>
       <c r="G24" s="0"/>
     </row>
     <row r="25" spans="1:9">
       <c r="B25" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C25" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D25" s="8" t="s">
-        <v>665</v>
+        <v>664</v>
       </c>
       <c r="E25" s="8" t="s">
-        <v>2413</v>
+        <v>2412</v>
       </c>
       <c r="F25" s="8" t="s">
         <v>11</v>
       </c>
       <c r="G25" s="8" t="s">
         <v>37</v>
       </c>
       <c r="H25" s="8" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="B27" s="7" t="s">
-        <v>2421</v>
+        <v>2420</v>
       </c>
       <c r="C27" s="0"/>
       <c r="D27" s="0"/>
       <c r="E27" s="0"/>
       <c r="F27" s="0"/>
       <c r="G27" s="0"/>
     </row>
     <row r="28" spans="1:9">
       <c r="B28" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C28" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D28" s="8" t="s">
-        <v>665</v>
+        <v>664</v>
       </c>
       <c r="E28" s="8" t="s">
-        <v>2413</v>
+        <v>2412</v>
       </c>
       <c r="F28" s="8" t="s">
         <v>11</v>
       </c>
       <c r="G28" s="8" t="s">
         <v>37</v>
       </c>
       <c r="H28" s="8" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="B30" s="7" t="s">
-        <v>2422</v>
+        <v>2421</v>
       </c>
       <c r="C30" s="0"/>
       <c r="D30" s="0"/>
       <c r="E30" s="0"/>
       <c r="F30" s="0"/>
       <c r="G30" s="0"/>
     </row>
     <row r="31" spans="1:9">
       <c r="B31" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C31" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D31" s="8" t="s">
-        <v>665</v>
+        <v>664</v>
       </c>
       <c r="E31" s="8" t="s">
-        <v>2413</v>
+        <v>2412</v>
       </c>
       <c r="F31" s="8" t="s">
         <v>11</v>
       </c>
       <c r="G31" s="8" t="s">
         <v>37</v>
       </c>
       <c r="H31" s="8" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="B33" s="7" t="s">
-        <v>2423</v>
+        <v>2422</v>
       </c>
       <c r="C33" s="0"/>
       <c r="D33" s="0"/>
       <c r="E33" s="0"/>
       <c r="F33" s="0"/>
       <c r="G33" s="0"/>
     </row>
     <row r="34" spans="1:9">
       <c r="B34" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C34" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D34" s="8" t="s">
-        <v>665</v>
+        <v>664</v>
       </c>
       <c r="E34" s="8" t="s">
-        <v>2413</v>
+        <v>2412</v>
       </c>
       <c r="F34" s="8" t="s">
         <v>11</v>
       </c>
       <c r="G34" s="8" t="s">
         <v>37</v>
       </c>
       <c r="H34" s="8" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="B36" s="7" t="s">
-        <v>2424</v>
+        <v>2423</v>
       </c>
       <c r="C36" s="0"/>
       <c r="D36" s="0"/>
       <c r="E36" s="0"/>
       <c r="F36" s="0"/>
       <c r="G36" s="0"/>
     </row>
     <row r="37" spans="1:9">
       <c r="B37" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C37" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D37" s="8" t="s">
-        <v>665</v>
+        <v>664</v>
       </c>
       <c r="E37" s="8" t="s">
-        <v>2413</v>
+        <v>2412</v>
       </c>
       <c r="F37" s="8" t="s">
         <v>11</v>
       </c>
       <c r="G37" s="8" t="s">
         <v>37</v>
       </c>
       <c r="H37" s="8" t="s">
         <v>38</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B1:G1"/>
     <mergeCell ref="B3:B5"/>
     <mergeCell ref="C3:D3"/>
     <mergeCell ref="E3:G3"/>
     <mergeCell ref="C5:D5"/>
     <mergeCell ref="E5:G5"/>
     <mergeCell ref="B9:G9"/>
     <mergeCell ref="B12:G12"/>
     <mergeCell ref="B15:G15"/>
     <mergeCell ref="B18:G18"/>
     <mergeCell ref="B21:G21"/>
@@ -20461,635 +20435,635 @@
             </rPr>
             <t xml:space="preserve">Цены</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="14"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> для Пензы на: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFDE5705"/>
               <sz val="14"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">02.10.2025</t>
+            <t xml:space="preserve">16.11.2025</t>
           </r>
         </is>
       </c>
       <c r="F6" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="B7" s="6" t="s">
-        <v>2425</v>
+        <v>2424</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="B9" s="7" t="s">
-        <v>2426</v>
+        <v>2425</v>
       </c>
       <c r="C9" s="0"/>
       <c r="D9" s="0"/>
       <c r="E9" s="0"/>
       <c r="F9" s="0"/>
       <c r="G9" s="0"/>
     </row>
     <row r="10" spans="1:9">
       <c r="B10" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D10" s="8" t="s">
-        <v>2427</v>
+        <v>2426</v>
       </c>
       <c r="E10" s="8" t="s">
         <v>35</v>
       </c>
       <c r="F10" s="8" t="s">
         <v>11</v>
       </c>
       <c r="G10" s="8" t="s">
-        <v>686</v>
+        <v>685</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="B12" s="7" t="s">
-        <v>2428</v>
+        <v>2427</v>
       </c>
       <c r="C12" s="0"/>
       <c r="D12" s="0"/>
       <c r="E12" s="0"/>
       <c r="F12" s="0"/>
       <c r="G12" s="0"/>
     </row>
     <row r="13" spans="1:9">
       <c r="B13" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C13" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D13" s="8" t="s">
         <v>35</v>
       </c>
       <c r="E13" s="8" t="s">
-        <v>2427</v>
+        <v>2426</v>
       </c>
       <c r="F13" s="8" t="s">
         <v>11</v>
       </c>
       <c r="G13" s="8" t="s">
-        <v>686</v>
+        <v>685</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="B14" s="9" t="s">
+        <v>2428</v>
+      </c>
+      <c r="C14" s="9" t="s">
         <v>2429</v>
       </c>
-      <c r="C14" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D14" s="9" t="s">
-        <v>583</v>
+        <v>582</v>
       </c>
       <c r="E14" s="9">
         <v>700</v>
       </c>
       <c r="F14" s="9" t="s">
-        <v>2431</v>
+        <v>2430</v>
       </c>
       <c r="G14" s="10">
         <v>7490</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="B15" s="9" t="s">
+        <v>2431</v>
+      </c>
+      <c r="C15" s="9" t="s">
         <v>2432</v>
       </c>
-      <c r="C15" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D15" s="9" t="s">
-        <v>583</v>
+        <v>582</v>
       </c>
       <c r="E15" s="9">
         <v>500</v>
       </c>
       <c r="F15" s="9" t="s">
-        <v>2431</v>
+        <v>2430</v>
       </c>
       <c r="G15" s="10">
         <v>6930</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="B16" s="9" t="s">
+        <v>2433</v>
+      </c>
+      <c r="C16" s="9" t="s">
         <v>2434</v>
       </c>
-      <c r="C16" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D16" s="9" t="s">
-        <v>583</v>
+        <v>582</v>
       </c>
       <c r="E16" s="9">
         <v>700</v>
       </c>
       <c r="F16" s="9" t="s">
-        <v>2431</v>
+        <v>2430</v>
       </c>
       <c r="G16" s="10">
         <v>14550</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="B17" s="9" t="s">
+        <v>2435</v>
+      </c>
+      <c r="C17" s="9" t="s">
         <v>2436</v>
       </c>
-      <c r="C17" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D17" s="9" t="s">
-        <v>583</v>
+        <v>582</v>
       </c>
       <c r="E17" s="9">
         <v>500</v>
       </c>
       <c r="F17" s="9" t="s">
-        <v>2431</v>
+        <v>2430</v>
       </c>
       <c r="G17" s="10">
         <v>13850</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="B18" s="9" t="s">
+        <v>2437</v>
+      </c>
+      <c r="C18" s="9" t="s">
         <v>2438</v>
       </c>
-      <c r="C18" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D18" s="9" t="s">
-        <v>583</v>
+        <v>582</v>
       </c>
       <c r="E18" s="9">
         <v>700</v>
       </c>
       <c r="F18" s="9" t="s">
-        <v>2431</v>
+        <v>2430</v>
       </c>
       <c r="G18" s="10">
         <v>26400</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="B19" s="9" t="s">
+        <v>2439</v>
+      </c>
+      <c r="C19" s="9" t="s">
         <v>2440</v>
       </c>
-      <c r="C19" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D19" s="9" t="s">
-        <v>583</v>
+        <v>582</v>
       </c>
       <c r="E19" s="9">
         <v>500</v>
       </c>
       <c r="F19" s="9" t="s">
-        <v>2431</v>
+        <v>2430</v>
       </c>
       <c r="G19" s="10">
         <v>25400</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="B21" s="7" t="s">
-        <v>2442</v>
+        <v>2441</v>
       </c>
       <c r="C21" s="0"/>
       <c r="D21" s="0"/>
       <c r="E21" s="0"/>
       <c r="F21" s="0"/>
       <c r="G21" s="0"/>
     </row>
     <row r="22" spans="1:9">
       <c r="B22" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C22" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D22" s="8" t="s">
-        <v>698</v>
+        <v>697</v>
       </c>
       <c r="E22" s="8" t="s">
         <v>35</v>
       </c>
       <c r="F22" s="8" t="s">
-        <v>2443</v>
+        <v>2442</v>
       </c>
       <c r="G22" s="8" t="s">
-        <v>561</v>
+        <v>560</v>
       </c>
       <c r="H22" s="8" t="s">
-        <v>686</v>
+        <v>685</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="B23" s="9" t="s">
+        <v>2443</v>
+      </c>
+      <c r="C23" s="9" t="s">
         <v>2444</v>
       </c>
-      <c r="C23" s="9" t="s">
+      <c r="D23" s="9" t="s">
         <v>2445</v>
       </c>
-      <c r="D23" s="9" t="s">
+      <c r="E23" s="9" t="s">
+        <v>582</v>
+      </c>
+      <c r="F23" s="9" t="s">
         <v>2446</v>
       </c>
-      <c r="E23" s="9" t="s">
-[...2 lines deleted...]
-      <c r="F23" s="9" t="s">
+      <c r="G23" s="9" t="s">
         <v>2447</v>
-      </c>
-[...1 lines deleted...]
-        <v>2448</v>
       </c>
       <c r="H23" s="10">
         <v>1960</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="B24" s="9" t="s">
-        <v>2444</v>
+        <v>2443</v>
       </c>
       <c r="C24" s="9" t="s">
+        <v>2448</v>
+      </c>
+      <c r="D24" s="9" t="s">
         <v>2449</v>
       </c>
-      <c r="D24" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E24" s="9" t="s">
-        <v>583</v>
+        <v>582</v>
       </c>
       <c r="F24" s="9"/>
       <c r="G24" s="9" t="s">
-        <v>2451</v>
+        <v>2450</v>
       </c>
       <c r="H24" s="10">
         <v>610</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="B26" s="7" t="s">
-        <v>2452</v>
+        <v>2451</v>
       </c>
       <c r="C26" s="0"/>
       <c r="D26" s="0"/>
       <c r="E26" s="0"/>
       <c r="F26" s="0"/>
       <c r="G26" s="0"/>
     </row>
     <row r="27" spans="1:9">
       <c r="B27" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C27" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D27" s="8" t="s">
-        <v>698</v>
+        <v>697</v>
       </c>
       <c r="E27" s="8" t="s">
         <v>35</v>
       </c>
       <c r="F27" s="8" t="s">
-        <v>561</v>
+        <v>560</v>
       </c>
       <c r="G27" s="8" t="s">
-        <v>686</v>
+        <v>685</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="B28" s="9" t="s">
+        <v>2452</v>
+      </c>
+      <c r="C28" s="9" t="s">
         <v>2453</v>
       </c>
-      <c r="C28" s="9" t="s">
+      <c r="D28" s="9" t="s">
         <v>2454</v>
       </c>
-      <c r="D28" s="9" t="s">
+      <c r="E28" s="9" t="s">
+        <v>582</v>
+      </c>
+      <c r="F28" s="9" t="s">
         <v>2455</v>
-      </c>
-[...4 lines deleted...]
-        <v>2456</v>
       </c>
       <c r="G28" s="10">
         <v>23650</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="B30" s="7" t="s">
-        <v>2457</v>
+        <v>2456</v>
       </c>
       <c r="C30" s="0"/>
       <c r="D30" s="0"/>
       <c r="E30" s="0"/>
       <c r="F30" s="0"/>
       <c r="G30" s="0"/>
     </row>
     <row r="31" spans="1:9">
       <c r="B31" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C31" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D31" s="8" t="s">
-        <v>698</v>
+        <v>697</v>
       </c>
       <c r="E31" s="8" t="s">
         <v>35</v>
       </c>
       <c r="F31" s="8" t="s">
-        <v>2443</v>
+        <v>2442</v>
       </c>
       <c r="G31" s="8" t="s">
-        <v>686</v>
+        <v>685</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="B32" s="9" t="s">
+        <v>2457</v>
+      </c>
+      <c r="C32" s="9" t="s">
         <v>2458</v>
       </c>
-      <c r="C32" s="9" t="s">
+      <c r="D32" s="9" t="s">
         <v>2459</v>
       </c>
-      <c r="D32" s="9" t="s">
+      <c r="E32" s="9" t="s">
+        <v>582</v>
+      </c>
+      <c r="F32" s="9" t="s">
         <v>2460</v>
-      </c>
-[...4 lines deleted...]
-        <v>2461</v>
       </c>
       <c r="G32" s="10">
         <v>1390</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="B33" s="9" t="s">
+        <v>2461</v>
+      </c>
+      <c r="C33" s="9" t="s">
         <v>2462</v>
       </c>
-      <c r="C33" s="9" t="s">
+      <c r="D33" s="9" t="s">
         <v>2463</v>
       </c>
-      <c r="D33" s="9" t="s">
+      <c r="E33" s="9" t="s">
+        <v>582</v>
+      </c>
+      <c r="F33" s="9" t="s">
         <v>2464</v>
-      </c>
-[...4 lines deleted...]
-        <v>2465</v>
       </c>
       <c r="G33" s="10">
         <v>8980</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="B34" s="9" t="s">
+        <v>2465</v>
+      </c>
+      <c r="C34" s="9" t="s">
         <v>2466</v>
       </c>
-      <c r="C34" s="9" t="s">
+      <c r="D34" s="9" t="s">
         <v>2467</v>
       </c>
-      <c r="D34" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E34" s="9" t="s">
-        <v>583</v>
+        <v>582</v>
       </c>
       <c r="F34" s="9"/>
       <c r="G34" s="10">
         <v>2090</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="B35" s="9" t="s">
+        <v>2468</v>
+      </c>
+      <c r="C35" s="9" t="s">
         <v>2469</v>
       </c>
-      <c r="C35" s="9" t="s">
+      <c r="D35" s="9" t="s">
         <v>2470</v>
       </c>
-      <c r="D35" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E35" s="9" t="s">
-        <v>583</v>
+        <v>582</v>
       </c>
       <c r="F35" s="9"/>
       <c r="G35" s="10">
         <v>4480</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="B36" s="9" t="s">
+        <v>2471</v>
+      </c>
+      <c r="C36" s="9" t="s">
         <v>2472</v>
       </c>
-      <c r="C36" s="9" t="s">
+      <c r="D36" s="9" t="s">
         <v>2473</v>
       </c>
-      <c r="D36" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E36" s="9" t="s">
-        <v>977</v>
+        <v>976</v>
       </c>
       <c r="F36" s="9"/>
       <c r="G36" s="10">
         <v>2290</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="B38" s="7" t="s">
-        <v>2475</v>
+        <v>2474</v>
       </c>
       <c r="C38" s="0"/>
       <c r="D38" s="0"/>
       <c r="E38" s="0"/>
       <c r="F38" s="0"/>
       <c r="G38" s="0"/>
     </row>
     <row r="39" spans="1:9">
       <c r="B39" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C39" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D39" s="8" t="s">
-        <v>2427</v>
+        <v>2426</v>
       </c>
       <c r="E39" s="8" t="s">
         <v>35</v>
       </c>
       <c r="F39" s="8" t="s">
-        <v>686</v>
+        <v>685</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="B40" s="9" t="s">
+        <v>2475</v>
+      </c>
+      <c r="C40" s="9" t="s">
         <v>2476</v>
-      </c>
-[...1 lines deleted...]
-        <v>2477</v>
       </c>
       <c r="D40" s="9">
         <v>1026</v>
       </c>
       <c r="E40" s="9" t="s">
-        <v>583</v>
+        <v>582</v>
       </c>
       <c r="F40" s="10">
         <v>6200</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="B41" s="9" t="s">
+        <v>2477</v>
+      </c>
+      <c r="C41" s="9" t="s">
         <v>2478</v>
-      </c>
-[...1 lines deleted...]
-        <v>2479</v>
       </c>
       <c r="D41" s="9">
         <v>445</v>
       </c>
       <c r="E41" s="9" t="s">
-        <v>583</v>
+        <v>582</v>
       </c>
       <c r="F41" s="10">
         <v>3300</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="B42" s="9" t="s">
+        <v>2479</v>
+      </c>
+      <c r="C42" s="9" t="s">
         <v>2480</v>
-      </c>
-[...1 lines deleted...]
-        <v>2481</v>
       </c>
       <c r="D42" s="9">
         <v>880</v>
       </c>
       <c r="E42" s="9" t="s">
-        <v>583</v>
+        <v>582</v>
       </c>
       <c r="F42" s="10">
         <v>6900</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="B43" s="9" t="s">
-        <v>2476</v>
+        <v>2475</v>
       </c>
       <c r="C43" s="9" t="s">
-        <v>2482</v>
+        <v>2481</v>
       </c>
       <c r="D43" s="9">
         <v>1026</v>
       </c>
       <c r="E43" s="9" t="s">
-        <v>607</v>
+        <v>606</v>
       </c>
       <c r="F43" s="10">
         <v>6200</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="B44" s="9" t="s">
-        <v>2478</v>
+        <v>2477</v>
       </c>
       <c r="C44" s="9" t="s">
-        <v>2483</v>
+        <v>2482</v>
       </c>
       <c r="D44" s="9">
         <v>445</v>
       </c>
       <c r="E44" s="9" t="s">
-        <v>607</v>
+        <v>606</v>
       </c>
       <c r="F44" s="10">
         <v>3300</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="B45" s="9" t="s">
+        <v>2483</v>
+      </c>
+      <c r="C45" s="9" t="s">
         <v>2484</v>
-      </c>
-[...1 lines deleted...]
-        <v>2485</v>
       </c>
       <c r="D45" s="9">
         <v>885</v>
       </c>
       <c r="E45" s="9" t="s">
-        <v>607</v>
+        <v>606</v>
       </c>
       <c r="F45" s="10">
         <v>5300</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="B46" s="9" t="s">
-        <v>2484</v>
+        <v>2483</v>
       </c>
       <c r="C46" s="9" t="s">
-        <v>2486</v>
+        <v>2485</v>
       </c>
       <c r="D46" s="9">
         <v>885</v>
       </c>
       <c r="E46" s="9" t="s">
-        <v>583</v>
+        <v>582</v>
       </c>
       <c r="F46" s="10">
         <v>5300</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B1:G1"/>
     <mergeCell ref="B3:B5"/>
     <mergeCell ref="C3:D3"/>
     <mergeCell ref="E3:G3"/>
     <mergeCell ref="C5:D5"/>
     <mergeCell ref="E5:G5"/>
     <mergeCell ref="B9:G9"/>
     <mergeCell ref="B12:G12"/>
     <mergeCell ref="B21:G21"/>
     <mergeCell ref="B26:G26"/>
     <mergeCell ref="B30:G30"/>
     <mergeCell ref="B38:G38"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="F6" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
@@ -21207,181 +21181,181 @@
             </rPr>
             <t xml:space="preserve">Цены</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="14"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> для Пензы на: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFDE5705"/>
               <sz val="14"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">02.10.2025</t>
+            <t xml:space="preserve">16.11.2025</t>
           </r>
         </is>
       </c>
       <c r="F6" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="B7" s="6" t="s">
-        <v>2487</v>
+        <v>2486</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="B9" s="7" t="s">
-        <v>2488</v>
+        <v>2487</v>
       </c>
       <c r="C9" s="0"/>
       <c r="D9" s="0"/>
       <c r="E9" s="0"/>
       <c r="F9" s="0"/>
       <c r="G9" s="0"/>
     </row>
     <row r="10" spans="1:9">
       <c r="B10" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D10" s="8" t="s">
         <v>35</v>
       </c>
       <c r="E10" s="8" t="s">
-        <v>665</v>
+        <v>664</v>
       </c>
       <c r="F10" s="8" t="s">
         <v>11</v>
       </c>
       <c r="G10" s="8" t="s">
-        <v>699</v>
+        <v>698</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="B12" s="7" t="s">
-        <v>2489</v>
+        <v>2488</v>
       </c>
       <c r="C12" s="0"/>
       <c r="D12" s="0"/>
       <c r="E12" s="0"/>
       <c r="F12" s="0"/>
       <c r="G12" s="0"/>
     </row>
     <row r="13" spans="1:9">
       <c r="B13" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C13" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D13" s="8" t="s">
         <v>35</v>
       </c>
       <c r="E13" s="8" t="s">
-        <v>665</v>
+        <v>664</v>
       </c>
       <c r="F13" s="8" t="s">
         <v>11</v>
       </c>
       <c r="G13" s="8" t="s">
-        <v>699</v>
+        <v>698</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="B15" s="7" t="s">
-        <v>2490</v>
+        <v>2489</v>
       </c>
       <c r="C15" s="0"/>
       <c r="D15" s="0"/>
       <c r="E15" s="0"/>
       <c r="F15" s="0"/>
       <c r="G15" s="0"/>
     </row>
     <row r="16" spans="1:9">
       <c r="B16" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C16" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D16" s="8" t="s">
         <v>35</v>
       </c>
       <c r="E16" s="8" t="s">
-        <v>665</v>
+        <v>664</v>
       </c>
       <c r="F16" s="8" t="s">
         <v>11</v>
       </c>
       <c r="G16" s="8" t="s">
-        <v>699</v>
+        <v>698</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="B18" s="7" t="s">
-        <v>2491</v>
+        <v>2490</v>
       </c>
       <c r="C18" s="0"/>
       <c r="D18" s="0"/>
       <c r="E18" s="0"/>
       <c r="F18" s="0"/>
       <c r="G18" s="0"/>
     </row>
     <row r="19" spans="1:9">
       <c r="B19" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C19" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D19" s="8" t="s">
         <v>35</v>
       </c>
       <c r="E19" s="8" t="s">
-        <v>665</v>
+        <v>664</v>
       </c>
       <c r="F19" s="8" t="s">
         <v>11</v>
       </c>
       <c r="G19" s="8" t="s">
-        <v>699</v>
+        <v>698</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B1:G1"/>
     <mergeCell ref="B3:B5"/>
     <mergeCell ref="C3:D3"/>
     <mergeCell ref="E3:G3"/>
     <mergeCell ref="C5:D5"/>
     <mergeCell ref="E5:G5"/>
     <mergeCell ref="B9:G9"/>
     <mergeCell ref="B12:G12"/>
     <mergeCell ref="B15:G15"/>
     <mergeCell ref="B18:G18"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="F6" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" scale="100" fitToHeight="0" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
@@ -21494,1098 +21468,1098 @@
             </rPr>
             <t xml:space="preserve">Цены</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="14"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> для Пензы на: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFDE5705"/>
               <sz val="14"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">02.10.2025</t>
+            <t xml:space="preserve">16.11.2025</t>
           </r>
         </is>
       </c>
       <c r="F6" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:10">
       <c r="B7" s="6" t="s">
-        <v>625</v>
+        <v>624</v>
       </c>
     </row>
     <row r="9" spans="1:10">
       <c r="B9" s="7" t="s">
-        <v>626</v>
+        <v>625</v>
       </c>
       <c r="C9" s="0"/>
       <c r="D9" s="0"/>
       <c r="E9" s="0"/>
       <c r="F9" s="0"/>
       <c r="G9" s="0"/>
     </row>
     <row r="10" spans="1:10">
       <c r="B10" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D10" s="8" t="s">
-        <v>627</v>
+        <v>626</v>
       </c>
       <c r="E10" s="8" t="s">
         <v>36</v>
       </c>
       <c r="F10" s="8" t="s">
+        <v>627</v>
+      </c>
+      <c r="G10" s="8" t="s">
         <v>628</v>
-      </c>
-[...1 lines deleted...]
-        <v>629</v>
       </c>
       <c r="H10" s="8" t="s">
         <v>13</v>
       </c>
       <c r="I10" s="8" t="s">
-        <v>630</v>
+        <v>629</v>
       </c>
     </row>
     <row r="11" spans="1:10">
       <c r="B11" s="9" t="s">
+        <v>630</v>
+      </c>
+      <c r="C11" s="9" t="s">
         <v>631</v>
       </c>
-      <c r="C11" s="9" t="s">
+      <c r="D11" s="9" t="s">
         <v>632</v>
       </c>
-      <c r="D11" s="9" t="s">
+      <c r="E11" s="9" t="s">
         <v>633</v>
       </c>
-      <c r="E11" s="9" t="s">
+      <c r="F11" s="9" t="s">
         <v>634</v>
       </c>
-      <c r="F11" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G11" s="10">
-        <v>5100</v>
+        <v>4800</v>
       </c>
       <c r="H11" s="10"/>
       <c r="I11" s="10"/>
     </row>
     <row r="12" spans="1:10">
       <c r="B12" s="9" t="s">
-        <v>631</v>
+        <v>630</v>
       </c>
       <c r="C12" s="9" t="s">
+        <v>635</v>
+      </c>
+      <c r="D12" s="9" t="s">
         <v>636</v>
       </c>
-      <c r="D12" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E12" s="9" t="s">
+        <v>633</v>
+      </c>
+      <c r="F12" s="9" t="s">
         <v>634</v>
       </c>
-      <c r="F12" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G12" s="10">
-        <v>5100</v>
+        <v>4800</v>
       </c>
       <c r="H12" s="10"/>
       <c r="I12" s="10"/>
     </row>
     <row r="13" spans="1:10">
       <c r="B13" s="9" t="s">
-        <v>631</v>
+        <v>630</v>
       </c>
       <c r="C13" s="9" t="s">
+        <v>637</v>
+      </c>
+      <c r="D13" s="9" t="s">
         <v>638</v>
       </c>
-      <c r="D13" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E13" s="9" t="s">
+        <v>633</v>
+      </c>
+      <c r="F13" s="9" t="s">
         <v>634</v>
       </c>
-      <c r="F13" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G13" s="10">
-        <v>5100</v>
+        <v>4800</v>
       </c>
       <c r="H13" s="10"/>
       <c r="I13" s="10"/>
     </row>
     <row r="14" spans="1:10">
       <c r="B14" s="9" t="s">
+        <v>639</v>
+      </c>
+      <c r="C14" s="9" t="s">
         <v>640</v>
       </c>
-      <c r="C14" s="9" t="s">
+      <c r="D14" s="9" t="s">
         <v>641</v>
       </c>
-      <c r="D14" s="9" t="s">
+      <c r="E14" s="9" t="s">
+        <v>633</v>
+      </c>
+      <c r="F14" s="9" t="s">
         <v>642</v>
       </c>
-      <c r="E14" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G14" s="10">
-        <v>5100</v>
+        <v>4800</v>
       </c>
       <c r="H14" s="10"/>
       <c r="I14" s="10"/>
     </row>
     <row r="15" spans="1:10">
       <c r="B15" s="9" t="s">
-        <v>631</v>
+        <v>630</v>
       </c>
       <c r="C15" s="9" t="s">
+        <v>643</v>
+      </c>
+      <c r="D15" s="9" t="s">
         <v>644</v>
       </c>
-      <c r="D15" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E15" s="9" t="s">
-        <v>634</v>
+        <v>633</v>
       </c>
       <c r="F15" s="9">
         <v>32</v>
       </c>
       <c r="G15" s="10">
-        <v>5100</v>
+        <v>4800</v>
       </c>
       <c r="H15" s="10"/>
       <c r="I15" s="10"/>
     </row>
     <row r="16" spans="1:10">
       <c r="B16" s="9" t="s">
-        <v>640</v>
+        <v>639</v>
       </c>
       <c r="C16" s="9" t="s">
+        <v>645</v>
+      </c>
+      <c r="D16" s="9" t="s">
         <v>646</v>
       </c>
-      <c r="D16" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E16" s="9" t="s">
+        <v>633</v>
+      </c>
+      <c r="F16" s="9" t="s">
         <v>634</v>
       </c>
-      <c r="F16" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G16" s="10">
-        <v>5650</v>
+        <v>4800</v>
       </c>
       <c r="H16" s="10"/>
       <c r="I16" s="10"/>
     </row>
     <row r="17" spans="1:10">
       <c r="B17" s="9" t="s">
-        <v>640</v>
+        <v>639</v>
       </c>
       <c r="C17" s="9" t="s">
+        <v>647</v>
+      </c>
+      <c r="D17" s="9" t="s">
         <v>648</v>
       </c>
-      <c r="D17" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E17" s="9" t="s">
-        <v>634</v>
+        <v>633</v>
       </c>
       <c r="F17" s="9" t="s">
-        <v>643</v>
+        <v>642</v>
       </c>
       <c r="G17" s="10">
-        <v>5100</v>
+        <v>4800</v>
       </c>
       <c r="H17" s="10"/>
       <c r="I17" s="10"/>
     </row>
     <row r="18" spans="1:10">
       <c r="B18" s="9" t="s">
-        <v>640</v>
+        <v>639</v>
       </c>
       <c r="C18" s="9" t="s">
+        <v>649</v>
+      </c>
+      <c r="D18" s="9" t="s">
         <v>650</v>
       </c>
-      <c r="D18" s="9" t="s">
+      <c r="E18" s="9" t="s">
+        <v>633</v>
+      </c>
+      <c r="F18" s="9" t="s">
         <v>651</v>
       </c>
-      <c r="E18" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G18" s="10">
-        <v>5100</v>
+        <v>4800</v>
       </c>
       <c r="H18" s="10"/>
       <c r="I18" s="10"/>
     </row>
     <row r="19" spans="1:10">
       <c r="B19" s="9" t="s">
-        <v>631</v>
+        <v>630</v>
       </c>
       <c r="C19" s="9" t="s">
+        <v>652</v>
+      </c>
+      <c r="D19" s="9" t="s">
         <v>653</v>
       </c>
-      <c r="D19" s="9" t="s">
+      <c r="E19" s="9" t="s">
+        <v>633</v>
+      </c>
+      <c r="F19" s="9" t="s">
         <v>654</v>
       </c>
-      <c r="E19" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G19" s="10">
-        <v>5100</v>
+        <v>4800</v>
       </c>
       <c r="H19" s="10"/>
       <c r="I19" s="10"/>
     </row>
     <row r="20" spans="1:10">
       <c r="B20" s="9" t="s">
-        <v>631</v>
+        <v>630</v>
       </c>
       <c r="C20" s="9" t="s">
+        <v>655</v>
+      </c>
+      <c r="D20" s="9" t="s">
         <v>656</v>
       </c>
-      <c r="D20" s="9" t="s">
+      <c r="E20" s="9" t="s">
+        <v>633</v>
+      </c>
+      <c r="F20" s="9" t="s">
         <v>657</v>
       </c>
-      <c r="E20" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G20" s="10">
-        <v>5100</v>
+        <v>4800</v>
       </c>
       <c r="H20" s="10"/>
       <c r="I20" s="10"/>
     </row>
     <row r="21" spans="1:10">
       <c r="B21" s="9" t="s">
-        <v>631</v>
+        <v>630</v>
       </c>
       <c r="C21" s="9" t="s">
+        <v>658</v>
+      </c>
+      <c r="D21" s="9" t="s">
         <v>659</v>
       </c>
-      <c r="D21" s="9" t="s">
+      <c r="E21" s="9" t="s">
+        <v>633</v>
+      </c>
+      <c r="F21" s="9" t="s">
         <v>660</v>
       </c>
-      <c r="E21" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G21" s="10">
-        <v>5100</v>
+        <v>4800</v>
       </c>
       <c r="H21" s="10"/>
       <c r="I21" s="10"/>
     </row>
     <row r="22" spans="1:10">
       <c r="B22" s="9" t="s">
-        <v>640</v>
+        <v>639</v>
       </c>
       <c r="C22" s="9" t="s">
+        <v>661</v>
+      </c>
+      <c r="D22" s="9" t="s">
         <v>662</v>
       </c>
-      <c r="D22" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E22" s="9" t="s">
-        <v>634</v>
+        <v>633</v>
       </c>
       <c r="F22" s="9" t="s">
-        <v>643</v>
+        <v>642</v>
       </c>
       <c r="G22" s="10">
-        <v>5100</v>
+        <v>4800</v>
       </c>
       <c r="H22" s="10"/>
       <c r="I22" s="10"/>
     </row>
     <row r="24" spans="1:10">
       <c r="B24" s="7" t="s">
-        <v>664</v>
+        <v>663</v>
       </c>
       <c r="C24" s="0"/>
       <c r="D24" s="0"/>
       <c r="E24" s="0"/>
       <c r="F24" s="0"/>
       <c r="G24" s="0"/>
     </row>
     <row r="25" spans="1:10">
       <c r="B25" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C25" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D25" s="8" t="s">
+        <v>664</v>
+      </c>
+      <c r="E25" s="8" t="s">
         <v>665</v>
-      </c>
-[...1 lines deleted...]
-        <v>666</v>
       </c>
       <c r="F25" s="8" t="s">
         <v>11</v>
       </c>
       <c r="G25" s="8" t="s">
-        <v>667</v>
+        <v>666</v>
       </c>
     </row>
     <row r="27" spans="1:10">
       <c r="B27" s="7" t="s">
-        <v>668</v>
+        <v>667</v>
       </c>
       <c r="C27" s="0"/>
       <c r="D27" s="0"/>
       <c r="E27" s="0"/>
       <c r="F27" s="0"/>
       <c r="G27" s="0"/>
     </row>
     <row r="28" spans="1:10">
       <c r="B28" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C28" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D28" s="8" t="s">
+        <v>664</v>
+      </c>
+      <c r="E28" s="8" t="s">
         <v>665</v>
-      </c>
-[...1 lines deleted...]
-        <v>666</v>
       </c>
       <c r="F28" s="8" t="s">
         <v>11</v>
       </c>
       <c r="G28" s="8" t="s">
-        <v>667</v>
+        <v>666</v>
       </c>
     </row>
     <row r="29" spans="1:10">
       <c r="B29" s="9" t="s">
+        <v>668</v>
+      </c>
+      <c r="C29" s="9" t="s">
         <v>669</v>
       </c>
-      <c r="C29" s="9" t="s">
+      <c r="D29" s="9" t="s">
         <v>670</v>
-      </c>
-[...1 lines deleted...]
-        <v>671</v>
       </c>
       <c r="E29" s="9">
         <v>500</v>
       </c>
       <c r="F29" s="9" t="s">
-        <v>672</v>
+        <v>671</v>
       </c>
       <c r="G29" s="10">
         <v>825</v>
       </c>
     </row>
     <row r="30" spans="1:10">
       <c r="B30" s="9" t="s">
+        <v>672</v>
+      </c>
+      <c r="C30" s="9" t="s">
         <v>673</v>
       </c>
-      <c r="C30" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D30" s="9" t="s">
-        <v>671</v>
+        <v>670</v>
       </c>
       <c r="E30" s="9">
         <v>500</v>
       </c>
       <c r="F30" s="9" t="s">
-        <v>672</v>
+        <v>671</v>
       </c>
       <c r="G30" s="10">
         <v>825</v>
       </c>
     </row>
     <row r="31" spans="1:10">
       <c r="B31" s="9" t="s">
+        <v>674</v>
+      </c>
+      <c r="C31" s="9" t="s">
         <v>675</v>
       </c>
-      <c r="C31" s="9" t="s">
+      <c r="D31" s="9" t="s">
         <v>676</v>
-      </c>
-[...1 lines deleted...]
-        <v>677</v>
       </c>
       <c r="E31" s="9">
         <v>500</v>
       </c>
       <c r="F31" s="9" t="s">
-        <v>672</v>
+        <v>671</v>
       </c>
       <c r="G31" s="10">
         <v>825</v>
       </c>
     </row>
     <row r="32" spans="1:10">
       <c r="B32" s="9" t="s">
+        <v>677</v>
+      </c>
+      <c r="C32" s="9" t="s">
         <v>678</v>
       </c>
-      <c r="C32" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D32" s="9" t="s">
-        <v>677</v>
+        <v>676</v>
       </c>
       <c r="E32" s="9">
         <v>500</v>
       </c>
       <c r="F32" s="9" t="s">
-        <v>672</v>
+        <v>671</v>
       </c>
       <c r="G32" s="10">
         <v>825</v>
       </c>
     </row>
     <row r="33" spans="1:10">
       <c r="B33" s="9" t="s">
+        <v>679</v>
+      </c>
+      <c r="C33" s="9" t="s">
         <v>680</v>
       </c>
-      <c r="C33" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D33" s="9" t="s">
-        <v>677</v>
+        <v>676</v>
       </c>
       <c r="E33" s="9">
         <v>500</v>
       </c>
       <c r="F33" s="9" t="s">
-        <v>672</v>
+        <v>671</v>
       </c>
       <c r="G33" s="10">
         <v>825</v>
       </c>
     </row>
     <row r="34" spans="1:10">
       <c r="B34" s="9" t="s">
-        <v>675</v>
+        <v>674</v>
       </c>
       <c r="C34" s="9" t="s">
+        <v>681</v>
+      </c>
+      <c r="D34" s="9" t="s">
         <v>682</v>
-      </c>
-[...1 lines deleted...]
-        <v>683</v>
       </c>
       <c r="E34" s="9">
         <v>500</v>
       </c>
       <c r="F34" s="9" t="s">
-        <v>672</v>
+        <v>671</v>
       </c>
       <c r="G34" s="10">
         <v>825</v>
       </c>
     </row>
     <row r="35" spans="1:10">
       <c r="B35" s="9" t="s">
-        <v>678</v>
+        <v>677</v>
       </c>
       <c r="C35" s="9" t="s">
-        <v>684</v>
+        <v>683</v>
       </c>
       <c r="D35" s="9" t="s">
-        <v>677</v>
+        <v>676</v>
       </c>
       <c r="E35" s="9">
         <v>500</v>
       </c>
       <c r="F35" s="9" t="s">
-        <v>672</v>
+        <v>671</v>
       </c>
       <c r="G35" s="10">
         <v>825</v>
       </c>
     </row>
     <row r="37" spans="1:10">
       <c r="B37" s="7" t="s">
-        <v>685</v>
+        <v>684</v>
       </c>
       <c r="C37" s="0"/>
       <c r="D37" s="0"/>
       <c r="E37" s="0"/>
       <c r="F37" s="0"/>
       <c r="G37" s="0"/>
     </row>
     <row r="38" spans="1:10">
       <c r="B38" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C38" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D38" s="8" t="s">
+        <v>664</v>
+      </c>
+      <c r="E38" s="8" t="s">
         <v>665</v>
-      </c>
-[...1 lines deleted...]
-        <v>666</v>
       </c>
       <c r="F38" s="8" t="s">
         <v>11</v>
       </c>
       <c r="G38" s="8" t="s">
-        <v>686</v>
+        <v>685</v>
       </c>
     </row>
     <row r="40" spans="1:10">
       <c r="B40" s="7" t="s">
-        <v>687</v>
+        <v>686</v>
       </c>
       <c r="C40" s="0"/>
       <c r="D40" s="0"/>
       <c r="E40" s="0"/>
       <c r="F40" s="0"/>
       <c r="G40" s="0"/>
     </row>
     <row r="41" spans="1:10">
       <c r="B41" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C41" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D41" s="8" t="s">
-        <v>665</v>
+        <v>664</v>
       </c>
       <c r="E41" s="8" t="s">
-        <v>688</v>
+        <v>687</v>
       </c>
       <c r="F41" s="8" t="s">
         <v>11</v>
       </c>
       <c r="G41" s="8" t="s">
-        <v>686</v>
+        <v>685</v>
       </c>
     </row>
     <row r="43" spans="1:10">
       <c r="B43" s="7" t="s">
-        <v>689</v>
+        <v>688</v>
       </c>
       <c r="C43" s="0"/>
       <c r="D43" s="0"/>
       <c r="E43" s="0"/>
       <c r="F43" s="0"/>
       <c r="G43" s="0"/>
     </row>
     <row r="44" spans="1:10">
       <c r="B44" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C44" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D44" s="8" t="s">
+        <v>664</v>
+      </c>
+      <c r="E44" s="8" t="s">
         <v>665</v>
-      </c>
-[...1 lines deleted...]
-        <v>666</v>
       </c>
       <c r="F44" s="8" t="s">
         <v>36</v>
       </c>
       <c r="G44" s="8" t="s">
-        <v>667</v>
+        <v>666</v>
       </c>
     </row>
     <row r="46" spans="1:10">
       <c r="B46" s="7" t="s">
-        <v>690</v>
+        <v>689</v>
       </c>
       <c r="C46" s="0"/>
       <c r="D46" s="0"/>
       <c r="E46" s="0"/>
       <c r="F46" s="0"/>
       <c r="G46" s="0"/>
     </row>
     <row r="47" spans="1:10">
       <c r="B47" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C47" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D47" s="8" t="s">
-        <v>691</v>
+        <v>690</v>
       </c>
       <c r="E47" s="8" t="s">
         <v>11</v>
       </c>
       <c r="F47" s="8" t="s">
+        <v>691</v>
+      </c>
+      <c r="G47" s="8" t="s">
         <v>692</v>
       </c>
-      <c r="G47" s="8" t="s">
+      <c r="H47" s="8" t="s">
         <v>693</v>
       </c>
-      <c r="H47" s="8" t="s">
+      <c r="I47" s="8" t="s">
         <v>694</v>
       </c>
-      <c r="I47" s="8" t="s">
+      <c r="J47" s="8" t="s">
         <v>695</v>
-      </c>
-[...1 lines deleted...]
-        <v>696</v>
       </c>
     </row>
     <row r="49" spans="1:10">
       <c r="B49" s="7" t="s">
-        <v>697</v>
+        <v>696</v>
       </c>
       <c r="C49" s="0"/>
       <c r="D49" s="0"/>
       <c r="E49" s="0"/>
       <c r="F49" s="0"/>
       <c r="G49" s="0"/>
     </row>
     <row r="50" spans="1:10">
       <c r="B50" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C50" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D50" s="8" t="s">
-        <v>698</v>
+        <v>697</v>
       </c>
       <c r="E50" s="8" t="s">
         <v>11</v>
       </c>
       <c r="F50" s="8" t="s">
-        <v>699</v>
+        <v>698</v>
       </c>
     </row>
     <row r="52" spans="1:10">
       <c r="B52" s="7" t="s">
-        <v>700</v>
+        <v>699</v>
       </c>
       <c r="C52" s="0"/>
       <c r="D52" s="0"/>
       <c r="E52" s="0"/>
       <c r="F52" s="0"/>
       <c r="G52" s="0"/>
     </row>
     <row r="53" spans="1:10">
       <c r="B53" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C53" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D53" s="8" t="s">
         <v>10</v>
       </c>
       <c r="E53" s="8" t="s">
-        <v>701</v>
+        <v>700</v>
       </c>
       <c r="F53" s="8" t="s">
         <v>11</v>
       </c>
       <c r="G53" s="8" t="s">
-        <v>702</v>
+        <v>701</v>
       </c>
       <c r="H53" s="8" t="s">
         <v>12</v>
       </c>
       <c r="I53" s="8" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="55" spans="1:10">
       <c r="B55" s="7" t="s">
-        <v>703</v>
+        <v>702</v>
       </c>
       <c r="C55" s="0"/>
       <c r="D55" s="0"/>
       <c r="E55" s="0"/>
       <c r="F55" s="0"/>
       <c r="G55" s="0"/>
     </row>
     <row r="56" spans="1:10">
       <c r="B56" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C56" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D56" s="8" t="s">
-        <v>665</v>
+        <v>664</v>
       </c>
       <c r="E56" s="8" t="s">
         <v>11</v>
       </c>
       <c r="F56" s="8" t="s">
-        <v>693</v>
+        <v>692</v>
       </c>
     </row>
     <row r="57" spans="1:10">
       <c r="B57" s="9" t="s">
+        <v>703</v>
+      </c>
+      <c r="C57" s="9" t="s">
         <v>704</v>
       </c>
-      <c r="C57" s="9" t="s">
+      <c r="D57" s="9" t="s">
         <v>705</v>
       </c>
-      <c r="D57" s="9" t="s">
+      <c r="E57" s="9" t="s">
         <v>706</v>
-      </c>
-[...1 lines deleted...]
-        <v>707</v>
       </c>
       <c r="F57" s="10">
         <v>1121.6</v>
       </c>
     </row>
     <row r="58" spans="1:10">
       <c r="B58" s="9" t="s">
+        <v>707</v>
+      </c>
+      <c r="C58" s="9" t="s">
         <v>708</v>
       </c>
-      <c r="C58" s="9" t="s">
+      <c r="D58" s="9" t="s">
         <v>709</v>
       </c>
-      <c r="D58" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E58" s="9" t="s">
-        <v>707</v>
+        <v>706</v>
       </c>
       <c r="F58" s="10">
         <v>1245.1</v>
       </c>
     </row>
     <row r="59" spans="1:10">
       <c r="B59" s="9" t="s">
-        <v>704</v>
+        <v>703</v>
       </c>
       <c r="C59" s="9" t="s">
+        <v>710</v>
+      </c>
+      <c r="D59" s="9" t="s">
         <v>711</v>
       </c>
-      <c r="D59" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E59" s="9" t="s">
-        <v>707</v>
+        <v>706</v>
       </c>
       <c r="F59" s="10">
         <v>1372.1</v>
       </c>
     </row>
     <row r="60" spans="1:10">
       <c r="B60" s="9" t="s">
+        <v>712</v>
+      </c>
+      <c r="C60" s="9" t="s">
         <v>713</v>
       </c>
-      <c r="C60" s="9" t="s">
+      <c r="D60" s="9" t="s">
         <v>714</v>
       </c>
-      <c r="D60" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E60" s="9" t="s">
-        <v>707</v>
+        <v>706</v>
       </c>
       <c r="F60" s="10">
         <v>1493.8</v>
       </c>
     </row>
     <row r="61" spans="1:10">
       <c r="B61" s="9" t="s">
+        <v>715</v>
+      </c>
+      <c r="C61" s="9" t="s">
         <v>716</v>
       </c>
-      <c r="C61" s="9" t="s">
+      <c r="D61" s="9" t="s">
         <v>717</v>
       </c>
-      <c r="D61" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E61" s="9" t="s">
-        <v>707</v>
+        <v>706</v>
       </c>
       <c r="F61" s="10">
         <v>1621.5</v>
       </c>
     </row>
     <row r="63" spans="1:10">
       <c r="B63" s="7" t="s">
-        <v>719</v>
+        <v>718</v>
       </c>
       <c r="C63" s="0"/>
       <c r="D63" s="0"/>
       <c r="E63" s="0"/>
       <c r="F63" s="0"/>
       <c r="G63" s="0"/>
     </row>
     <row r="64" spans="1:10">
       <c r="B64" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C64" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D64" s="8" t="s">
-        <v>698</v>
+        <v>697</v>
       </c>
       <c r="E64" s="8" t="s">
         <v>11</v>
       </c>
       <c r="F64" s="8" t="s">
-        <v>699</v>
+        <v>698</v>
       </c>
     </row>
     <row r="65" spans="1:10">
       <c r="B65" s="9" t="s">
+        <v>719</v>
+      </c>
+      <c r="C65" s="9" t="s">
         <v>720</v>
       </c>
-      <c r="C65" s="9" t="s">
+      <c r="D65" s="9" t="s">
         <v>721</v>
       </c>
-      <c r="D65" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E65" s="9" t="s">
-        <v>707</v>
+        <v>706</v>
       </c>
       <c r="F65" s="10">
         <v>4073.5</v>
       </c>
     </row>
     <row r="66" spans="1:10">
       <c r="B66" s="9" t="s">
+        <v>722</v>
+      </c>
+      <c r="C66" s="9" t="s">
         <v>723</v>
       </c>
-      <c r="C66" s="9" t="s">
+      <c r="D66" s="9" t="s">
         <v>724</v>
       </c>
-      <c r="D66" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E66" s="9" t="s">
-        <v>707</v>
+        <v>706</v>
       </c>
       <c r="F66" s="10">
         <v>5116.7</v>
       </c>
     </row>
     <row r="67" spans="1:10">
       <c r="B67" s="9" t="s">
+        <v>725</v>
+      </c>
+      <c r="C67" s="9" t="s">
         <v>726</v>
       </c>
-      <c r="C67" s="9" t="s">
+      <c r="D67" s="9" t="s">
         <v>727</v>
       </c>
-      <c r="D67" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E67" s="9" t="s">
-        <v>707</v>
+        <v>706</v>
       </c>
       <c r="F67" s="10">
         <v>5350.3</v>
       </c>
     </row>
     <row r="68" spans="1:10">
       <c r="B68" s="9" t="s">
+        <v>728</v>
+      </c>
+      <c r="C68" s="9" t="s">
         <v>729</v>
       </c>
-      <c r="C68" s="9" t="s">
+      <c r="D68" s="9" t="s">
         <v>730</v>
       </c>
-      <c r="D68" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E68" s="9" t="s">
-        <v>707</v>
+        <v>706</v>
       </c>
       <c r="F68" s="10">
         <v>5802.9</v>
       </c>
     </row>
     <row r="69" spans="1:10">
       <c r="B69" s="9" t="s">
+        <v>731</v>
+      </c>
+      <c r="C69" s="9" t="s">
         <v>732</v>
       </c>
-      <c r="C69" s="9" t="s">
+      <c r="D69" s="9" t="s">
         <v>733</v>
       </c>
-      <c r="D69" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E69" s="9" t="s">
-        <v>707</v>
+        <v>706</v>
       </c>
       <c r="F69" s="10">
         <v>7426.6</v>
       </c>
     </row>
     <row r="70" spans="1:10">
       <c r="B70" s="9" t="s">
+        <v>734</v>
+      </c>
+      <c r="C70" s="9" t="s">
         <v>735</v>
       </c>
-      <c r="C70" s="9" t="s">
+      <c r="D70" s="9" t="s">
         <v>736</v>
       </c>
-      <c r="D70" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E70" s="9" t="s">
-        <v>707</v>
+        <v>706</v>
       </c>
       <c r="F70" s="10">
         <v>1790.5</v>
       </c>
     </row>
     <row r="71" spans="1:10">
       <c r="B71" s="9" t="s">
+        <v>737</v>
+      </c>
+      <c r="C71" s="9" t="s">
         <v>738</v>
       </c>
-      <c r="C71" s="9" t="s">
+      <c r="D71" s="9" t="s">
         <v>739</v>
       </c>
-      <c r="D71" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E71" s="9" t="s">
-        <v>707</v>
+        <v>706</v>
       </c>
       <c r="F71" s="10">
         <v>1350.8</v>
       </c>
     </row>
     <row r="72" spans="1:10">
       <c r="B72" s="9" t="s">
+        <v>740</v>
+      </c>
+      <c r="C72" s="9" t="s">
         <v>741</v>
       </c>
-      <c r="C72" s="9" t="s">
+      <c r="D72" s="9" t="s">
         <v>742</v>
       </c>
-      <c r="D72" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E72" s="9" t="s">
-        <v>707</v>
+        <v>706</v>
       </c>
       <c r="F72" s="10"/>
     </row>
     <row r="74" spans="1:10">
       <c r="B74" s="7" t="s">
-        <v>744</v>
+        <v>743</v>
       </c>
       <c r="C74" s="0"/>
       <c r="D74" s="0"/>
       <c r="E74" s="0"/>
       <c r="F74" s="0"/>
       <c r="G74" s="0"/>
     </row>
     <row r="75" spans="1:10">
       <c r="B75" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C75" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D75" s="8" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="E75" s="8" t="s">
-        <v>665</v>
+        <v>664</v>
       </c>
       <c r="F75" s="8" t="s">
         <v>11</v>
       </c>
       <c r="G75" s="8" t="s">
-        <v>745</v>
+        <v>744</v>
       </c>
       <c r="H75" s="8" t="s">
+        <v>622</v>
+      </c>
+      <c r="I75" s="8" t="s">
         <v>623</v>
-      </c>
-[...1 lines deleted...]
-        <v>624</v>
       </c>
     </row>
     <row r="77" spans="1:10">
       <c r="B77" s="7" t="s">
-        <v>746</v>
+        <v>745</v>
       </c>
       <c r="C77" s="0"/>
       <c r="D77" s="0"/>
       <c r="E77" s="0"/>
       <c r="F77" s="0"/>
       <c r="G77" s="0"/>
     </row>
     <row r="78" spans="1:10">
       <c r="B78" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C78" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D78" s="8" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="E78" s="8" t="s">
-        <v>665</v>
+        <v>664</v>
       </c>
       <c r="F78" s="8" t="s">
         <v>11</v>
       </c>
       <c r="G78" s="8" t="s">
-        <v>747</v>
+        <v>746</v>
       </c>
       <c r="H78" s="8" t="s">
+        <v>622</v>
+      </c>
+      <c r="I78" s="8" t="s">
         <v>623</v>
-      </c>
-[...1 lines deleted...]
-        <v>624</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B1:G1"/>
     <mergeCell ref="B3:B5"/>
     <mergeCell ref="C3:D3"/>
     <mergeCell ref="E3:G3"/>
     <mergeCell ref="C5:D5"/>
     <mergeCell ref="E5:G5"/>
     <mergeCell ref="B9:G9"/>
     <mergeCell ref="B24:G24"/>
     <mergeCell ref="B27:G27"/>
     <mergeCell ref="B37:G37"/>
     <mergeCell ref="B40:G40"/>
     <mergeCell ref="B43:G43"/>
     <mergeCell ref="B46:G46"/>
     <mergeCell ref="B49:G49"/>
     <mergeCell ref="B52:G52"/>
     <mergeCell ref="B55:G55"/>
     <mergeCell ref="B63:G63"/>
     <mergeCell ref="B74:G74"/>
     <mergeCell ref="B77:G77"/>
   </mergeCells>
@@ -22707,5387 +22681,5387 @@
             </rPr>
             <t xml:space="preserve">Цены</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="14"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> для Пензы на: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFDE5705"/>
               <sz val="14"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">02.10.2025</t>
+            <t xml:space="preserve">16.11.2025</t>
           </r>
         </is>
       </c>
       <c r="F6" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:10">
       <c r="B7" s="6" t="s">
-        <v>748</v>
+        <v>747</v>
       </c>
     </row>
     <row r="9" spans="1:10">
       <c r="B9" s="7" t="s">
-        <v>749</v>
+        <v>748</v>
       </c>
       <c r="C9" s="0"/>
       <c r="D9" s="0"/>
       <c r="E9" s="0"/>
       <c r="F9" s="0"/>
       <c r="G9" s="0"/>
     </row>
     <row r="10" spans="1:10">
       <c r="B10" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D10" s="8" t="s">
-        <v>750</v>
+        <v>749</v>
       </c>
       <c r="E10" s="8" t="s">
         <v>11</v>
       </c>
       <c r="F10" s="8" t="s">
         <v>35</v>
       </c>
       <c r="G10" s="8" t="s">
-        <v>751</v>
+        <v>750</v>
       </c>
       <c r="H10" s="8" t="s">
-        <v>618</v>
+        <v>617</v>
       </c>
       <c r="I10" s="8" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="12" spans="1:10">
       <c r="B12" s="7" t="s">
-        <v>752</v>
+        <v>751</v>
       </c>
       <c r="C12" s="0"/>
       <c r="D12" s="0"/>
       <c r="E12" s="0"/>
       <c r="F12" s="0"/>
       <c r="G12" s="0"/>
     </row>
     <row r="13" spans="1:10">
       <c r="B13" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C13" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D13" s="8" t="s">
-        <v>750</v>
+        <v>749</v>
       </c>
       <c r="E13" s="8" t="s">
         <v>11</v>
       </c>
       <c r="F13" s="8" t="s">
         <v>35</v>
       </c>
       <c r="G13" s="8" t="s">
-        <v>751</v>
+        <v>750</v>
       </c>
       <c r="H13" s="8" t="s">
-        <v>618</v>
+        <v>617</v>
       </c>
       <c r="I13" s="8" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="14" spans="1:10">
       <c r="B14" s="9" t="s">
+        <v>752</v>
+      </c>
+      <c r="C14" s="9" t="s">
         <v>753</v>
       </c>
-      <c r="C14" s="9" t="s">
+      <c r="D14" s="9" t="s">
         <v>754</v>
       </c>
-      <c r="D14" s="9" t="s">
+      <c r="E14" s="9" t="s">
         <v>755</v>
       </c>
-      <c r="E14" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F14" s="9" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="G14" s="9">
         <v>40</v>
       </c>
       <c r="H14" s="10">
         <v>358</v>
       </c>
       <c r="I14" s="10"/>
     </row>
     <row r="15" spans="1:10">
       <c r="B15" s="9" t="s">
+        <v>756</v>
+      </c>
+      <c r="C15" s="9" t="s">
         <v>757</v>
       </c>
-      <c r="C15" s="9" t="s">
+      <c r="D15" s="9" t="s">
         <v>758</v>
       </c>
-      <c r="D15" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E15" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F15" s="9" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="G15" s="9">
         <v>40</v>
       </c>
       <c r="H15" s="10">
         <v>370</v>
       </c>
       <c r="I15" s="10"/>
     </row>
     <row r="16" spans="1:10">
       <c r="B16" s="9" t="s">
+        <v>759</v>
+      </c>
+      <c r="C16" s="9" t="s">
         <v>760</v>
       </c>
-      <c r="C16" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D16" s="9" t="s">
-        <v>759</v>
+        <v>758</v>
       </c>
       <c r="E16" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F16" s="9" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="G16" s="9">
         <v>40</v>
       </c>
       <c r="H16" s="10">
         <v>420</v>
       </c>
       <c r="I16" s="10"/>
     </row>
     <row r="18" spans="1:10">
       <c r="B18" s="7" t="s">
-        <v>762</v>
+        <v>761</v>
       </c>
       <c r="C18" s="0"/>
       <c r="D18" s="0"/>
       <c r="E18" s="0"/>
       <c r="F18" s="0"/>
       <c r="G18" s="0"/>
     </row>
     <row r="19" spans="1:10">
       <c r="B19" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C19" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D19" s="8" t="s">
-        <v>750</v>
+        <v>749</v>
       </c>
       <c r="E19" s="8" t="s">
         <v>11</v>
       </c>
       <c r="F19" s="8" t="s">
-        <v>763</v>
+        <v>762</v>
       </c>
       <c r="G19" s="8" t="s">
         <v>35</v>
       </c>
       <c r="H19" s="8" t="s">
-        <v>751</v>
+        <v>750</v>
       </c>
       <c r="I19" s="8" t="s">
-        <v>764</v>
+        <v>763</v>
       </c>
       <c r="J19" s="8" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="20" spans="1:10">
       <c r="B20" s="9" t="s">
+        <v>764</v>
+      </c>
+      <c r="C20" s="9" t="s">
         <v>765</v>
       </c>
-      <c r="C20" s="9" t="s">
+      <c r="D20" s="9" t="s">
         <v>766</v>
       </c>
-      <c r="D20" s="9" t="s">
+      <c r="E20" s="9" t="s">
+        <v>755</v>
+      </c>
+      <c r="F20" s="9" t="s">
         <v>767</v>
       </c>
-      <c r="E20" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G20" s="9" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="H20" s="9">
         <v>30</v>
       </c>
       <c r="I20" s="10">
         <v>513</v>
       </c>
       <c r="J20" s="10"/>
     </row>
     <row r="21" spans="1:10">
       <c r="B21" s="9" t="s">
+        <v>768</v>
+      </c>
+      <c r="C21" s="9" t="s">
         <v>769</v>
       </c>
-      <c r="C21" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D21" s="9" t="s">
+        <v>766</v>
+      </c>
+      <c r="E21" s="9" t="s">
+        <v>755</v>
+      </c>
+      <c r="F21" s="9" t="s">
         <v>767</v>
       </c>
-      <c r="E21" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G21" s="9" t="s">
-        <v>208</v>
+        <v>456</v>
       </c>
       <c r="H21" s="9">
         <v>30</v>
       </c>
       <c r="I21" s="10">
         <v>529</v>
       </c>
       <c r="J21" s="10"/>
     </row>
     <row r="22" spans="1:10">
       <c r="B22" s="9" t="s">
+        <v>770</v>
+      </c>
+      <c r="C22" s="9" t="s">
         <v>771</v>
       </c>
-      <c r="C22" s="9" t="s">
+      <c r="D22" s="9" t="s">
         <v>772</v>
       </c>
-      <c r="D22" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E22" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F22" s="9" t="s">
-        <v>768</v>
+        <v>767</v>
       </c>
       <c r="G22" s="9" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="H22" s="9">
         <v>30</v>
       </c>
       <c r="I22" s="10">
         <v>550</v>
       </c>
       <c r="J22" s="10"/>
     </row>
     <row r="23" spans="1:10">
       <c r="B23" s="9" t="s">
+        <v>773</v>
+      </c>
+      <c r="C23" s="9" t="s">
         <v>774</v>
       </c>
-      <c r="C23" s="9" t="s">
+      <c r="D23" s="9" t="s">
         <v>775</v>
       </c>
-      <c r="D23" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E23" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F23" s="9" t="s">
-        <v>768</v>
+        <v>767</v>
       </c>
       <c r="G23" s="9" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="H23" s="9">
         <v>30</v>
       </c>
       <c r="I23" s="10">
         <v>571</v>
       </c>
       <c r="J23" s="10"/>
     </row>
     <row r="24" spans="1:10">
       <c r="B24" s="9" t="s">
+        <v>776</v>
+      </c>
+      <c r="C24" s="9" t="s">
         <v>777</v>
       </c>
-      <c r="C24" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D24" s="9" t="s">
-        <v>773</v>
+        <v>772</v>
       </c>
       <c r="E24" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F24" s="9" t="s">
-        <v>768</v>
+        <v>767</v>
       </c>
       <c r="G24" s="9" t="s">
-        <v>208</v>
+        <v>456</v>
       </c>
       <c r="H24" s="9">
         <v>30</v>
       </c>
       <c r="I24" s="10">
         <v>595</v>
       </c>
       <c r="J24" s="10"/>
     </row>
     <row r="25" spans="1:10">
       <c r="B25" s="9" t="s">
+        <v>778</v>
+      </c>
+      <c r="C25" s="9" t="s">
         <v>779</v>
       </c>
-      <c r="C25" s="9" t="s">
+      <c r="D25" s="9" t="s">
         <v>780</v>
       </c>
-      <c r="D25" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E25" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F25" s="9" t="s">
-        <v>768</v>
+        <v>767</v>
       </c>
       <c r="G25" s="9" t="s">
-        <v>208</v>
+        <v>456</v>
       </c>
       <c r="H25" s="9">
         <v>30</v>
       </c>
       <c r="I25" s="10">
         <v>601</v>
       </c>
       <c r="J25" s="10"/>
     </row>
     <row r="26" spans="1:10">
       <c r="B26" s="9" t="s">
+        <v>781</v>
+      </c>
+      <c r="C26" s="9" t="s">
         <v>782</v>
       </c>
-      <c r="C26" s="9" t="s">
+      <c r="D26" s="9" t="s">
         <v>783</v>
       </c>
-      <c r="D26" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E26" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F26" s="9" t="s">
-        <v>768</v>
+        <v>767</v>
       </c>
       <c r="G26" s="9" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="H26" s="9">
         <v>30</v>
       </c>
       <c r="I26" s="10">
         <v>856</v>
       </c>
       <c r="J26" s="10"/>
     </row>
     <row r="28" spans="1:10">
       <c r="B28" s="7" t="s">
-        <v>785</v>
+        <v>784</v>
       </c>
       <c r="C28" s="0"/>
       <c r="D28" s="0"/>
       <c r="E28" s="0"/>
       <c r="F28" s="0"/>
       <c r="G28" s="0"/>
     </row>
     <row r="29" spans="1:10">
       <c r="B29" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C29" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D29" s="8" t="s">
-        <v>750</v>
+        <v>749</v>
       </c>
       <c r="E29" s="8" t="s">
         <v>11</v>
       </c>
       <c r="F29" s="8" t="s">
-        <v>763</v>
+        <v>762</v>
       </c>
       <c r="G29" s="8" t="s">
         <v>35</v>
       </c>
       <c r="H29" s="8" t="s">
-        <v>751</v>
+        <v>750</v>
       </c>
       <c r="I29" s="8" t="s">
-        <v>618</v>
+        <v>617</v>
       </c>
       <c r="J29" s="8" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="30" spans="1:10">
       <c r="B30" s="9" t="s">
+        <v>785</v>
+      </c>
+      <c r="C30" s="9" t="s">
         <v>786</v>
       </c>
-      <c r="C30" s="9" t="s">
+      <c r="D30" s="9" t="s">
         <v>787</v>
       </c>
-      <c r="D30" s="9" t="s">
+      <c r="E30" s="9" t="s">
+        <v>755</v>
+      </c>
+      <c r="F30" s="9" t="s">
         <v>788</v>
       </c>
-      <c r="E30" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G30" s="9" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="H30" s="9">
         <v>25</v>
       </c>
       <c r="I30" s="10">
         <v>322</v>
       </c>
       <c r="J30" s="10"/>
     </row>
     <row r="31" spans="1:10">
       <c r="B31" s="9" t="s">
+        <v>789</v>
+      </c>
+      <c r="C31" s="9" t="s">
         <v>790</v>
       </c>
-      <c r="C31" s="9" t="s">
+      <c r="D31" s="9" t="s">
         <v>791</v>
       </c>
-      <c r="D31" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E31" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F31" s="9" t="s">
-        <v>789</v>
+        <v>788</v>
       </c>
       <c r="G31" s="9" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="H31" s="9">
         <v>25</v>
       </c>
       <c r="I31" s="10">
         <v>410</v>
       </c>
       <c r="J31" s="10"/>
     </row>
     <row r="32" spans="1:10">
       <c r="B32" s="9" t="s">
+        <v>792</v>
+      </c>
+      <c r="C32" s="9" t="s">
         <v>793</v>
       </c>
-      <c r="C32" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D32" s="9" t="s">
-        <v>792</v>
+        <v>791</v>
       </c>
       <c r="E32" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F32" s="9" t="s">
-        <v>789</v>
+        <v>788</v>
       </c>
       <c r="G32" s="9" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="H32" s="9">
         <v>25</v>
       </c>
       <c r="I32" s="10">
         <v>491</v>
       </c>
       <c r="J32" s="10"/>
     </row>
     <row r="33" spans="1:10">
       <c r="B33" s="9" t="s">
+        <v>794</v>
+      </c>
+      <c r="C33" s="9" t="s">
         <v>795</v>
       </c>
-      <c r="C33" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D33" s="9" t="s">
-        <v>792</v>
+        <v>791</v>
       </c>
       <c r="E33" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F33" s="9" t="s">
-        <v>789</v>
+        <v>788</v>
       </c>
       <c r="G33" s="9" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="H33" s="9">
         <v>25</v>
       </c>
       <c r="I33" s="10">
         <v>545</v>
       </c>
       <c r="J33" s="10"/>
     </row>
     <row r="34" spans="1:10">
       <c r="B34" s="9" t="s">
+        <v>796</v>
+      </c>
+      <c r="C34" s="9" t="s">
         <v>797</v>
       </c>
-      <c r="C34" s="9" t="s">
+      <c r="D34" s="9" t="s">
         <v>798</v>
       </c>
-      <c r="D34" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E34" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F34" s="9" t="s">
-        <v>789</v>
+        <v>788</v>
       </c>
       <c r="G34" s="9" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="H34" s="9">
         <v>25</v>
       </c>
       <c r="I34" s="10">
         <v>559</v>
       </c>
       <c r="J34" s="10"/>
     </row>
     <row r="35" spans="1:10">
       <c r="B35" s="9" t="s">
+        <v>799</v>
+      </c>
+      <c r="C35" s="9" t="s">
         <v>800</v>
       </c>
-      <c r="C35" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D35" s="9" t="s">
-        <v>799</v>
+        <v>798</v>
       </c>
       <c r="E35" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F35" s="9" t="s">
-        <v>789</v>
+        <v>788</v>
       </c>
       <c r="G35" s="9" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="H35" s="9">
         <v>25</v>
       </c>
       <c r="I35" s="10">
         <v>570</v>
       </c>
       <c r="J35" s="10"/>
     </row>
     <row r="36" spans="1:10">
       <c r="B36" s="9" t="s">
+        <v>801</v>
+      </c>
+      <c r="C36" s="9" t="s">
         <v>802</v>
       </c>
-      <c r="C36" s="9" t="s">
+      <c r="D36" s="9" t="s">
         <v>803</v>
       </c>
-      <c r="D36" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E36" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F36" s="9" t="s">
-        <v>789</v>
+        <v>788</v>
       </c>
       <c r="G36" s="9" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="H36" s="9">
         <v>40</v>
       </c>
       <c r="I36" s="10">
         <v>571</v>
       </c>
       <c r="J36" s="10"/>
     </row>
     <row r="37" spans="1:10">
       <c r="B37" s="9" t="s">
+        <v>804</v>
+      </c>
+      <c r="C37" s="9" t="s">
         <v>805</v>
       </c>
-      <c r="C37" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D37" s="9" t="s">
-        <v>799</v>
+        <v>798</v>
       </c>
       <c r="E37" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F37" s="9" t="s">
-        <v>789</v>
+        <v>788</v>
       </c>
       <c r="G37" s="9" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="H37" s="9">
         <v>30</v>
       </c>
       <c r="I37" s="10">
         <v>574</v>
       </c>
       <c r="J37" s="10"/>
     </row>
     <row r="38" spans="1:10">
       <c r="B38" s="9" t="s">
+        <v>806</v>
+      </c>
+      <c r="C38" s="9" t="s">
         <v>807</v>
       </c>
-      <c r="C38" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D38" s="9" t="s">
-        <v>799</v>
+        <v>798</v>
       </c>
       <c r="E38" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F38" s="9" t="s">
-        <v>789</v>
+        <v>788</v>
       </c>
       <c r="G38" s="9" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="H38" s="9">
         <v>25</v>
       </c>
       <c r="I38" s="10">
         <v>606</v>
       </c>
       <c r="J38" s="10"/>
     </row>
     <row r="39" spans="1:10">
       <c r="B39" s="9" t="s">
+        <v>808</v>
+      </c>
+      <c r="C39" s="9" t="s">
         <v>809</v>
       </c>
-      <c r="C39" s="9" t="s">
+      <c r="D39" s="9" t="s">
         <v>810</v>
       </c>
-      <c r="D39" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E39" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F39" s="9" t="s">
-        <v>789</v>
+        <v>788</v>
       </c>
       <c r="G39" s="9" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="H39" s="9">
         <v>30</v>
       </c>
       <c r="I39" s="10">
         <v>634</v>
       </c>
       <c r="J39" s="10"/>
     </row>
     <row r="40" spans="1:10">
       <c r="B40" s="9" t="s">
+        <v>811</v>
+      </c>
+      <c r="C40" s="9" t="s">
         <v>812</v>
       </c>
-      <c r="C40" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D40" s="9" t="s">
-        <v>799</v>
+        <v>798</v>
       </c>
       <c r="E40" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F40" s="9" t="s">
-        <v>789</v>
+        <v>788</v>
       </c>
       <c r="G40" s="9" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="H40" s="9">
         <v>25</v>
       </c>
       <c r="I40" s="10">
         <v>642</v>
       </c>
       <c r="J40" s="10"/>
     </row>
     <row r="41" spans="1:10">
       <c r="B41" s="9" t="s">
+        <v>813</v>
+      </c>
+      <c r="C41" s="9" t="s">
         <v>814</v>
       </c>
-      <c r="C41" s="9" t="s">
+      <c r="D41" s="9" t="s">
         <v>815</v>
       </c>
-      <c r="D41" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E41" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F41" s="9" t="s">
-        <v>789</v>
+        <v>788</v>
       </c>
       <c r="G41" s="9" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="H41" s="9">
         <v>40</v>
       </c>
       <c r="I41" s="10">
         <v>647</v>
       </c>
       <c r="J41" s="10"/>
     </row>
     <row r="42" spans="1:10">
       <c r="B42" s="9" t="s">
+        <v>816</v>
+      </c>
+      <c r="C42" s="9" t="s">
         <v>817</v>
       </c>
-      <c r="C42" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D42" s="9" t="s">
-        <v>799</v>
+        <v>798</v>
       </c>
       <c r="E42" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F42" s="9" t="s">
-        <v>789</v>
+        <v>788</v>
       </c>
       <c r="G42" s="9" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="H42" s="9">
         <v>30</v>
       </c>
       <c r="I42" s="10">
         <v>668</v>
       </c>
       <c r="J42" s="10"/>
     </row>
     <row r="43" spans="1:10">
       <c r="B43" s="9" t="s">
+        <v>818</v>
+      </c>
+      <c r="C43" s="9" t="s">
         <v>819</v>
       </c>
-      <c r="C43" s="9" t="s">
+      <c r="D43" s="9" t="s">
         <v>820</v>
       </c>
-      <c r="D43" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E43" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F43" s="9" t="s">
-        <v>789</v>
+        <v>788</v>
       </c>
       <c r="G43" s="9" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="H43" s="9">
         <v>40</v>
       </c>
       <c r="I43" s="10">
         <v>696</v>
       </c>
       <c r="J43" s="10"/>
     </row>
     <row r="44" spans="1:10">
       <c r="B44" s="9" t="s">
+        <v>821</v>
+      </c>
+      <c r="C44" s="9" t="s">
         <v>822</v>
       </c>
-      <c r="C44" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D44" s="9" t="s">
-        <v>816</v>
+        <v>815</v>
       </c>
       <c r="E44" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F44" s="9" t="s">
-        <v>789</v>
+        <v>788</v>
       </c>
       <c r="G44" s="9" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="H44" s="9">
         <v>40</v>
       </c>
       <c r="I44" s="10">
         <v>722</v>
       </c>
       <c r="J44" s="10"/>
     </row>
     <row r="45" spans="1:10">
       <c r="B45" s="9" t="s">
+        <v>823</v>
+      </c>
+      <c r="C45" s="9" t="s">
         <v>824</v>
       </c>
-      <c r="C45" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D45" s="9" t="s">
-        <v>811</v>
+        <v>810</v>
       </c>
       <c r="E45" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F45" s="9" t="s">
-        <v>789</v>
+        <v>788</v>
       </c>
       <c r="G45" s="9" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="H45" s="9">
         <v>30</v>
       </c>
       <c r="I45" s="10">
         <v>768</v>
       </c>
       <c r="J45" s="10"/>
     </row>
     <row r="47" spans="1:10">
       <c r="B47" s="7" t="s">
-        <v>826</v>
+        <v>825</v>
       </c>
       <c r="C47" s="0"/>
       <c r="D47" s="0"/>
       <c r="E47" s="0"/>
       <c r="F47" s="0"/>
       <c r="G47" s="0"/>
     </row>
     <row r="48" spans="1:10">
       <c r="B48" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C48" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D48" s="8" t="s">
-        <v>750</v>
+        <v>749</v>
       </c>
       <c r="E48" s="8" t="s">
         <v>11</v>
       </c>
       <c r="F48" s="8" t="s">
         <v>35</v>
       </c>
       <c r="G48" s="8" t="s">
-        <v>751</v>
+        <v>750</v>
       </c>
       <c r="H48" s="8" t="s">
-        <v>827</v>
+        <v>826</v>
       </c>
       <c r="I48" s="8" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="49" spans="1:10">
       <c r="B49" s="9" t="s">
+        <v>827</v>
+      </c>
+      <c r="C49" s="9" t="s">
         <v>828</v>
       </c>
-      <c r="C49" s="9" t="s">
+      <c r="D49" s="9" t="s">
         <v>829</v>
       </c>
-      <c r="D49" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E49" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F49" s="9" t="s">
-        <v>208</v>
+        <v>456</v>
       </c>
       <c r="G49" s="9">
         <v>25</v>
       </c>
       <c r="H49" s="10">
         <v>804</v>
       </c>
       <c r="I49" s="10"/>
     </row>
     <row r="50" spans="1:10">
       <c r="B50" s="9" t="s">
+        <v>830</v>
+      </c>
+      <c r="C50" s="9" t="s">
         <v>831</v>
       </c>
-      <c r="C50" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D50" s="9" t="s">
-        <v>830</v>
+        <v>829</v>
       </c>
       <c r="E50" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F50" s="9" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="G50" s="9">
         <v>25</v>
       </c>
       <c r="H50" s="10">
         <v>808</v>
       </c>
       <c r="I50" s="10"/>
     </row>
     <row r="51" spans="1:10">
       <c r="B51" s="9" t="s">
+        <v>832</v>
+      </c>
+      <c r="C51" s="9" t="s">
         <v>833</v>
       </c>
-      <c r="C51" s="9" t="s">
+      <c r="D51" s="9" t="s">
         <v>834</v>
       </c>
-      <c r="D51" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E51" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F51" s="9" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="G51" s="9">
         <v>25</v>
       </c>
       <c r="H51" s="10">
         <v>956</v>
       </c>
       <c r="I51" s="10"/>
     </row>
     <row r="52" spans="1:10">
       <c r="B52" s="9" t="s">
+        <v>835</v>
+      </c>
+      <c r="C52" s="9" t="s">
         <v>836</v>
       </c>
-      <c r="C52" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D52" s="9" t="s">
-        <v>835</v>
+        <v>834</v>
       </c>
       <c r="E52" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F52" s="9" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="G52" s="9">
         <v>25</v>
       </c>
       <c r="H52" s="10">
         <v>972</v>
       </c>
       <c r="I52" s="10"/>
     </row>
     <row r="53" spans="1:10">
       <c r="B53" s="9" t="s">
+        <v>837</v>
+      </c>
+      <c r="C53" s="9" t="s">
         <v>838</v>
       </c>
-      <c r="C53" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D53" s="9" t="s">
-        <v>835</v>
+        <v>834</v>
       </c>
       <c r="E53" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F53" s="9" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="G53" s="9">
         <v>25</v>
       </c>
       <c r="H53" s="10">
         <v>1042</v>
       </c>
       <c r="I53" s="10"/>
     </row>
     <row r="54" spans="1:10">
       <c r="B54" s="9" t="s">
+        <v>839</v>
+      </c>
+      <c r="C54" s="9" t="s">
         <v>840</v>
       </c>
-      <c r="C54" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D54" s="9" t="s">
-        <v>830</v>
+        <v>829</v>
       </c>
       <c r="E54" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F54" s="9" t="s">
-        <v>208</v>
+        <v>456</v>
       </c>
       <c r="G54" s="9">
         <v>25</v>
       </c>
       <c r="H54" s="10">
         <v>1101</v>
       </c>
       <c r="I54" s="10"/>
     </row>
     <row r="55" spans="1:10">
       <c r="B55" s="9" t="s">
+        <v>841</v>
+      </c>
+      <c r="C55" s="9" t="s">
         <v>842</v>
       </c>
-      <c r="C55" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D55" s="9" t="s">
-        <v>835</v>
+        <v>834</v>
       </c>
       <c r="E55" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F55" s="9" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="G55" s="9">
         <v>25</v>
       </c>
       <c r="H55" s="10">
         <v>1192</v>
       </c>
       <c r="I55" s="10"/>
     </row>
     <row r="57" spans="1:10">
       <c r="B57" s="7" t="s">
-        <v>844</v>
+        <v>843</v>
       </c>
       <c r="C57" s="0"/>
       <c r="D57" s="0"/>
       <c r="E57" s="0"/>
       <c r="F57" s="0"/>
       <c r="G57" s="0"/>
     </row>
     <row r="58" spans="1:10">
       <c r="B58" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C58" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D58" s="8" t="s">
-        <v>750</v>
+        <v>749</v>
       </c>
       <c r="E58" s="8" t="s">
         <v>11</v>
       </c>
       <c r="F58" s="8" t="s">
-        <v>763</v>
+        <v>762</v>
       </c>
       <c r="G58" s="8" t="s">
         <v>35</v>
       </c>
       <c r="H58" s="8" t="s">
-        <v>751</v>
+        <v>750</v>
       </c>
       <c r="I58" s="8" t="s">
-        <v>618</v>
+        <v>617</v>
       </c>
       <c r="J58" s="8" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="59" spans="1:10">
       <c r="B59" s="9" t="s">
+        <v>844</v>
+      </c>
+      <c r="C59" s="9" t="s">
         <v>845</v>
       </c>
-      <c r="C59" s="9" t="s">
+      <c r="D59" s="9" t="s">
         <v>846</v>
       </c>
-      <c r="D59" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E59" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F59" s="9" t="s">
-        <v>768</v>
+        <v>767</v>
       </c>
       <c r="G59" s="9" t="s">
-        <v>208</v>
+        <v>456</v>
       </c>
       <c r="H59" s="9">
         <v>20</v>
       </c>
       <c r="I59" s="10">
         <v>581</v>
       </c>
       <c r="J59" s="10"/>
     </row>
     <row r="60" spans="1:10">
       <c r="B60" s="9" t="s">
+        <v>847</v>
+      </c>
+      <c r="C60" s="9" t="s">
         <v>848</v>
       </c>
-      <c r="C60" s="9" t="s">
+      <c r="D60" s="9" t="s">
         <v>849</v>
       </c>
-      <c r="D60" s="9" t="s">
+      <c r="E60" s="9" t="s">
+        <v>755</v>
+      </c>
+      <c r="F60" s="9" t="s">
         <v>850</v>
       </c>
-      <c r="E60" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G60" s="9" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="H60" s="9">
         <v>20</v>
       </c>
       <c r="I60" s="10">
         <v>621</v>
       </c>
       <c r="J60" s="10"/>
     </row>
     <row r="61" spans="1:10">
       <c r="B61" s="9" t="s">
+        <v>851</v>
+      </c>
+      <c r="C61" s="9" t="s">
         <v>852</v>
       </c>
-      <c r="C61" s="9" t="s">
+      <c r="D61" s="9" t="s">
         <v>853</v>
       </c>
-      <c r="D61" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E61" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F61" s="9" t="s">
-        <v>768</v>
+        <v>767</v>
       </c>
       <c r="G61" s="9" t="s">
-        <v>208</v>
+        <v>456</v>
       </c>
       <c r="H61" s="9">
         <v>20</v>
       </c>
       <c r="I61" s="10">
         <v>673</v>
       </c>
       <c r="J61" s="10"/>
     </row>
     <row r="62" spans="1:10">
       <c r="B62" s="9" t="s">
+        <v>854</v>
+      </c>
+      <c r="C62" s="9" t="s">
         <v>855</v>
       </c>
-      <c r="C62" s="9" t="s">
+      <c r="D62" s="9" t="s">
         <v>856</v>
       </c>
-      <c r="D62" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E62" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F62" s="9" t="s">
-        <v>768</v>
+        <v>767</v>
       </c>
       <c r="G62" s="9" t="s">
-        <v>208</v>
+        <v>456</v>
       </c>
       <c r="H62" s="9">
         <v>20</v>
       </c>
       <c r="I62" s="10">
         <v>683</v>
       </c>
       <c r="J62" s="10"/>
     </row>
     <row r="63" spans="1:10">
       <c r="B63" s="9" t="s">
+        <v>857</v>
+      </c>
+      <c r="C63" s="9" t="s">
         <v>858</v>
       </c>
-      <c r="C63" s="9" t="s">
+      <c r="D63" s="9" t="s">
         <v>859</v>
       </c>
-      <c r="D63" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E63" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F63" s="9" t="s">
-        <v>851</v>
+        <v>850</v>
       </c>
       <c r="G63" s="9" t="s">
-        <v>208</v>
+        <v>456</v>
       </c>
       <c r="H63" s="9">
         <v>20</v>
       </c>
       <c r="I63" s="10">
         <v>773</v>
       </c>
       <c r="J63" s="10"/>
     </row>
     <row r="64" spans="1:10">
       <c r="B64" s="9" t="s">
+        <v>860</v>
+      </c>
+      <c r="C64" s="9" t="s">
         <v>861</v>
       </c>
-      <c r="C64" s="9" t="s">
+      <c r="D64" s="9" t="s">
         <v>862</v>
       </c>
-      <c r="D64" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E64" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F64" s="9" t="s">
-        <v>851</v>
+        <v>850</v>
       </c>
       <c r="G64" s="9" t="s">
-        <v>208</v>
+        <v>456</v>
       </c>
       <c r="H64" s="9">
         <v>25</v>
       </c>
       <c r="I64" s="10">
         <v>792</v>
       </c>
       <c r="J64" s="10"/>
     </row>
     <row r="65" spans="1:10">
       <c r="B65" s="9" t="s">
+        <v>863</v>
+      </c>
+      <c r="C65" s="9" t="s">
         <v>864</v>
       </c>
-      <c r="C65" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D65" s="9" t="s">
-        <v>857</v>
+        <v>856</v>
       </c>
       <c r="E65" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F65" s="9" t="s">
-        <v>768</v>
+        <v>767</v>
       </c>
       <c r="G65" s="9" t="s">
-        <v>208</v>
+        <v>456</v>
       </c>
       <c r="H65" s="9">
         <v>20</v>
       </c>
       <c r="I65" s="10">
         <v>836</v>
       </c>
       <c r="J65" s="10"/>
     </row>
     <row r="66" spans="1:10">
       <c r="B66" s="9" t="s">
+        <v>865</v>
+      </c>
+      <c r="C66" s="9" t="s">
         <v>866</v>
       </c>
-      <c r="C66" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D66" s="9" t="s">
-        <v>863</v>
+        <v>862</v>
       </c>
       <c r="E66" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F66" s="9" t="s">
-        <v>851</v>
+        <v>850</v>
       </c>
       <c r="G66" s="9" t="s">
-        <v>208</v>
+        <v>456</v>
       </c>
       <c r="H66" s="9">
         <v>25</v>
       </c>
       <c r="I66" s="10">
         <v>908</v>
       </c>
       <c r="J66" s="10"/>
     </row>
     <row r="67" spans="1:10">
       <c r="B67" s="9" t="s">
+        <v>867</v>
+      </c>
+      <c r="C67" s="9" t="s">
         <v>868</v>
       </c>
-      <c r="C67" s="9" t="s">
+      <c r="D67" s="9" t="s">
         <v>869</v>
       </c>
-      <c r="D67" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E67" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F67" s="9" t="s">
-        <v>768</v>
+        <v>767</v>
       </c>
       <c r="G67" s="9" t="s">
-        <v>208</v>
+        <v>456</v>
       </c>
       <c r="H67" s="9">
         <v>25</v>
       </c>
       <c r="I67" s="10">
         <v>1285</v>
       </c>
       <c r="J67" s="10"/>
     </row>
     <row r="68" spans="1:10">
       <c r="B68" s="9" t="s">
+        <v>870</v>
+      </c>
+      <c r="C68" s="9" t="s">
         <v>871</v>
       </c>
-      <c r="C68" s="9" t="s">
+      <c r="D68" s="9" t="s">
         <v>872</v>
       </c>
-      <c r="D68" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E68" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F68" s="9" t="s">
-        <v>768</v>
+        <v>767</v>
       </c>
       <c r="G68" s="9" t="s">
-        <v>208</v>
+        <v>456</v>
       </c>
       <c r="H68" s="9">
         <v>28</v>
       </c>
       <c r="I68" s="10">
         <v>1649</v>
       </c>
       <c r="J68" s="10"/>
     </row>
     <row r="70" spans="1:10">
       <c r="B70" s="7" t="s">
-        <v>874</v>
+        <v>873</v>
       </c>
       <c r="C70" s="0"/>
       <c r="D70" s="0"/>
       <c r="E70" s="0"/>
       <c r="F70" s="0"/>
       <c r="G70" s="0"/>
     </row>
     <row r="71" spans="1:10">
       <c r="B71" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C71" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D71" s="8" t="s">
-        <v>750</v>
+        <v>749</v>
       </c>
       <c r="E71" s="8" t="s">
         <v>11</v>
       </c>
       <c r="F71" s="8" t="s">
-        <v>763</v>
+        <v>762</v>
       </c>
       <c r="G71" s="8" t="s">
         <v>35</v>
       </c>
       <c r="H71" s="8" t="s">
-        <v>751</v>
+        <v>750</v>
       </c>
       <c r="I71" s="8" t="s">
-        <v>618</v>
+        <v>617</v>
       </c>
       <c r="J71" s="8" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="72" spans="1:10">
       <c r="B72" s="9" t="s">
+        <v>874</v>
+      </c>
+      <c r="C72" s="9" t="s">
         <v>875</v>
       </c>
-      <c r="C72" s="9" t="s">
+      <c r="D72" s="9" t="s">
         <v>876</v>
       </c>
-      <c r="D72" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E72" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F72" s="9" t="s">
-        <v>789</v>
+        <v>788</v>
       </c>
       <c r="G72" s="9" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="H72" s="9">
         <v>25</v>
       </c>
       <c r="I72" s="10">
         <v>448</v>
       </c>
       <c r="J72" s="10"/>
     </row>
     <row r="73" spans="1:10">
       <c r="B73" s="9" t="s">
+        <v>877</v>
+      </c>
+      <c r="C73" s="9" t="s">
         <v>878</v>
       </c>
-      <c r="C73" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D73" s="9" t="s">
-        <v>877</v>
+        <v>876</v>
       </c>
       <c r="E73" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F73" s="9" t="s">
-        <v>789</v>
+        <v>788</v>
       </c>
       <c r="G73" s="9" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="H73" s="9">
         <v>40</v>
       </c>
       <c r="I73" s="10">
         <v>530</v>
       </c>
       <c r="J73" s="10"/>
     </row>
     <row r="74" spans="1:10">
       <c r="B74" s="9" t="s">
+        <v>879</v>
+      </c>
+      <c r="C74" s="9" t="s">
         <v>880</v>
       </c>
-      <c r="C74" s="9" t="s">
+      <c r="D74" s="9" t="s">
         <v>881</v>
       </c>
-      <c r="D74" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E74" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F74" s="9" t="s">
-        <v>789</v>
+        <v>788</v>
       </c>
       <c r="G74" s="9" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="H74" s="9">
         <v>25</v>
       </c>
       <c r="I74" s="10">
         <v>544</v>
       </c>
       <c r="J74" s="10"/>
     </row>
     <row r="75" spans="1:10">
       <c r="B75" s="9" t="s">
+        <v>882</v>
+      </c>
+      <c r="C75" s="9" t="s">
         <v>883</v>
       </c>
-      <c r="C75" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D75" s="9" t="s">
-        <v>877</v>
+        <v>876</v>
       </c>
       <c r="E75" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F75" s="9" t="s">
-        <v>789</v>
+        <v>788</v>
       </c>
       <c r="G75" s="9" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="H75" s="9">
         <v>40</v>
       </c>
       <c r="I75" s="10">
         <v>596</v>
       </c>
       <c r="J75" s="10"/>
     </row>
     <row r="77" spans="1:10">
       <c r="B77" s="7" t="s">
-        <v>885</v>
+        <v>884</v>
       </c>
       <c r="C77" s="0"/>
       <c r="D77" s="0"/>
       <c r="E77" s="0"/>
       <c r="F77" s="0"/>
       <c r="G77" s="0"/>
     </row>
     <row r="78" spans="1:10">
       <c r="B78" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C78" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D78" s="8" t="s">
-        <v>750</v>
+        <v>749</v>
       </c>
       <c r="E78" s="8" t="s">
         <v>11</v>
       </c>
       <c r="F78" s="8" t="s">
-        <v>763</v>
+        <v>762</v>
       </c>
       <c r="G78" s="8" t="s">
         <v>35</v>
       </c>
       <c r="H78" s="8" t="s">
-        <v>751</v>
+        <v>750</v>
       </c>
       <c r="I78" s="8" t="s">
-        <v>618</v>
+        <v>617</v>
       </c>
       <c r="J78" s="8" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="79" spans="1:10">
       <c r="B79" s="9" t="s">
+        <v>885</v>
+      </c>
+      <c r="C79" s="9" t="s">
         <v>886</v>
       </c>
-      <c r="C79" s="9" t="s">
+      <c r="D79" s="9" t="s">
         <v>887</v>
       </c>
-      <c r="D79" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E79" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F79" s="9" t="s">
-        <v>789</v>
+        <v>788</v>
       </c>
       <c r="G79" s="9" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="H79" s="9">
         <v>30</v>
       </c>
       <c r="I79" s="10">
         <v>643</v>
       </c>
       <c r="J79" s="10"/>
     </row>
     <row r="81" spans="1:10">
       <c r="B81" s="7" t="s">
-        <v>889</v>
+        <v>888</v>
       </c>
       <c r="C81" s="0"/>
       <c r="D81" s="0"/>
       <c r="E81" s="0"/>
       <c r="F81" s="0"/>
       <c r="G81" s="0"/>
     </row>
     <row r="82" spans="1:10">
       <c r="B82" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C82" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D82" s="8" t="s">
-        <v>750</v>
+        <v>749</v>
       </c>
       <c r="E82" s="8" t="s">
         <v>11</v>
       </c>
       <c r="F82" s="8" t="s">
-        <v>751</v>
+        <v>750</v>
       </c>
       <c r="G82" s="8" t="s">
-        <v>618</v>
+        <v>617</v>
       </c>
       <c r="H82" s="8" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="83" spans="1:10">
       <c r="B83" s="9" t="s">
+        <v>889</v>
+      </c>
+      <c r="C83" s="9" t="s">
         <v>890</v>
       </c>
-      <c r="C83" s="9" t="s">
+      <c r="D83" s="9" t="s">
         <v>891</v>
       </c>
-      <c r="D83" s="9" t="s">
+      <c r="E83" s="9" t="s">
+        <v>755</v>
+      </c>
+      <c r="F83" s="9" t="s">
         <v>892</v>
-      </c>
-[...4 lines deleted...]
-        <v>893</v>
       </c>
       <c r="G83" s="10">
         <v>742</v>
       </c>
       <c r="H83" s="10"/>
     </row>
     <row r="84" spans="1:10">
       <c r="B84" s="9" t="s">
+        <v>893</v>
+      </c>
+      <c r="C84" s="9" t="s">
         <v>894</v>
       </c>
-      <c r="C84" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D84" s="9" t="s">
-        <v>892</v>
+        <v>891</v>
       </c>
       <c r="E84" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F84" s="9">
         <v>25</v>
       </c>
       <c r="G84" s="10">
         <v>791</v>
       </c>
       <c r="H84" s="10"/>
     </row>
     <row r="85" spans="1:10">
       <c r="B85" s="9" t="s">
+        <v>895</v>
+      </c>
+      <c r="C85" s="9" t="s">
         <v>896</v>
       </c>
-      <c r="C85" s="9" t="s">
+      <c r="D85" s="9" t="s">
         <v>897</v>
       </c>
-      <c r="D85" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E85" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F85" s="9">
         <v>25</v>
       </c>
       <c r="G85" s="10">
         <v>902</v>
       </c>
       <c r="H85" s="10"/>
     </row>
     <row r="87" spans="1:10">
       <c r="B87" s="7" t="s">
-        <v>899</v>
+        <v>898</v>
       </c>
       <c r="C87" s="0"/>
       <c r="D87" s="0"/>
       <c r="E87" s="0"/>
       <c r="F87" s="0"/>
       <c r="G87" s="0"/>
     </row>
     <row r="88" spans="1:10">
       <c r="B88" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C88" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D88" s="8" t="s">
-        <v>750</v>
+        <v>749</v>
       </c>
       <c r="E88" s="8" t="s">
         <v>11</v>
       </c>
       <c r="F88" s="8" t="s">
-        <v>763</v>
+        <v>762</v>
       </c>
       <c r="G88" s="8" t="s">
         <v>35</v>
       </c>
       <c r="H88" s="8" t="s">
-        <v>751</v>
+        <v>750</v>
       </c>
       <c r="I88" s="8" t="s">
-        <v>618</v>
+        <v>617</v>
       </c>
       <c r="J88" s="8" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="89" spans="1:10">
       <c r="B89" s="9" t="s">
+        <v>899</v>
+      </c>
+      <c r="C89" s="9" t="s">
         <v>900</v>
       </c>
-      <c r="C89" s="9" t="s">
+      <c r="D89" s="9" t="s">
         <v>901</v>
       </c>
-      <c r="D89" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E89" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F89" s="9" t="s">
-        <v>789</v>
+        <v>788</v>
       </c>
       <c r="G89" s="9" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="H89" s="9">
         <v>25</v>
       </c>
       <c r="I89" s="10">
         <v>459</v>
       </c>
       <c r="J89" s="10"/>
     </row>
     <row r="90" spans="1:10">
       <c r="B90" s="9" t="s">
+        <v>902</v>
+      </c>
+      <c r="C90" s="9" t="s">
         <v>903</v>
       </c>
-      <c r="C90" s="9" t="s">
+      <c r="D90" s="9" t="s">
         <v>904</v>
       </c>
-      <c r="D90" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E90" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F90" s="9" t="s">
-        <v>789</v>
+        <v>788</v>
       </c>
       <c r="G90" s="9" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="H90" s="9">
         <v>25</v>
       </c>
       <c r="I90" s="10">
         <v>609</v>
       </c>
       <c r="J90" s="10"/>
     </row>
     <row r="91" spans="1:10">
       <c r="B91" s="9" t="s">
+        <v>905</v>
+      </c>
+      <c r="C91" s="9" t="s">
         <v>906</v>
       </c>
-      <c r="C91" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D91" s="9" t="s">
-        <v>905</v>
+        <v>904</v>
       </c>
       <c r="E91" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F91" s="9" t="s">
-        <v>789</v>
+        <v>788</v>
       </c>
       <c r="G91" s="9" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="H91" s="9">
         <v>25</v>
       </c>
       <c r="I91" s="10">
         <v>643</v>
       </c>
       <c r="J91" s="10"/>
     </row>
     <row r="92" spans="1:10">
       <c r="B92" s="9" t="s">
+        <v>907</v>
+      </c>
+      <c r="C92" s="9" t="s">
         <v>908</v>
       </c>
-      <c r="C92" s="9" t="s">
+      <c r="D92" s="9" t="s">
         <v>909</v>
       </c>
-      <c r="D92" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E92" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F92" s="9" t="s">
-        <v>789</v>
+        <v>788</v>
       </c>
       <c r="G92" s="9" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="H92" s="9">
         <v>25</v>
       </c>
       <c r="I92" s="10">
         <v>683</v>
       </c>
       <c r="J92" s="10"/>
     </row>
     <row r="93" spans="1:10">
       <c r="B93" s="9" t="s">
+        <v>910</v>
+      </c>
+      <c r="C93" s="9" t="s">
         <v>911</v>
       </c>
-      <c r="C93" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D93" s="9" t="s">
-        <v>905</v>
+        <v>904</v>
       </c>
       <c r="E93" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F93" s="9" t="s">
-        <v>789</v>
+        <v>788</v>
       </c>
       <c r="G93" s="9" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="H93" s="9">
         <v>25</v>
       </c>
       <c r="I93" s="10">
         <v>797</v>
       </c>
       <c r="J93" s="10"/>
     </row>
     <row r="94" spans="1:10">
       <c r="B94" s="9" t="s">
+        <v>912</v>
+      </c>
+      <c r="C94" s="9" t="s">
         <v>913</v>
       </c>
-      <c r="C94" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D94" s="9" t="s">
-        <v>910</v>
+        <v>909</v>
       </c>
       <c r="E94" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F94" s="9" t="s">
-        <v>789</v>
+        <v>788</v>
       </c>
       <c r="G94" s="9" t="s">
-        <v>208</v>
+        <v>456</v>
       </c>
       <c r="H94" s="9">
         <v>25</v>
       </c>
       <c r="I94" s="10">
         <v>966</v>
       </c>
       <c r="J94" s="10"/>
     </row>
     <row r="95" spans="1:10">
       <c r="B95" s="9" t="s">
+        <v>914</v>
+      </c>
+      <c r="C95" s="9" t="s">
         <v>915</v>
       </c>
-      <c r="C95" s="9" t="s">
+      <c r="D95" s="9" t="s">
         <v>916</v>
       </c>
-      <c r="D95" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E95" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F95" s="9" t="s">
-        <v>789</v>
+        <v>788</v>
       </c>
       <c r="G95" s="9" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="H95" s="9">
         <v>25</v>
       </c>
       <c r="I95" s="10">
         <v>993</v>
       </c>
       <c r="J95" s="10"/>
     </row>
     <row r="96" spans="1:10">
       <c r="B96" s="9" t="s">
+        <v>917</v>
+      </c>
+      <c r="C96" s="9" t="s">
         <v>918</v>
       </c>
-      <c r="C96" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D96" s="9" t="s">
-        <v>917</v>
+        <v>916</v>
       </c>
       <c r="E96" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F96" s="9" t="s">
-        <v>789</v>
+        <v>788</v>
       </c>
       <c r="G96" s="9" t="s">
-        <v>208</v>
+        <v>456</v>
       </c>
       <c r="H96" s="9">
         <v>25</v>
       </c>
       <c r="I96" s="10">
         <v>1041</v>
       </c>
       <c r="J96" s="10"/>
     </row>
     <row r="97" spans="1:10">
       <c r="B97" s="9" t="s">
+        <v>919</v>
+      </c>
+      <c r="C97" s="9" t="s">
         <v>920</v>
       </c>
-      <c r="C97" s="9" t="s">
+      <c r="D97" s="9" t="s">
         <v>921</v>
       </c>
-      <c r="D97" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E97" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F97" s="9" t="s">
-        <v>789</v>
+        <v>788</v>
       </c>
       <c r="G97" s="9" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="H97" s="9">
         <v>25</v>
       </c>
       <c r="I97" s="10">
         <v>1043</v>
       </c>
       <c r="J97" s="10"/>
     </row>
     <row r="98" spans="1:10">
       <c r="B98" s="9" t="s">
+        <v>922</v>
+      </c>
+      <c r="C98" s="9" t="s">
         <v>923</v>
       </c>
-      <c r="C98" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D98" s="9" t="s">
-        <v>917</v>
+        <v>916</v>
       </c>
       <c r="E98" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F98" s="9" t="s">
-        <v>789</v>
+        <v>788</v>
       </c>
       <c r="G98" s="9" t="s">
-        <v>208</v>
+        <v>456</v>
       </c>
       <c r="H98" s="9">
         <v>25</v>
       </c>
       <c r="I98" s="10">
         <v>1136</v>
       </c>
       <c r="J98" s="10"/>
     </row>
     <row r="99" spans="1:10">
       <c r="B99" s="9" t="s">
+        <v>924</v>
+      </c>
+      <c r="C99" s="9" t="s">
         <v>925</v>
       </c>
-      <c r="C99" s="9" t="s">
+      <c r="D99" s="9" t="s">
         <v>926</v>
       </c>
-      <c r="D99" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E99" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F99" s="9" t="s">
-        <v>789</v>
+        <v>788</v>
       </c>
       <c r="G99" s="9" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="H99" s="9">
         <v>25</v>
       </c>
       <c r="I99" s="10">
         <v>1257</v>
       </c>
       <c r="J99" s="10"/>
     </row>
     <row r="101" spans="1:10">
       <c r="B101" s="7" t="s">
-        <v>928</v>
+        <v>927</v>
       </c>
       <c r="C101" s="0"/>
       <c r="D101" s="0"/>
       <c r="E101" s="0"/>
       <c r="F101" s="0"/>
       <c r="G101" s="0"/>
     </row>
     <row r="102" spans="1:10">
       <c r="B102" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C102" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D102" s="8" t="s">
-        <v>750</v>
+        <v>749</v>
       </c>
       <c r="E102" s="8" t="s">
         <v>11</v>
       </c>
       <c r="F102" s="8" t="s">
-        <v>763</v>
+        <v>762</v>
       </c>
       <c r="G102" s="8" t="s">
         <v>35</v>
       </c>
       <c r="H102" s="8" t="s">
-        <v>751</v>
+        <v>750</v>
       </c>
       <c r="I102" s="8" t="s">
-        <v>618</v>
+        <v>617</v>
       </c>
       <c r="J102" s="8" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="103" spans="1:10">
       <c r="B103" s="9" t="s">
+        <v>928</v>
+      </c>
+      <c r="C103" s="9" t="s">
         <v>929</v>
       </c>
-      <c r="C103" s="9" t="s">
+      <c r="D103" s="9" t="s">
         <v>930</v>
       </c>
-      <c r="D103" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E103" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F103" s="9" t="s">
-        <v>768</v>
+        <v>767</v>
       </c>
       <c r="G103" s="9" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="H103" s="9">
         <v>25</v>
       </c>
       <c r="I103" s="10">
         <v>346</v>
       </c>
       <c r="J103" s="10"/>
     </row>
     <row r="104" spans="1:10">
       <c r="B104" s="9" t="s">
+        <v>931</v>
+      </c>
+      <c r="C104" s="9" t="s">
         <v>932</v>
       </c>
-      <c r="C104" s="9" t="s">
+      <c r="D104" s="9" t="s">
         <v>933</v>
       </c>
-      <c r="D104" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E104" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F104" s="9" t="s">
-        <v>768</v>
+        <v>767</v>
       </c>
       <c r="G104" s="9" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="H104" s="9">
         <v>20</v>
       </c>
       <c r="I104" s="10">
         <v>445</v>
       </c>
       <c r="J104" s="10"/>
     </row>
     <row r="105" spans="1:10">
       <c r="B105" s="9" t="s">
+        <v>934</v>
+      </c>
+      <c r="C105" s="9" t="s">
         <v>935</v>
       </c>
-      <c r="C105" s="9" t="s">
+      <c r="D105" s="9" t="s">
         <v>936</v>
       </c>
-      <c r="D105" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E105" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F105" s="9" t="s">
-        <v>768</v>
+        <v>767</v>
       </c>
       <c r="G105" s="9" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="H105" s="9">
         <v>20</v>
       </c>
       <c r="I105" s="10">
         <v>480</v>
       </c>
       <c r="J105" s="10"/>
     </row>
     <row r="106" spans="1:10">
       <c r="B106" s="9" t="s">
+        <v>937</v>
+      </c>
+      <c r="C106" s="9" t="s">
         <v>938</v>
       </c>
-      <c r="C106" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D106" s="9" t="s">
-        <v>931</v>
+        <v>930</v>
       </c>
       <c r="E106" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F106" s="9" t="s">
-        <v>768</v>
+        <v>767</v>
       </c>
       <c r="G106" s="9" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="H106" s="9">
         <v>25</v>
       </c>
       <c r="I106" s="10">
         <v>535</v>
       </c>
       <c r="J106" s="10"/>
     </row>
     <row r="107" spans="1:10">
       <c r="B107" s="9" t="s">
+        <v>939</v>
+      </c>
+      <c r="C107" s="9" t="s">
         <v>940</v>
       </c>
-      <c r="C107" s="9" t="s">
+      <c r="D107" s="9" t="s">
         <v>941</v>
       </c>
-      <c r="D107" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E107" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F107" s="9" t="s">
-        <v>768</v>
+        <v>767</v>
       </c>
       <c r="G107" s="9" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="H107" s="9">
         <v>25</v>
       </c>
       <c r="I107" s="10">
         <v>609</v>
       </c>
       <c r="J107" s="10"/>
     </row>
     <row r="108" spans="1:10">
       <c r="B108" s="9" t="s">
+        <v>942</v>
+      </c>
+      <c r="C108" s="9" t="s">
         <v>943</v>
       </c>
-      <c r="C108" s="9" t="s">
+      <c r="D108" s="9" t="s">
         <v>944</v>
       </c>
-      <c r="D108" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E108" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F108" s="9" t="s">
-        <v>768</v>
+        <v>767</v>
       </c>
       <c r="G108" s="9" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="H108" s="9">
         <v>20</v>
       </c>
       <c r="I108" s="10">
         <v>683</v>
       </c>
       <c r="J108" s="10"/>
     </row>
     <row r="109" spans="1:10">
       <c r="B109" s="9" t="s">
+        <v>945</v>
+      </c>
+      <c r="C109" s="9" t="s">
         <v>946</v>
       </c>
-      <c r="C109" s="9" t="s">
+      <c r="D109" s="9" t="s">
         <v>947</v>
       </c>
-      <c r="D109" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E109" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F109" s="9" t="s">
-        <v>768</v>
+        <v>767</v>
       </c>
       <c r="G109" s="9" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="H109" s="9">
         <v>25</v>
       </c>
       <c r="I109" s="10">
         <v>752</v>
       </c>
       <c r="J109" s="10"/>
     </row>
     <row r="110" spans="1:10">
       <c r="B110" s="9" t="s">
+        <v>948</v>
+      </c>
+      <c r="C110" s="9" t="s">
         <v>949</v>
       </c>
-      <c r="C110" s="9" t="s">
+      <c r="D110" s="9" t="s">
         <v>950</v>
       </c>
-      <c r="D110" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E110" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F110" s="9" t="s">
-        <v>768</v>
+        <v>767</v>
       </c>
       <c r="G110" s="9" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="H110" s="9">
         <v>20</v>
       </c>
       <c r="I110" s="10">
         <v>828</v>
       </c>
       <c r="J110" s="10"/>
     </row>
     <row r="111" spans="1:10">
       <c r="B111" s="9" t="s">
+        <v>951</v>
+      </c>
+      <c r="C111" s="9" t="s">
         <v>952</v>
       </c>
-      <c r="C111" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D111" s="9" t="s">
-        <v>948</v>
+        <v>947</v>
       </c>
       <c r="E111" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F111" s="9" t="s">
-        <v>768</v>
+        <v>767</v>
       </c>
       <c r="G111" s="9" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="H111" s="9">
         <v>25</v>
       </c>
       <c r="I111" s="10">
         <v>894</v>
       </c>
       <c r="J111" s="10"/>
     </row>
     <row r="112" spans="1:10">
       <c r="B112" s="9" t="s">
+        <v>953</v>
+      </c>
+      <c r="C112" s="9" t="s">
         <v>954</v>
       </c>
-      <c r="C112" s="9" t="s">
+      <c r="D112" s="9" t="s">
         <v>955</v>
       </c>
-      <c r="D112" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E112" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F112" s="9" t="s">
-        <v>768</v>
+        <v>767</v>
       </c>
       <c r="G112" s="9" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="H112" s="9">
         <v>25</v>
       </c>
       <c r="I112" s="10">
         <v>1400</v>
       </c>
       <c r="J112" s="10"/>
     </row>
     <row r="114" spans="1:10">
       <c r="B114" s="7" t="s">
-        <v>957</v>
+        <v>956</v>
       </c>
       <c r="C114" s="0"/>
       <c r="D114" s="0"/>
       <c r="E114" s="0"/>
       <c r="F114" s="0"/>
       <c r="G114" s="0"/>
     </row>
     <row r="115" spans="1:10">
       <c r="B115" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C115" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D115" s="8" t="s">
-        <v>750</v>
+        <v>749</v>
       </c>
       <c r="E115" s="8" t="s">
         <v>11</v>
       </c>
       <c r="F115" s="8" t="s">
         <v>35</v>
       </c>
       <c r="G115" s="8" t="s">
-        <v>751</v>
+        <v>750</v>
       </c>
       <c r="H115" s="8" t="s">
-        <v>618</v>
+        <v>617</v>
       </c>
       <c r="I115" s="8" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="116" spans="1:10">
       <c r="B116" s="9" t="s">
+        <v>957</v>
+      </c>
+      <c r="C116" s="9" t="s">
         <v>958</v>
       </c>
-      <c r="C116" s="9" t="s">
+      <c r="D116" s="9" t="s">
         <v>959</v>
       </c>
-      <c r="D116" s="9" t="s">
+      <c r="E116" s="9" t="s">
         <v>960</v>
       </c>
-      <c r="E116" s="9" t="s">
+      <c r="F116" s="9" t="s">
         <v>961</v>
-      </c>
-[...1 lines deleted...]
-        <v>962</v>
       </c>
       <c r="G116" s="9">
         <v>50</v>
       </c>
       <c r="H116" s="10">
         <v>919</v>
       </c>
       <c r="I116" s="10">
         <v>1127</v>
       </c>
     </row>
     <row r="117" spans="1:10">
       <c r="B117" s="9" t="s">
+        <v>962</v>
+      </c>
+      <c r="C117" s="9" t="s">
         <v>963</v>
       </c>
-      <c r="C117" s="9" t="s">
+      <c r="D117" s="9" t="s">
         <v>964</v>
       </c>
-      <c r="D117" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E117" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F117" s="9" t="s">
-        <v>583</v>
+        <v>582</v>
       </c>
       <c r="G117" s="9">
         <v>50</v>
       </c>
       <c r="H117" s="10">
         <v>1569</v>
       </c>
       <c r="I117" s="10"/>
     </row>
     <row r="118" spans="1:10">
       <c r="B118" s="9" t="s">
-        <v>963</v>
+        <v>962</v>
       </c>
       <c r="C118" s="9" t="s">
+        <v>965</v>
+      </c>
+      <c r="D118" s="9" t="s">
+        <v>964</v>
+      </c>
+      <c r="E118" s="9" t="s">
+        <v>755</v>
+      </c>
+      <c r="F118" s="9" t="s">
         <v>966</v>
-      </c>
-[...7 lines deleted...]
-        <v>967</v>
       </c>
       <c r="G118" s="9">
         <v>50</v>
       </c>
       <c r="H118" s="10">
         <v>997</v>
       </c>
       <c r="I118" s="10"/>
     </row>
     <row r="119" spans="1:10">
       <c r="B119" s="9" t="s">
-        <v>963</v>
+        <v>962</v>
       </c>
       <c r="C119" s="9" t="s">
+        <v>967</v>
+      </c>
+      <c r="D119" s="9" t="s">
+        <v>964</v>
+      </c>
+      <c r="E119" s="9" t="s">
+        <v>755</v>
+      </c>
+      <c r="F119" s="9" t="s">
         <v>968</v>
-      </c>
-[...7 lines deleted...]
-        <v>969</v>
       </c>
       <c r="G119" s="9">
         <v>50</v>
       </c>
       <c r="H119" s="10">
         <v>1092</v>
       </c>
       <c r="I119" s="10"/>
     </row>
     <row r="120" spans="1:10">
       <c r="B120" s="9" t="s">
+        <v>969</v>
+      </c>
+      <c r="C120" s="9" t="s">
         <v>970</v>
       </c>
-      <c r="C120" s="9" t="s">
+      <c r="D120" s="9" t="s">
         <v>971</v>
       </c>
-      <c r="D120" s="9" t="s">
+      <c r="E120" s="9" t="s">
+        <v>755</v>
+      </c>
+      <c r="F120" s="9" t="s">
         <v>972</v>
-      </c>
-[...4 lines deleted...]
-        <v>973</v>
       </c>
       <c r="G120" s="9">
         <v>50</v>
       </c>
       <c r="H120" s="10">
         <v>1360</v>
       </c>
       <c r="I120" s="10"/>
     </row>
     <row r="121" spans="1:10">
       <c r="B121" s="9" t="s">
-        <v>963</v>
+        <v>962</v>
       </c>
       <c r="C121" s="9" t="s">
-        <v>974</v>
+        <v>973</v>
       </c>
       <c r="D121" s="9" t="s">
-        <v>965</v>
+        <v>964</v>
       </c>
       <c r="E121" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F121" s="9" t="s">
-        <v>208</v>
+        <v>456</v>
       </c>
       <c r="G121" s="9">
         <v>50</v>
       </c>
       <c r="H121" s="10">
         <v>958</v>
       </c>
       <c r="I121" s="10"/>
     </row>
     <row r="122" spans="1:10">
       <c r="B122" s="9" t="s">
-        <v>963</v>
+        <v>962</v>
       </c>
       <c r="C122" s="9" t="s">
-        <v>975</v>
+        <v>974</v>
       </c>
       <c r="D122" s="9" t="s">
-        <v>965</v>
+        <v>964</v>
       </c>
       <c r="E122" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F122" s="9" t="s">
-        <v>573</v>
+        <v>572</v>
       </c>
       <c r="G122" s="9">
         <v>50</v>
       </c>
       <c r="H122" s="10">
         <v>981</v>
       </c>
       <c r="I122" s="10"/>
     </row>
     <row r="123" spans="1:10">
       <c r="B123" s="9" t="s">
-        <v>963</v>
+        <v>962</v>
       </c>
       <c r="C123" s="9" t="s">
+        <v>975</v>
+      </c>
+      <c r="D123" s="9" t="s">
+        <v>964</v>
+      </c>
+      <c r="E123" s="9" t="s">
+        <v>755</v>
+      </c>
+      <c r="F123" s="9" t="s">
         <v>976</v>
-      </c>
-[...7 lines deleted...]
-        <v>977</v>
       </c>
       <c r="G123" s="9">
         <v>50</v>
       </c>
       <c r="H123" s="10">
         <v>1418</v>
       </c>
       <c r="I123" s="10"/>
     </row>
     <row r="124" spans="1:10">
       <c r="B124" s="9" t="s">
-        <v>963</v>
+        <v>962</v>
       </c>
       <c r="C124" s="9" t="s">
-        <v>978</v>
+        <v>977</v>
       </c>
       <c r="D124" s="9" t="s">
-        <v>965</v>
+        <v>964</v>
       </c>
       <c r="E124" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F124" s="9" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="G124" s="9">
         <v>50</v>
       </c>
       <c r="H124" s="10">
         <v>944</v>
       </c>
       <c r="I124" s="10"/>
     </row>
     <row r="125" spans="1:10">
       <c r="B125" s="9" t="s">
-        <v>963</v>
+        <v>962</v>
       </c>
       <c r="C125" s="9" t="s">
+        <v>978</v>
+      </c>
+      <c r="D125" s="9" t="s">
+        <v>964</v>
+      </c>
+      <c r="E125" s="9" t="s">
+        <v>755</v>
+      </c>
+      <c r="F125" s="9" t="s">
         <v>979</v>
-      </c>
-[...7 lines deleted...]
-        <v>980</v>
       </c>
       <c r="G125" s="9">
         <v>50</v>
       </c>
       <c r="H125" s="10">
         <v>968</v>
       </c>
       <c r="I125" s="10"/>
     </row>
     <row r="126" spans="1:10">
       <c r="B126" s="9" t="s">
-        <v>963</v>
+        <v>962</v>
       </c>
       <c r="C126" s="9" t="s">
-        <v>981</v>
+        <v>980</v>
       </c>
       <c r="D126" s="9" t="s">
-        <v>965</v>
+        <v>964</v>
       </c>
       <c r="E126" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F126" s="9" t="s">
-        <v>973</v>
+        <v>972</v>
       </c>
       <c r="G126" s="9">
         <v>50</v>
       </c>
       <c r="H126" s="10">
         <v>1182</v>
       </c>
       <c r="I126" s="10"/>
     </row>
     <row r="127" spans="1:10">
       <c r="B127" s="9" t="s">
-        <v>963</v>
+        <v>962</v>
       </c>
       <c r="C127" s="9" t="s">
-        <v>982</v>
+        <v>981</v>
       </c>
       <c r="D127" s="9" t="s">
-        <v>965</v>
+        <v>964</v>
       </c>
       <c r="E127" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F127" s="9" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="G127" s="9">
         <v>50</v>
       </c>
       <c r="H127" s="10">
         <v>1361</v>
       </c>
       <c r="I127" s="10"/>
     </row>
     <row r="128" spans="1:10">
       <c r="B128" s="9" t="s">
+        <v>982</v>
+      </c>
+      <c r="C128" s="9" t="s">
         <v>983</v>
       </c>
-      <c r="C128" s="9" t="s">
+      <c r="D128" s="9" t="s">
         <v>984</v>
       </c>
-      <c r="D128" s="9" t="s">
+      <c r="E128" s="9" t="s">
+        <v>755</v>
+      </c>
+      <c r="F128" s="9" t="s">
         <v>985</v>
-      </c>
-[...4 lines deleted...]
-        <v>986</v>
       </c>
       <c r="G128" s="9">
         <v>50</v>
       </c>
       <c r="H128" s="10">
         <v>1232</v>
       </c>
       <c r="I128" s="10"/>
     </row>
     <row r="129" spans="1:10">
       <c r="B129" s="9" t="s">
+        <v>986</v>
+      </c>
+      <c r="C129" s="9" t="s">
         <v>987</v>
       </c>
-      <c r="C129" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D129" s="9" t="s">
+        <v>959</v>
+      </c>
+      <c r="E129" s="9" t="s">
         <v>960</v>
       </c>
-      <c r="E129" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F129" s="9" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="G129" s="9">
         <v>50</v>
       </c>
       <c r="H129" s="10">
         <v>844</v>
       </c>
       <c r="I129" s="10"/>
     </row>
     <row r="130" spans="1:10">
       <c r="B130" s="9" t="s">
+        <v>988</v>
+      </c>
+      <c r="C130" s="9" t="s">
         <v>989</v>
       </c>
-      <c r="C130" s="9" t="s">
+      <c r="D130" s="9" t="s">
         <v>990</v>
       </c>
-      <c r="D130" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E130" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F130" s="9" t="s">
-        <v>583</v>
+        <v>582</v>
       </c>
       <c r="G130" s="9">
         <v>25</v>
       </c>
       <c r="H130" s="10">
         <v>1128</v>
       </c>
       <c r="I130" s="10"/>
     </row>
     <row r="131" spans="1:10">
       <c r="B131" s="9" t="s">
-        <v>989</v>
+        <v>988</v>
       </c>
       <c r="C131" s="9" t="s">
-        <v>992</v>
+        <v>991</v>
       </c>
       <c r="D131" s="9" t="s">
-        <v>991</v>
+        <v>990</v>
       </c>
       <c r="E131" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F131" s="9" t="s">
-        <v>977</v>
+        <v>976</v>
       </c>
       <c r="G131" s="9">
         <v>25</v>
       </c>
       <c r="H131" s="10">
         <v>1154</v>
       </c>
       <c r="I131" s="10"/>
     </row>
     <row r="132" spans="1:10">
       <c r="B132" s="9" t="s">
-        <v>989</v>
+        <v>988</v>
       </c>
       <c r="C132" s="9" t="s">
-        <v>993</v>
+        <v>992</v>
       </c>
       <c r="D132" s="9" t="s">
-        <v>991</v>
+        <v>990</v>
       </c>
       <c r="E132" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F132" s="9" t="s">
         <v>50</v>
       </c>
       <c r="G132" s="9">
         <v>25</v>
       </c>
       <c r="H132" s="10">
         <v>1008</v>
       </c>
       <c r="I132" s="10"/>
     </row>
     <row r="133" spans="1:10">
       <c r="B133" s="9" t="s">
-        <v>989</v>
+        <v>988</v>
       </c>
       <c r="C133" s="9" t="s">
-        <v>994</v>
+        <v>993</v>
       </c>
       <c r="D133" s="9" t="s">
-        <v>991</v>
+        <v>990</v>
       </c>
       <c r="E133" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F133" s="9" t="s">
-        <v>973</v>
+        <v>972</v>
       </c>
       <c r="G133" s="9">
         <v>25</v>
       </c>
       <c r="H133" s="10">
         <v>814</v>
       </c>
       <c r="I133" s="10"/>
     </row>
     <row r="134" spans="1:10">
       <c r="B134" s="9" t="s">
-        <v>989</v>
+        <v>988</v>
       </c>
       <c r="C134" s="9" t="s">
-        <v>995</v>
+        <v>994</v>
       </c>
       <c r="D134" s="9" t="s">
-        <v>991</v>
+        <v>990</v>
       </c>
       <c r="E134" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F134" s="9" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="G134" s="9">
         <v>25</v>
       </c>
       <c r="H134" s="10">
         <v>1068</v>
       </c>
       <c r="I134" s="10"/>
     </row>
     <row r="135" spans="1:10">
       <c r="B135" s="9" t="s">
-        <v>989</v>
+        <v>988</v>
       </c>
       <c r="C135" s="9" t="s">
+        <v>995</v>
+      </c>
+      <c r="D135" s="9" t="s">
+        <v>990</v>
+      </c>
+      <c r="E135" s="9" t="s">
+        <v>755</v>
+      </c>
+      <c r="F135" s="9" t="s">
         <v>996</v>
-      </c>
-[...7 lines deleted...]
-        <v>997</v>
       </c>
       <c r="G135" s="9">
         <v>25</v>
       </c>
       <c r="H135" s="10">
         <v>1232</v>
       </c>
       <c r="I135" s="10"/>
     </row>
     <row r="136" spans="1:10">
       <c r="B136" s="9" t="s">
-        <v>989</v>
+        <v>988</v>
       </c>
       <c r="C136" s="9" t="s">
-        <v>998</v>
+        <v>997</v>
       </c>
       <c r="D136" s="9" t="s">
-        <v>991</v>
+        <v>990</v>
       </c>
       <c r="E136" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F136" s="9" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="G136" s="9">
         <v>25</v>
       </c>
       <c r="H136" s="10">
         <v>917</v>
       </c>
       <c r="I136" s="10"/>
     </row>
     <row r="137" spans="1:10">
       <c r="B137" s="9" t="s">
+        <v>998</v>
+      </c>
+      <c r="C137" s="9" t="s">
         <v>999</v>
       </c>
-      <c r="C137" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D137" s="9" t="s">
+        <v>959</v>
+      </c>
+      <c r="E137" s="9" t="s">
         <v>960</v>
       </c>
-      <c r="E137" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F137" s="9" t="s">
-        <v>973</v>
+        <v>972</v>
       </c>
       <c r="G137" s="9">
         <v>50</v>
       </c>
       <c r="H137" s="10">
         <v>1125</v>
       </c>
       <c r="I137" s="10"/>
     </row>
     <row r="138" spans="1:10">
       <c r="B138" s="9" t="s">
-        <v>983</v>
+        <v>982</v>
       </c>
       <c r="C138" s="9" t="s">
+        <v>1000</v>
+      </c>
+      <c r="D138" s="9" t="s">
+        <v>984</v>
+      </c>
+      <c r="E138" s="9" t="s">
+        <v>755</v>
+      </c>
+      <c r="F138" s="9" t="s">
         <v>1001</v>
-      </c>
-[...7 lines deleted...]
-        <v>1002</v>
       </c>
       <c r="G138" s="9">
         <v>25</v>
       </c>
       <c r="H138" s="10">
         <v>1074</v>
       </c>
       <c r="I138" s="10"/>
     </row>
     <row r="139" spans="1:10">
       <c r="B139" s="9" t="s">
-        <v>983</v>
+        <v>982</v>
       </c>
       <c r="C139" s="9" t="s">
+        <v>1002</v>
+      </c>
+      <c r="D139" s="9" t="s">
+        <v>984</v>
+      </c>
+      <c r="E139" s="9" t="s">
+        <v>755</v>
+      </c>
+      <c r="F139" s="9" t="s">
         <v>1003</v>
-      </c>
-[...7 lines deleted...]
-        <v>1004</v>
       </c>
       <c r="G139" s="9">
         <v>25</v>
       </c>
       <c r="H139" s="10">
         <v>825</v>
       </c>
       <c r="I139" s="10"/>
     </row>
     <row r="140" spans="1:10">
       <c r="B140" s="9" t="s">
-        <v>983</v>
+        <v>982</v>
       </c>
       <c r="C140" s="9" t="s">
-        <v>1005</v>
+        <v>1004</v>
       </c>
       <c r="D140" s="9" t="s">
-        <v>985</v>
+        <v>984</v>
       </c>
       <c r="E140" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F140" s="9" t="s">
-        <v>1004</v>
+        <v>1003</v>
       </c>
       <c r="G140" s="9">
         <v>50</v>
       </c>
       <c r="H140" s="10">
         <v>1361</v>
       </c>
       <c r="I140" s="10"/>
     </row>
     <row r="141" spans="1:10">
       <c r="B141" s="9" t="s">
-        <v>983</v>
+        <v>982</v>
       </c>
       <c r="C141" s="9" t="s">
+        <v>1005</v>
+      </c>
+      <c r="D141" s="9" t="s">
+        <v>984</v>
+      </c>
+      <c r="E141" s="9" t="s">
+        <v>755</v>
+      </c>
+      <c r="F141" s="9" t="s">
         <v>1006</v>
-      </c>
-[...7 lines deleted...]
-        <v>1007</v>
       </c>
       <c r="G141" s="9">
         <v>50</v>
       </c>
       <c r="H141" s="10">
         <v>1406</v>
       </c>
       <c r="I141" s="10"/>
     </row>
     <row r="142" spans="1:10">
       <c r="B142" s="9" t="s">
+        <v>1007</v>
+      </c>
+      <c r="C142" s="9" t="s">
         <v>1008</v>
       </c>
-      <c r="C142" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D142" s="9" t="s">
+        <v>959</v>
+      </c>
+      <c r="E142" s="9" t="s">
         <v>960</v>
       </c>
-      <c r="E142" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F142" s="9" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="G142" s="9">
         <v>50</v>
       </c>
       <c r="H142" s="10">
         <v>1205</v>
       </c>
       <c r="I142" s="10"/>
     </row>
     <row r="143" spans="1:10">
       <c r="B143" s="9" t="s">
+        <v>1009</v>
+      </c>
+      <c r="C143" s="9" t="s">
         <v>1010</v>
       </c>
-      <c r="C143" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D143" s="9" t="s">
+        <v>959</v>
+      </c>
+      <c r="E143" s="9" t="s">
         <v>960</v>
       </c>
-      <c r="E143" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F143" s="9" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="G143" s="9">
         <v>50</v>
       </c>
       <c r="H143" s="10">
         <v>1012</v>
       </c>
       <c r="I143" s="10"/>
     </row>
     <row r="144" spans="1:10">
       <c r="B144" s="9" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C144" s="9" t="s">
         <v>1012</v>
       </c>
-      <c r="C144" s="9" t="s">
+      <c r="D144" s="9" t="s">
+        <v>959</v>
+      </c>
+      <c r="E144" s="9" t="s">
+        <v>960</v>
+      </c>
+      <c r="F144" s="9" t="s">
         <v>1013</v>
-      </c>
-[...7 lines deleted...]
-        <v>1014</v>
       </c>
       <c r="G144" s="9">
         <v>50</v>
       </c>
       <c r="H144" s="10">
         <v>947</v>
       </c>
       <c r="I144" s="10"/>
     </row>
     <row r="145" spans="1:10">
       <c r="B145" s="9" t="s">
+        <v>1014</v>
+      </c>
+      <c r="C145" s="9" t="s">
         <v>1015</v>
       </c>
-      <c r="C145" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D145" s="9" t="s">
+        <v>959</v>
+      </c>
+      <c r="E145" s="9" t="s">
         <v>960</v>
       </c>
-      <c r="E145" s="9" t="s">
+      <c r="F145" s="9" t="s">
         <v>961</v>
-      </c>
-[...1 lines deleted...]
-        <v>962</v>
       </c>
       <c r="G145" s="9">
         <v>50</v>
       </c>
       <c r="H145" s="10">
         <v>959</v>
       </c>
       <c r="I145" s="10"/>
     </row>
     <row r="146" spans="1:10">
       <c r="B146" s="9" t="s">
+        <v>1016</v>
+      </c>
+      <c r="C146" s="9" t="s">
         <v>1017</v>
       </c>
-      <c r="C146" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D146" s="9" t="s">
+        <v>959</v>
+      </c>
+      <c r="E146" s="9" t="s">
         <v>960</v>
       </c>
-      <c r="E146" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F146" s="9" t="s">
-        <v>967</v>
+        <v>966</v>
       </c>
       <c r="G146" s="9">
         <v>50</v>
       </c>
       <c r="H146" s="10">
         <v>940</v>
       </c>
       <c r="I146" s="10"/>
     </row>
     <row r="147" spans="1:10">
       <c r="B147" s="9" t="s">
+        <v>1018</v>
+      </c>
+      <c r="C147" s="9" t="s">
         <v>1019</v>
       </c>
-      <c r="C147" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D147" s="9" t="s">
+        <v>959</v>
+      </c>
+      <c r="E147" s="9" t="s">
         <v>960</v>
       </c>
-      <c r="E147" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F147" s="9" t="s">
-        <v>208</v>
+        <v>456</v>
       </c>
       <c r="G147" s="9">
         <v>50</v>
       </c>
       <c r="H147" s="10">
         <v>910</v>
       </c>
       <c r="I147" s="10"/>
     </row>
     <row r="148" spans="1:10">
       <c r="B148" s="9" t="s">
-        <v>989</v>
+        <v>988</v>
       </c>
       <c r="C148" s="9" t="s">
+        <v>1020</v>
+      </c>
+      <c r="D148" s="9" t="s">
+        <v>990</v>
+      </c>
+      <c r="E148" s="9" t="s">
+        <v>755</v>
+      </c>
+      <c r="F148" s="9" t="s">
         <v>1021</v>
-      </c>
-[...7 lines deleted...]
-        <v>1022</v>
       </c>
       <c r="G148" s="9">
         <v>25</v>
       </c>
       <c r="H148" s="10">
         <v>1220</v>
       </c>
       <c r="I148" s="10"/>
     </row>
     <row r="149" spans="1:10">
       <c r="B149" s="9" t="s">
-        <v>970</v>
+        <v>969</v>
       </c>
       <c r="C149" s="9" t="s">
-        <v>1023</v>
+        <v>1022</v>
       </c>
       <c r="D149" s="9" t="s">
-        <v>972</v>
+        <v>971</v>
       </c>
       <c r="E149" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F149" s="9" t="s">
-        <v>583</v>
+        <v>582</v>
       </c>
       <c r="G149" s="9">
         <v>50</v>
       </c>
       <c r="H149" s="10">
         <v>1682</v>
       </c>
       <c r="I149" s="10"/>
     </row>
     <row r="150" spans="1:10">
       <c r="B150" s="9" t="s">
-        <v>970</v>
+        <v>969</v>
       </c>
       <c r="C150" s="9" t="s">
-        <v>1024</v>
+        <v>1023</v>
       </c>
       <c r="D150" s="9" t="s">
-        <v>972</v>
+        <v>971</v>
       </c>
       <c r="E150" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F150" s="9" t="s">
-        <v>208</v>
+        <v>456</v>
       </c>
       <c r="G150" s="9">
         <v>50</v>
       </c>
       <c r="H150" s="10">
         <v>1145</v>
       </c>
       <c r="I150" s="10"/>
     </row>
     <row r="151" spans="1:10">
       <c r="B151" s="9" t="s">
-        <v>970</v>
+        <v>969</v>
       </c>
       <c r="C151" s="9" t="s">
-        <v>1025</v>
+        <v>1024</v>
       </c>
       <c r="D151" s="9" t="s">
-        <v>972</v>
+        <v>971</v>
       </c>
       <c r="E151" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F151" s="9" t="s">
-        <v>967</v>
+        <v>966</v>
       </c>
       <c r="G151" s="9">
         <v>50</v>
       </c>
       <c r="H151" s="10">
         <v>1105</v>
       </c>
       <c r="I151" s="10"/>
     </row>
     <row r="152" spans="1:10">
       <c r="B152" s="9" t="s">
-        <v>970</v>
+        <v>969</v>
       </c>
       <c r="C152" s="9" t="s">
-        <v>1026</v>
+        <v>1025</v>
       </c>
       <c r="D152" s="9" t="s">
-        <v>972</v>
+        <v>971</v>
       </c>
       <c r="E152" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F152" s="9" t="s">
-        <v>573</v>
+        <v>572</v>
       </c>
       <c r="G152" s="9">
         <v>50</v>
       </c>
       <c r="H152" s="10">
         <v>1120</v>
       </c>
       <c r="I152" s="10"/>
     </row>
     <row r="153" spans="1:10">
       <c r="B153" s="9" t="s">
-        <v>970</v>
+        <v>969</v>
       </c>
       <c r="C153" s="9" t="s">
-        <v>1027</v>
+        <v>1026</v>
       </c>
       <c r="D153" s="9" t="s">
-        <v>972</v>
+        <v>971</v>
       </c>
       <c r="E153" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F153" s="9" t="s">
-        <v>969</v>
+        <v>968</v>
       </c>
       <c r="G153" s="9">
         <v>50</v>
       </c>
       <c r="H153" s="10">
         <v>1236</v>
       </c>
       <c r="I153" s="10"/>
     </row>
     <row r="154" spans="1:10">
       <c r="B154" s="9" t="s">
-        <v>970</v>
+        <v>969</v>
       </c>
       <c r="C154" s="9" t="s">
-        <v>1028</v>
+        <v>1027</v>
       </c>
       <c r="D154" s="9" t="s">
-        <v>972</v>
+        <v>971</v>
       </c>
       <c r="E154" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F154" s="9" t="s">
-        <v>980</v>
+        <v>979</v>
       </c>
       <c r="G154" s="9">
         <v>50</v>
       </c>
       <c r="H154" s="10">
         <v>1109</v>
       </c>
       <c r="I154" s="10"/>
     </row>
     <row r="155" spans="1:10">
       <c r="B155" s="9" t="s">
-        <v>970</v>
+        <v>969</v>
       </c>
       <c r="C155" s="9" t="s">
-        <v>1029</v>
+        <v>1028</v>
       </c>
       <c r="D155" s="9" t="s">
-        <v>965</v>
+        <v>964</v>
       </c>
       <c r="E155" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F155" s="9" t="s">
-        <v>977</v>
+        <v>976</v>
       </c>
       <c r="G155" s="9">
         <v>50</v>
       </c>
       <c r="H155" s="10">
         <v>1601</v>
       </c>
       <c r="I155" s="10"/>
     </row>
     <row r="156" spans="1:10">
       <c r="B156" s="9" t="s">
-        <v>970</v>
+        <v>969</v>
       </c>
       <c r="C156" s="9" t="s">
-        <v>1030</v>
+        <v>1029</v>
       </c>
       <c r="D156" s="9" t="s">
-        <v>972</v>
+        <v>971</v>
       </c>
       <c r="E156" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F156" s="9" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="G156" s="9">
         <v>50</v>
       </c>
       <c r="H156" s="10">
         <v>1622</v>
       </c>
       <c r="I156" s="10"/>
     </row>
     <row r="157" spans="1:10">
       <c r="B157" s="9" t="s">
-        <v>970</v>
+        <v>969</v>
       </c>
       <c r="C157" s="9" t="s">
-        <v>1031</v>
+        <v>1030</v>
       </c>
       <c r="D157" s="9" t="s">
-        <v>972</v>
+        <v>971</v>
       </c>
       <c r="E157" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F157" s="9" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="G157" s="9">
         <v>50</v>
       </c>
       <c r="H157" s="10">
         <v>1003</v>
       </c>
       <c r="I157" s="10"/>
     </row>
     <row r="158" spans="1:10">
       <c r="B158" s="9" t="s">
-        <v>983</v>
+        <v>982</v>
       </c>
       <c r="C158" s="9" t="s">
-        <v>1032</v>
+        <v>1031</v>
       </c>
       <c r="D158" s="9" t="s">
-        <v>985</v>
+        <v>984</v>
       </c>
       <c r="E158" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F158" s="9" t="s">
-        <v>1022</v>
+        <v>1021</v>
       </c>
       <c r="G158" s="9">
         <v>50</v>
       </c>
       <c r="H158" s="10">
         <v>1353</v>
       </c>
       <c r="I158" s="10"/>
     </row>
     <row r="159" spans="1:10">
       <c r="B159" s="9" t="s">
-        <v>983</v>
+        <v>982</v>
       </c>
       <c r="C159" s="9" t="s">
-        <v>1033</v>
+        <v>1032</v>
       </c>
       <c r="D159" s="9" t="s">
-        <v>985</v>
+        <v>984</v>
       </c>
       <c r="E159" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F159" s="9" t="s">
-        <v>208</v>
+        <v>456</v>
       </c>
       <c r="G159" s="9">
         <v>25</v>
       </c>
       <c r="H159" s="10">
         <v>708</v>
       </c>
       <c r="I159" s="10"/>
     </row>
     <row r="160" spans="1:10">
       <c r="B160" s="9" t="s">
-        <v>983</v>
+        <v>982</v>
       </c>
       <c r="C160" s="9" t="s">
-        <v>1034</v>
+        <v>1033</v>
       </c>
       <c r="D160" s="9" t="s">
-        <v>985</v>
+        <v>984</v>
       </c>
       <c r="E160" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F160" s="9" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="G160" s="9">
         <v>25</v>
       </c>
       <c r="H160" s="11">
         <v>708</v>
       </c>
       <c r="I160" s="11"/>
     </row>
     <row r="161" spans="1:10">
       <c r="B161" s="9" t="s">
-        <v>983</v>
+        <v>982</v>
       </c>
       <c r="C161" s="9" t="s">
-        <v>1035</v>
+        <v>1034</v>
       </c>
       <c r="D161" s="9" t="s">
-        <v>985</v>
+        <v>984</v>
       </c>
       <c r="E161" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F161" s="9" t="s">
-        <v>583</v>
+        <v>582</v>
       </c>
       <c r="G161" s="9">
         <v>50</v>
       </c>
       <c r="H161" s="10">
         <v>1684</v>
       </c>
       <c r="I161" s="10"/>
     </row>
     <row r="162" spans="1:10">
       <c r="B162" s="9" t="s">
-        <v>983</v>
+        <v>982</v>
       </c>
       <c r="C162" s="9" t="s">
-        <v>1036</v>
+        <v>1035</v>
       </c>
       <c r="D162" s="9" t="s">
-        <v>985</v>
+        <v>984</v>
       </c>
       <c r="E162" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F162" s="9" t="s">
-        <v>977</v>
+        <v>976</v>
       </c>
       <c r="G162" s="9">
         <v>50</v>
       </c>
       <c r="H162" s="10">
         <v>1524</v>
       </c>
       <c r="I162" s="10"/>
     </row>
     <row r="163" spans="1:10">
       <c r="B163" s="9" t="s">
-        <v>983</v>
+        <v>982</v>
       </c>
       <c r="C163" s="9" t="s">
-        <v>1037</v>
+        <v>1036</v>
       </c>
       <c r="D163" s="9" t="s">
-        <v>985</v>
+        <v>984</v>
       </c>
       <c r="E163" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F163" s="9" t="s">
         <v>50</v>
       </c>
       <c r="G163" s="9">
         <v>50</v>
       </c>
       <c r="H163" s="10">
         <v>1524</v>
       </c>
       <c r="I163" s="10"/>
     </row>
     <row r="164" spans="1:10">
       <c r="B164" s="9" t="s">
-        <v>983</v>
+        <v>982</v>
       </c>
       <c r="C164" s="9" t="s">
-        <v>1038</v>
+        <v>1037</v>
       </c>
       <c r="D164" s="9" t="s">
-        <v>985</v>
+        <v>984</v>
       </c>
       <c r="E164" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F164" s="9" t="s">
-        <v>973</v>
+        <v>972</v>
       </c>
       <c r="G164" s="9">
         <v>50</v>
       </c>
       <c r="H164" s="10">
         <v>1354</v>
       </c>
       <c r="I164" s="10"/>
     </row>
     <row r="165" spans="1:10">
       <c r="B165" s="9" t="s">
-        <v>983</v>
+        <v>982</v>
       </c>
       <c r="C165" s="9" t="s">
-        <v>1039</v>
+        <v>1038</v>
       </c>
       <c r="D165" s="9" t="s">
-        <v>985</v>
+        <v>984</v>
       </c>
       <c r="E165" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F165" s="9" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="G165" s="9">
         <v>50</v>
       </c>
       <c r="H165" s="10">
         <v>1700</v>
       </c>
       <c r="I165" s="10"/>
     </row>
     <row r="166" spans="1:10">
       <c r="B166" s="9" t="s">
-        <v>983</v>
+        <v>982</v>
       </c>
       <c r="C166" s="9" t="s">
-        <v>1040</v>
+        <v>1039</v>
       </c>
       <c r="D166" s="9" t="s">
-        <v>985</v>
+        <v>984</v>
       </c>
       <c r="E166" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F166" s="9" t="s">
-        <v>997</v>
+        <v>996</v>
       </c>
       <c r="G166" s="9">
         <v>50</v>
       </c>
       <c r="H166" s="10">
         <v>1807</v>
       </c>
       <c r="I166" s="10"/>
     </row>
     <row r="167" spans="1:10">
       <c r="B167" s="9" t="s">
-        <v>983</v>
+        <v>982</v>
       </c>
       <c r="C167" s="9" t="s">
-        <v>1041</v>
+        <v>1040</v>
       </c>
       <c r="D167" s="9" t="s">
-        <v>985</v>
+        <v>984</v>
       </c>
       <c r="E167" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F167" s="9" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="G167" s="9">
         <v>50</v>
       </c>
       <c r="H167" s="10">
         <v>1212</v>
       </c>
       <c r="I167" s="10"/>
     </row>
     <row r="168" spans="1:10">
       <c r="B168" s="9" t="s">
-        <v>983</v>
+        <v>982</v>
       </c>
       <c r="C168" s="9" t="s">
-        <v>1042</v>
+        <v>1041</v>
       </c>
       <c r="D168" s="9" t="s">
-        <v>985</v>
+        <v>984</v>
       </c>
       <c r="E168" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F168" s="9" t="s">
-        <v>573</v>
+        <v>572</v>
       </c>
       <c r="G168" s="9">
         <v>25</v>
       </c>
       <c r="H168" s="10">
         <v>723</v>
       </c>
       <c r="I168" s="10"/>
     </row>
     <row r="169" spans="1:10">
       <c r="B169" s="9" t="s">
-        <v>983</v>
+        <v>982</v>
       </c>
       <c r="C169" s="9" t="s">
-        <v>1043</v>
+        <v>1042</v>
       </c>
       <c r="D169" s="9" t="s">
-        <v>985</v>
+        <v>984</v>
       </c>
       <c r="E169" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F169" s="9" t="s">
-        <v>969</v>
+        <v>968</v>
       </c>
       <c r="G169" s="9">
         <v>50</v>
       </c>
       <c r="H169" s="10">
         <v>1206</v>
       </c>
       <c r="I169" s="10"/>
     </row>
     <row r="170" spans="1:10">
       <c r="B170" s="9" t="s">
-        <v>983</v>
+        <v>982</v>
       </c>
       <c r="C170" s="9" t="s">
-        <v>1044</v>
+        <v>1043</v>
       </c>
       <c r="D170" s="9" t="s">
-        <v>985</v>
+        <v>984</v>
       </c>
       <c r="E170" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F170" s="9" t="s">
-        <v>607</v>
+        <v>606</v>
       </c>
       <c r="G170" s="9">
         <v>50</v>
       </c>
       <c r="H170" s="10">
         <v>1103</v>
       </c>
       <c r="I170" s="10"/>
     </row>
     <row r="171" spans="1:10">
       <c r="B171" s="9" t="s">
-        <v>983</v>
+        <v>982</v>
       </c>
       <c r="C171" s="9" t="s">
-        <v>1045</v>
+        <v>1044</v>
       </c>
       <c r="D171" s="9" t="s">
-        <v>985</v>
+        <v>984</v>
       </c>
       <c r="E171" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F171" s="9" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="G171" s="9">
         <v>50</v>
       </c>
       <c r="H171" s="10">
         <v>1100</v>
       </c>
       <c r="I171" s="10"/>
     </row>
     <row r="172" spans="1:10">
       <c r="B172" s="9" t="s">
-        <v>983</v>
+        <v>982</v>
       </c>
       <c r="C172" s="9" t="s">
+        <v>1045</v>
+      </c>
+      <c r="D172" s="9" t="s">
+        <v>984</v>
+      </c>
+      <c r="E172" s="9" t="s">
+        <v>755</v>
+      </c>
+      <c r="F172" s="9" t="s">
         <v>1046</v>
-      </c>
-[...7 lines deleted...]
-        <v>1047</v>
       </c>
       <c r="G172" s="9">
         <v>50</v>
       </c>
       <c r="H172" s="10">
         <v>1417</v>
       </c>
       <c r="I172" s="10"/>
     </row>
     <row r="173" spans="1:10">
       <c r="B173" s="9" t="s">
-        <v>983</v>
+        <v>982</v>
       </c>
       <c r="C173" s="9" t="s">
-        <v>1048</v>
+        <v>1047</v>
       </c>
       <c r="D173" s="9" t="s">
-        <v>985</v>
+        <v>984</v>
       </c>
       <c r="E173" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F173" s="9" t="s">
-        <v>1014</v>
+        <v>1013</v>
       </c>
       <c r="G173" s="9">
         <v>50</v>
       </c>
       <c r="H173" s="10">
         <v>1225</v>
       </c>
       <c r="I173" s="10"/>
     </row>
     <row r="174" spans="1:10">
       <c r="B174" s="9" t="s">
-        <v>983</v>
+        <v>982</v>
       </c>
       <c r="C174" s="9" t="s">
+        <v>1048</v>
+      </c>
+      <c r="D174" s="9" t="s">
+        <v>984</v>
+      </c>
+      <c r="E174" s="9" t="s">
+        <v>755</v>
+      </c>
+      <c r="F174" s="9" t="s">
         <v>1049</v>
-      </c>
-[...7 lines deleted...]
-        <v>1050</v>
       </c>
       <c r="G174" s="9">
         <v>50</v>
       </c>
       <c r="H174" s="10">
         <v>1292</v>
       </c>
       <c r="I174" s="10"/>
     </row>
     <row r="175" spans="1:10">
       <c r="B175" s="9" t="s">
-        <v>983</v>
+        <v>982</v>
       </c>
       <c r="C175" s="9" t="s">
-        <v>1051</v>
+        <v>1050</v>
       </c>
       <c r="D175" s="9" t="s">
-        <v>985</v>
+        <v>984</v>
       </c>
       <c r="E175" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F175" s="9" t="s">
-        <v>962</v>
+        <v>961</v>
       </c>
       <c r="G175" s="9">
         <v>50</v>
       </c>
       <c r="H175" s="10">
         <v>1266</v>
       </c>
       <c r="I175" s="10"/>
     </row>
     <row r="176" spans="1:10">
       <c r="B176" s="9" t="s">
-        <v>983</v>
+        <v>982</v>
       </c>
       <c r="C176" s="9" t="s">
-        <v>1052</v>
+        <v>1051</v>
       </c>
       <c r="D176" s="9" t="s">
-        <v>985</v>
+        <v>984</v>
       </c>
       <c r="E176" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F176" s="9" t="s">
-        <v>967</v>
+        <v>966</v>
       </c>
       <c r="G176" s="9">
         <v>50</v>
       </c>
       <c r="H176" s="10">
         <v>1165</v>
       </c>
       <c r="I176" s="10"/>
     </row>
     <row r="177" spans="1:10">
       <c r="B177" s="9" t="s">
-        <v>983</v>
+        <v>982</v>
       </c>
       <c r="C177" s="9" t="s">
-        <v>1053</v>
+        <v>1052</v>
       </c>
       <c r="D177" s="9" t="s">
-        <v>985</v>
+        <v>984</v>
       </c>
       <c r="E177" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F177" s="9" t="s">
-        <v>573</v>
+        <v>572</v>
       </c>
       <c r="G177" s="9">
         <v>50</v>
       </c>
       <c r="H177" s="10">
         <v>1200</v>
       </c>
       <c r="I177" s="10"/>
     </row>
     <row r="178" spans="1:10">
       <c r="B178" s="9" t="s">
-        <v>989</v>
+        <v>988</v>
       </c>
       <c r="C178" s="9" t="s">
-        <v>1054</v>
+        <v>1053</v>
       </c>
       <c r="D178" s="9" t="s">
-        <v>991</v>
+        <v>990</v>
       </c>
       <c r="E178" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F178" s="9" t="s">
-        <v>208</v>
+        <v>456</v>
       </c>
       <c r="G178" s="9">
         <v>25</v>
       </c>
       <c r="H178" s="10">
         <v>814</v>
       </c>
       <c r="I178" s="10"/>
     </row>
     <row r="179" spans="1:10">
       <c r="B179" s="9" t="s">
-        <v>989</v>
+        <v>988</v>
       </c>
       <c r="C179" s="9" t="s">
-        <v>1055</v>
+        <v>1054</v>
       </c>
       <c r="D179" s="9" t="s">
-        <v>991</v>
+        <v>990</v>
       </c>
       <c r="E179" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F179" s="9" t="s">
-        <v>969</v>
+        <v>968</v>
       </c>
       <c r="G179" s="9">
         <v>25</v>
       </c>
       <c r="H179" s="10">
         <v>845</v>
       </c>
       <c r="I179" s="10"/>
     </row>
     <row r="180" spans="1:10">
       <c r="B180" s="9" t="s">
-        <v>989</v>
+        <v>988</v>
       </c>
       <c r="C180" s="9" t="s">
-        <v>1056</v>
+        <v>1055</v>
       </c>
       <c r="D180" s="9" t="s">
-        <v>991</v>
+        <v>990</v>
       </c>
       <c r="E180" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F180" s="9" t="s">
-        <v>607</v>
+        <v>606</v>
       </c>
       <c r="G180" s="9">
         <v>25</v>
       </c>
       <c r="H180" s="10">
         <v>733</v>
       </c>
       <c r="I180" s="10"/>
     </row>
     <row r="181" spans="1:10">
       <c r="B181" s="9" t="s">
-        <v>989</v>
+        <v>988</v>
       </c>
       <c r="C181" s="9" t="s">
-        <v>1057</v>
+        <v>1056</v>
       </c>
       <c r="D181" s="9" t="s">
-        <v>991</v>
+        <v>990</v>
       </c>
       <c r="E181" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F181" s="9" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="G181" s="9">
         <v>25</v>
       </c>
       <c r="H181" s="10">
         <v>759</v>
       </c>
       <c r="I181" s="10"/>
     </row>
     <row r="182" spans="1:10">
       <c r="B182" s="9" t="s">
-        <v>989</v>
+        <v>988</v>
       </c>
       <c r="C182" s="9" t="s">
-        <v>1058</v>
+        <v>1057</v>
       </c>
       <c r="D182" s="9" t="s">
-        <v>991</v>
+        <v>990</v>
       </c>
       <c r="E182" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F182" s="9" t="s">
-        <v>1047</v>
+        <v>1046</v>
       </c>
       <c r="G182" s="9">
         <v>25</v>
       </c>
       <c r="H182" s="10">
         <v>965</v>
       </c>
       <c r="I182" s="10"/>
     </row>
     <row r="183" spans="1:10">
       <c r="B183" s="9" t="s">
-        <v>989</v>
+        <v>988</v>
       </c>
       <c r="C183" s="9" t="s">
-        <v>1059</v>
+        <v>1058</v>
       </c>
       <c r="D183" s="9" t="s">
-        <v>991</v>
+        <v>990</v>
       </c>
       <c r="E183" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F183" s="9" t="s">
-        <v>1014</v>
+        <v>1013</v>
       </c>
       <c r="G183" s="9">
         <v>25</v>
       </c>
       <c r="H183" s="10">
         <v>782</v>
       </c>
       <c r="I183" s="10"/>
     </row>
     <row r="184" spans="1:10">
       <c r="B184" s="9" t="s">
-        <v>989</v>
+        <v>988</v>
       </c>
       <c r="C184" s="9" t="s">
-        <v>1060</v>
+        <v>1059</v>
       </c>
       <c r="D184" s="9" t="s">
-        <v>991</v>
+        <v>990</v>
       </c>
       <c r="E184" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F184" s="9" t="s">
-        <v>1050</v>
+        <v>1049</v>
       </c>
       <c r="G184" s="9">
         <v>25</v>
       </c>
       <c r="H184" s="10">
         <v>1071</v>
       </c>
       <c r="I184" s="10"/>
     </row>
     <row r="185" spans="1:10">
       <c r="B185" s="9" t="s">
-        <v>989</v>
+        <v>988</v>
       </c>
       <c r="C185" s="9" t="s">
-        <v>1061</v>
+        <v>1060</v>
       </c>
       <c r="D185" s="9" t="s">
-        <v>991</v>
+        <v>990</v>
       </c>
       <c r="E185" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F185" s="9" t="s">
-        <v>962</v>
+        <v>961</v>
       </c>
       <c r="G185" s="9">
         <v>25</v>
       </c>
       <c r="H185" s="10">
         <v>797</v>
       </c>
       <c r="I185" s="10"/>
     </row>
     <row r="186" spans="1:10">
       <c r="B186" s="9" t="s">
-        <v>989</v>
+        <v>988</v>
       </c>
       <c r="C186" s="9" t="s">
-        <v>1062</v>
+        <v>1061</v>
       </c>
       <c r="D186" s="9" t="s">
-        <v>991</v>
+        <v>990</v>
       </c>
       <c r="E186" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F186" s="9" t="s">
-        <v>967</v>
+        <v>966</v>
       </c>
       <c r="G186" s="9">
         <v>25</v>
       </c>
       <c r="H186" s="10">
         <v>821</v>
       </c>
       <c r="I186" s="10"/>
     </row>
     <row r="187" spans="1:10">
       <c r="B187" s="9" t="s">
-        <v>989</v>
+        <v>988</v>
       </c>
       <c r="C187" s="9" t="s">
-        <v>1063</v>
+        <v>1062</v>
       </c>
       <c r="D187" s="9" t="s">
-        <v>991</v>
+        <v>990</v>
       </c>
       <c r="E187" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F187" s="9" t="s">
-        <v>573</v>
+        <v>572</v>
       </c>
       <c r="G187" s="9">
         <v>25</v>
       </c>
       <c r="H187" s="10">
         <v>795</v>
       </c>
       <c r="I187" s="10"/>
     </row>
     <row r="188" spans="1:10">
       <c r="B188" s="9" t="s">
-        <v>983</v>
+        <v>982</v>
       </c>
       <c r="C188" s="9" t="s">
-        <v>1064</v>
+        <v>1063</v>
       </c>
       <c r="D188" s="9" t="s">
-        <v>985</v>
+        <v>984</v>
       </c>
       <c r="E188" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F188" s="9" t="s">
-        <v>208</v>
+        <v>456</v>
       </c>
       <c r="G188" s="9">
         <v>50</v>
       </c>
       <c r="H188" s="10">
         <v>1135</v>
       </c>
       <c r="I188" s="10"/>
     </row>
     <row r="189" spans="1:10">
       <c r="B189" s="9" t="s">
+        <v>1064</v>
+      </c>
+      <c r="C189" s="9" t="s">
         <v>1065</v>
       </c>
-      <c r="C189" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D189" s="9" t="s">
+        <v>959</v>
+      </c>
+      <c r="E189" s="9" t="s">
         <v>960</v>
       </c>
-      <c r="E189" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F189" s="9" t="s">
-        <v>969</v>
+        <v>968</v>
       </c>
       <c r="G189" s="9">
         <v>50</v>
       </c>
       <c r="H189" s="10">
         <v>1054</v>
       </c>
       <c r="I189" s="10"/>
     </row>
     <row r="190" spans="1:10">
       <c r="B190" s="9" t="s">
+        <v>1066</v>
+      </c>
+      <c r="C190" s="9" t="s">
         <v>1067</v>
       </c>
-      <c r="C190" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D190" s="9" t="s">
+        <v>959</v>
+      </c>
+      <c r="E190" s="9" t="s">
         <v>960</v>
       </c>
-      <c r="E190" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F190" s="9" t="s">
-        <v>973</v>
+        <v>972</v>
       </c>
       <c r="G190" s="9">
         <v>50</v>
       </c>
       <c r="H190" s="10">
         <v>1085</v>
       </c>
       <c r="I190" s="10"/>
     </row>
     <row r="191" spans="1:10">
       <c r="B191" s="9" t="s">
+        <v>1068</v>
+      </c>
+      <c r="C191" s="9" t="s">
         <v>1069</v>
       </c>
-      <c r="C191" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D191" s="9" t="s">
+        <v>959</v>
+      </c>
+      <c r="E191" s="9" t="s">
         <v>960</v>
-      </c>
-[...1 lines deleted...]
-        <v>961</v>
       </c>
       <c r="F191" s="9" t="s">
         <v>50</v>
       </c>
       <c r="G191" s="9">
         <v>50</v>
       </c>
       <c r="H191" s="10">
         <v>1342</v>
       </c>
       <c r="I191" s="10"/>
     </row>
     <row r="192" spans="1:10">
       <c r="B192" s="9" t="s">
+        <v>1070</v>
+      </c>
+      <c r="C192" s="9" t="s">
         <v>1071</v>
       </c>
-      <c r="C192" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D192" s="9" t="s">
+        <v>959</v>
+      </c>
+      <c r="E192" s="9" t="s">
         <v>960</v>
       </c>
-      <c r="E192" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F192" s="9" t="s">
-        <v>583</v>
+        <v>582</v>
       </c>
       <c r="G192" s="9">
         <v>50</v>
       </c>
       <c r="H192" s="10">
         <v>1394</v>
       </c>
       <c r="I192" s="10"/>
     </row>
     <row r="193" spans="1:10">
       <c r="B193" s="9" t="s">
+        <v>1072</v>
+      </c>
+      <c r="C193" s="9" t="s">
         <v>1073</v>
       </c>
-      <c r="C193" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D193" s="9" t="s">
+        <v>959</v>
+      </c>
+      <c r="E193" s="9" t="s">
         <v>960</v>
       </c>
-      <c r="E193" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F193" s="9" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="G193" s="9">
         <v>50</v>
       </c>
       <c r="H193" s="10">
         <v>1165</v>
       </c>
       <c r="I193" s="10"/>
     </row>
     <row r="194" spans="1:10">
       <c r="B194" s="9" t="s">
+        <v>1074</v>
+      </c>
+      <c r="C194" s="9" t="s">
         <v>1075</v>
       </c>
-      <c r="C194" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D194" s="9" t="s">
+        <v>959</v>
+      </c>
+      <c r="E194" s="9" t="s">
         <v>960</v>
       </c>
-      <c r="E194" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F194" s="9" t="s">
-        <v>986</v>
+        <v>985</v>
       </c>
       <c r="G194" s="9">
         <v>50</v>
       </c>
       <c r="H194" s="10">
         <v>1033</v>
       </c>
       <c r="I194" s="10"/>
     </row>
     <row r="195" spans="1:10">
       <c r="B195" s="9" t="s">
+        <v>1076</v>
+      </c>
+      <c r="C195" s="9" t="s">
         <v>1077</v>
       </c>
-      <c r="C195" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D195" s="9" t="s">
+        <v>959</v>
+      </c>
+      <c r="E195" s="9" t="s">
         <v>960</v>
       </c>
-      <c r="E195" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F195" s="9" t="s">
-        <v>1014</v>
+        <v>1013</v>
       </c>
       <c r="G195" s="9">
         <v>50</v>
       </c>
       <c r="H195" s="10">
         <v>907</v>
       </c>
       <c r="I195" s="10"/>
     </row>
     <row r="196" spans="1:10">
       <c r="B196" s="9" t="s">
+        <v>1078</v>
+      </c>
+      <c r="C196" s="9" t="s">
         <v>1079</v>
       </c>
-      <c r="C196" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D196" s="9" t="s">
+        <v>959</v>
+      </c>
+      <c r="E196" s="9" t="s">
         <v>960</v>
       </c>
-      <c r="E196" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F196" s="9" t="s">
-        <v>208</v>
+        <v>456</v>
       </c>
       <c r="G196" s="9">
         <v>50</v>
       </c>
       <c r="H196" s="10">
         <v>870</v>
       </c>
       <c r="I196" s="10"/>
     </row>
     <row r="197" spans="1:10">
       <c r="B197" s="9" t="s">
+        <v>1080</v>
+      </c>
+      <c r="C197" s="9" t="s">
         <v>1081</v>
       </c>
-      <c r="C197" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D197" s="9" t="s">
+        <v>959</v>
+      </c>
+      <c r="E197" s="9" t="s">
         <v>960</v>
       </c>
-      <c r="E197" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F197" s="9" t="s">
-        <v>573</v>
+        <v>572</v>
       </c>
       <c r="G197" s="9">
         <v>50</v>
       </c>
       <c r="H197" s="10">
         <v>919</v>
       </c>
       <c r="I197" s="10"/>
     </row>
     <row r="199" spans="1:10">
       <c r="B199" s="7" t="s">
-        <v>1083</v>
+        <v>1082</v>
       </c>
       <c r="C199" s="0"/>
       <c r="D199" s="0"/>
       <c r="E199" s="0"/>
       <c r="F199" s="0"/>
       <c r="G199" s="0"/>
     </row>
     <row r="200" spans="1:10">
       <c r="B200" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C200" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D200" s="8" t="s">
-        <v>750</v>
+        <v>749</v>
       </c>
       <c r="E200" s="8" t="s">
         <v>11</v>
       </c>
       <c r="F200" s="8" t="s">
-        <v>763</v>
+        <v>762</v>
       </c>
       <c r="G200" s="8" t="s">
         <v>35</v>
       </c>
       <c r="H200" s="8" t="s">
-        <v>751</v>
+        <v>750</v>
       </c>
       <c r="I200" s="8" t="s">
-        <v>618</v>
+        <v>617</v>
       </c>
       <c r="J200" s="8" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="201" spans="1:10">
       <c r="B201" s="9" t="s">
+        <v>1083</v>
+      </c>
+      <c r="C201" s="9" t="s">
         <v>1084</v>
       </c>
-      <c r="C201" s="9" t="s">
+      <c r="D201" s="9" t="s">
         <v>1085</v>
       </c>
-      <c r="D201" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E201" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F201" s="9" t="s">
-        <v>789</v>
+        <v>788</v>
       </c>
       <c r="G201" s="9" t="s">
-        <v>208</v>
+        <v>456</v>
       </c>
       <c r="H201" s="9">
         <v>25</v>
       </c>
       <c r="I201" s="10">
         <v>1154</v>
       </c>
       <c r="J201" s="10"/>
     </row>
     <row r="202" spans="1:10">
       <c r="B202" s="9" t="s">
-        <v>1084</v>
+        <v>1083</v>
       </c>
       <c r="C202" s="9" t="s">
-        <v>1087</v>
+        <v>1086</v>
       </c>
       <c r="D202" s="9" t="s">
-        <v>1086</v>
+        <v>1085</v>
       </c>
       <c r="E202" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F202" s="9" t="s">
-        <v>789</v>
+        <v>788</v>
       </c>
       <c r="G202" s="9" t="s">
-        <v>967</v>
+        <v>966</v>
       </c>
       <c r="H202" s="9">
         <v>25</v>
       </c>
       <c r="I202" s="10">
         <v>1256</v>
       </c>
       <c r="J202" s="10"/>
     </row>
     <row r="203" spans="1:10">
       <c r="B203" s="9" t="s">
-        <v>1084</v>
+        <v>1083</v>
       </c>
       <c r="C203" s="9" t="s">
-        <v>1088</v>
+        <v>1087</v>
       </c>
       <c r="D203" s="9" t="s">
-        <v>1086</v>
+        <v>1085</v>
       </c>
       <c r="E203" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F203" s="9" t="s">
-        <v>789</v>
+        <v>788</v>
       </c>
       <c r="G203" s="9" t="s">
-        <v>607</v>
+        <v>606</v>
       </c>
       <c r="H203" s="9">
         <v>25</v>
       </c>
       <c r="I203" s="10">
         <v>1258</v>
       </c>
       <c r="J203" s="10"/>
     </row>
     <row r="204" spans="1:10">
       <c r="B204" s="9" t="s">
-        <v>1084</v>
+        <v>1083</v>
       </c>
       <c r="C204" s="9" t="s">
-        <v>1089</v>
+        <v>1088</v>
       </c>
       <c r="D204" s="9" t="s">
-        <v>1086</v>
+        <v>1085</v>
       </c>
       <c r="E204" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F204" s="9" t="s">
-        <v>789</v>
+        <v>788</v>
       </c>
       <c r="G204" s="9" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="H204" s="9">
         <v>25</v>
       </c>
       <c r="I204" s="10">
         <v>1288</v>
       </c>
       <c r="J204" s="10"/>
     </row>
     <row r="205" spans="1:10">
       <c r="B205" s="9" t="s">
-        <v>1084</v>
+        <v>1083</v>
       </c>
       <c r="C205" s="9" t="s">
-        <v>1090</v>
+        <v>1089</v>
       </c>
       <c r="D205" s="9" t="s">
-        <v>1086</v>
+        <v>1085</v>
       </c>
       <c r="E205" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F205" s="9" t="s">
-        <v>789</v>
+        <v>788</v>
       </c>
       <c r="G205" s="9" t="s">
-        <v>973</v>
+        <v>972</v>
       </c>
       <c r="H205" s="9">
         <v>25</v>
       </c>
       <c r="I205" s="10">
         <v>1336</v>
       </c>
       <c r="J205" s="10"/>
     </row>
     <row r="206" spans="1:10">
       <c r="B206" s="9" t="s">
-        <v>1084</v>
+        <v>1083</v>
       </c>
       <c r="C206" s="9" t="s">
-        <v>1091</v>
+        <v>1090</v>
       </c>
       <c r="D206" s="9" t="s">
-        <v>1086</v>
+        <v>1085</v>
       </c>
       <c r="E206" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F206" s="9" t="s">
-        <v>789</v>
+        <v>788</v>
       </c>
       <c r="G206" s="9" t="s">
-        <v>573</v>
+        <v>572</v>
       </c>
       <c r="H206" s="9">
         <v>25</v>
       </c>
       <c r="I206" s="10">
         <v>1352</v>
       </c>
       <c r="J206" s="10"/>
     </row>
     <row r="207" spans="1:10">
       <c r="B207" s="9" t="s">
-        <v>1084</v>
+        <v>1083</v>
       </c>
       <c r="C207" s="9" t="s">
-        <v>1092</v>
+        <v>1091</v>
       </c>
       <c r="D207" s="9" t="s">
-        <v>1086</v>
+        <v>1085</v>
       </c>
       <c r="E207" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F207" s="9" t="s">
-        <v>789</v>
+        <v>788</v>
       </c>
       <c r="G207" s="9" t="s">
-        <v>1047</v>
+        <v>1046</v>
       </c>
       <c r="H207" s="9">
         <v>25</v>
       </c>
       <c r="I207" s="10">
         <v>1374</v>
       </c>
       <c r="J207" s="10"/>
     </row>
     <row r="208" spans="1:10">
       <c r="B208" s="9" t="s">
-        <v>1084</v>
+        <v>1083</v>
       </c>
       <c r="C208" s="9" t="s">
-        <v>1093</v>
+        <v>1092</v>
       </c>
       <c r="D208" s="9" t="s">
-        <v>1086</v>
+        <v>1085</v>
       </c>
       <c r="E208" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F208" s="9" t="s">
-        <v>789</v>
+        <v>788</v>
       </c>
       <c r="G208" s="9" t="s">
-        <v>969</v>
+        <v>968</v>
       </c>
       <c r="H208" s="9">
         <v>25</v>
       </c>
       <c r="I208" s="10">
         <v>1378</v>
       </c>
       <c r="J208" s="10"/>
     </row>
     <row r="209" spans="1:10">
       <c r="B209" s="9" t="s">
-        <v>1084</v>
+        <v>1083</v>
       </c>
       <c r="C209" s="9" t="s">
-        <v>1094</v>
+        <v>1093</v>
       </c>
       <c r="D209" s="9" t="s">
-        <v>1086</v>
+        <v>1085</v>
       </c>
       <c r="E209" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F209" s="9" t="s">
-        <v>789</v>
+        <v>788</v>
       </c>
       <c r="G209" s="9" t="s">
-        <v>962</v>
+        <v>961</v>
       </c>
       <c r="H209" s="9">
         <v>25</v>
       </c>
       <c r="I209" s="10">
         <v>1449</v>
       </c>
       <c r="J209" s="10"/>
     </row>
     <row r="210" spans="1:10">
       <c r="B210" s="9" t="s">
-        <v>1084</v>
+        <v>1083</v>
       </c>
       <c r="C210" s="9" t="s">
-        <v>1095</v>
+        <v>1094</v>
       </c>
       <c r="D210" s="9" t="s">
-        <v>1086</v>
+        <v>1085</v>
       </c>
       <c r="E210" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F210" s="9" t="s">
-        <v>789</v>
+        <v>788</v>
       </c>
       <c r="G210" s="9" t="s">
-        <v>1014</v>
+        <v>1013</v>
       </c>
       <c r="H210" s="9">
         <v>25</v>
       </c>
       <c r="I210" s="10">
         <v>1451</v>
       </c>
       <c r="J210" s="10"/>
     </row>
     <row r="211" spans="1:10">
       <c r="B211" s="9" t="s">
-        <v>1084</v>
+        <v>1083</v>
       </c>
       <c r="C211" s="9" t="s">
-        <v>1096</v>
+        <v>1095</v>
       </c>
       <c r="D211" s="9" t="s">
-        <v>1086</v>
+        <v>1085</v>
       </c>
       <c r="E211" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F211" s="9" t="s">
-        <v>789</v>
+        <v>788</v>
       </c>
       <c r="G211" s="9" t="s">
-        <v>1050</v>
+        <v>1049</v>
       </c>
       <c r="H211" s="9">
         <v>25</v>
       </c>
       <c r="I211" s="10">
         <v>1503</v>
       </c>
       <c r="J211" s="10"/>
     </row>
     <row r="212" spans="1:10">
       <c r="B212" s="9" t="s">
-        <v>1084</v>
+        <v>1083</v>
       </c>
       <c r="C212" s="9" t="s">
-        <v>1097</v>
+        <v>1096</v>
       </c>
       <c r="D212" s="9" t="s">
-        <v>1086</v>
+        <v>1085</v>
       </c>
       <c r="E212" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F212" s="9" t="s">
-        <v>789</v>
+        <v>788</v>
       </c>
       <c r="G212" s="9" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="H212" s="9">
         <v>25</v>
       </c>
       <c r="I212" s="10">
         <v>1519</v>
       </c>
       <c r="J212" s="10"/>
     </row>
     <row r="213" spans="1:10">
       <c r="B213" s="9" t="s">
-        <v>1084</v>
+        <v>1083</v>
       </c>
       <c r="C213" s="9" t="s">
-        <v>1098</v>
+        <v>1097</v>
       </c>
       <c r="D213" s="9" t="s">
-        <v>1086</v>
+        <v>1085</v>
       </c>
       <c r="E213" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F213" s="9" t="s">
-        <v>789</v>
+        <v>788</v>
       </c>
       <c r="G213" s="9" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="H213" s="9">
         <v>25</v>
       </c>
       <c r="I213" s="10">
         <v>1525</v>
       </c>
       <c r="J213" s="10"/>
     </row>
     <row r="214" spans="1:10">
       <c r="B214" s="9" t="s">
-        <v>1084</v>
+        <v>1083</v>
       </c>
       <c r="C214" s="9" t="s">
-        <v>1099</v>
+        <v>1098</v>
       </c>
       <c r="D214" s="9" t="s">
-        <v>1086</v>
+        <v>1085</v>
       </c>
       <c r="E214" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F214" s="9" t="s">
-        <v>789</v>
+        <v>788</v>
       </c>
       <c r="G214" s="9" t="s">
-        <v>997</v>
+        <v>996</v>
       </c>
       <c r="H214" s="9">
         <v>25</v>
       </c>
       <c r="I214" s="10">
         <v>1539</v>
       </c>
       <c r="J214" s="10"/>
     </row>
     <row r="215" spans="1:10">
       <c r="B215" s="9" t="s">
-        <v>1084</v>
+        <v>1083</v>
       </c>
       <c r="C215" s="9" t="s">
-        <v>1100</v>
+        <v>1099</v>
       </c>
       <c r="D215" s="9" t="s">
-        <v>1086</v>
+        <v>1085</v>
       </c>
       <c r="E215" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F215" s="9" t="s">
-        <v>789</v>
+        <v>788</v>
       </c>
       <c r="G215" s="9" t="s">
-        <v>1022</v>
+        <v>1021</v>
       </c>
       <c r="H215" s="9">
         <v>25</v>
       </c>
       <c r="I215" s="10">
         <v>1558</v>
       </c>
       <c r="J215" s="10"/>
     </row>
     <row r="216" spans="1:10">
       <c r="B216" s="9" t="s">
-        <v>1084</v>
+        <v>1083</v>
       </c>
       <c r="C216" s="9" t="s">
-        <v>1101</v>
+        <v>1100</v>
       </c>
       <c r="D216" s="9" t="s">
-        <v>1086</v>
+        <v>1085</v>
       </c>
       <c r="E216" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F216" s="9" t="s">
-        <v>789</v>
+        <v>788</v>
       </c>
       <c r="G216" s="9" t="s">
-        <v>583</v>
+        <v>582</v>
       </c>
       <c r="H216" s="9">
         <v>25</v>
       </c>
       <c r="I216" s="10">
         <v>1701</v>
       </c>
       <c r="J216" s="10"/>
     </row>
     <row r="217" spans="1:10">
       <c r="B217" s="9" t="s">
-        <v>1084</v>
+        <v>1083</v>
       </c>
       <c r="C217" s="9" t="s">
-        <v>1102</v>
+        <v>1101</v>
       </c>
       <c r="D217" s="9" t="s">
-        <v>1086</v>
+        <v>1085</v>
       </c>
       <c r="E217" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F217" s="9" t="s">
-        <v>789</v>
+        <v>788</v>
       </c>
       <c r="G217" s="9" t="s">
         <v>50</v>
       </c>
       <c r="H217" s="9">
         <v>25</v>
       </c>
       <c r="I217" s="10">
         <v>1733</v>
       </c>
       <c r="J217" s="10"/>
     </row>
     <row r="218" spans="1:10">
       <c r="B218" s="9" t="s">
-        <v>1084</v>
+        <v>1083</v>
       </c>
       <c r="C218" s="9" t="s">
-        <v>1103</v>
+        <v>1102</v>
       </c>
       <c r="D218" s="9" t="s">
-        <v>1086</v>
+        <v>1085</v>
       </c>
       <c r="E218" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F218" s="9" t="s">
-        <v>789</v>
+        <v>788</v>
       </c>
       <c r="G218" s="9" t="s">
-        <v>977</v>
+        <v>976</v>
       </c>
       <c r="H218" s="9">
         <v>25</v>
       </c>
       <c r="I218" s="10">
         <v>1918</v>
       </c>
       <c r="J218" s="10"/>
     </row>
     <row r="220" spans="1:10">
       <c r="B220" s="7" t="s">
-        <v>1104</v>
+        <v>1103</v>
       </c>
       <c r="C220" s="0"/>
       <c r="D220" s="0"/>
       <c r="E220" s="0"/>
       <c r="F220" s="0"/>
       <c r="G220" s="0"/>
     </row>
     <row r="221" spans="1:10">
       <c r="B221" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C221" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D221" s="8" t="s">
-        <v>750</v>
+        <v>749</v>
       </c>
       <c r="E221" s="8" t="s">
         <v>11</v>
       </c>
       <c r="F221" s="8" t="s">
-        <v>751</v>
+        <v>750</v>
       </c>
       <c r="G221" s="8" t="s">
-        <v>618</v>
+        <v>617</v>
       </c>
       <c r="H221" s="8" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="222" spans="1:10">
       <c r="B222" s="9" t="s">
+        <v>1104</v>
+      </c>
+      <c r="C222" s="9" t="s">
         <v>1105</v>
       </c>
-      <c r="C222" s="9" t="s">
+      <c r="D222" s="9" t="s">
         <v>1106</v>
       </c>
-      <c r="D222" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E222" s="9" t="s">
-        <v>707</v>
+        <v>706</v>
       </c>
       <c r="F222" s="9">
         <v>20</v>
       </c>
       <c r="G222" s="10">
         <v>637</v>
       </c>
       <c r="H222" s="10"/>
     </row>
     <row r="223" spans="1:10">
       <c r="B223" s="9" t="s">
+        <v>1107</v>
+      </c>
+      <c r="C223" s="9" t="s">
         <v>1108</v>
       </c>
-      <c r="C223" s="9" t="s">
+      <c r="D223" s="9" t="s">
         <v>1109</v>
       </c>
-      <c r="D223" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E223" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F223" s="9">
         <v>20</v>
       </c>
       <c r="G223" s="10">
         <v>804</v>
       </c>
       <c r="H223" s="10"/>
     </row>
     <row r="224" spans="1:10">
       <c r="B224" s="9" t="s">
+        <v>1110</v>
+      </c>
+      <c r="C224" s="9" t="s">
         <v>1111</v>
       </c>
-      <c r="C224" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D224" s="9" t="s">
-        <v>1107</v>
+        <v>1106</v>
       </c>
       <c r="E224" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F224" s="9">
         <v>20</v>
       </c>
       <c r="G224" s="10">
         <v>658</v>
       </c>
       <c r="H224" s="10"/>
     </row>
     <row r="225" spans="1:10">
       <c r="B225" s="9" t="s">
+        <v>1112</v>
+      </c>
+      <c r="C225" s="9" t="s">
         <v>1113</v>
       </c>
-      <c r="C225" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D225" s="9" t="s">
-        <v>1107</v>
+        <v>1106</v>
       </c>
       <c r="E225" s="9" t="s">
-        <v>707</v>
+        <v>706</v>
       </c>
       <c r="F225" s="9">
         <v>20</v>
       </c>
       <c r="G225" s="10">
         <v>824.9</v>
       </c>
       <c r="H225" s="10"/>
     </row>
     <row r="227" spans="1:10">
       <c r="B227" s="7" t="s">
-        <v>1115</v>
+        <v>1114</v>
       </c>
       <c r="C227" s="0"/>
       <c r="D227" s="0"/>
       <c r="E227" s="0"/>
       <c r="F227" s="0"/>
       <c r="G227" s="0"/>
     </row>
     <row r="228" spans="1:10">
       <c r="B228" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C228" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D228" s="8" t="s">
-        <v>750</v>
+        <v>749</v>
       </c>
       <c r="E228" s="8" t="s">
         <v>11</v>
       </c>
       <c r="F228" s="8" t="s">
         <v>35</v>
       </c>
       <c r="G228" s="8" t="s">
-        <v>751</v>
+        <v>750</v>
       </c>
       <c r="H228" s="8" t="s">
-        <v>618</v>
+        <v>617</v>
       </c>
       <c r="I228" s="8" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="229" spans="1:10">
       <c r="B229" s="9" t="s">
+        <v>1115</v>
+      </c>
+      <c r="C229" s="9" t="s">
         <v>1116</v>
       </c>
-      <c r="C229" s="9" t="s">
+      <c r="D229" s="9" t="s">
         <v>1117</v>
       </c>
-      <c r="D229" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E229" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F229" s="9" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="G229" s="9">
         <v>25</v>
       </c>
       <c r="H229" s="10">
         <v>1347</v>
       </c>
       <c r="I229" s="10"/>
     </row>
     <row r="230" spans="1:10">
       <c r="B230" s="9" t="s">
+        <v>1118</v>
+      </c>
+      <c r="C230" s="9" t="s">
         <v>1119</v>
       </c>
-      <c r="C230" s="9" t="s">
+      <c r="D230" s="9" t="s">
         <v>1120</v>
       </c>
-      <c r="D230" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E230" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F230" s="9" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="G230" s="9">
         <v>25</v>
       </c>
       <c r="H230" s="10">
         <v>2077</v>
       </c>
       <c r="I230" s="10"/>
     </row>
     <row r="231" spans="1:10">
       <c r="B231" s="9" t="s">
-        <v>1119</v>
+        <v>1118</v>
       </c>
       <c r="C231" s="9" t="s">
-        <v>1122</v>
+        <v>1121</v>
       </c>
       <c r="D231" s="9" t="s">
-        <v>1121</v>
+        <v>1120</v>
       </c>
       <c r="E231" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F231" s="9" t="s">
-        <v>977</v>
+        <v>976</v>
       </c>
       <c r="G231" s="9">
         <v>25</v>
       </c>
       <c r="H231" s="10">
         <v>2452</v>
       </c>
       <c r="I231" s="10"/>
     </row>
     <row r="232" spans="1:10">
       <c r="B232" s="9" t="s">
-        <v>1119</v>
+        <v>1118</v>
       </c>
       <c r="C232" s="9" t="s">
-        <v>1123</v>
+        <v>1122</v>
       </c>
       <c r="D232" s="9" t="s">
-        <v>1121</v>
+        <v>1120</v>
       </c>
       <c r="E232" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F232" s="9" t="s">
-        <v>583</v>
+        <v>582</v>
       </c>
       <c r="G232" s="9">
         <v>25</v>
       </c>
       <c r="H232" s="10">
         <v>2725</v>
       </c>
       <c r="I232" s="10"/>
     </row>
     <row r="234" spans="1:10">
       <c r="B234" s="7" t="s">
-        <v>1124</v>
+        <v>1123</v>
       </c>
       <c r="C234" s="0"/>
       <c r="D234" s="0"/>
       <c r="E234" s="0"/>
       <c r="F234" s="0"/>
       <c r="G234" s="0"/>
     </row>
     <row r="235" spans="1:10">
       <c r="B235" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C235" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D235" s="8" t="s">
-        <v>750</v>
+        <v>749</v>
       </c>
       <c r="E235" s="8" t="s">
         <v>11</v>
       </c>
       <c r="F235" s="8" t="s">
-        <v>763</v>
+        <v>762</v>
       </c>
       <c r="G235" s="8" t="s">
-        <v>751</v>
+        <v>750</v>
       </c>
       <c r="H235" s="8" t="s">
-        <v>618</v>
+        <v>617</v>
       </c>
       <c r="I235" s="8" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="236" spans="1:10">
       <c r="B236" s="9" t="s">
+        <v>1124</v>
+      </c>
+      <c r="C236" s="9" t="s">
         <v>1125</v>
       </c>
-      <c r="C236" s="9" t="s">
+      <c r="D236" s="9" t="s">
         <v>1126</v>
       </c>
-      <c r="D236" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E236" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F236" s="9" t="s">
-        <v>789</v>
+        <v>788</v>
       </c>
       <c r="G236" s="9">
         <v>20</v>
       </c>
       <c r="H236" s="10">
         <v>1708</v>
       </c>
       <c r="I236" s="10"/>
     </row>
     <row r="238" spans="1:10">
       <c r="B238" s="7" t="s">
-        <v>1128</v>
+        <v>1127</v>
       </c>
       <c r="C238" s="0"/>
       <c r="D238" s="0"/>
       <c r="E238" s="0"/>
       <c r="F238" s="0"/>
       <c r="G238" s="0"/>
     </row>
     <row r="239" spans="1:10">
       <c r="B239" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C239" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D239" s="8" t="s">
-        <v>750</v>
+        <v>749</v>
       </c>
       <c r="E239" s="8" t="s">
         <v>11</v>
       </c>
       <c r="F239" s="8" t="s">
-        <v>1129</v>
+        <v>1128</v>
       </c>
       <c r="G239" s="8" t="s">
-        <v>618</v>
+        <v>617</v>
       </c>
       <c r="H239" s="8" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="240" spans="1:10">
       <c r="B240" s="9" t="s">
+        <v>1129</v>
+      </c>
+      <c r="C240" s="9" t="s">
         <v>1130</v>
       </c>
-      <c r="C240" s="9" t="s">
+      <c r="D240" s="9" t="s">
         <v>1131</v>
       </c>
-      <c r="D240" s="9" t="s">
+      <c r="E240" s="9" t="s">
+        <v>755</v>
+      </c>
+      <c r="F240" s="9" t="s">
         <v>1132</v>
-      </c>
-[...4 lines deleted...]
-        <v>1133</v>
       </c>
       <c r="G240" s="10">
         <v>769</v>
       </c>
       <c r="H240" s="10"/>
     </row>
     <row r="241" spans="1:10">
       <c r="B241" s="9" t="s">
+        <v>1133</v>
+      </c>
+      <c r="C241" s="9" t="s">
         <v>1134</v>
       </c>
-      <c r="C241" s="9" t="s">
+      <c r="D241" s="9" t="s">
         <v>1135</v>
       </c>
-      <c r="D241" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E241" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F241" s="9" t="s">
-        <v>1133</v>
+        <v>1132</v>
       </c>
       <c r="G241" s="10">
         <v>936</v>
       </c>
       <c r="H241" s="10"/>
     </row>
     <row r="242" spans="1:10">
       <c r="B242" s="9" t="s">
+        <v>1136</v>
+      </c>
+      <c r="C242" s="9" t="s">
         <v>1137</v>
       </c>
-      <c r="C242" s="9" t="s">
+      <c r="D242" s="9" t="s">
         <v>1138</v>
       </c>
-      <c r="D242" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E242" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F242" s="9" t="s">
-        <v>1133</v>
+        <v>1132</v>
       </c>
       <c r="G242" s="10">
         <v>1090</v>
       </c>
       <c r="H242" s="10"/>
     </row>
     <row r="243" spans="1:10">
       <c r="B243" s="9" t="s">
+        <v>1139</v>
+      </c>
+      <c r="C243" s="9" t="s">
         <v>1140</v>
       </c>
-      <c r="C243" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D243" s="9" t="s">
-        <v>1139</v>
+        <v>1138</v>
       </c>
       <c r="E243" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F243" s="9" t="s">
-        <v>1133</v>
+        <v>1132</v>
       </c>
       <c r="G243" s="10">
         <v>1664</v>
       </c>
       <c r="H243" s="10"/>
     </row>
     <row r="244" spans="1:10">
       <c r="B244" s="9" t="s">
+        <v>1141</v>
+      </c>
+      <c r="C244" s="9" t="s">
         <v>1142</v>
       </c>
-      <c r="C244" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D244" s="9" t="s">
-        <v>1139</v>
+        <v>1138</v>
       </c>
       <c r="E244" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F244" s="9" t="s">
-        <v>1133</v>
+        <v>1132</v>
       </c>
       <c r="G244" s="10">
         <v>2852</v>
       </c>
       <c r="H244" s="10"/>
     </row>
     <row r="245" spans="1:10">
       <c r="B245" s="9" t="s">
-        <v>1140</v>
+        <v>1139</v>
       </c>
       <c r="C245" s="9" t="s">
+        <v>1143</v>
+      </c>
+      <c r="D245" s="9" t="s">
+        <v>1138</v>
+      </c>
+      <c r="E245" s="9" t="s">
+        <v>755</v>
+      </c>
+      <c r="F245" s="9" t="s">
         <v>1144</v>
-      </c>
-[...7 lines deleted...]
-        <v>1145</v>
       </c>
       <c r="G245" s="10">
         <v>2952</v>
       </c>
       <c r="H245" s="10"/>
     </row>
     <row r="246" spans="1:10">
       <c r="B246" s="9" t="s">
+        <v>1145</v>
+      </c>
+      <c r="C246" s="9" t="s">
         <v>1146</v>
       </c>
-      <c r="C246" s="9" t="s">
+      <c r="D246" s="9" t="s">
         <v>1147</v>
       </c>
-      <c r="D246" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E246" s="9" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="F246" s="9" t="s">
-        <v>1133</v>
+        <v>1132</v>
       </c>
       <c r="G246" s="10">
         <v>4073</v>
       </c>
       <c r="H246" s="10"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B1:G1"/>
     <mergeCell ref="B3:B5"/>
     <mergeCell ref="C3:D3"/>
     <mergeCell ref="E3:G3"/>
     <mergeCell ref="C5:D5"/>
     <mergeCell ref="E5:G5"/>
     <mergeCell ref="B9:G9"/>
     <mergeCell ref="B12:G12"/>
     <mergeCell ref="B18:G18"/>
     <mergeCell ref="B28:G28"/>
     <mergeCell ref="B47:G47"/>
     <mergeCell ref="B57:G57"/>
     <mergeCell ref="B70:G70"/>
     <mergeCell ref="B77:G77"/>
     <mergeCell ref="B81:G81"/>
     <mergeCell ref="B87:G87"/>
@@ -28217,188 +28191,188 @@
             </rPr>
             <t xml:space="preserve">Цены</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="14"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> для Пензы на: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFDE5705"/>
               <sz val="14"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">02.10.2025</t>
+            <t xml:space="preserve">16.11.2025</t>
           </r>
         </is>
       </c>
       <c r="F6" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="B7" s="6" t="s">
-        <v>1149</v>
+        <v>1148</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="B9" s="7" t="s">
-        <v>1150</v>
+        <v>1149</v>
       </c>
       <c r="C9" s="0"/>
       <c r="D9" s="0"/>
       <c r="E9" s="0"/>
       <c r="F9" s="0"/>
       <c r="G9" s="0"/>
     </row>
     <row r="10" spans="1:9">
       <c r="B10" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D10" s="8" t="s">
+        <v>1150</v>
+      </c>
+      <c r="E10" s="8" t="s">
         <v>1151</v>
-      </c>
-[...1 lines deleted...]
-        <v>1152</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="B11" s="9" t="s">
+        <v>1152</v>
+      </c>
+      <c r="C11" s="9" t="s">
         <v>1153</v>
-      </c>
-[...1 lines deleted...]
-        <v>1154</v>
       </c>
       <c r="D11" s="9">
         <v>200</v>
       </c>
       <c r="E11" s="10">
         <v>14.7</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="B12" s="9" t="s">
+        <v>1154</v>
+      </c>
+      <c r="C12" s="9" t="s">
         <v>1155</v>
-      </c>
-[...1 lines deleted...]
-        <v>1156</v>
       </c>
       <c r="D12" s="9">
         <v>160</v>
       </c>
       <c r="E12" s="10">
         <v>19.46</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="B14" s="7" t="s">
-        <v>1157</v>
+        <v>1156</v>
       </c>
       <c r="C14" s="0"/>
       <c r="D14" s="0"/>
       <c r="E14" s="0"/>
       <c r="F14" s="0"/>
       <c r="G14" s="0"/>
     </row>
     <row r="15" spans="1:9">
       <c r="B15" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C15" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D15" s="8" t="s">
-        <v>1158</v>
+        <v>1157</v>
       </c>
       <c r="E15" s="8" t="s">
         <v>35</v>
       </c>
       <c r="F15" s="8" t="s">
-        <v>699</v>
+        <v>698</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="B16" s="9" t="s">
+        <v>1158</v>
+      </c>
+      <c r="C16" s="9" t="s">
         <v>1159</v>
       </c>
-      <c r="C16" s="9" t="s">
+      <c r="D16" s="9" t="s">
         <v>1160</v>
       </c>
-      <c r="D16" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E16" s="9" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="F16" s="10">
         <v>49</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="B17" s="9" t="s">
-        <v>1159</v>
+        <v>1158</v>
       </c>
       <c r="C17" s="9" t="s">
-        <v>1162</v>
+        <v>1161</v>
       </c>
       <c r="D17" s="9" t="s">
-        <v>1161</v>
+        <v>1160</v>
       </c>
       <c r="E17" s="9" t="s">
-        <v>208</v>
+        <v>456</v>
       </c>
       <c r="F17" s="10">
         <v>49</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="B18" s="9" t="s">
-        <v>1159</v>
+        <v>1158</v>
       </c>
       <c r="C18" s="9" t="s">
-        <v>1163</v>
+        <v>1162</v>
       </c>
       <c r="D18" s="9" t="s">
-        <v>1161</v>
+        <v>1160</v>
       </c>
       <c r="E18" s="9" t="s">
-        <v>573</v>
+        <v>572</v>
       </c>
       <c r="F18" s="10">
         <v>49</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B1:G1"/>
     <mergeCell ref="B3:B5"/>
     <mergeCell ref="C3:D3"/>
     <mergeCell ref="E3:G3"/>
     <mergeCell ref="C5:D5"/>
     <mergeCell ref="E5:G5"/>
     <mergeCell ref="B9:G9"/>
     <mergeCell ref="B14:G14"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="F6" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" scale="100" fitToHeight="0" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
@@ -28512,4624 +28486,4624 @@
             </rPr>
             <t xml:space="preserve">Цены</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="14"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> для Пензы на: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFDE5705"/>
               <sz val="14"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">02.10.2025</t>
+            <t xml:space="preserve">16.11.2025</t>
           </r>
         </is>
       </c>
       <c r="F6" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="B7" s="6" t="s">
-        <v>1164</v>
+        <v>1163</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="B9" s="7" t="s">
-        <v>1165</v>
+        <v>1164</v>
       </c>
       <c r="C9" s="0"/>
       <c r="D9" s="0"/>
       <c r="E9" s="0"/>
       <c r="F9" s="0"/>
       <c r="G9" s="0"/>
     </row>
     <row r="10" spans="1:9">
       <c r="B10" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D10" s="8" t="s">
-        <v>665</v>
+        <v>664</v>
       </c>
       <c r="E10" s="8" t="s">
         <v>35</v>
       </c>
       <c r="F10" s="8" t="s">
-        <v>561</v>
+        <v>560</v>
       </c>
       <c r="G10" s="8" t="s">
         <v>11</v>
       </c>
       <c r="H10" s="8" t="s">
-        <v>618</v>
+        <v>617</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="B11" s="9" t="s">
+        <v>1165</v>
+      </c>
+      <c r="C11" s="9" t="s">
         <v>1166</v>
       </c>
-      <c r="C11" s="9" t="s">
+      <c r="D11" s="9" t="s">
         <v>1167</v>
       </c>
-      <c r="D11" s="9" t="s">
+      <c r="E11" s="9" t="s">
+        <v>164</v>
+      </c>
+      <c r="F11" s="9" t="s">
         <v>1168</v>
       </c>
-      <c r="E11" s="9" t="s">
-[...2 lines deleted...]
-      <c r="F11" s="9" t="s">
+      <c r="G11" s="9" t="s">
         <v>1169</v>
-      </c>
-[...1 lines deleted...]
-        <v>1170</v>
       </c>
       <c r="H11" s="10">
         <v>590</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="B12" s="9" t="s">
+        <v>1170</v>
+      </c>
+      <c r="C12" s="9" t="s">
         <v>1171</v>
       </c>
-      <c r="C12" s="9" t="s">
+      <c r="D12" s="9" t="s">
         <v>1172</v>
       </c>
-      <c r="D12" s="9" t="s">
+      <c r="E12" s="9" t="s">
+        <v>1168</v>
+      </c>
+      <c r="F12" s="9" t="s">
+        <v>1168</v>
+      </c>
+      <c r="G12" s="9" t="s">
         <v>1173</v>
-      </c>
-[...7 lines deleted...]
-        <v>1174</v>
       </c>
       <c r="H12" s="11">
         <v>1200</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="B13" s="9" t="s">
+        <v>1174</v>
+      </c>
+      <c r="C13" s="9" t="s">
         <v>1175</v>
       </c>
-      <c r="C13" s="9" t="s">
+      <c r="D13" s="9" t="s">
         <v>1176</v>
       </c>
-      <c r="D13" s="9" t="s">
+      <c r="E13" s="9" t="s">
         <v>1177</v>
       </c>
-      <c r="E13" s="9" t="s">
+      <c r="F13" s="9" t="s">
         <v>1178</v>
       </c>
-      <c r="F13" s="9" t="s">
+      <c r="G13" s="9" t="s">
         <v>1179</v>
-      </c>
-[...1 lines deleted...]
-        <v>1180</v>
       </c>
       <c r="H13" s="10">
         <v>1990</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="B14" s="9" t="s">
+        <v>1180</v>
+      </c>
+      <c r="C14" s="9" t="s">
         <v>1181</v>
       </c>
-      <c r="C14" s="9" t="s">
+      <c r="D14" s="9" t="s">
+        <v>1176</v>
+      </c>
+      <c r="E14" s="9" t="s">
         <v>1182</v>
       </c>
-      <c r="D14" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F14" s="9" t="s">
+        <v>1178</v>
+      </c>
+      <c r="G14" s="9" t="s">
         <v>1179</v>
-      </c>
-[...1 lines deleted...]
-        <v>1180</v>
       </c>
       <c r="H14" s="10">
         <v>1990</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="B15" s="9" t="s">
+        <v>1183</v>
+      </c>
+      <c r="C15" s="9" t="s">
         <v>1184</v>
       </c>
-      <c r="C15" s="9" t="s">
+      <c r="D15" s="9" t="s">
+        <v>1176</v>
+      </c>
+      <c r="E15" s="9" t="s">
         <v>1185</v>
       </c>
-      <c r="D15" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F15" s="9" t="s">
+        <v>1178</v>
+      </c>
+      <c r="G15" s="9" t="s">
         <v>1179</v>
-      </c>
-[...1 lines deleted...]
-        <v>1180</v>
       </c>
       <c r="H15" s="10">
         <v>1990</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="B16" s="9" t="s">
+        <v>1186</v>
+      </c>
+      <c r="C16" s="9" t="s">
         <v>1187</v>
       </c>
-      <c r="C16" s="9" t="s">
+      <c r="D16" s="9" t="s">
         <v>1188</v>
       </c>
-      <c r="D16" s="9" t="s">
+      <c r="E16" s="9" t="s">
         <v>1189</v>
-      </c>
-[...1 lines deleted...]
-        <v>1190</v>
       </c>
       <c r="F16" s="9"/>
       <c r="G16" s="9" t="s">
-        <v>1174</v>
+        <v>1173</v>
       </c>
       <c r="H16" s="10">
         <v>2200</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="B17" s="9" t="s">
+        <v>1190</v>
+      </c>
+      <c r="C17" s="9" t="s">
         <v>1191</v>
       </c>
-      <c r="C17" s="9" t="s">
+      <c r="D17" s="9" t="s">
         <v>1192</v>
       </c>
-      <c r="D17" s="9" t="s">
+      <c r="E17" s="9" t="s">
         <v>1193</v>
       </c>
-      <c r="E17" s="9" t="s">
+      <c r="F17" s="9" t="s">
         <v>1194</v>
       </c>
-      <c r="F17" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G17" s="9" t="s">
-        <v>1174</v>
+        <v>1173</v>
       </c>
       <c r="H17" s="10">
         <v>2200</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="B18" s="9" t="s">
+        <v>1195</v>
+      </c>
+      <c r="C18" s="9" t="s">
         <v>1196</v>
       </c>
-      <c r="C18" s="9" t="s">
+      <c r="D18" s="9" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E18" s="9" t="s">
         <v>1197</v>
       </c>
-      <c r="D18" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F18" s="9" t="s">
-        <v>1195</v>
+        <v>1194</v>
       </c>
       <c r="G18" s="9" t="s">
-        <v>1174</v>
+        <v>1173</v>
       </c>
       <c r="H18" s="10">
         <v>2200</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="B19" s="9" t="s">
+        <v>1198</v>
+      </c>
+      <c r="C19" s="9" t="s">
         <v>1199</v>
       </c>
-      <c r="C19" s="9" t="s">
+      <c r="D19" s="9" t="s">
         <v>1200</v>
       </c>
-      <c r="D19" s="9" t="s">
+      <c r="E19" s="9" t="s">
+        <v>1197</v>
+      </c>
+      <c r="F19" s="9" t="s">
         <v>1201</v>
       </c>
-      <c r="E19" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G19" s="9" t="s">
-        <v>1174</v>
+        <v>1173</v>
       </c>
       <c r="H19" s="10">
         <v>2200</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="B20" s="9" t="s">
+        <v>1202</v>
+      </c>
+      <c r="C20" s="9" t="s">
         <v>1203</v>
       </c>
-      <c r="C20" s="9" t="s">
+      <c r="D20" s="9" t="s">
+        <v>1188</v>
+      </c>
+      <c r="E20" s="9" t="s">
         <v>1204</v>
       </c>
-      <c r="D20" s="9" t="s">
-[...2 lines deleted...]
-      <c r="E20" s="9" t="s">
+      <c r="F20" s="9" t="s">
         <v>1205</v>
       </c>
-      <c r="F20" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G20" s="9" t="s">
-        <v>1174</v>
+        <v>1173</v>
       </c>
       <c r="H20" s="11">
         <v>2200</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="B21" s="9" t="s">
+        <v>1206</v>
+      </c>
+      <c r="C21" s="9" t="s">
         <v>1207</v>
       </c>
-      <c r="C21" s="9" t="s">
+      <c r="D21" s="9" t="s">
+        <v>1188</v>
+      </c>
+      <c r="E21" s="9" t="s">
         <v>1208</v>
       </c>
-      <c r="D21" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F21" s="9" t="s">
-        <v>1206</v>
+        <v>1205</v>
       </c>
       <c r="G21" s="9" t="s">
-        <v>1174</v>
+        <v>1173</v>
       </c>
       <c r="H21" s="11">
         <v>2200</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="B22" s="9" t="s">
+        <v>1209</v>
+      </c>
+      <c r="C22" s="9" t="s">
         <v>1210</v>
       </c>
-      <c r="C22" s="9" t="s">
+      <c r="D22" s="9" t="s">
+        <v>1188</v>
+      </c>
+      <c r="E22" s="9" t="s">
         <v>1211</v>
       </c>
-      <c r="D22" s="9" t="s">
-[...2 lines deleted...]
-      <c r="E22" s="9" t="s">
+      <c r="F22" s="9" t="s">
         <v>1212</v>
       </c>
-      <c r="F22" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G22" s="9" t="s">
-        <v>1174</v>
+        <v>1173</v>
       </c>
       <c r="H22" s="10">
         <v>2200</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="B23" s="9" t="s">
+        <v>1213</v>
+      </c>
+      <c r="C23" s="9" t="s">
         <v>1214</v>
       </c>
-      <c r="C23" s="9" t="s">
+      <c r="D23" s="9" t="s">
+        <v>1188</v>
+      </c>
+      <c r="E23" s="9" t="s">
         <v>1215</v>
       </c>
-      <c r="D23" s="9" t="s">
-[...2 lines deleted...]
-      <c r="E23" s="9" t="s">
+      <c r="F23" s="9" t="s">
         <v>1216</v>
       </c>
-      <c r="F23" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G23" s="9" t="s">
-        <v>1174</v>
+        <v>1173</v>
       </c>
       <c r="H23" s="10">
         <v>2200</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="B24" s="9" t="s">
+        <v>1217</v>
+      </c>
+      <c r="C24" s="9" t="s">
         <v>1218</v>
       </c>
-      <c r="C24" s="9" t="s">
+      <c r="D24" s="9" t="s">
+        <v>1188</v>
+      </c>
+      <c r="E24" s="9" t="s">
         <v>1219</v>
       </c>
-      <c r="D24" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F24" s="9" t="s">
-        <v>1206</v>
+        <v>1205</v>
       </c>
       <c r="G24" s="9" t="s">
-        <v>1174</v>
+        <v>1173</v>
       </c>
       <c r="H24" s="11">
         <v>2200</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="B25" s="9" t="s">
+        <v>1220</v>
+      </c>
+      <c r="C25" s="9" t="s">
         <v>1221</v>
       </c>
-      <c r="C25" s="9" t="s">
+      <c r="D25" s="9" t="s">
+        <v>1188</v>
+      </c>
+      <c r="E25" s="9" t="s">
         <v>1222</v>
       </c>
-      <c r="D25" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F25" s="9" t="s">
-        <v>1217</v>
+        <v>1216</v>
       </c>
       <c r="G25" s="9" t="s">
-        <v>1174</v>
+        <v>1173</v>
       </c>
       <c r="H25" s="10">
         <v>2200</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="B26" s="9" t="s">
+        <v>1223</v>
+      </c>
+      <c r="C26" s="9" t="s">
         <v>1224</v>
       </c>
-      <c r="C26" s="9" t="s">
+      <c r="D26" s="9" t="s">
         <v>1225</v>
       </c>
-      <c r="D26" s="9" t="s">
+      <c r="E26" s="9" t="s">
         <v>1226</v>
       </c>
-      <c r="E26" s="9" t="s">
+      <c r="F26" s="9" t="s">
         <v>1227</v>
       </c>
-      <c r="F26" s="9" t="s">
+      <c r="G26" s="9" t="s">
         <v>1228</v>
-      </c>
-[...1 lines deleted...]
-        <v>1229</v>
       </c>
       <c r="H26" s="10">
         <v>2300</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="B27" s="9" t="s">
+        <v>1229</v>
+      </c>
+      <c r="C27" s="9" t="s">
         <v>1230</v>
       </c>
-      <c r="C27" s="9" t="s">
+      <c r="D27" s="9" t="s">
+        <v>1225</v>
+      </c>
+      <c r="E27" s="9" t="s">
         <v>1231</v>
       </c>
-      <c r="D27" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F27" s="9" t="s">
+        <v>1227</v>
+      </c>
+      <c r="G27" s="9" t="s">
         <v>1228</v>
-      </c>
-[...1 lines deleted...]
-        <v>1229</v>
       </c>
       <c r="H27" s="10">
         <v>2300</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="B28" s="9" t="s">
+        <v>1232</v>
+      </c>
+      <c r="C28" s="9" t="s">
         <v>1233</v>
       </c>
-      <c r="C28" s="9" t="s">
+      <c r="D28" s="9" t="s">
         <v>1234</v>
       </c>
-      <c r="D28" s="9" t="s">
+      <c r="E28" s="9" t="s">
         <v>1235</v>
       </c>
-      <c r="E28" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F28" s="9" t="s">
-        <v>1236</v>
+        <v>1235</v>
       </c>
       <c r="G28" s="9" t="s">
-        <v>1229</v>
+        <v>1228</v>
       </c>
       <c r="H28" s="10">
         <v>2300</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="B29" s="9" t="s">
+        <v>1236</v>
+      </c>
+      <c r="C29" s="9" t="s">
         <v>1237</v>
       </c>
-      <c r="C29" s="9" t="s">
+      <c r="D29" s="9" t="s">
         <v>1238</v>
       </c>
-      <c r="D29" s="9" t="s">
+      <c r="E29" s="9" t="s">
         <v>1239</v>
       </c>
-      <c r="E29" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F29" s="9" t="s">
-        <v>1240</v>
+        <v>1239</v>
       </c>
       <c r="G29" s="9" t="s">
-        <v>1229</v>
+        <v>1228</v>
       </c>
       <c r="H29" s="10">
         <v>2300</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="B30" s="9" t="s">
+        <v>1240</v>
+      </c>
+      <c r="C30" s="9" t="s">
         <v>1241</v>
       </c>
-      <c r="C30" s="9" t="s">
+      <c r="D30" s="9" t="s">
+        <v>1238</v>
+      </c>
+      <c r="E30" s="9" t="s">
         <v>1242</v>
       </c>
-      <c r="D30" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F30" s="9" t="s">
-        <v>1243</v>
+        <v>1242</v>
       </c>
       <c r="G30" s="9" t="s">
-        <v>1229</v>
+        <v>1228</v>
       </c>
       <c r="H30" s="10">
         <v>2300</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="B31" s="9" t="s">
+        <v>1243</v>
+      </c>
+      <c r="C31" s="9" t="s">
         <v>1244</v>
       </c>
-      <c r="C31" s="9" t="s">
+      <c r="D31" s="9" t="s">
+        <v>1238</v>
+      </c>
+      <c r="E31" s="9" t="s">
         <v>1245</v>
       </c>
-      <c r="D31" s="9" t="s">
-[...2 lines deleted...]
-      <c r="E31" s="9" t="s">
+      <c r="F31" s="9" t="s">
         <v>1246</v>
       </c>
-      <c r="F31" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G31" s="9" t="s">
-        <v>1229</v>
+        <v>1228</v>
       </c>
       <c r="H31" s="10">
         <v>2300</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="B32" s="9" t="s">
+        <v>1247</v>
+      </c>
+      <c r="C32" s="9" t="s">
         <v>1248</v>
       </c>
-      <c r="C32" s="9" t="s">
+      <c r="D32" s="9" t="s">
         <v>1249</v>
       </c>
-      <c r="D32" s="9" t="s">
+      <c r="E32" s="9" t="s">
         <v>1250</v>
       </c>
-      <c r="E32" s="9" t="s">
+      <c r="F32" s="9" t="s">
         <v>1251</v>
       </c>
-      <c r="F32" s="9" t="s">
+      <c r="G32" s="9" t="s">
         <v>1252</v>
-      </c>
-[...1 lines deleted...]
-        <v>1253</v>
       </c>
       <c r="H32" s="10">
         <v>2560</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="B33" s="9" t="s">
+        <v>1253</v>
+      </c>
+      <c r="C33" s="9" t="s">
         <v>1254</v>
       </c>
-      <c r="C33" s="9" t="s">
+      <c r="D33" s="9" t="s">
+        <v>1249</v>
+      </c>
+      <c r="E33" s="9" t="s">
         <v>1255</v>
       </c>
-      <c r="D33" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F33" s="9" t="s">
+        <v>1251</v>
+      </c>
+      <c r="G33" s="9" t="s">
         <v>1252</v>
-      </c>
-[...1 lines deleted...]
-        <v>1253</v>
       </c>
       <c r="H33" s="10">
         <v>2560</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="B34" s="9" t="s">
+        <v>1256</v>
+      </c>
+      <c r="C34" s="9" t="s">
         <v>1257</v>
       </c>
-      <c r="C34" s="9" t="s">
+      <c r="D34" s="9" t="s">
+        <v>1249</v>
+      </c>
+      <c r="E34" s="9" t="s">
         <v>1258</v>
       </c>
-      <c r="D34" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F34" s="9" t="s">
+        <v>1251</v>
+      </c>
+      <c r="G34" s="9" t="s">
         <v>1252</v>
-      </c>
-[...1 lines deleted...]
-        <v>1253</v>
       </c>
       <c r="H34" s="10">
         <v>2560</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="B35" s="9" t="s">
+        <v>1259</v>
+      </c>
+      <c r="C35" s="9" t="s">
         <v>1260</v>
       </c>
-      <c r="C35" s="9" t="s">
+      <c r="D35" s="9" t="s">
+        <v>1249</v>
+      </c>
+      <c r="E35" s="9" t="s">
         <v>1261</v>
       </c>
-      <c r="D35" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F35" s="9" t="s">
+        <v>1251</v>
+      </c>
+      <c r="G35" s="9" t="s">
         <v>1252</v>
-      </c>
-[...1 lines deleted...]
-        <v>1253</v>
       </c>
       <c r="H35" s="10">
         <v>2560</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="B36" s="9" t="s">
+        <v>1262</v>
+      </c>
+      <c r="C36" s="9" t="s">
         <v>1263</v>
       </c>
-      <c r="C36" s="9" t="s">
+      <c r="D36" s="9" t="s">
+        <v>1249</v>
+      </c>
+      <c r="E36" s="9" t="s">
         <v>1264</v>
       </c>
-      <c r="D36" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F36" s="9" t="s">
+        <v>1251</v>
+      </c>
+      <c r="G36" s="9" t="s">
         <v>1252</v>
-      </c>
-[...1 lines deleted...]
-        <v>1253</v>
       </c>
       <c r="H36" s="10">
         <v>2560</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="B37" s="9" t="s">
+        <v>1265</v>
+      </c>
+      <c r="C37" s="9" t="s">
         <v>1266</v>
       </c>
-      <c r="C37" s="9" t="s">
+      <c r="D37" s="9" t="s">
         <v>1267</v>
       </c>
-      <c r="D37" s="9" t="s">
+      <c r="E37" s="9" t="s">
         <v>1268</v>
       </c>
-      <c r="E37" s="9" t="s">
+      <c r="F37" s="9" t="s">
         <v>1269</v>
       </c>
-      <c r="F37" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G37" s="9" t="s">
-        <v>1253</v>
+        <v>1252</v>
       </c>
       <c r="H37" s="10">
         <v>2700</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="B38" s="9" t="s">
+        <v>1270</v>
+      </c>
+      <c r="C38" s="9" t="s">
         <v>1271</v>
       </c>
-      <c r="C38" s="9" t="s">
+      <c r="D38" s="9" t="s">
+        <v>1267</v>
+      </c>
+      <c r="E38" s="9" t="s">
         <v>1272</v>
       </c>
-      <c r="D38" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F38" s="9" t="s">
-        <v>1270</v>
+        <v>1269</v>
       </c>
       <c r="G38" s="9" t="s">
-        <v>1253</v>
+        <v>1252</v>
       </c>
       <c r="H38" s="10">
         <v>2700</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="B39" s="9" t="s">
+        <v>1273</v>
+      </c>
+      <c r="C39" s="9" t="s">
         <v>1274</v>
       </c>
-      <c r="C39" s="9" t="s">
+      <c r="D39" s="9" t="s">
+        <v>1267</v>
+      </c>
+      <c r="E39" s="9" t="s">
         <v>1275</v>
       </c>
-      <c r="D39" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F39" s="9" t="s">
-        <v>1270</v>
+        <v>1269</v>
       </c>
       <c r="G39" s="9" t="s">
-        <v>1253</v>
+        <v>1252</v>
       </c>
       <c r="H39" s="10">
         <v>2700</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="B40" s="9" t="s">
+        <v>1276</v>
+      </c>
+      <c r="C40" s="9" t="s">
         <v>1277</v>
       </c>
-      <c r="C40" s="9" t="s">
+      <c r="D40" s="9" t="s">
         <v>1278</v>
       </c>
-      <c r="D40" s="9" t="s">
+      <c r="E40" s="9" t="s">
         <v>1279</v>
       </c>
-      <c r="E40" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F40" s="9" t="s">
-        <v>1270</v>
+        <v>1269</v>
       </c>
       <c r="G40" s="9" t="s">
-        <v>1253</v>
+        <v>1252</v>
       </c>
       <c r="H40" s="10">
         <v>2700</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="B41" s="9" t="s">
+        <v>1280</v>
+      </c>
+      <c r="C41" s="9" t="s">
         <v>1281</v>
       </c>
-      <c r="C41" s="9" t="s">
+      <c r="D41" s="9" t="s">
+        <v>1267</v>
+      </c>
+      <c r="E41" s="9" t="s">
         <v>1282</v>
       </c>
-      <c r="D41" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F41" s="9" t="s">
-        <v>1270</v>
+        <v>1269</v>
       </c>
       <c r="G41" s="9" t="s">
-        <v>1253</v>
+        <v>1252</v>
       </c>
       <c r="H41" s="10">
         <v>2700</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="B43" s="7" t="s">
-        <v>1284</v>
+        <v>1283</v>
       </c>
       <c r="C43" s="0"/>
       <c r="D43" s="0"/>
       <c r="E43" s="0"/>
       <c r="F43" s="0"/>
       <c r="G43" s="0"/>
     </row>
     <row r="44" spans="1:9">
       <c r="B44" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C44" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D44" s="8" t="s">
-        <v>665</v>
+        <v>664</v>
       </c>
       <c r="E44" s="8" t="s">
         <v>35</v>
       </c>
       <c r="F44" s="8" t="s">
         <v>11</v>
       </c>
       <c r="G44" s="8" t="s">
-        <v>618</v>
+        <v>617</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="B45" s="9" t="s">
+        <v>1284</v>
+      </c>
+      <c r="C45" s="9" t="s">
         <v>1285</v>
       </c>
-      <c r="C45" s="9" t="s">
+      <c r="D45" s="9" t="s">
         <v>1286</v>
       </c>
-      <c r="D45" s="9" t="s">
+      <c r="E45" s="9" t="s">
         <v>1287</v>
       </c>
-      <c r="E45" s="9" t="s">
+      <c r="F45" s="9" t="s">
         <v>1288</v>
-      </c>
-[...1 lines deleted...]
-        <v>1289</v>
       </c>
       <c r="G45" s="10">
         <v>1800</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="B46" s="9" t="s">
+        <v>1289</v>
+      </c>
+      <c r="C46" s="9" t="s">
         <v>1290</v>
       </c>
-      <c r="C46" s="9" t="s">
+      <c r="D46" s="9" t="s">
+        <v>1286</v>
+      </c>
+      <c r="E46" s="9" t="s">
         <v>1291</v>
       </c>
-      <c r="D46" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F46" s="9" t="s">
-        <v>1289</v>
+        <v>1288</v>
       </c>
       <c r="G46" s="10">
         <v>1800</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="B47" s="9" t="s">
+        <v>1292</v>
+      </c>
+      <c r="C47" s="9" t="s">
         <v>1293</v>
       </c>
-      <c r="C47" s="9" t="s">
+      <c r="D47" s="9" t="s">
         <v>1294</v>
       </c>
-      <c r="D47" s="9" t="s">
+      <c r="E47" s="9" t="s">
         <v>1295</v>
       </c>
-      <c r="E47" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F47" s="9" t="s">
-        <v>1180</v>
+        <v>1179</v>
       </c>
       <c r="G47" s="10">
         <v>9240</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="B48" s="9" t="s">
+        <v>1296</v>
+      </c>
+      <c r="C48" s="9" t="s">
         <v>1297</v>
       </c>
-      <c r="C48" s="9" t="s">
+      <c r="D48" s="9" t="s">
+        <v>1294</v>
+      </c>
+      <c r="E48" s="9" t="s">
         <v>1298</v>
       </c>
-      <c r="D48" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F48" s="9" t="s">
-        <v>1180</v>
+        <v>1179</v>
       </c>
       <c r="G48" s="10">
         <v>9240</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="B49" s="9" t="s">
+        <v>1299</v>
+      </c>
+      <c r="C49" s="9" t="s">
         <v>1300</v>
       </c>
-      <c r="C49" s="9" t="s">
+      <c r="D49" s="9" t="s">
+        <v>1294</v>
+      </c>
+      <c r="E49" s="9" t="s">
         <v>1301</v>
       </c>
-      <c r="D49" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F49" s="9" t="s">
-        <v>1180</v>
+        <v>1179</v>
       </c>
       <c r="G49" s="10">
         <v>9240</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="B51" s="7" t="s">
-        <v>1303</v>
+        <v>1302</v>
       </c>
       <c r="C51" s="0"/>
       <c r="D51" s="0"/>
       <c r="E51" s="0"/>
       <c r="F51" s="0"/>
       <c r="G51" s="0"/>
     </row>
     <row r="52" spans="1:9">
       <c r="B52" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C52" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D52" s="8" t="s">
-        <v>665</v>
+        <v>664</v>
       </c>
       <c r="E52" s="8" t="s">
         <v>35</v>
       </c>
       <c r="F52" s="8" t="s">
-        <v>1304</v>
+        <v>1303</v>
       </c>
       <c r="G52" s="8" t="s">
         <v>11</v>
       </c>
       <c r="H52" s="8" t="s">
-        <v>1305</v>
+        <v>1304</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="B53" s="9" t="s">
+        <v>1305</v>
+      </c>
+      <c r="C53" s="9" t="s">
         <v>1306</v>
       </c>
-      <c r="C53" s="9" t="s">
+      <c r="D53" s="9" t="s">
         <v>1307</v>
       </c>
-      <c r="D53" s="9" t="s">
+      <c r="E53" s="9" t="s">
         <v>1308</v>
       </c>
-      <c r="E53" s="9" t="s">
+      <c r="F53" s="9" t="s">
         <v>1309</v>
       </c>
-      <c r="F53" s="9" t="s">
+      <c r="G53" s="9" t="s">
         <v>1310</v>
-      </c>
-[...1 lines deleted...]
-        <v>1311</v>
       </c>
       <c r="H53" s="10">
         <v>4000</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="B54" s="9" t="s">
+        <v>1311</v>
+      </c>
+      <c r="C54" s="9" t="s">
         <v>1312</v>
       </c>
-      <c r="C54" s="9" t="s">
+      <c r="D54" s="9" t="s">
+        <v>1307</v>
+      </c>
+      <c r="E54" s="9" t="s">
         <v>1313</v>
       </c>
-      <c r="D54" s="9" t="s">
-[...2 lines deleted...]
-      <c r="E54" s="9" t="s">
+      <c r="F54" s="9" t="s">
         <v>1314</v>
       </c>
-      <c r="F54" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G54" s="9" t="s">
-        <v>1311</v>
+        <v>1310</v>
       </c>
       <c r="H54" s="10">
         <v>4071</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="B55" s="9" t="s">
+        <v>1315</v>
+      </c>
+      <c r="C55" s="9" t="s">
         <v>1316</v>
       </c>
-      <c r="C55" s="9" t="s">
+      <c r="D55" s="9" t="s">
+        <v>1307</v>
+      </c>
+      <c r="E55" s="9" t="s">
         <v>1317</v>
       </c>
-      <c r="D55" s="9" t="s">
-[...2 lines deleted...]
-      <c r="E55" s="9" t="s">
+      <c r="F55" s="9" t="s">
         <v>1318</v>
       </c>
-      <c r="F55" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G55" s="9" t="s">
-        <v>1311</v>
+        <v>1310</v>
       </c>
       <c r="H55" s="10">
         <v>4195</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="B56" s="9" t="s">
+        <v>1319</v>
+      </c>
+      <c r="C56" s="9" t="s">
         <v>1320</v>
       </c>
-      <c r="C56" s="9" t="s">
+      <c r="D56" s="9" t="s">
+        <v>1307</v>
+      </c>
+      <c r="E56" s="9" t="s">
         <v>1321</v>
       </c>
-      <c r="D56" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F56" s="9" t="s">
+        <v>1309</v>
+      </c>
+      <c r="G56" s="9" t="s">
         <v>1310</v>
-      </c>
-[...1 lines deleted...]
-        <v>1311</v>
       </c>
       <c r="H56" s="10">
         <v>4920</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="B57" s="9" t="s">
+        <v>1322</v>
+      </c>
+      <c r="C57" s="9" t="s">
         <v>1323</v>
       </c>
-      <c r="C57" s="9" t="s">
+      <c r="D57" s="9" t="s">
+        <v>1307</v>
+      </c>
+      <c r="E57" s="9" t="s">
         <v>1324</v>
       </c>
-      <c r="D57" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F57" s="9" t="s">
+        <v>1309</v>
+      </c>
+      <c r="G57" s="9" t="s">
         <v>1310</v>
-      </c>
-[...1 lines deleted...]
-        <v>1311</v>
       </c>
       <c r="H57" s="10">
         <v>4920</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="B58" s="9" t="s">
+        <v>1325</v>
+      </c>
+      <c r="C58" s="9" t="s">
         <v>1326</v>
       </c>
-      <c r="C58" s="9" t="s">
+      <c r="D58" s="9" t="s">
+        <v>1307</v>
+      </c>
+      <c r="E58" s="9" t="s">
         <v>1327</v>
       </c>
-      <c r="D58" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F58" s="9" t="s">
+        <v>1309</v>
+      </c>
+      <c r="G58" s="9" t="s">
         <v>1310</v>
-      </c>
-[...1 lines deleted...]
-        <v>1311</v>
       </c>
       <c r="H58" s="10">
         <v>4920</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="B59" s="9" t="s">
+        <v>1328</v>
+      </c>
+      <c r="C59" s="9" t="s">
         <v>1329</v>
       </c>
-      <c r="C59" s="9" t="s">
+      <c r="D59" s="9" t="s">
         <v>1330</v>
       </c>
-      <c r="D59" s="9" t="s">
+      <c r="E59" s="9" t="s">
         <v>1331</v>
       </c>
-      <c r="E59" s="9" t="s">
+      <c r="F59" s="9" t="s">
         <v>1332</v>
       </c>
-      <c r="F59" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G59" s="9" t="s">
-        <v>1311</v>
+        <v>1310</v>
       </c>
       <c r="H59" s="10">
         <v>5000</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="B60" s="9" t="s">
+        <v>1333</v>
+      </c>
+      <c r="C60" s="9" t="s">
         <v>1334</v>
       </c>
-      <c r="C60" s="9" t="s">
+      <c r="D60" s="9" t="s">
+        <v>1330</v>
+      </c>
+      <c r="E60" s="9" t="s">
         <v>1335</v>
       </c>
-      <c r="D60" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F60" s="9" t="s">
-        <v>1333</v>
+        <v>1332</v>
       </c>
       <c r="G60" s="9" t="s">
-        <v>1311</v>
+        <v>1310</v>
       </c>
       <c r="H60" s="10">
         <v>5000</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="B61" s="9" t="s">
+        <v>1336</v>
+      </c>
+      <c r="C61" s="9" t="s">
         <v>1337</v>
       </c>
-      <c r="C61" s="9" t="s">
+      <c r="D61" s="9" t="s">
+        <v>1330</v>
+      </c>
+      <c r="E61" s="9" t="s">
         <v>1338</v>
       </c>
-      <c r="D61" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F61" s="9" t="s">
-        <v>1333</v>
+        <v>1332</v>
       </c>
       <c r="G61" s="9" t="s">
-        <v>1311</v>
+        <v>1310</v>
       </c>
       <c r="H61" s="10">
         <v>5000</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="B62" s="9" t="s">
+        <v>1339</v>
+      </c>
+      <c r="C62" s="9" t="s">
         <v>1340</v>
       </c>
-      <c r="C62" s="9" t="s">
+      <c r="D62" s="9" t="s">
+        <v>1330</v>
+      </c>
+      <c r="E62" s="9" t="s">
         <v>1341</v>
       </c>
-      <c r="D62" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F62" s="9" t="s">
-        <v>1333</v>
+        <v>1332</v>
       </c>
       <c r="G62" s="9" t="s">
-        <v>1311</v>
+        <v>1310</v>
       </c>
       <c r="H62" s="10">
         <v>5000</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="B63" s="9" t="s">
+        <v>1342</v>
+      </c>
+      <c r="C63" s="9" t="s">
         <v>1343</v>
       </c>
-      <c r="C63" s="9" t="s">
+      <c r="D63" s="9" t="s">
+        <v>1330</v>
+      </c>
+      <c r="E63" s="9" t="s">
         <v>1344</v>
       </c>
-      <c r="D63" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F63" s="9" t="s">
-        <v>1333</v>
+        <v>1332</v>
       </c>
       <c r="G63" s="9" t="s">
-        <v>1311</v>
+        <v>1310</v>
       </c>
       <c r="H63" s="10">
         <v>5000</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="B64" s="9" t="s">
+        <v>1345</v>
+      </c>
+      <c r="C64" s="9" t="s">
         <v>1346</v>
       </c>
-      <c r="C64" s="9" t="s">
+      <c r="D64" s="9" t="s">
         <v>1347</v>
       </c>
-      <c r="D64" s="9" t="s">
+      <c r="E64" s="9" t="s">
         <v>1348</v>
       </c>
-      <c r="E64" s="9" t="s">
+      <c r="F64" s="9" t="s">
         <v>1349</v>
       </c>
-      <c r="F64" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G64" s="9" t="s">
-        <v>1311</v>
+        <v>1310</v>
       </c>
       <c r="H64" s="10">
         <v>5138</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="B65" s="9" t="s">
+        <v>1350</v>
+      </c>
+      <c r="C65" s="9" t="s">
         <v>1351</v>
       </c>
-      <c r="C65" s="9" t="s">
+      <c r="D65" s="9" t="s">
+        <v>1330</v>
+      </c>
+      <c r="E65" s="9" t="s">
         <v>1352</v>
       </c>
-      <c r="D65" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F65" s="9" t="s">
-        <v>1319</v>
+        <v>1318</v>
       </c>
       <c r="G65" s="9" t="s">
-        <v>1311</v>
+        <v>1310</v>
       </c>
       <c r="H65" s="10">
         <v>5195</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="B66" s="9" t="s">
+        <v>1353</v>
+      </c>
+      <c r="C66" s="9" t="s">
         <v>1354</v>
       </c>
-      <c r="C66" s="9" t="s">
+      <c r="D66" s="9" t="s">
         <v>1355</v>
       </c>
-      <c r="D66" s="9" t="s">
+      <c r="E66" s="9" t="s">
         <v>1356</v>
       </c>
-      <c r="E66" s="9" t="s">
+      <c r="F66" s="9" t="s">
         <v>1357</v>
       </c>
-      <c r="F66" s="9" t="s">
+      <c r="G66" s="9" t="s">
         <v>1358</v>
-      </c>
-[...1 lines deleted...]
-        <v>1359</v>
       </c>
       <c r="H66" s="10">
         <v>5338</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="B67" s="9" t="s">
+        <v>1359</v>
+      </c>
+      <c r="C67" s="9" t="s">
         <v>1360</v>
       </c>
-      <c r="C67" s="9" t="s">
+      <c r="D67" s="9" t="s">
+        <v>1355</v>
+      </c>
+      <c r="E67" s="9" t="s">
         <v>1361</v>
       </c>
-      <c r="D67" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F67" s="9" t="s">
+        <v>1357</v>
+      </c>
+      <c r="G67" s="9" t="s">
         <v>1358</v>
-      </c>
-[...1 lines deleted...]
-        <v>1359</v>
       </c>
       <c r="H67" s="10">
         <v>5338</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="B68" s="9" t="s">
+        <v>1362</v>
+      </c>
+      <c r="C68" s="9" t="s">
         <v>1363</v>
       </c>
-      <c r="C68" s="9" t="s">
+      <c r="D68" s="9" t="s">
+        <v>1355</v>
+      </c>
+      <c r="E68" s="9" t="s">
         <v>1364</v>
       </c>
-      <c r="D68" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F68" s="9" t="s">
+        <v>1357</v>
+      </c>
+      <c r="G68" s="9" t="s">
         <v>1358</v>
-      </c>
-[...1 lines deleted...]
-        <v>1359</v>
       </c>
       <c r="H68" s="10">
         <v>5338</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="B69" s="9" t="s">
+        <v>1365</v>
+      </c>
+      <c r="C69" s="9" t="s">
         <v>1366</v>
       </c>
-      <c r="C69" s="9" t="s">
+      <c r="D69" s="9" t="s">
+        <v>1307</v>
+      </c>
+      <c r="E69" s="9" t="s">
         <v>1367</v>
       </c>
-      <c r="D69" s="9" t="s">
-[...2 lines deleted...]
-      <c r="E69" s="9" t="s">
+      <c r="F69" s="9" t="s">
         <v>1368</v>
       </c>
-      <c r="F69" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G69" s="9" t="s">
-        <v>1311</v>
+        <v>1310</v>
       </c>
       <c r="H69" s="10">
         <v>5451</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="B70" s="9" t="s">
+        <v>1369</v>
+      </c>
+      <c r="C70" s="9" t="s">
         <v>1370</v>
       </c>
-      <c r="C70" s="9" t="s">
+      <c r="D70" s="9" t="s">
+        <v>1307</v>
+      </c>
+      <c r="E70" s="9" t="s">
         <v>1371</v>
       </c>
-      <c r="D70" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F70" s="9" t="s">
-        <v>1369</v>
+        <v>1368</v>
       </c>
       <c r="G70" s="9" t="s">
-        <v>1311</v>
+        <v>1310</v>
       </c>
       <c r="H70" s="10">
         <v>5451</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="B71" s="9" t="s">
+        <v>1372</v>
+      </c>
+      <c r="C71" s="9" t="s">
         <v>1373</v>
       </c>
-      <c r="C71" s="9" t="s">
+      <c r="D71" s="9" t="s">
+        <v>1307</v>
+      </c>
+      <c r="E71" s="9" t="s">
         <v>1374</v>
       </c>
-      <c r="D71" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F71" s="9" t="s">
-        <v>1369</v>
+        <v>1368</v>
       </c>
       <c r="G71" s="9" t="s">
-        <v>1311</v>
+        <v>1310</v>
       </c>
       <c r="H71" s="10">
         <v>5451</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="B72" s="9" t="s">
+        <v>1375</v>
+      </c>
+      <c r="C72" s="9" t="s">
         <v>1376</v>
       </c>
-      <c r="C72" s="9" t="s">
+      <c r="D72" s="9" t="s">
+        <v>1307</v>
+      </c>
+      <c r="E72" s="9" t="s">
         <v>1377</v>
       </c>
-      <c r="D72" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F72" s="9" t="s">
-        <v>1369</v>
+        <v>1368</v>
       </c>
       <c r="G72" s="9" t="s">
-        <v>1311</v>
+        <v>1310</v>
       </c>
       <c r="H72" s="10">
         <v>5451</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="B73" s="9" t="s">
+        <v>1378</v>
+      </c>
+      <c r="C73" s="9" t="s">
         <v>1379</v>
       </c>
-      <c r="C73" s="9" t="s">
+      <c r="D73" s="9" t="s">
+        <v>1307</v>
+      </c>
+      <c r="E73" s="9" t="s">
         <v>1380</v>
       </c>
-      <c r="D73" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F73" s="9" t="s">
-        <v>1369</v>
+        <v>1368</v>
       </c>
       <c r="G73" s="9" t="s">
-        <v>1311</v>
+        <v>1310</v>
       </c>
       <c r="H73" s="10">
         <v>5451</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="B74" s="9" t="s">
+        <v>1381</v>
+      </c>
+      <c r="C74" s="9" t="s">
         <v>1382</v>
       </c>
-      <c r="C74" s="9" t="s">
+      <c r="D74" s="9" t="s">
+        <v>1347</v>
+      </c>
+      <c r="E74" s="9" t="s">
         <v>1383</v>
       </c>
-      <c r="D74" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F74" s="9" t="s">
-        <v>1350</v>
+        <v>1349</v>
       </c>
       <c r="G74" s="9" t="s">
-        <v>1311</v>
+        <v>1310</v>
       </c>
       <c r="H74" s="10">
         <v>5822</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="B75" s="9" t="s">
+        <v>1384</v>
+      </c>
+      <c r="C75" s="9" t="s">
         <v>1385</v>
       </c>
-      <c r="C75" s="9" t="s">
+      <c r="D75" s="9" t="s">
+        <v>1347</v>
+      </c>
+      <c r="E75" s="9" t="s">
         <v>1386</v>
       </c>
-      <c r="D75" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F75" s="9" t="s">
-        <v>1350</v>
+        <v>1349</v>
       </c>
       <c r="G75" s="9" t="s">
-        <v>1311</v>
+        <v>1310</v>
       </c>
       <c r="H75" s="10">
         <v>5822</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="B76" s="9" t="s">
+        <v>1387</v>
+      </c>
+      <c r="C76" s="9" t="s">
         <v>1388</v>
       </c>
-      <c r="C76" s="9" t="s">
+      <c r="D76" s="9" t="s">
+        <v>1347</v>
+      </c>
+      <c r="E76" s="9" t="s">
         <v>1389</v>
       </c>
-      <c r="D76" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F76" s="9" t="s">
-        <v>1350</v>
+        <v>1349</v>
       </c>
       <c r="G76" s="9" t="s">
-        <v>1311</v>
+        <v>1310</v>
       </c>
       <c r="H76" s="10">
         <v>5822</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="B77" s="9" t="s">
+        <v>1390</v>
+      </c>
+      <c r="C77" s="9" t="s">
         <v>1391</v>
       </c>
-      <c r="C77" s="9" t="s">
+      <c r="D77" s="9" t="s">
         <v>1392</v>
       </c>
-      <c r="D77" s="9" t="s">
+      <c r="E77" s="9" t="s">
         <v>1393</v>
       </c>
-      <c r="E77" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F77" s="9" t="s">
-        <v>1195</v>
+        <v>1194</v>
       </c>
       <c r="G77" s="9" t="s">
-        <v>1174</v>
+        <v>1173</v>
       </c>
       <c r="H77" s="10">
         <v>5900</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="B78" s="9" t="s">
+        <v>1394</v>
+      </c>
+      <c r="C78" s="9" t="s">
         <v>1395</v>
       </c>
-      <c r="C78" s="9" t="s">
+      <c r="D78" s="9" t="s">
+        <v>1392</v>
+      </c>
+      <c r="E78" s="9" t="s">
         <v>1396</v>
       </c>
-      <c r="D78" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F78" s="9" t="s">
-        <v>1195</v>
+        <v>1194</v>
       </c>
       <c r="G78" s="9" t="s">
-        <v>1174</v>
+        <v>1173</v>
       </c>
       <c r="H78" s="10">
         <v>5900</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="B79" s="9" t="s">
+        <v>1397</v>
+      </c>
+      <c r="C79" s="9" t="s">
         <v>1398</v>
       </c>
-      <c r="C79" s="9" t="s">
+      <c r="D79" s="9" t="s">
+        <v>1392</v>
+      </c>
+      <c r="E79" s="9" t="s">
         <v>1399</v>
       </c>
-      <c r="D79" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F79" s="9" t="s">
-        <v>1195</v>
+        <v>1194</v>
       </c>
       <c r="G79" s="9" t="s">
-        <v>1174</v>
+        <v>1173</v>
       </c>
       <c r="H79" s="10">
         <v>5900</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="B80" s="9" t="s">
+        <v>1400</v>
+      </c>
+      <c r="C80" s="9" t="s">
         <v>1401</v>
       </c>
-      <c r="C80" s="9" t="s">
+      <c r="D80" s="9" t="s">
         <v>1402</v>
       </c>
-      <c r="D80" s="9" t="s">
+      <c r="E80" s="9" t="s">
         <v>1403</v>
       </c>
-      <c r="E80" s="9" t="s">
+      <c r="F80" s="9" t="s">
         <v>1404</v>
       </c>
-      <c r="F80" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G80" s="9" t="s">
-        <v>1180</v>
+        <v>1179</v>
       </c>
       <c r="H80" s="10">
         <v>6066</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="B81" s="9" t="s">
+        <v>1405</v>
+      </c>
+      <c r="C81" s="9" t="s">
         <v>1406</v>
       </c>
-      <c r="C81" s="9" t="s">
+      <c r="D81" s="9" t="s">
+        <v>1402</v>
+      </c>
+      <c r="E81" s="9" t="s">
         <v>1407</v>
       </c>
-      <c r="D81" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F81" s="9" t="s">
-        <v>1405</v>
+        <v>1404</v>
       </c>
       <c r="G81" s="9" t="s">
-        <v>1180</v>
+        <v>1179</v>
       </c>
       <c r="H81" s="10">
         <v>6066</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="B82" s="9" t="s">
+        <v>1408</v>
+      </c>
+      <c r="C82" s="9" t="s">
         <v>1409</v>
       </c>
-      <c r="C82" s="9" t="s">
+      <c r="D82" s="9" t="s">
+        <v>1402</v>
+      </c>
+      <c r="E82" s="9" t="s">
         <v>1410</v>
       </c>
-      <c r="D82" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F82" s="9" t="s">
-        <v>1405</v>
+        <v>1404</v>
       </c>
       <c r="G82" s="9" t="s">
-        <v>1180</v>
+        <v>1179</v>
       </c>
       <c r="H82" s="10">
         <v>6066</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="B83" s="9" t="s">
+        <v>1411</v>
+      </c>
+      <c r="C83" s="9" t="s">
         <v>1412</v>
       </c>
-      <c r="C83" s="9" t="s">
+      <c r="D83" s="9" t="s">
+        <v>1402</v>
+      </c>
+      <c r="E83" s="9" t="s">
         <v>1413</v>
       </c>
-      <c r="D83" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F83" s="9" t="s">
-        <v>1405</v>
+        <v>1404</v>
       </c>
       <c r="G83" s="9" t="s">
-        <v>1180</v>
+        <v>1179</v>
       </c>
       <c r="H83" s="10">
         <v>6066</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="B84" s="9" t="s">
+        <v>1414</v>
+      </c>
+      <c r="C84" s="9" t="s">
         <v>1415</v>
       </c>
-      <c r="C84" s="9" t="s">
+      <c r="D84" s="9" t="s">
+        <v>1355</v>
+      </c>
+      <c r="E84" s="9" t="s">
         <v>1416</v>
       </c>
-      <c r="D84" s="9" t="s">
-[...2 lines deleted...]
-      <c r="E84" s="9" t="s">
+      <c r="F84" s="9" t="s">
         <v>1417</v>
       </c>
-      <c r="F84" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G84" s="9" t="s">
-        <v>1359</v>
+        <v>1358</v>
       </c>
       <c r="H84" s="10">
         <v>6127</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="B85" s="9" t="s">
+        <v>1418</v>
+      </c>
+      <c r="C85" s="9" t="s">
         <v>1419</v>
       </c>
-      <c r="C85" s="9" t="s">
+      <c r="D85" s="9" t="s">
+        <v>1355</v>
+      </c>
+      <c r="E85" s="9" t="s">
         <v>1420</v>
       </c>
-      <c r="D85" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F85" s="9" t="s">
-        <v>1418</v>
+        <v>1417</v>
       </c>
       <c r="G85" s="9" t="s">
-        <v>1359</v>
+        <v>1358</v>
       </c>
       <c r="H85" s="10">
         <v>6127</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="B86" s="9" t="s">
+        <v>1421</v>
+      </c>
+      <c r="C86" s="9" t="s">
         <v>1422</v>
       </c>
-      <c r="C86" s="9" t="s">
+      <c r="D86" s="9" t="s">
+        <v>1355</v>
+      </c>
+      <c r="E86" s="9" t="s">
         <v>1423</v>
       </c>
-      <c r="D86" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F86" s="9" t="s">
-        <v>1418</v>
+        <v>1417</v>
       </c>
       <c r="G86" s="9" t="s">
-        <v>1359</v>
+        <v>1358</v>
       </c>
       <c r="H86" s="10">
         <v>6127</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="B87" s="9" t="s">
+        <v>1424</v>
+      </c>
+      <c r="C87" s="9" t="s">
         <v>1425</v>
       </c>
-      <c r="C87" s="9" t="s">
+      <c r="D87" s="9" t="s">
+        <v>1355</v>
+      </c>
+      <c r="E87" s="9" t="s">
         <v>1426</v>
       </c>
-      <c r="D87" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F87" s="9" t="s">
-        <v>1418</v>
+        <v>1417</v>
       </c>
       <c r="G87" s="9" t="s">
-        <v>1359</v>
+        <v>1358</v>
       </c>
       <c r="H87" s="10">
         <v>6127</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="B88" s="9" t="s">
+        <v>1427</v>
+      </c>
+      <c r="C88" s="9" t="s">
         <v>1428</v>
       </c>
-      <c r="C88" s="9" t="s">
+      <c r="D88" s="9" t="s">
+        <v>1355</v>
+      </c>
+      <c r="E88" s="9" t="s">
         <v>1429</v>
       </c>
-      <c r="D88" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F88" s="9" t="s">
-        <v>1418</v>
+        <v>1417</v>
       </c>
       <c r="G88" s="9" t="s">
-        <v>1359</v>
+        <v>1358</v>
       </c>
       <c r="H88" s="10">
         <v>6127</v>
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="B89" s="9" t="s">
+        <v>1430</v>
+      </c>
+      <c r="C89" s="9" t="s">
         <v>1431</v>
       </c>
-      <c r="C89" s="9" t="s">
+      <c r="D89" s="9" t="s">
+        <v>1355</v>
+      </c>
+      <c r="E89" s="9" t="s">
         <v>1432</v>
       </c>
-      <c r="D89" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F89" s="9" t="s">
-        <v>1418</v>
+        <v>1417</v>
       </c>
       <c r="G89" s="9" t="s">
-        <v>1359</v>
+        <v>1358</v>
       </c>
       <c r="H89" s="10">
         <v>6127</v>
       </c>
     </row>
     <row r="90" spans="1:9">
       <c r="B90" s="9" t="s">
+        <v>1433</v>
+      </c>
+      <c r="C90" s="9" t="s">
         <v>1434</v>
       </c>
-      <c r="C90" s="9" t="s">
+      <c r="D90" s="9" t="s">
+        <v>1355</v>
+      </c>
+      <c r="E90" s="9" t="s">
         <v>1435</v>
       </c>
-      <c r="D90" s="9" t="s">
-[...2 lines deleted...]
-      <c r="E90" s="9" t="s">
+      <c r="F90" s="9" t="s">
         <v>1436</v>
       </c>
-      <c r="F90" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G90" s="9" t="s">
-        <v>1359</v>
+        <v>1358</v>
       </c>
       <c r="H90" s="10">
         <v>6127</v>
       </c>
     </row>
     <row r="91" spans="1:9">
       <c r="B91" s="9" t="s">
+        <v>1437</v>
+      </c>
+      <c r="C91" s="9" t="s">
         <v>1438</v>
       </c>
-      <c r="C91" s="9" t="s">
+      <c r="D91" s="9" t="s">
+        <v>1355</v>
+      </c>
+      <c r="E91" s="9" t="s">
         <v>1439</v>
       </c>
-      <c r="D91" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F91" s="9" t="s">
-        <v>1437</v>
+        <v>1436</v>
       </c>
       <c r="G91" s="9" t="s">
-        <v>1359</v>
+        <v>1358</v>
       </c>
       <c r="H91" s="10">
         <v>6127</v>
       </c>
     </row>
     <row r="92" spans="1:9">
       <c r="B92" s="9" t="s">
+        <v>1440</v>
+      </c>
+      <c r="C92" s="9" t="s">
         <v>1441</v>
       </c>
-      <c r="C92" s="9" t="s">
+      <c r="D92" s="9" t="s">
+        <v>1355</v>
+      </c>
+      <c r="E92" s="9" t="s">
         <v>1442</v>
       </c>
-      <c r="D92" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F92" s="9" t="s">
-        <v>1437</v>
+        <v>1436</v>
       </c>
       <c r="G92" s="9" t="s">
-        <v>1359</v>
+        <v>1358</v>
       </c>
       <c r="H92" s="10">
         <v>6127</v>
       </c>
     </row>
     <row r="93" spans="1:9">
       <c r="B93" s="9" t="s">
+        <v>1443</v>
+      </c>
+      <c r="C93" s="9" t="s">
         <v>1444</v>
       </c>
-      <c r="C93" s="9" t="s">
+      <c r="D93" s="9" t="s">
+        <v>1355</v>
+      </c>
+      <c r="E93" s="9" t="s">
         <v>1445</v>
       </c>
-      <c r="D93" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F93" s="9" t="s">
-        <v>1437</v>
+        <v>1436</v>
       </c>
       <c r="G93" s="9" t="s">
-        <v>1359</v>
+        <v>1358</v>
       </c>
       <c r="H93" s="10">
         <v>6127</v>
       </c>
     </row>
     <row r="94" spans="1:9">
       <c r="B94" s="9" t="s">
+        <v>1446</v>
+      </c>
+      <c r="C94" s="9" t="s">
         <v>1447</v>
       </c>
-      <c r="C94" s="9" t="s">
+      <c r="D94" s="9" t="s">
+        <v>1355</v>
+      </c>
+      <c r="E94" s="9" t="s">
         <v>1448</v>
       </c>
-      <c r="D94" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F94" s="9" t="s">
-        <v>1437</v>
+        <v>1436</v>
       </c>
       <c r="G94" s="9" t="s">
-        <v>1359</v>
+        <v>1358</v>
       </c>
       <c r="H94" s="10">
         <v>6127</v>
       </c>
     </row>
     <row r="95" spans="1:9">
       <c r="B95" s="9" t="s">
+        <v>1449</v>
+      </c>
+      <c r="C95" s="9" t="s">
         <v>1450</v>
       </c>
-      <c r="C95" s="9" t="s">
+      <c r="D95" s="9" t="s">
         <v>1451</v>
       </c>
-      <c r="D95" s="9" t="s">
+      <c r="E95" s="9" t="s">
         <v>1452</v>
       </c>
-      <c r="E95" s="9" t="s">
+      <c r="F95" s="9" t="s">
         <v>1453</v>
       </c>
-      <c r="F95" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G95" s="9" t="s">
-        <v>1180</v>
+        <v>1179</v>
       </c>
       <c r="H95" s="10">
         <v>6390</v>
       </c>
     </row>
     <row r="96" spans="1:9">
       <c r="B96" s="9" t="s">
+        <v>1454</v>
+      </c>
+      <c r="C96" s="9" t="s">
         <v>1455</v>
       </c>
-      <c r="C96" s="9" t="s">
+      <c r="D96" s="9" t="s">
+        <v>1451</v>
+      </c>
+      <c r="E96" s="9" t="s">
         <v>1456</v>
       </c>
-      <c r="D96" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F96" s="9" t="s">
-        <v>1454</v>
+        <v>1453</v>
       </c>
       <c r="G96" s="9" t="s">
-        <v>1180</v>
+        <v>1179</v>
       </c>
       <c r="H96" s="10">
         <v>6390</v>
       </c>
     </row>
     <row r="97" spans="1:9">
       <c r="B97" s="9" t="s">
+        <v>1457</v>
+      </c>
+      <c r="C97" s="9" t="s">
         <v>1458</v>
       </c>
-      <c r="C97" s="9" t="s">
+      <c r="D97" s="9" t="s">
+        <v>1451</v>
+      </c>
+      <c r="E97" s="9" t="s">
         <v>1459</v>
       </c>
-      <c r="D97" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F97" s="9" t="s">
-        <v>1454</v>
+        <v>1453</v>
       </c>
       <c r="G97" s="9" t="s">
-        <v>1180</v>
+        <v>1179</v>
       </c>
       <c r="H97" s="10">
         <v>6390</v>
       </c>
     </row>
     <row r="98" spans="1:9">
       <c r="B98" s="9" t="s">
+        <v>1460</v>
+      </c>
+      <c r="C98" s="9" t="s">
         <v>1461</v>
       </c>
-      <c r="C98" s="9" t="s">
+      <c r="D98" s="9" t="s">
+        <v>1451</v>
+      </c>
+      <c r="E98" s="9" t="s">
         <v>1462</v>
       </c>
-      <c r="D98" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F98" s="9" t="s">
-        <v>1454</v>
+        <v>1453</v>
       </c>
       <c r="G98" s="9" t="s">
-        <v>1180</v>
+        <v>1179</v>
       </c>
       <c r="H98" s="10">
         <v>6390</v>
       </c>
     </row>
     <row r="99" spans="1:9">
       <c r="B99" s="9" t="s">
+        <v>1463</v>
+      </c>
+      <c r="C99" s="9" t="s">
         <v>1464</v>
       </c>
-      <c r="C99" s="9" t="s">
+      <c r="D99" s="9" t="s">
+        <v>1451</v>
+      </c>
+      <c r="E99" s="9" t="s">
         <v>1465</v>
       </c>
-      <c r="D99" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F99" s="9" t="s">
-        <v>1454</v>
+        <v>1453</v>
       </c>
       <c r="G99" s="9" t="s">
-        <v>1180</v>
+        <v>1179</v>
       </c>
       <c r="H99" s="10">
         <v>6390</v>
       </c>
     </row>
     <row r="100" spans="1:9">
       <c r="B100" s="9" t="s">
+        <v>1466</v>
+      </c>
+      <c r="C100" s="9" t="s">
         <v>1467</v>
       </c>
-      <c r="C100" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D100" s="9" t="s">
-        <v>1403</v>
+        <v>1402</v>
       </c>
       <c r="E100" s="9" t="s">
-        <v>1186</v>
+        <v>1185</v>
       </c>
       <c r="F100" s="9" t="s">
+        <v>1178</v>
+      </c>
+      <c r="G100" s="9" t="s">
         <v>1179</v>
-      </c>
-[...1 lines deleted...]
-        <v>1180</v>
       </c>
       <c r="H100" s="10">
         <v>6400</v>
       </c>
     </row>
     <row r="101" spans="1:9">
       <c r="B101" s="9" t="s">
+        <v>1468</v>
+      </c>
+      <c r="C101" s="9" t="s">
         <v>1469</v>
       </c>
-      <c r="C101" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D101" s="9" t="s">
-        <v>1403</v>
+        <v>1402</v>
       </c>
       <c r="E101" s="9" t="s">
+        <v>1177</v>
+      </c>
+      <c r="F101" s="9" t="s">
         <v>1178</v>
       </c>
-      <c r="F101" s="9" t="s">
+      <c r="G101" s="9" t="s">
         <v>1179</v>
-      </c>
-[...1 lines deleted...]
-        <v>1180</v>
       </c>
       <c r="H101" s="10">
         <v>6400</v>
       </c>
     </row>
     <row r="102" spans="1:9">
       <c r="B102" s="9" t="s">
+        <v>1470</v>
+      </c>
+      <c r="C102" s="9" t="s">
         <v>1471</v>
       </c>
-      <c r="C102" s="9" t="s">
+      <c r="D102" s="9" t="s">
+        <v>1402</v>
+      </c>
+      <c r="E102" s="9" t="s">
         <v>1472</v>
       </c>
-      <c r="D102" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F102" s="9" t="s">
+        <v>1178</v>
+      </c>
+      <c r="G102" s="9" t="s">
         <v>1179</v>
-      </c>
-[...1 lines deleted...]
-        <v>1180</v>
       </c>
       <c r="H102" s="10">
         <v>6400</v>
       </c>
     </row>
     <row r="103" spans="1:9">
       <c r="B103" s="9" t="s">
+        <v>1473</v>
+      </c>
+      <c r="C103" s="9" t="s">
         <v>1474</v>
       </c>
-      <c r="C103" s="9" t="s">
+      <c r="D103" s="9" t="s">
         <v>1475</v>
       </c>
-      <c r="D103" s="9" t="s">
+      <c r="E103" s="9" t="s">
         <v>1476</v>
       </c>
-      <c r="E103" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F103" s="9" t="s">
-        <v>1169</v>
+        <v>1168</v>
       </c>
       <c r="G103" s="9" t="s">
-        <v>1174</v>
+        <v>1173</v>
       </c>
       <c r="H103" s="11">
         <v>6500</v>
       </c>
     </row>
     <row r="104" spans="1:9">
       <c r="B104" s="9" t="s">
+        <v>1477</v>
+      </c>
+      <c r="C104" s="9" t="s">
         <v>1478</v>
       </c>
-      <c r="C104" s="9" t="s">
+      <c r="D104" s="9" t="s">
         <v>1479</v>
       </c>
-      <c r="D104" s="9" t="s">
+      <c r="E104" s="9" t="s">
         <v>1480</v>
       </c>
-      <c r="E104" s="9" t="s">
+      <c r="F104" s="9" t="s">
         <v>1481</v>
       </c>
-      <c r="F104" s="9" t="s">
+      <c r="G104" s="9" t="s">
         <v>1482</v>
-      </c>
-[...1 lines deleted...]
-        <v>1483</v>
       </c>
       <c r="H104" s="10">
         <v>6339.072</v>
       </c>
     </row>
     <row r="105" spans="1:9">
       <c r="B105" s="9" t="s">
+        <v>1483</v>
+      </c>
+      <c r="C105" s="9" t="s">
         <v>1484</v>
       </c>
-      <c r="C105" s="9" t="s">
+      <c r="D105" s="9" t="s">
         <v>1485</v>
       </c>
-      <c r="D105" s="9" t="s">
+      <c r="E105" s="9" t="s">
         <v>1486</v>
       </c>
-      <c r="E105" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F105" s="9" t="s">
-        <v>1270</v>
+        <v>1269</v>
       </c>
       <c r="G105" s="9" t="s">
-        <v>1253</v>
+        <v>1252</v>
       </c>
       <c r="H105" s="10">
         <v>6800</v>
       </c>
     </row>
     <row r="106" spans="1:9">
       <c r="B106" s="9" t="s">
+        <v>1487</v>
+      </c>
+      <c r="C106" s="9" t="s">
         <v>1488</v>
       </c>
-      <c r="C106" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D106" s="9" t="s">
-        <v>1308</v>
+        <v>1307</v>
       </c>
       <c r="E106" s="9" t="s">
+        <v>1250</v>
+      </c>
+      <c r="F106" s="9" t="s">
         <v>1251</v>
       </c>
-      <c r="F106" s="9" t="s">
+      <c r="G106" s="9" t="s">
         <v>1252</v>
-      </c>
-[...1 lines deleted...]
-        <v>1253</v>
       </c>
       <c r="H106" s="10">
         <v>6800</v>
       </c>
     </row>
     <row r="107" spans="1:9">
       <c r="B107" s="9" t="s">
+        <v>1489</v>
+      </c>
+      <c r="C107" s="9" t="s">
         <v>1490</v>
       </c>
-      <c r="C107" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D107" s="9" t="s">
-        <v>1308</v>
+        <v>1307</v>
       </c>
       <c r="E107" s="9" t="s">
-        <v>1259</v>
+        <v>1258</v>
       </c>
       <c r="F107" s="9" t="s">
+        <v>1251</v>
+      </c>
+      <c r="G107" s="9" t="s">
         <v>1252</v>
-      </c>
-[...1 lines deleted...]
-        <v>1253</v>
       </c>
       <c r="H107" s="10">
         <v>6800</v>
       </c>
     </row>
     <row r="108" spans="1:9">
       <c r="B108" s="9" t="s">
+        <v>1491</v>
+      </c>
+      <c r="C108" s="9" t="s">
         <v>1492</v>
       </c>
-      <c r="C108" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D108" s="9" t="s">
-        <v>1308</v>
+        <v>1307</v>
       </c>
       <c r="E108" s="9" t="s">
-        <v>1256</v>
+        <v>1255</v>
       </c>
       <c r="F108" s="9" t="s">
+        <v>1251</v>
+      </c>
+      <c r="G108" s="9" t="s">
         <v>1252</v>
-      </c>
-[...1 lines deleted...]
-        <v>1253</v>
       </c>
       <c r="H108" s="10">
         <v>6800</v>
       </c>
     </row>
     <row r="109" spans="1:9">
       <c r="B109" s="9" t="s">
+        <v>1493</v>
+      </c>
+      <c r="C109" s="9" t="s">
         <v>1494</v>
       </c>
-      <c r="C109" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D109" s="9" t="s">
-        <v>1308</v>
+        <v>1307</v>
       </c>
       <c r="E109" s="9" t="s">
-        <v>1265</v>
+        <v>1264</v>
       </c>
       <c r="F109" s="9" t="s">
+        <v>1251</v>
+      </c>
+      <c r="G109" s="9" t="s">
         <v>1252</v>
-      </c>
-[...1 lines deleted...]
-        <v>1253</v>
       </c>
       <c r="H109" s="10">
         <v>6800</v>
       </c>
     </row>
     <row r="110" spans="1:9">
       <c r="B110" s="9" t="s">
+        <v>1495</v>
+      </c>
+      <c r="C110" s="9" t="s">
         <v>1496</v>
       </c>
-      <c r="C110" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D110" s="9" t="s">
-        <v>1308</v>
+        <v>1307</v>
       </c>
       <c r="E110" s="9" t="s">
-        <v>1262</v>
+        <v>1261</v>
       </c>
       <c r="F110" s="9" t="s">
+        <v>1251</v>
+      </c>
+      <c r="G110" s="9" t="s">
         <v>1252</v>
-      </c>
-[...1 lines deleted...]
-        <v>1253</v>
       </c>
       <c r="H110" s="10">
         <v>6800</v>
       </c>
     </row>
     <row r="111" spans="1:9">
       <c r="B111" s="9" t="s">
+        <v>1497</v>
+      </c>
+      <c r="C111" s="9" t="s">
         <v>1498</v>
       </c>
-      <c r="C111" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D111" s="9" t="s">
-        <v>1486</v>
+        <v>1485</v>
       </c>
       <c r="E111" s="9" t="s">
-        <v>1283</v>
+        <v>1282</v>
       </c>
       <c r="F111" s="9" t="s">
-        <v>1270</v>
+        <v>1269</v>
       </c>
       <c r="G111" s="9" t="s">
-        <v>1253</v>
+        <v>1252</v>
       </c>
       <c r="H111" s="10">
         <v>6800</v>
       </c>
     </row>
     <row r="112" spans="1:9">
       <c r="B112" s="9" t="s">
+        <v>1499</v>
+      </c>
+      <c r="C112" s="9" t="s">
         <v>1500</v>
       </c>
-      <c r="C112" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D112" s="9" t="s">
-        <v>1486</v>
+        <v>1485</v>
       </c>
       <c r="E112" s="9" t="s">
-        <v>1280</v>
+        <v>1279</v>
       </c>
       <c r="F112" s="9" t="s">
-        <v>1270</v>
+        <v>1269</v>
       </c>
       <c r="G112" s="9" t="s">
-        <v>1253</v>
+        <v>1252</v>
       </c>
       <c r="H112" s="10">
         <v>6800</v>
       </c>
     </row>
     <row r="113" spans="1:9">
       <c r="B113" s="9" t="s">
+        <v>1501</v>
+      </c>
+      <c r="C113" s="9" t="s">
         <v>1502</v>
       </c>
-      <c r="C113" s="9" t="s">
+      <c r="D113" s="9" t="s">
+        <v>1485</v>
+      </c>
+      <c r="E113" s="9" t="s">
         <v>1503</v>
       </c>
-      <c r="D113" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F113" s="9" t="s">
-        <v>1270</v>
+        <v>1269</v>
       </c>
       <c r="G113" s="9" t="s">
-        <v>1253</v>
+        <v>1252</v>
       </c>
       <c r="H113" s="10">
         <v>6800</v>
       </c>
     </row>
     <row r="114" spans="1:9">
       <c r="B114" s="9" t="s">
+        <v>1504</v>
+      </c>
+      <c r="C114" s="9" t="s">
         <v>1505</v>
       </c>
-      <c r="C114" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D114" s="9" t="s">
-        <v>1486</v>
+        <v>1485</v>
       </c>
       <c r="E114" s="9" t="s">
+        <v>1268</v>
+      </c>
+      <c r="F114" s="9" t="s">
         <v>1269</v>
       </c>
-      <c r="F114" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G114" s="9" t="s">
-        <v>1253</v>
+        <v>1252</v>
       </c>
       <c r="H114" s="10">
         <v>6800</v>
       </c>
     </row>
     <row r="115" spans="1:9">
       <c r="B115" s="9" t="s">
+        <v>1506</v>
+      </c>
+      <c r="C115" s="9" t="s">
         <v>1507</v>
       </c>
-      <c r="C115" s="9" t="s">
+      <c r="D115" s="9" t="s">
+        <v>1479</v>
+      </c>
+      <c r="E115" s="9" t="s">
         <v>1508</v>
       </c>
-      <c r="D115" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F115" s="9" t="s">
+        <v>1481</v>
+      </c>
+      <c r="G115" s="9" t="s">
         <v>1482</v>
-      </c>
-[...1 lines deleted...]
-        <v>1483</v>
       </c>
       <c r="H115" s="10">
         <v>6487.644</v>
       </c>
     </row>
     <row r="116" spans="1:9">
       <c r="B116" s="9" t="s">
+        <v>1509</v>
+      </c>
+      <c r="C116" s="9" t="s">
         <v>1510</v>
       </c>
-      <c r="C116" s="9" t="s">
+      <c r="D116" s="9" t="s">
         <v>1511</v>
       </c>
-      <c r="D116" s="9" t="s">
+      <c r="E116" s="9" t="s">
+        <v>985</v>
+      </c>
+      <c r="F116" s="9" t="s">
         <v>1512</v>
       </c>
-      <c r="E116" s="9" t="s">
-[...2 lines deleted...]
-      <c r="F116" s="9" t="s">
+      <c r="G116" s="9" t="s">
         <v>1513</v>
-      </c>
-[...1 lines deleted...]
-        <v>1514</v>
       </c>
       <c r="H116" s="10">
         <v>7100</v>
       </c>
     </row>
     <row r="117" spans="1:9">
       <c r="B117" s="9" t="s">
+        <v>1514</v>
+      </c>
+      <c r="C117" s="9" t="s">
         <v>1515</v>
       </c>
-      <c r="C117" s="9" t="s">
+      <c r="D117" s="9" t="s">
+        <v>1479</v>
+      </c>
+      <c r="E117" s="9" t="s">
         <v>1516</v>
       </c>
-      <c r="D117" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F117" s="9" t="s">
+        <v>1481</v>
+      </c>
+      <c r="G117" s="9" t="s">
         <v>1482</v>
-      </c>
-[...1 lines deleted...]
-        <v>1483</v>
       </c>
       <c r="H117" s="10">
         <v>6685.74</v>
       </c>
     </row>
     <row r="118" spans="1:9">
       <c r="B118" s="9" t="s">
+        <v>1517</v>
+      </c>
+      <c r="C118" s="9" t="s">
         <v>1518</v>
       </c>
-      <c r="C118" s="9" t="s">
+      <c r="D118" s="9" t="s">
+        <v>1479</v>
+      </c>
+      <c r="E118" s="9" t="s">
         <v>1519</v>
       </c>
-      <c r="D118" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F118" s="9" t="s">
+        <v>1481</v>
+      </c>
+      <c r="G118" s="9" t="s">
         <v>1482</v>
-      </c>
-[...1 lines deleted...]
-        <v>1483</v>
       </c>
       <c r="H118" s="10">
         <v>6735.264</v>
       </c>
     </row>
     <row r="119" spans="1:9">
       <c r="B119" s="9" t="s">
+        <v>1520</v>
+      </c>
+      <c r="C119" s="9" t="s">
         <v>1521</v>
       </c>
-      <c r="C119" s="9" t="s">
+      <c r="D119" s="9" t="s">
+        <v>1479</v>
+      </c>
+      <c r="E119" s="9" t="s">
         <v>1522</v>
       </c>
-      <c r="D119" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F119" s="9" t="s">
+        <v>1481</v>
+      </c>
+      <c r="G119" s="9" t="s">
         <v>1482</v>
-      </c>
-[...1 lines deleted...]
-        <v>1483</v>
       </c>
       <c r="H119" s="10">
         <v>6735.264</v>
       </c>
     </row>
     <row r="120" spans="1:9">
       <c r="B120" s="9" t="s">
+        <v>1523</v>
+      </c>
+      <c r="C120" s="9" t="s">
         <v>1524</v>
       </c>
-      <c r="C120" s="9" t="s">
+      <c r="D120" s="9" t="s">
         <v>1525</v>
       </c>
-      <c r="D120" s="9" t="s">
+      <c r="E120" s="9" t="s">
         <v>1526</v>
       </c>
-      <c r="E120" s="9" t="s">
+      <c r="F120" s="9" t="s">
+        <v>1526</v>
+      </c>
+      <c r="G120" s="9" t="s">
         <v>1527</v>
-      </c>
-[...4 lines deleted...]
-        <v>1528</v>
       </c>
       <c r="H120" s="10">
         <v>8707.200000000001</v>
       </c>
     </row>
     <row r="121" spans="1:9">
       <c r="B121" s="9" t="s">
+        <v>1528</v>
+      </c>
+      <c r="C121" s="9" t="s">
         <v>1529</v>
       </c>
-      <c r="C121" s="9" t="s">
+      <c r="D121" s="9" t="s">
         <v>1530</v>
       </c>
-      <c r="D121" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E121" s="9" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="F121" s="9" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="G121" s="9" t="s">
-        <v>1174</v>
+        <v>1173</v>
       </c>
       <c r="H121" s="10">
         <v>9100</v>
       </c>
     </row>
     <row r="122" spans="1:9">
       <c r="B122" s="9" t="s">
+        <v>1531</v>
+      </c>
+      <c r="C122" s="9" t="s">
         <v>1532</v>
       </c>
-      <c r="C122" s="9" t="s">
+      <c r="D122" s="9" t="s">
         <v>1533</v>
       </c>
-      <c r="D122" s="9" t="s">
+      <c r="E122" s="9" t="s">
         <v>1534</v>
       </c>
-      <c r="E122" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F122" s="9" t="s">
-        <v>1206</v>
+        <v>1205</v>
       </c>
       <c r="G122" s="9" t="s">
-        <v>1174</v>
+        <v>1173</v>
       </c>
       <c r="H122" s="11">
         <v>9100</v>
       </c>
     </row>
     <row r="123" spans="1:9">
       <c r="B123" s="9" t="s">
+        <v>1535</v>
+      </c>
+      <c r="C123" s="9" t="s">
         <v>1536</v>
       </c>
-      <c r="C123" s="9" t="s">
+      <c r="D123" s="9" t="s">
+        <v>1533</v>
+      </c>
+      <c r="E123" s="9" t="s">
         <v>1537</v>
       </c>
-      <c r="D123" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F123" s="9" t="s">
-        <v>1206</v>
+        <v>1205</v>
       </c>
       <c r="G123" s="9" t="s">
-        <v>1174</v>
+        <v>1173</v>
       </c>
       <c r="H123" s="11">
         <v>9100</v>
       </c>
     </row>
     <row r="124" spans="1:9">
       <c r="B124" s="9" t="s">
+        <v>1538</v>
+      </c>
+      <c r="C124" s="9" t="s">
         <v>1539</v>
       </c>
-      <c r="C124" s="9" t="s">
+      <c r="D124" s="9" t="s">
+        <v>1533</v>
+      </c>
+      <c r="E124" s="9" t="s">
         <v>1540</v>
       </c>
-      <c r="D124" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F124" s="9" t="s">
-        <v>1206</v>
+        <v>1205</v>
       </c>
       <c r="G124" s="9" t="s">
-        <v>1174</v>
+        <v>1173</v>
       </c>
       <c r="H124" s="11">
         <v>9100</v>
       </c>
     </row>
     <row r="125" spans="1:9">
       <c r="B125" s="9" t="s">
+        <v>1541</v>
+      </c>
+      <c r="C125" s="9" t="s">
         <v>1542</v>
       </c>
-      <c r="C125" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D125" s="9" t="s">
-        <v>1534</v>
+        <v>1533</v>
       </c>
       <c r="E125" s="9" t="s">
-        <v>1223</v>
+        <v>1222</v>
       </c>
       <c r="F125" s="9" t="s">
-        <v>1217</v>
+        <v>1216</v>
       </c>
       <c r="G125" s="9" t="s">
-        <v>1174</v>
+        <v>1173</v>
       </c>
       <c r="H125" s="10">
         <v>9100</v>
       </c>
     </row>
     <row r="126" spans="1:9">
       <c r="B126" s="9" t="s">
+        <v>1543</v>
+      </c>
+      <c r="C126" s="9" t="s">
         <v>1544</v>
       </c>
-      <c r="C126" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D126" s="9" t="s">
-        <v>1534</v>
+        <v>1533</v>
       </c>
       <c r="E126" s="9" t="s">
+        <v>1215</v>
+      </c>
+      <c r="F126" s="9" t="s">
         <v>1216</v>
       </c>
-      <c r="F126" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G126" s="9" t="s">
-        <v>1174</v>
+        <v>1173</v>
       </c>
       <c r="H126" s="10">
         <v>9100</v>
       </c>
     </row>
     <row r="127" spans="1:9">
       <c r="B127" s="9" t="s">
+        <v>1545</v>
+      </c>
+      <c r="C127" s="9" t="s">
         <v>1546</v>
       </c>
-      <c r="C127" s="9" t="s">
+      <c r="D127" s="9" t="s">
+        <v>1533</v>
+      </c>
+      <c r="E127" s="9" t="s">
         <v>1547</v>
       </c>
-      <c r="D127" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F127" s="9" t="s">
-        <v>1548</v>
+        <v>1547</v>
       </c>
       <c r="G127" s="9" t="s">
-        <v>1174</v>
+        <v>1173</v>
       </c>
       <c r="H127" s="10">
         <v>9100</v>
       </c>
     </row>
     <row r="128" spans="1:9">
       <c r="B128" s="9" t="s">
+        <v>1548</v>
+      </c>
+      <c r="C128" s="9" t="s">
         <v>1549</v>
       </c>
-      <c r="C128" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D128" s="9" t="s">
-        <v>1534</v>
+        <v>1533</v>
       </c>
       <c r="E128" s="9" t="s">
-        <v>1394</v>
+        <v>1393</v>
       </c>
       <c r="F128" s="9" t="s">
-        <v>1202</v>
+        <v>1201</v>
       </c>
       <c r="G128" s="9" t="s">
-        <v>1174</v>
+        <v>1173</v>
       </c>
       <c r="H128" s="10">
         <v>9200</v>
       </c>
     </row>
     <row r="129" spans="1:9">
       <c r="B129" s="9" t="s">
+        <v>1550</v>
+      </c>
+      <c r="C129" s="9" t="s">
         <v>1551</v>
       </c>
-      <c r="C129" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D129" s="9" t="s">
-        <v>1534</v>
+        <v>1533</v>
       </c>
       <c r="E129" s="9" t="s">
-        <v>1397</v>
+        <v>1396</v>
       </c>
       <c r="F129" s="9" t="s">
-        <v>1202</v>
+        <v>1201</v>
       </c>
       <c r="G129" s="9" t="s">
-        <v>1174</v>
+        <v>1173</v>
       </c>
       <c r="H129" s="10">
         <v>9200</v>
       </c>
     </row>
     <row r="130" spans="1:9">
       <c r="B130" s="9" t="s">
+        <v>1552</v>
+      </c>
+      <c r="C130" s="9" t="s">
         <v>1553</v>
       </c>
-      <c r="C130" s="9" t="s">
+      <c r="D130" s="9" t="s">
         <v>1554</v>
       </c>
-      <c r="D130" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E130" s="9" t="s">
-        <v>1243</v>
+        <v>1242</v>
       </c>
       <c r="F130" s="9" t="s">
-        <v>1243</v>
+        <v>1242</v>
       </c>
       <c r="G130" s="9" t="s">
-        <v>1229</v>
+        <v>1228</v>
       </c>
       <c r="H130" s="10">
         <v>9800</v>
       </c>
     </row>
     <row r="131" spans="1:9">
       <c r="B131" s="9" t="s">
+        <v>1555</v>
+      </c>
+      <c r="C131" s="9" t="s">
         <v>1556</v>
       </c>
-      <c r="C131" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D131" s="9" t="s">
-        <v>1555</v>
+        <v>1554</v>
       </c>
       <c r="E131" s="9" t="s">
-        <v>1247</v>
+        <v>1246</v>
       </c>
       <c r="F131" s="9" t="s">
-        <v>1247</v>
+        <v>1246</v>
       </c>
       <c r="G131" s="9" t="s">
-        <v>1229</v>
+        <v>1228</v>
       </c>
       <c r="H131" s="10">
         <v>9800</v>
       </c>
     </row>
     <row r="132" spans="1:9">
       <c r="B132" s="9" t="s">
+        <v>1557</v>
+      </c>
+      <c r="C132" s="9" t="s">
         <v>1558</v>
       </c>
-      <c r="C132" s="9" t="s">
+      <c r="D132" s="9" t="s">
         <v>1559</v>
       </c>
-      <c r="D132" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E132" s="9" t="s">
-        <v>1240</v>
+        <v>1239</v>
       </c>
       <c r="F132" s="9" t="s">
-        <v>1240</v>
+        <v>1239</v>
       </c>
       <c r="G132" s="9" t="s">
-        <v>1229</v>
+        <v>1228</v>
       </c>
       <c r="H132" s="10">
         <v>9800</v>
       </c>
     </row>
     <row r="133" spans="1:9">
       <c r="B133" s="9" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C133" s="9" t="s">
         <v>1561</v>
       </c>
-      <c r="C133" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D133" s="9" t="s">
-        <v>1555</v>
+        <v>1554</v>
       </c>
       <c r="E133" s="9" t="s">
-        <v>1236</v>
+        <v>1235</v>
       </c>
       <c r="F133" s="9" t="s">
-        <v>1236</v>
+        <v>1235</v>
       </c>
       <c r="G133" s="9" t="s">
-        <v>1229</v>
+        <v>1228</v>
       </c>
       <c r="H133" s="10">
         <v>9800</v>
       </c>
     </row>
     <row r="135" spans="1:9">
       <c r="B135" s="7" t="s">
-        <v>1563</v>
+        <v>1562</v>
       </c>
       <c r="C135" s="0"/>
       <c r="D135" s="0"/>
       <c r="E135" s="0"/>
       <c r="F135" s="0"/>
       <c r="G135" s="0"/>
     </row>
     <row r="136" spans="1:9">
       <c r="B136" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C136" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D136" s="8" t="s">
-        <v>665</v>
+        <v>664</v>
       </c>
       <c r="E136" s="8" t="s">
         <v>35</v>
       </c>
       <c r="F136" s="8" t="s">
-        <v>561</v>
+        <v>560</v>
       </c>
       <c r="G136" s="8" t="s">
         <v>11</v>
       </c>
       <c r="H136" s="8" t="s">
-        <v>699</v>
+        <v>698</v>
       </c>
     </row>
     <row r="137" spans="1:9">
       <c r="B137" s="9" t="s">
+        <v>1563</v>
+      </c>
+      <c r="C137" s="9" t="s">
         <v>1564</v>
       </c>
-      <c r="C137" s="9" t="s">
+      <c r="D137" s="9" t="s">
         <v>1565</v>
       </c>
-      <c r="D137" s="9" t="s">
+      <c r="E137" s="9" t="s">
         <v>1566</v>
-      </c>
-[...1 lines deleted...]
-        <v>1567</v>
       </c>
       <c r="F137" s="9"/>
       <c r="G137" s="9" t="s">
-        <v>1229</v>
+        <v>1228</v>
       </c>
       <c r="H137" s="10">
         <v>3100</v>
       </c>
     </row>
     <row r="138" spans="1:9">
       <c r="B138" s="9" t="s">
+        <v>1567</v>
+      </c>
+      <c r="C138" s="9" t="s">
         <v>1568</v>
       </c>
-      <c r="C138" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D138" s="9" t="s">
-        <v>1531</v>
+        <v>1530</v>
       </c>
       <c r="E138" s="9" t="s">
-        <v>1394</v>
+        <v>1393</v>
       </c>
       <c r="F138" s="9" t="s">
-        <v>1195</v>
+        <v>1194</v>
       </c>
       <c r="G138" s="9" t="s">
-        <v>1174</v>
+        <v>1173</v>
       </c>
       <c r="H138" s="10">
         <v>4200</v>
       </c>
     </row>
     <row r="139" spans="1:9">
       <c r="B139" s="9" t="s">
+        <v>1569</v>
+      </c>
+      <c r="C139" s="9" t="s">
         <v>1570</v>
       </c>
-      <c r="C139" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D139" s="9" t="s">
+        <v>1200</v>
+      </c>
+      <c r="E139" s="9" t="s">
+        <v>1393</v>
+      </c>
+      <c r="F139" s="9" t="s">
         <v>1201</v>
       </c>
-      <c r="E139" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G139" s="9" t="s">
-        <v>1174</v>
+        <v>1173</v>
       </c>
       <c r="H139" s="10">
         <v>4200</v>
       </c>
     </row>
     <row r="140" spans="1:9">
       <c r="B140" s="9" t="s">
+        <v>1571</v>
+      </c>
+      <c r="C140" s="9" t="s">
         <v>1572</v>
       </c>
-      <c r="C140" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D140" s="9" t="s">
+        <v>1200</v>
+      </c>
+      <c r="E140" s="9" t="s">
+        <v>1399</v>
+      </c>
+      <c r="F140" s="9" t="s">
         <v>1201</v>
       </c>
-      <c r="E140" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G140" s="9" t="s">
-        <v>1174</v>
+        <v>1173</v>
       </c>
       <c r="H140" s="10">
         <v>4200</v>
       </c>
     </row>
     <row r="141" spans="1:9">
       <c r="B141" s="9" t="s">
+        <v>1573</v>
+      </c>
+      <c r="C141" s="9" t="s">
         <v>1574</v>
       </c>
-      <c r="C141" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D141" s="9" t="s">
-        <v>1531</v>
+        <v>1530</v>
       </c>
       <c r="E141" s="9" t="s">
-        <v>1400</v>
+        <v>1399</v>
       </c>
       <c r="F141" s="9" t="s">
-        <v>1195</v>
+        <v>1194</v>
       </c>
       <c r="G141" s="9" t="s">
-        <v>1174</v>
+        <v>1173</v>
       </c>
       <c r="H141" s="10">
         <v>4200</v>
       </c>
     </row>
     <row r="142" spans="1:9">
       <c r="B142" s="9" t="s">
+        <v>1575</v>
+      </c>
+      <c r="C142" s="9" t="s">
         <v>1576</v>
       </c>
-      <c r="C142" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D142" s="9" t="s">
-        <v>1531</v>
+        <v>1530</v>
       </c>
       <c r="E142" s="9" t="s">
-        <v>1397</v>
+        <v>1396</v>
       </c>
       <c r="F142" s="9" t="s">
-        <v>1195</v>
+        <v>1194</v>
       </c>
       <c r="G142" s="9" t="s">
-        <v>1174</v>
+        <v>1173</v>
       </c>
       <c r="H142" s="10">
         <v>4200</v>
       </c>
     </row>
     <row r="143" spans="1:9">
       <c r="B143" s="9" t="s">
+        <v>1577</v>
+      </c>
+      <c r="C143" s="9" t="s">
         <v>1578</v>
       </c>
-      <c r="C143" s="9" t="s">
+      <c r="D143" s="9" t="s">
         <v>1579</v>
       </c>
-      <c r="D143" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E143" s="9" t="s">
-        <v>1169</v>
+        <v>1168</v>
       </c>
       <c r="F143" s="9" t="s">
-        <v>1169</v>
+        <v>1168</v>
       </c>
       <c r="G143" s="9" t="s">
-        <v>1174</v>
+        <v>1173</v>
       </c>
       <c r="H143" s="10">
         <v>4400</v>
       </c>
     </row>
     <row r="144" spans="1:9">
       <c r="B144" s="9" t="s">
+        <v>1580</v>
+      </c>
+      <c r="C144" s="9" t="s">
         <v>1581</v>
       </c>
-      <c r="C144" s="9" t="s">
+      <c r="D144" s="9" t="s">
         <v>1582</v>
       </c>
-      <c r="D144" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E144" s="9" t="s">
-        <v>1535</v>
+        <v>1534</v>
       </c>
       <c r="F144" s="9" t="s">
-        <v>1206</v>
+        <v>1205</v>
       </c>
       <c r="G144" s="9" t="s">
-        <v>1174</v>
+        <v>1173</v>
       </c>
       <c r="H144" s="11">
         <v>4400</v>
       </c>
     </row>
     <row r="145" spans="1:9">
       <c r="B145" s="9" t="s">
+        <v>1583</v>
+      </c>
+      <c r="C145" s="9" t="s">
         <v>1584</v>
       </c>
-      <c r="C145" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D145" s="9" t="s">
-        <v>1583</v>
+        <v>1582</v>
       </c>
       <c r="E145" s="9" t="s">
+        <v>1204</v>
+      </c>
+      <c r="F145" s="9" t="s">
         <v>1205</v>
       </c>
-      <c r="F145" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G145" s="9" t="s">
-        <v>1174</v>
+        <v>1173</v>
       </c>
       <c r="H145" s="11">
         <v>4400</v>
       </c>
     </row>
     <row r="146" spans="1:9">
       <c r="B146" s="9" t="s">
+        <v>1585</v>
+      </c>
+      <c r="C146" s="9" t="s">
         <v>1586</v>
       </c>
-      <c r="C146" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D146" s="9" t="s">
-        <v>1583</v>
+        <v>1582</v>
       </c>
       <c r="E146" s="9" t="s">
-        <v>1541</v>
+        <v>1540</v>
       </c>
       <c r="F146" s="9" t="s">
-        <v>1206</v>
+        <v>1205</v>
       </c>
       <c r="G146" s="9" t="s">
-        <v>1174</v>
+        <v>1173</v>
       </c>
       <c r="H146" s="11">
         <v>4400</v>
       </c>
     </row>
     <row r="147" spans="1:9">
       <c r="B147" s="9" t="s">
+        <v>1587</v>
+      </c>
+      <c r="C147" s="9" t="s">
         <v>1588</v>
       </c>
-      <c r="C147" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D147" s="9" t="s">
-        <v>1580</v>
+        <v>1579</v>
       </c>
       <c r="E147" s="9" t="s">
-        <v>1223</v>
+        <v>1222</v>
       </c>
       <c r="F147" s="9" t="s">
-        <v>1217</v>
+        <v>1216</v>
       </c>
       <c r="G147" s="9" t="s">
-        <v>1174</v>
+        <v>1173</v>
       </c>
       <c r="H147" s="10">
         <v>4400</v>
       </c>
     </row>
     <row r="148" spans="1:9">
       <c r="B148" s="9" t="s">
+        <v>1589</v>
+      </c>
+      <c r="C148" s="9" t="s">
         <v>1590</v>
       </c>
-      <c r="C148" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D148" s="9" t="s">
-        <v>1580</v>
+        <v>1579</v>
       </c>
       <c r="E148" s="9" t="s">
+        <v>1215</v>
+      </c>
+      <c r="F148" s="9" t="s">
         <v>1216</v>
       </c>
-      <c r="F148" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G148" s="9" t="s">
-        <v>1174</v>
+        <v>1173</v>
       </c>
       <c r="H148" s="10">
         <v>4400</v>
       </c>
     </row>
     <row r="149" spans="1:9">
       <c r="B149" s="9" t="s">
+        <v>1591</v>
+      </c>
+      <c r="C149" s="9" t="s">
         <v>1592</v>
       </c>
-      <c r="C149" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D149" s="9" t="s">
-        <v>1583</v>
+        <v>1582</v>
       </c>
       <c r="E149" s="9" t="s">
-        <v>1190</v>
+        <v>1189</v>
       </c>
       <c r="F149" s="9" t="s">
-        <v>1548</v>
+        <v>1547</v>
       </c>
       <c r="G149" s="9" t="s">
-        <v>1174</v>
+        <v>1173</v>
       </c>
       <c r="H149" s="10">
         <v>4400</v>
       </c>
     </row>
     <row r="150" spans="1:9">
       <c r="B150" s="9" t="s">
+        <v>1593</v>
+      </c>
+      <c r="C150" s="9" t="s">
         <v>1594</v>
       </c>
-      <c r="C150" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D150" s="9" t="s">
-        <v>1583</v>
+        <v>1582</v>
       </c>
       <c r="E150" s="9" t="s">
+        <v>1211</v>
+      </c>
+      <c r="F150" s="9" t="s">
         <v>1212</v>
       </c>
-      <c r="F150" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G150" s="9" t="s">
-        <v>1174</v>
+        <v>1173</v>
       </c>
       <c r="H150" s="10">
         <v>4400</v>
       </c>
     </row>
     <row r="151" spans="1:9">
       <c r="B151" s="9" t="s">
+        <v>1595</v>
+      </c>
+      <c r="C151" s="9" t="s">
         <v>1596</v>
       </c>
-      <c r="C151" s="9" t="s">
+      <c r="D151" s="9" t="s">
         <v>1597</v>
       </c>
-      <c r="D151" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E151" s="9" t="s">
+        <v>1245</v>
+      </c>
+      <c r="F151" s="9" t="s">
         <v>1246</v>
       </c>
-      <c r="F151" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G151" s="9" t="s">
-        <v>1229</v>
+        <v>1228</v>
       </c>
       <c r="H151" s="10">
         <v>4700</v>
       </c>
     </row>
     <row r="152" spans="1:9">
       <c r="B152" s="9" t="s">
+        <v>1598</v>
+      </c>
+      <c r="C152" s="9" t="s">
         <v>1599</v>
       </c>
-      <c r="C152" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D152" s="9" t="s">
-        <v>1189</v>
+        <v>1188</v>
       </c>
       <c r="E152" s="9" t="s">
-        <v>1240</v>
+        <v>1239</v>
       </c>
       <c r="F152" s="9" t="s">
-        <v>1240</v>
+        <v>1239</v>
       </c>
       <c r="G152" s="9" t="s">
-        <v>1229</v>
+        <v>1228</v>
       </c>
       <c r="H152" s="10">
         <v>4700</v>
       </c>
     </row>
     <row r="153" spans="1:9">
       <c r="B153" s="9" t="s">
+        <v>1600</v>
+      </c>
+      <c r="C153" s="9" t="s">
         <v>1601</v>
       </c>
-      <c r="C153" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D153" s="9" t="s">
-        <v>1598</v>
+        <v>1597</v>
       </c>
       <c r="E153" s="9" t="s">
-        <v>1236</v>
+        <v>1235</v>
       </c>
       <c r="F153" s="9" t="s">
-        <v>1236</v>
+        <v>1235</v>
       </c>
       <c r="G153" s="9" t="s">
-        <v>1229</v>
+        <v>1228</v>
       </c>
       <c r="H153" s="10">
         <v>4700</v>
       </c>
     </row>
     <row r="154" spans="1:9">
       <c r="B154" s="9" t="s">
+        <v>1602</v>
+      </c>
+      <c r="C154" s="9" t="s">
         <v>1603</v>
       </c>
-      <c r="C154" s="9" t="s">
+      <c r="D154" s="9" t="s">
         <v>1604</v>
       </c>
-      <c r="D154" s="9" t="s">
+      <c r="E154" s="9" t="s">
         <v>1605</v>
       </c>
-      <c r="E154" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F154" s="9" t="s">
-        <v>1405</v>
+        <v>1404</v>
       </c>
       <c r="G154" s="9" t="s">
-        <v>1180</v>
+        <v>1179</v>
       </c>
       <c r="H154" s="10">
         <v>5070</v>
       </c>
     </row>
     <row r="155" spans="1:9">
       <c r="B155" s="9" t="s">
+        <v>1606</v>
+      </c>
+      <c r="C155" s="9" t="s">
         <v>1607</v>
       </c>
-      <c r="C155" s="9" t="s">
+      <c r="D155" s="9" t="s">
+        <v>1604</v>
+      </c>
+      <c r="E155" s="9" t="s">
         <v>1608</v>
       </c>
-      <c r="D155" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F155" s="9" t="s">
-        <v>1405</v>
+        <v>1404</v>
       </c>
       <c r="G155" s="9" t="s">
-        <v>1180</v>
+        <v>1179</v>
       </c>
       <c r="H155" s="10">
         <v>5070</v>
       </c>
     </row>
     <row r="156" spans="1:9">
       <c r="B156" s="9" t="s">
+        <v>1609</v>
+      </c>
+      <c r="C156" s="9" t="s">
         <v>1610</v>
       </c>
-      <c r="C156" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D156" s="9" t="s">
-        <v>1605</v>
+        <v>1604</v>
       </c>
       <c r="E156" s="9" t="s">
-        <v>1408</v>
+        <v>1407</v>
       </c>
       <c r="F156" s="9" t="s">
-        <v>1405</v>
+        <v>1404</v>
       </c>
       <c r="G156" s="9" t="s">
-        <v>1180</v>
+        <v>1179</v>
       </c>
       <c r="H156" s="10">
         <v>5070</v>
       </c>
     </row>
     <row r="157" spans="1:9">
       <c r="B157" s="9" t="s">
+        <v>1611</v>
+      </c>
+      <c r="C157" s="9" t="s">
         <v>1612</v>
       </c>
-      <c r="C157" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D157" s="9" t="s">
-        <v>1605</v>
+        <v>1604</v>
       </c>
       <c r="E157" s="9" t="s">
+        <v>1403</v>
+      </c>
+      <c r="F157" s="9" t="s">
         <v>1404</v>
       </c>
-      <c r="F157" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G157" s="9" t="s">
-        <v>1180</v>
+        <v>1179</v>
       </c>
       <c r="H157" s="10">
         <v>5070</v>
       </c>
     </row>
     <row r="158" spans="1:9">
       <c r="B158" s="9" t="s">
+        <v>1613</v>
+      </c>
+      <c r="C158" s="9" t="s">
         <v>1614</v>
       </c>
-      <c r="C158" s="9" t="s">
+      <c r="D158" s="9" t="s">
         <v>1615</v>
       </c>
-      <c r="D158" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E158" s="9" t="s">
-        <v>1466</v>
+        <v>1465</v>
       </c>
       <c r="F158" s="9" t="s">
-        <v>1454</v>
+        <v>1453</v>
       </c>
       <c r="G158" s="9" t="s">
-        <v>1180</v>
+        <v>1179</v>
       </c>
       <c r="H158" s="10">
         <v>5180</v>
       </c>
     </row>
     <row r="159" spans="1:9">
       <c r="B159" s="9" t="s">
+        <v>1616</v>
+      </c>
+      <c r="C159" s="9" t="s">
         <v>1617</v>
       </c>
-      <c r="C159" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D159" s="9" t="s">
-        <v>1616</v>
+        <v>1615</v>
       </c>
       <c r="E159" s="9" t="s">
-        <v>1457</v>
+        <v>1456</v>
       </c>
       <c r="F159" s="9" t="s">
-        <v>1454</v>
+        <v>1453</v>
       </c>
       <c r="G159" s="9" t="s">
-        <v>1180</v>
+        <v>1179</v>
       </c>
       <c r="H159" s="10">
         <v>5180</v>
       </c>
     </row>
     <row r="160" spans="1:9">
       <c r="B160" s="9" t="s">
+        <v>1618</v>
+      </c>
+      <c r="C160" s="9" t="s">
         <v>1619</v>
       </c>
-      <c r="C160" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D160" s="9" t="s">
-        <v>1189</v>
+        <v>1188</v>
       </c>
       <c r="E160" s="9" t="s">
-        <v>1243</v>
+        <v>1242</v>
       </c>
       <c r="F160" s="9" t="s">
-        <v>1243</v>
+        <v>1242</v>
       </c>
       <c r="G160" s="9" t="s">
-        <v>1229</v>
+        <v>1228</v>
       </c>
       <c r="H160" s="10">
         <v>5200</v>
       </c>
     </row>
     <row r="161" spans="1:9">
       <c r="B161" s="9" t="s">
+        <v>1620</v>
+      </c>
+      <c r="C161" s="9" t="s">
         <v>1621</v>
       </c>
-      <c r="C161" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D161" s="9" t="s">
-        <v>1531</v>
+        <v>1530</v>
       </c>
       <c r="E161" s="9" t="s">
+        <v>1177</v>
+      </c>
+      <c r="F161" s="9" t="s">
         <v>1178</v>
       </c>
-      <c r="F161" s="9" t="s">
+      <c r="G161" s="9" t="s">
         <v>1179</v>
-      </c>
-[...1 lines deleted...]
-        <v>1180</v>
       </c>
       <c r="H161" s="10">
         <v>5300</v>
       </c>
     </row>
     <row r="162" spans="1:9">
       <c r="B162" s="9" t="s">
+        <v>1622</v>
+      </c>
+      <c r="C162" s="9" t="s">
         <v>1623</v>
       </c>
-      <c r="C162" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D162" s="9" t="s">
-        <v>1531</v>
+        <v>1530</v>
       </c>
       <c r="E162" s="9" t="s">
-        <v>1183</v>
+        <v>1182</v>
       </c>
       <c r="F162" s="9" t="s">
+        <v>1178</v>
+      </c>
+      <c r="G162" s="9" t="s">
         <v>1179</v>
-      </c>
-[...1 lines deleted...]
-        <v>1180</v>
       </c>
       <c r="H162" s="10">
         <v>5300</v>
       </c>
     </row>
     <row r="163" spans="1:9">
       <c r="B163" s="9" t="s">
+        <v>1624</v>
+      </c>
+      <c r="C163" s="9" t="s">
         <v>1625</v>
       </c>
-      <c r="C163" s="9" t="s">
+      <c r="D163" s="9" t="s">
         <v>1626</v>
       </c>
-      <c r="D163" s="9" t="s">
+      <c r="E163" s="9" t="s">
         <v>1627</v>
       </c>
-      <c r="E163" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F163" s="9" t="s">
-        <v>1333</v>
+        <v>1332</v>
       </c>
       <c r="G163" s="9" t="s">
-        <v>1311</v>
+        <v>1310</v>
       </c>
       <c r="H163" s="10">
         <v>5375</v>
       </c>
     </row>
     <row r="164" spans="1:9">
       <c r="B164" s="9" t="s">
+        <v>1628</v>
+      </c>
+      <c r="C164" s="9" t="s">
         <v>1629</v>
       </c>
-      <c r="C164" s="9" t="s">
+      <c r="D164" s="9" t="s">
+        <v>1626</v>
+      </c>
+      <c r="E164" s="9" t="s">
         <v>1630</v>
       </c>
-      <c r="D164" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F164" s="9" t="s">
-        <v>1333</v>
+        <v>1332</v>
       </c>
       <c r="G164" s="9" t="s">
-        <v>1311</v>
+        <v>1310</v>
       </c>
       <c r="H164" s="10">
         <v>5375</v>
       </c>
     </row>
     <row r="165" spans="1:9">
       <c r="B165" s="9" t="s">
+        <v>1631</v>
+      </c>
+      <c r="C165" s="9" t="s">
         <v>1632</v>
       </c>
-      <c r="C165" s="9" t="s">
+      <c r="D165" s="9" t="s">
         <v>1633</v>
       </c>
-      <c r="D165" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E165" s="9" t="s">
-        <v>1365</v>
+        <v>1364</v>
       </c>
       <c r="F165" s="9"/>
       <c r="G165" s="9" t="s">
-        <v>1359</v>
+        <v>1358</v>
       </c>
       <c r="H165" s="10">
         <v>5402</v>
       </c>
     </row>
     <row r="166" spans="1:9">
       <c r="B166" s="9" t="s">
+        <v>1634</v>
+      </c>
+      <c r="C166" s="9" t="s">
         <v>1635</v>
       </c>
-      <c r="C166" s="9" t="s">
+      <c r="D166" s="9" t="s">
         <v>1636</v>
       </c>
-      <c r="D166" s="9" t="s">
+      <c r="E166" s="9" t="s">
         <v>1637</v>
       </c>
-      <c r="E166" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F166" s="9" t="s">
+        <v>1357</v>
+      </c>
+      <c r="G166" s="9" t="s">
         <v>1358</v>
-      </c>
-[...1 lines deleted...]
-        <v>1359</v>
       </c>
       <c r="H166" s="10">
         <v>5402</v>
       </c>
     </row>
     <row r="167" spans="1:9">
       <c r="B167" s="9" t="s">
+        <v>1638</v>
+      </c>
+      <c r="C167" s="9" t="s">
         <v>1639</v>
       </c>
-      <c r="C167" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D167" s="9" t="s">
-        <v>1637</v>
+        <v>1636</v>
       </c>
       <c r="E167" s="9" t="s">
-        <v>1446</v>
+        <v>1445</v>
       </c>
       <c r="F167" s="9" t="s">
-        <v>1437</v>
+        <v>1436</v>
       </c>
       <c r="G167" s="9" t="s">
-        <v>1359</v>
+        <v>1358</v>
       </c>
       <c r="H167" s="10">
         <v>5661</v>
       </c>
     </row>
     <row r="168" spans="1:9">
       <c r="B168" s="9" t="s">
+        <v>1640</v>
+      </c>
+      <c r="C168" s="9" t="s">
         <v>1641</v>
       </c>
-      <c r="C168" s="9" t="s">
+      <c r="D168" s="9" t="s">
+        <v>1636</v>
+      </c>
+      <c r="E168" s="9" t="s">
         <v>1642</v>
       </c>
-      <c r="D168" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F168" s="9" t="s">
-        <v>1437</v>
+        <v>1436</v>
       </c>
       <c r="G168" s="9" t="s">
-        <v>1359</v>
+        <v>1358</v>
       </c>
       <c r="H168" s="10">
         <v>5661</v>
       </c>
     </row>
     <row r="169" spans="1:9">
       <c r="B169" s="9" t="s">
+        <v>1643</v>
+      </c>
+      <c r="C169" s="9" t="s">
         <v>1644</v>
       </c>
-      <c r="C169" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D169" s="9" t="s">
-        <v>1637</v>
+        <v>1636</v>
       </c>
       <c r="E169" s="9" t="s">
-        <v>1449</v>
+        <v>1448</v>
       </c>
       <c r="F169" s="9" t="s">
-        <v>1437</v>
+        <v>1436</v>
       </c>
       <c r="G169" s="9" t="s">
-        <v>1359</v>
+        <v>1358</v>
       </c>
       <c r="H169" s="10">
         <v>5661</v>
       </c>
     </row>
     <row r="170" spans="1:9">
       <c r="B170" s="9" t="s">
+        <v>1645</v>
+      </c>
+      <c r="C170" s="9" t="s">
         <v>1646</v>
       </c>
-      <c r="C170" s="9" t="s">
+      <c r="D170" s="9" t="s">
+        <v>1636</v>
+      </c>
+      <c r="E170" s="9" t="s">
         <v>1647</v>
       </c>
-      <c r="D170" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F170" s="9" t="s">
-        <v>1437</v>
+        <v>1436</v>
       </c>
       <c r="G170" s="9" t="s">
-        <v>1359</v>
+        <v>1358</v>
       </c>
       <c r="H170" s="10">
         <v>5661</v>
       </c>
     </row>
     <row r="171" spans="1:9">
       <c r="B171" s="9" t="s">
+        <v>1648</v>
+      </c>
+      <c r="C171" s="9" t="s">
         <v>1649</v>
       </c>
-      <c r="C171" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D171" s="9" t="s">
-        <v>1637</v>
+        <v>1636</v>
       </c>
       <c r="E171" s="9" t="s">
-        <v>1440</v>
+        <v>1439</v>
       </c>
       <c r="F171" s="9" t="s">
-        <v>1437</v>
+        <v>1436</v>
       </c>
       <c r="G171" s="9" t="s">
-        <v>1359</v>
+        <v>1358</v>
       </c>
       <c r="H171" s="10">
         <v>5661</v>
       </c>
     </row>
     <row r="172" spans="1:9">
       <c r="B172" s="9" t="s">
+        <v>1650</v>
+      </c>
+      <c r="C172" s="9" t="s">
         <v>1651</v>
       </c>
-      <c r="C172" s="9" t="s">
+      <c r="D172" s="9" t="s">
+        <v>1636</v>
+      </c>
+      <c r="E172" s="9" t="s">
         <v>1652</v>
       </c>
-      <c r="D172" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F172" s="9" t="s">
-        <v>1418</v>
+        <v>1417</v>
       </c>
       <c r="G172" s="9" t="s">
-        <v>1359</v>
+        <v>1358</v>
       </c>
       <c r="H172" s="10">
         <v>5661</v>
       </c>
     </row>
     <row r="173" spans="1:9">
       <c r="B173" s="9" t="s">
+        <v>1653</v>
+      </c>
+      <c r="C173" s="9" t="s">
         <v>1654</v>
       </c>
-      <c r="C173" s="9" t="s">
+      <c r="D173" s="9" t="s">
+        <v>1636</v>
+      </c>
+      <c r="E173" s="9" t="s">
         <v>1655</v>
       </c>
-      <c r="D173" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F173" s="9" t="s">
-        <v>1418</v>
+        <v>1417</v>
       </c>
       <c r="G173" s="9" t="s">
-        <v>1359</v>
+        <v>1358</v>
       </c>
       <c r="H173" s="10">
         <v>5661</v>
       </c>
     </row>
     <row r="174" spans="1:9">
       <c r="B174" s="9" t="s">
+        <v>1656</v>
+      </c>
+      <c r="C174" s="9" t="s">
         <v>1657</v>
       </c>
-      <c r="C174" s="9" t="s">
+      <c r="D174" s="9" t="s">
+        <v>1636</v>
+      </c>
+      <c r="E174" s="9" t="s">
         <v>1658</v>
       </c>
-      <c r="D174" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F174" s="9" t="s">
-        <v>1418</v>
+        <v>1417</v>
       </c>
       <c r="G174" s="9" t="s">
-        <v>1359</v>
+        <v>1358</v>
       </c>
       <c r="H174" s="10">
         <v>5661</v>
       </c>
     </row>
     <row r="175" spans="1:9">
       <c r="B175" s="9" t="s">
+        <v>1659</v>
+      </c>
+      <c r="C175" s="9" t="s">
         <v>1660</v>
       </c>
-      <c r="C175" s="9" t="s">
+      <c r="D175" s="9" t="s">
+        <v>1636</v>
+      </c>
+      <c r="E175" s="9" t="s">
         <v>1661</v>
       </c>
-      <c r="D175" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F175" s="9" t="s">
-        <v>1418</v>
+        <v>1417</v>
       </c>
       <c r="G175" s="9" t="s">
-        <v>1359</v>
+        <v>1358</v>
       </c>
       <c r="H175" s="10">
         <v>5661</v>
       </c>
     </row>
     <row r="176" spans="1:9">
       <c r="B176" s="9" t="s">
+        <v>1662</v>
+      </c>
+      <c r="C176" s="9" t="s">
         <v>1663</v>
       </c>
-      <c r="C176" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D176" s="9" t="s">
-        <v>1637</v>
+        <v>1636</v>
       </c>
       <c r="E176" s="9" t="s">
-        <v>1427</v>
+        <v>1426</v>
       </c>
       <c r="F176" s="9" t="s">
-        <v>1418</v>
+        <v>1417</v>
       </c>
       <c r="G176" s="9" t="s">
-        <v>1359</v>
+        <v>1358</v>
       </c>
       <c r="H176" s="10">
         <v>5661</v>
       </c>
     </row>
     <row r="177" spans="1:9">
       <c r="B177" s="9" t="s">
+        <v>1664</v>
+      </c>
+      <c r="C177" s="9" t="s">
         <v>1665</v>
       </c>
-      <c r="C177" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D177" s="9" t="s">
-        <v>1637</v>
+        <v>1636</v>
       </c>
       <c r="E177" s="9" t="s">
-        <v>1430</v>
+        <v>1429</v>
       </c>
       <c r="F177" s="9" t="s">
-        <v>1418</v>
+        <v>1417</v>
       </c>
       <c r="G177" s="9" t="s">
-        <v>1359</v>
+        <v>1358</v>
       </c>
       <c r="H177" s="10">
         <v>5661</v>
       </c>
     </row>
     <row r="178" spans="1:9">
       <c r="B178" s="9" t="s">
+        <v>1666</v>
+      </c>
+      <c r="C178" s="9" t="s">
         <v>1667</v>
       </c>
-      <c r="C178" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D178" s="9" t="s">
-        <v>1637</v>
+        <v>1636</v>
       </c>
       <c r="E178" s="9" t="s">
-        <v>1433</v>
+        <v>1432</v>
       </c>
       <c r="F178" s="9" t="s">
-        <v>1418</v>
+        <v>1417</v>
       </c>
       <c r="G178" s="9" t="s">
-        <v>1359</v>
+        <v>1358</v>
       </c>
       <c r="H178" s="10">
         <v>5661</v>
       </c>
     </row>
     <row r="179" spans="1:9">
       <c r="B179" s="9" t="s">
+        <v>1668</v>
+      </c>
+      <c r="C179" s="9" t="s">
         <v>1669</v>
       </c>
-      <c r="C179" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D179" s="9" t="s">
-        <v>1627</v>
+        <v>1626</v>
       </c>
       <c r="E179" s="9" t="s">
-        <v>1322</v>
+        <v>1321</v>
       </c>
       <c r="F179" s="9" t="s">
+        <v>1309</v>
+      </c>
+      <c r="G179" s="9" t="s">
         <v>1310</v>
-      </c>
-[...1 lines deleted...]
-        <v>1311</v>
       </c>
       <c r="H179" s="10">
         <v>5702</v>
       </c>
     </row>
     <row r="180" spans="1:9">
       <c r="B180" s="9" t="s">
+        <v>1670</v>
+      </c>
+      <c r="C180" s="9" t="s">
         <v>1671</v>
       </c>
-      <c r="C180" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D180" s="9" t="s">
-        <v>1627</v>
+        <v>1626</v>
       </c>
       <c r="E180" s="9" t="s">
-        <v>1325</v>
+        <v>1324</v>
       </c>
       <c r="F180" s="9" t="s">
+        <v>1309</v>
+      </c>
+      <c r="G180" s="9" t="s">
         <v>1310</v>
-      </c>
-[...1 lines deleted...]
-        <v>1311</v>
       </c>
       <c r="H180" s="10">
         <v>5702</v>
       </c>
     </row>
     <row r="181" spans="1:9">
       <c r="B181" s="9" t="s">
+        <v>1672</v>
+      </c>
+      <c r="C181" s="9" t="s">
         <v>1673</v>
       </c>
-      <c r="C181" s="9" t="s">
+      <c r="D181" s="9" t="s">
+        <v>1626</v>
+      </c>
+      <c r="E181" s="9" t="s">
         <v>1674</v>
       </c>
-      <c r="D181" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F181" s="9" t="s">
+        <v>1309</v>
+      </c>
+      <c r="G181" s="9" t="s">
         <v>1310</v>
-      </c>
-[...1 lines deleted...]
-        <v>1311</v>
       </c>
       <c r="H181" s="10">
         <v>5702</v>
       </c>
     </row>
     <row r="182" spans="1:9">
       <c r="B182" s="9" t="s">
+        <v>1675</v>
+      </c>
+      <c r="C182" s="9" t="s">
         <v>1676</v>
       </c>
-      <c r="C182" s="9" t="s">
+      <c r="D182" s="9" t="s">
         <v>1677</v>
       </c>
-      <c r="D182" s="9" t="s">
+      <c r="E182" s="9" t="s">
         <v>1678</v>
       </c>
-      <c r="E182" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F182" s="9" t="s">
-        <v>1350</v>
+        <v>1349</v>
       </c>
       <c r="G182" s="9" t="s">
-        <v>1311</v>
+        <v>1310</v>
       </c>
       <c r="H182" s="10">
         <v>5714</v>
       </c>
     </row>
     <row r="183" spans="1:9">
       <c r="B183" s="9" t="s">
+        <v>1679</v>
+      </c>
+      <c r="C183" s="9" t="s">
         <v>1680</v>
       </c>
-      <c r="C183" s="9" t="s">
+      <c r="D183" s="9" t="s">
         <v>1681</v>
       </c>
-      <c r="D183" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E183" s="9" t="s">
-        <v>1390</v>
+        <v>1389</v>
       </c>
       <c r="F183" s="9" t="s">
-        <v>1350</v>
+        <v>1349</v>
       </c>
       <c r="G183" s="9" t="s">
-        <v>1311</v>
+        <v>1310</v>
       </c>
       <c r="H183" s="10">
         <v>5714</v>
       </c>
     </row>
     <row r="184" spans="1:9">
       <c r="B184" s="9" t="s">
+        <v>1682</v>
+      </c>
+      <c r="C184" s="9" t="s">
         <v>1683</v>
       </c>
-      <c r="C184" s="9" t="s">
+      <c r="D184" s="9" t="s">
+        <v>1681</v>
+      </c>
+      <c r="E184" s="9" t="s">
         <v>1684</v>
       </c>
-      <c r="D184" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F184" s="9" t="s">
-        <v>1350</v>
+        <v>1349</v>
       </c>
       <c r="G184" s="9" t="s">
-        <v>1311</v>
+        <v>1310</v>
       </c>
       <c r="H184" s="10">
         <v>5714</v>
       </c>
     </row>
     <row r="185" spans="1:9">
       <c r="B185" s="9" t="s">
+        <v>1685</v>
+      </c>
+      <c r="C185" s="9" t="s">
         <v>1686</v>
       </c>
-      <c r="C185" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D185" s="9" t="s">
-        <v>1678</v>
+        <v>1677</v>
       </c>
       <c r="E185" s="9" t="s">
+        <v>1348</v>
+      </c>
+      <c r="F185" s="9" t="s">
         <v>1349</v>
       </c>
-      <c r="F185" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G185" s="9" t="s">
-        <v>1311</v>
+        <v>1310</v>
       </c>
       <c r="H185" s="10">
         <v>5714</v>
       </c>
     </row>
     <row r="186" spans="1:9">
       <c r="B186" s="9" t="s">
+        <v>1687</v>
+      </c>
+      <c r="C186" s="9" t="s">
         <v>1688</v>
       </c>
-      <c r="C186" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D186" s="9" t="s">
-        <v>1531</v>
+        <v>1530</v>
       </c>
       <c r="E186" s="9" t="s">
-        <v>1186</v>
+        <v>1185</v>
       </c>
       <c r="F186" s="9" t="s">
+        <v>1178</v>
+      </c>
+      <c r="G186" s="9" t="s">
         <v>1179</v>
-      </c>
-[...1 lines deleted...]
-        <v>1180</v>
       </c>
       <c r="H186" s="10">
         <v>5808</v>
       </c>
     </row>
     <row r="187" spans="1:9">
       <c r="B187" s="9" t="s">
+        <v>1689</v>
+      </c>
+      <c r="C187" s="9" t="s">
         <v>1690</v>
       </c>
-      <c r="C187" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D187" s="9" t="s">
-        <v>1682</v>
+        <v>1681</v>
       </c>
       <c r="E187" s="9" t="s">
+        <v>1317</v>
+      </c>
+      <c r="F187" s="9" t="s">
         <v>1318</v>
       </c>
-      <c r="F187" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G187" s="9" t="s">
-        <v>1311</v>
+        <v>1310</v>
       </c>
       <c r="H187" s="10">
         <v>5882.46072</v>
       </c>
     </row>
     <row r="188" spans="1:9">
       <c r="B188" s="9" t="s">
+        <v>1691</v>
+      </c>
+      <c r="C188" s="9" t="s">
         <v>1692</v>
       </c>
-      <c r="C188" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D188" s="9" t="s">
-        <v>1682</v>
+        <v>1681</v>
       </c>
       <c r="E188" s="9" t="s">
-        <v>1353</v>
+        <v>1352</v>
       </c>
       <c r="F188" s="9" t="s">
-        <v>1319</v>
+        <v>1318</v>
       </c>
       <c r="G188" s="9" t="s">
-        <v>1311</v>
+        <v>1310</v>
       </c>
       <c r="H188" s="10">
         <v>5882.46072</v>
       </c>
     </row>
     <row r="189" spans="1:9">
       <c r="B189" s="9" t="s">
+        <v>1693</v>
+      </c>
+      <c r="C189" s="9" t="s">
         <v>1694</v>
       </c>
-      <c r="C189" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D189" s="9" t="s">
-        <v>1627</v>
+        <v>1626</v>
       </c>
       <c r="E189" s="9" t="s">
+        <v>1308</v>
+      </c>
+      <c r="F189" s="9" t="s">
         <v>1309</v>
       </c>
-      <c r="F189" s="9" t="s">
+      <c r="G189" s="9" t="s">
         <v>1310</v>
-      </c>
-[...1 lines deleted...]
-        <v>1311</v>
       </c>
       <c r="H189" s="10">
         <v>5882.46072</v>
       </c>
     </row>
     <row r="190" spans="1:9">
       <c r="B190" s="9" t="s">
+        <v>1695</v>
+      </c>
+      <c r="C190" s="9" t="s">
         <v>1696</v>
       </c>
-      <c r="C190" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D190" s="9" t="s">
-        <v>1627</v>
+        <v>1626</v>
       </c>
       <c r="E190" s="9" t="s">
+        <v>1313</v>
+      </c>
+      <c r="F190" s="9" t="s">
         <v>1314</v>
       </c>
-      <c r="F190" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G190" s="9" t="s">
-        <v>1311</v>
+        <v>1310</v>
       </c>
       <c r="H190" s="10">
         <v>5929</v>
       </c>
     </row>
     <row r="191" spans="1:9">
       <c r="B191" s="9" t="s">
+        <v>1697</v>
+      </c>
+      <c r="C191" s="9" t="s">
         <v>1698</v>
       </c>
-      <c r="C191" s="9" t="s">
+      <c r="D191" s="9" t="s">
+        <v>1636</v>
+      </c>
+      <c r="E191" s="9" t="s">
         <v>1699</v>
       </c>
-      <c r="D191" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F191" s="9" t="s">
+        <v>1357</v>
+      </c>
+      <c r="G191" s="9" t="s">
         <v>1358</v>
-      </c>
-[...1 lines deleted...]
-        <v>1359</v>
       </c>
       <c r="H191" s="10">
         <v>5971.60392</v>
       </c>
     </row>
     <row r="192" spans="1:9">
       <c r="B192" s="9" t="s">
+        <v>1700</v>
+      </c>
+      <c r="C192" s="9" t="s">
         <v>1701</v>
       </c>
-      <c r="C192" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D192" s="9" t="s">
-        <v>1627</v>
+        <v>1626</v>
       </c>
       <c r="E192" s="9" t="s">
+        <v>1331</v>
+      </c>
+      <c r="F192" s="9" t="s">
         <v>1332</v>
       </c>
-      <c r="F192" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G192" s="9" t="s">
-        <v>1311</v>
+        <v>1310</v>
       </c>
       <c r="H192" s="10">
         <v>6226.15728</v>
       </c>
     </row>
     <row r="193" spans="1:9">
       <c r="B193" s="9" t="s">
+        <v>1702</v>
+      </c>
+      <c r="C193" s="9" t="s">
         <v>1703</v>
       </c>
-      <c r="C193" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D193" s="9" t="s">
-        <v>1627</v>
+        <v>1626</v>
       </c>
       <c r="E193" s="9" t="s">
-        <v>1336</v>
+        <v>1335</v>
       </c>
       <c r="F193" s="9" t="s">
-        <v>1333</v>
+        <v>1332</v>
       </c>
       <c r="G193" s="9" t="s">
-        <v>1311</v>
+        <v>1310</v>
       </c>
       <c r="H193" s="10">
         <v>6226.15728</v>
       </c>
     </row>
     <row r="194" spans="1:9">
       <c r="B194" s="9" t="s">
+        <v>1704</v>
+      </c>
+      <c r="C194" s="9" t="s">
         <v>1705</v>
       </c>
-      <c r="C194" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D194" s="9" t="s">
-        <v>1627</v>
+        <v>1626</v>
       </c>
       <c r="E194" s="9" t="s">
-        <v>1342</v>
+        <v>1341</v>
       </c>
       <c r="F194" s="9" t="s">
-        <v>1333</v>
+        <v>1332</v>
       </c>
       <c r="G194" s="9" t="s">
-        <v>1311</v>
+        <v>1310</v>
       </c>
       <c r="H194" s="10">
         <v>6226.15728</v>
       </c>
     </row>
     <row r="195" spans="1:9">
       <c r="B195" s="9" t="s">
+        <v>1706</v>
+      </c>
+      <c r="C195" s="9" t="s">
         <v>1707</v>
       </c>
-      <c r="C195" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D195" s="9" t="s">
-        <v>1627</v>
+        <v>1626</v>
       </c>
       <c r="E195" s="9" t="s">
-        <v>1345</v>
+        <v>1344</v>
       </c>
       <c r="F195" s="9" t="s">
-        <v>1333</v>
+        <v>1332</v>
       </c>
       <c r="G195" s="9" t="s">
-        <v>1311</v>
+        <v>1310</v>
       </c>
       <c r="H195" s="10">
         <v>6226.15728</v>
       </c>
     </row>
     <row r="196" spans="1:9">
       <c r="B196" s="9" t="s">
+        <v>1708</v>
+      </c>
+      <c r="C196" s="9" t="s">
         <v>1709</v>
       </c>
-      <c r="C196" s="9" t="s">
+      <c r="D196" s="9" t="s">
         <v>1710</v>
       </c>
-      <c r="D196" s="9" t="s">
+      <c r="E196" s="9" t="s">
         <v>1711</v>
       </c>
-      <c r="E196" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F196" s="9" t="s">
-        <v>1369</v>
+        <v>1368</v>
       </c>
       <c r="G196" s="9" t="s">
-        <v>1311</v>
+        <v>1310</v>
       </c>
       <c r="H196" s="10">
         <v>6262.80504</v>
       </c>
     </row>
     <row r="197" spans="1:9">
       <c r="B197" s="9" t="s">
+        <v>1712</v>
+      </c>
+      <c r="C197" s="9" t="s">
         <v>1713</v>
       </c>
-      <c r="C197" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D197" s="9" t="s">
-        <v>1711</v>
+        <v>1710</v>
       </c>
       <c r="E197" s="9" t="s">
+        <v>1367</v>
+      </c>
+      <c r="F197" s="9" t="s">
         <v>1368</v>
       </c>
-      <c r="F197" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G197" s="9" t="s">
-        <v>1311</v>
+        <v>1310</v>
       </c>
       <c r="H197" s="10">
         <v>6262.80504</v>
       </c>
     </row>
     <row r="198" spans="1:9">
       <c r="B198" s="9" t="s">
+        <v>1714</v>
+      </c>
+      <c r="C198" s="9" t="s">
         <v>1715</v>
       </c>
-      <c r="C198" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D198" s="9" t="s">
-        <v>1711</v>
+        <v>1710</v>
       </c>
       <c r="E198" s="9" t="s">
-        <v>1372</v>
+        <v>1371</v>
       </c>
       <c r="F198" s="9" t="s">
-        <v>1369</v>
+        <v>1368</v>
       </c>
       <c r="G198" s="9" t="s">
-        <v>1311</v>
+        <v>1310</v>
       </c>
       <c r="H198" s="10">
         <v>6262.80504</v>
       </c>
     </row>
     <row r="199" spans="1:9">
       <c r="B199" s="9" t="s">
+        <v>1716</v>
+      </c>
+      <c r="C199" s="9" t="s">
         <v>1717</v>
       </c>
-      <c r="C199" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D199" s="9" t="s">
-        <v>1711</v>
+        <v>1710</v>
       </c>
       <c r="E199" s="9" t="s">
-        <v>1378</v>
+        <v>1377</v>
       </c>
       <c r="F199" s="9" t="s">
-        <v>1369</v>
+        <v>1368</v>
       </c>
       <c r="G199" s="9" t="s">
-        <v>1311</v>
+        <v>1310</v>
       </c>
       <c r="H199" s="10">
         <v>6262.80504</v>
       </c>
     </row>
     <row r="200" spans="1:9">
       <c r="B200" s="9" t="s">
+        <v>1718</v>
+      </c>
+      <c r="C200" s="9" t="s">
         <v>1719</v>
       </c>
-      <c r="C200" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D200" s="9" t="s">
-        <v>1711</v>
+        <v>1710</v>
       </c>
       <c r="E200" s="9" t="s">
-        <v>1375</v>
+        <v>1374</v>
       </c>
       <c r="F200" s="9" t="s">
-        <v>1369</v>
+        <v>1368</v>
       </c>
       <c r="G200" s="9" t="s">
-        <v>1311</v>
+        <v>1310</v>
       </c>
       <c r="H200" s="10">
         <v>6262.80504</v>
       </c>
     </row>
     <row r="201" spans="1:9">
       <c r="B201" s="9" t="s">
+        <v>1720</v>
+      </c>
+      <c r="C201" s="9" t="s">
         <v>1721</v>
       </c>
-      <c r="C201" s="9" t="s">
+      <c r="D201" s="9" t="s">
         <v>1722</v>
       </c>
-      <c r="D201" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E201" s="9" t="s">
+        <v>1250</v>
+      </c>
+      <c r="F201" s="9" t="s">
         <v>1251</v>
       </c>
-      <c r="F201" s="9" t="s">
+      <c r="G201" s="9" t="s">
         <v>1252</v>
-      </c>
-[...1 lines deleted...]
-        <v>1253</v>
       </c>
       <c r="H201" s="10">
         <v>7100</v>
       </c>
     </row>
     <row r="202" spans="1:9">
       <c r="B202" s="9" t="s">
+        <v>1723</v>
+      </c>
+      <c r="C202" s="9" t="s">
         <v>1724</v>
       </c>
-      <c r="C202" s="9" t="s">
+      <c r="D202" s="9" t="s">
         <v>1725</v>
       </c>
-      <c r="D202" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E202" s="9" t="s">
-        <v>1283</v>
+        <v>1282</v>
       </c>
       <c r="F202" s="9" t="s">
-        <v>1270</v>
+        <v>1269</v>
       </c>
       <c r="G202" s="9" t="s">
-        <v>1253</v>
+        <v>1252</v>
       </c>
       <c r="H202" s="10">
         <v>7100</v>
       </c>
     </row>
     <row r="203" spans="1:9">
       <c r="B203" s="9" t="s">
+        <v>1726</v>
+      </c>
+      <c r="C203" s="9" t="s">
         <v>1727</v>
       </c>
-      <c r="C203" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D203" s="9" t="s">
-        <v>1726</v>
+        <v>1725</v>
       </c>
       <c r="E203" s="9" t="s">
-        <v>1280</v>
+        <v>1279</v>
       </c>
       <c r="F203" s="9" t="s">
-        <v>1270</v>
+        <v>1269</v>
       </c>
       <c r="G203" s="9" t="s">
-        <v>1253</v>
+        <v>1252</v>
       </c>
       <c r="H203" s="10">
         <v>7100</v>
       </c>
     </row>
     <row r="204" spans="1:9">
       <c r="B204" s="9" t="s">
+        <v>1728</v>
+      </c>
+      <c r="C204" s="9" t="s">
         <v>1729</v>
       </c>
-      <c r="C204" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D204" s="9" t="s">
-        <v>1726</v>
+        <v>1725</v>
       </c>
       <c r="E204" s="9" t="s">
-        <v>1276</v>
+        <v>1275</v>
       </c>
       <c r="F204" s="9" t="s">
-        <v>1270</v>
+        <v>1269</v>
       </c>
       <c r="G204" s="9" t="s">
-        <v>1253</v>
+        <v>1252</v>
       </c>
       <c r="H204" s="10">
         <v>7100</v>
       </c>
     </row>
     <row r="205" spans="1:9">
       <c r="B205" s="9" t="s">
+        <v>1730</v>
+      </c>
+      <c r="C205" s="9" t="s">
         <v>1731</v>
       </c>
-      <c r="C205" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D205" s="9" t="s">
-        <v>1726</v>
+        <v>1725</v>
       </c>
       <c r="E205" s="9" t="s">
-        <v>1273</v>
+        <v>1272</v>
       </c>
       <c r="F205" s="9" t="s">
-        <v>1270</v>
+        <v>1269</v>
       </c>
       <c r="G205" s="9" t="s">
-        <v>1253</v>
+        <v>1252</v>
       </c>
       <c r="H205" s="10">
         <v>7100</v>
       </c>
     </row>
     <row r="206" spans="1:9">
       <c r="B206" s="9" t="s">
+        <v>1732</v>
+      </c>
+      <c r="C206" s="9" t="s">
         <v>1733</v>
       </c>
-      <c r="C206" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D206" s="9" t="s">
-        <v>1726</v>
+        <v>1725</v>
       </c>
       <c r="E206" s="9" t="s">
+        <v>1268</v>
+      </c>
+      <c r="F206" s="9" t="s">
         <v>1269</v>
       </c>
-      <c r="F206" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G206" s="9" t="s">
-        <v>1253</v>
+        <v>1252</v>
       </c>
       <c r="H206" s="10">
         <v>7100</v>
       </c>
     </row>
     <row r="207" spans="1:9">
       <c r="B207" s="9" t="s">
+        <v>1734</v>
+      </c>
+      <c r="C207" s="9" t="s">
         <v>1735</v>
       </c>
-      <c r="C207" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D207" s="9" t="s">
-        <v>1723</v>
+        <v>1722</v>
       </c>
       <c r="E207" s="9" t="s">
-        <v>1262</v>
+        <v>1261</v>
       </c>
       <c r="F207" s="9" t="s">
+        <v>1251</v>
+      </c>
+      <c r="G207" s="9" t="s">
         <v>1252</v>
-      </c>
-[...1 lines deleted...]
-        <v>1253</v>
       </c>
       <c r="H207" s="10">
         <v>7100</v>
       </c>
     </row>
     <row r="208" spans="1:9">
       <c r="B208" s="9" t="s">
+        <v>1736</v>
+      </c>
+      <c r="C208" s="9" t="s">
         <v>1737</v>
       </c>
-      <c r="C208" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D208" s="9" t="s">
-        <v>1723</v>
+        <v>1722</v>
       </c>
       <c r="E208" s="9" t="s">
-        <v>1265</v>
+        <v>1264</v>
       </c>
       <c r="F208" s="9" t="s">
+        <v>1251</v>
+      </c>
+      <c r="G208" s="9" t="s">
         <v>1252</v>
-      </c>
-[...1 lines deleted...]
-        <v>1253</v>
       </c>
       <c r="H208" s="10">
         <v>7100</v>
       </c>
     </row>
     <row r="209" spans="1:9">
       <c r="B209" s="9" t="s">
+        <v>1738</v>
+      </c>
+      <c r="C209" s="9" t="s">
         <v>1739</v>
       </c>
-      <c r="C209" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D209" s="9" t="s">
-        <v>1723</v>
+        <v>1722</v>
       </c>
       <c r="E209" s="9" t="s">
-        <v>1256</v>
+        <v>1255</v>
       </c>
       <c r="F209" s="9" t="s">
+        <v>1251</v>
+      </c>
+      <c r="G209" s="9" t="s">
         <v>1252</v>
-      </c>
-[...1 lines deleted...]
-        <v>1253</v>
       </c>
       <c r="H209" s="10">
         <v>7100</v>
       </c>
     </row>
     <row r="210" spans="1:9">
       <c r="B210" s="9" t="s">
+        <v>1740</v>
+      </c>
+      <c r="C210" s="9" t="s">
         <v>1741</v>
       </c>
-      <c r="C210" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D210" s="9" t="s">
-        <v>1723</v>
+        <v>1722</v>
       </c>
       <c r="E210" s="9" t="s">
-        <v>1259</v>
+        <v>1258</v>
       </c>
       <c r="F210" s="9" t="s">
+        <v>1251</v>
+      </c>
+      <c r="G210" s="9" t="s">
         <v>1252</v>
-      </c>
-[...1 lines deleted...]
-        <v>1253</v>
       </c>
       <c r="H210" s="10">
         <v>7100</v>
       </c>
     </row>
     <row r="211" spans="1:9">
       <c r="B211" s="9" t="s">
+        <v>1742</v>
+      </c>
+      <c r="C211" s="9" t="s">
         <v>1743</v>
       </c>
-      <c r="C211" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D211" s="9" t="s">
-        <v>1616</v>
+        <v>1615</v>
       </c>
       <c r="E211" s="9" t="s">
-        <v>1463</v>
+        <v>1462</v>
       </c>
       <c r="F211" s="9" t="s">
-        <v>1454</v>
+        <v>1453</v>
       </c>
       <c r="G211" s="9" t="s">
-        <v>1180</v>
+        <v>1179</v>
       </c>
       <c r="H211" s="10"/>
     </row>
     <row r="212" spans="1:9">
       <c r="B212" s="9" t="s">
+        <v>1744</v>
+      </c>
+      <c r="C212" s="9" t="s">
         <v>1745</v>
       </c>
-      <c r="C212" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D212" s="9" t="s">
-        <v>1616</v>
+        <v>1615</v>
       </c>
       <c r="E212" s="9" t="s">
-        <v>1460</v>
+        <v>1459</v>
       </c>
       <c r="F212" s="9" t="s">
-        <v>1454</v>
+        <v>1453</v>
       </c>
       <c r="G212" s="9" t="s">
-        <v>1180</v>
+        <v>1179</v>
       </c>
       <c r="H212" s="10"/>
     </row>
     <row r="213" spans="1:9">
       <c r="B213" s="9" t="s">
+        <v>1746</v>
+      </c>
+      <c r="C213" s="9" t="s">
         <v>1747</v>
       </c>
-      <c r="C213" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D213" s="9" t="s">
-        <v>1616</v>
+        <v>1615</v>
       </c>
       <c r="E213" s="9" t="s">
+        <v>1452</v>
+      </c>
+      <c r="F213" s="9" t="s">
         <v>1453</v>
       </c>
-      <c r="F213" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G213" s="9" t="s">
-        <v>1180</v>
+        <v>1179</v>
       </c>
       <c r="H213" s="10"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B1:G1"/>
     <mergeCell ref="B3:B5"/>
     <mergeCell ref="C3:D3"/>
     <mergeCell ref="E3:G3"/>
     <mergeCell ref="C5:D5"/>
     <mergeCell ref="E5:G5"/>
     <mergeCell ref="B9:G9"/>
     <mergeCell ref="B43:G43"/>
     <mergeCell ref="B51:G51"/>
     <mergeCell ref="B135:G135"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="F6" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" scale="100" fitToHeight="0" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
@@ -33243,170 +33217,170 @@
             </rPr>
             <t xml:space="preserve">Цены</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="14"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> для Пензы на: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFDE5705"/>
               <sz val="14"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">02.10.2025</t>
+            <t xml:space="preserve">16.11.2025</t>
           </r>
         </is>
       </c>
       <c r="F6" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="B7" s="6" t="s">
-        <v>1749</v>
+        <v>1748</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="B9" s="7" t="s">
-        <v>1750</v>
+        <v>1749</v>
       </c>
       <c r="C9" s="0"/>
       <c r="D9" s="0"/>
       <c r="E9" s="0"/>
       <c r="F9" s="0"/>
       <c r="G9" s="0"/>
     </row>
     <row r="10" spans="1:9">
       <c r="B10" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D10" s="8" t="s">
         <v>35</v>
       </c>
       <c r="E10" s="8" t="s">
-        <v>665</v>
+        <v>664</v>
       </c>
       <c r="F10" s="8" t="s">
         <v>11</v>
       </c>
       <c r="G10" s="8" t="s">
-        <v>699</v>
+        <v>698</v>
       </c>
       <c r="H10" s="8" t="s">
-        <v>1305</v>
+        <v>1304</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="B11" s="9" t="s">
+        <v>1750</v>
+      </c>
+      <c r="C11" s="9" t="s">
         <v>1751</v>
       </c>
-      <c r="C11" s="9" t="s">
+      <c r="D11" s="9" t="s">
         <v>1752</v>
       </c>
-      <c r="D11" s="9" t="s">
+      <c r="E11" s="9" t="s">
         <v>1753</v>
       </c>
-      <c r="E11" s="9" t="s">
+      <c r="F11" s="9" t="s">
         <v>1754</v>
-      </c>
-[...1 lines deleted...]
-        <v>1755</v>
       </c>
       <c r="G11" s="10">
         <v>153.9375</v>
       </c>
       <c r="H11" s="10">
         <v>7389</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="B12" s="9" t="s">
+        <v>1755</v>
+      </c>
+      <c r="C12" s="9" t="s">
         <v>1756</v>
       </c>
-      <c r="C12" s="9" t="s">
+      <c r="D12" s="9" t="s">
         <v>1757</v>
       </c>
-      <c r="D12" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E12" s="9" t="s">
+        <v>1753</v>
+      </c>
+      <c r="F12" s="9" t="s">
         <v>1754</v>
-      </c>
-[...1 lines deleted...]
-        <v>1755</v>
       </c>
       <c r="G12" s="10">
         <v>160.8125</v>
       </c>
       <c r="H12" s="10">
         <v>7719</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="B14" s="7" t="s">
-        <v>1759</v>
+        <v>1758</v>
       </c>
       <c r="C14" s="0"/>
       <c r="D14" s="0"/>
       <c r="E14" s="0"/>
       <c r="F14" s="0"/>
       <c r="G14" s="0"/>
     </row>
     <row r="15" spans="1:9">
       <c r="B15" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C15" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D15" s="8" t="s">
         <v>35</v>
       </c>
       <c r="E15" s="8" t="s">
-        <v>665</v>
+        <v>664</v>
       </c>
       <c r="F15" s="8" t="s">
         <v>11</v>
       </c>
       <c r="G15" s="8" t="s">
-        <v>1305</v>
+        <v>1304</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B1:G1"/>
     <mergeCell ref="B3:B5"/>
     <mergeCell ref="C3:D3"/>
     <mergeCell ref="E3:G3"/>
     <mergeCell ref="C5:D5"/>
     <mergeCell ref="E5:G5"/>
     <mergeCell ref="B9:G9"/>
     <mergeCell ref="B14:G14"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="F6" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" scale="100" fitToHeight="0" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
@@ -33517,2944 +33491,2944 @@
             </rPr>
             <t xml:space="preserve">Цены</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="14"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> для Пензы на: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFDE5705"/>
               <sz val="14"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">02.10.2025</t>
+            <t xml:space="preserve">16.11.2025</t>
           </r>
         </is>
       </c>
       <c r="F6" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="B7" s="6" t="s">
-        <v>1760</v>
+        <v>1759</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="B9" s="7" t="s">
-        <v>1761</v>
+        <v>1760</v>
       </c>
       <c r="C9" s="0"/>
       <c r="D9" s="0"/>
       <c r="E9" s="0"/>
       <c r="F9" s="0"/>
       <c r="G9" s="0"/>
     </row>
     <row r="10" spans="1:9">
       <c r="B10" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D10" s="8" t="s">
         <v>35</v>
       </c>
       <c r="E10" s="8" t="s">
-        <v>665</v>
+        <v>664</v>
       </c>
       <c r="F10" s="8" t="s">
-        <v>1762</v>
+        <v>1761</v>
       </c>
       <c r="G10" s="8" t="s">
         <v>11</v>
       </c>
       <c r="H10" s="8" t="s">
-        <v>1763</v>
+        <v>1762</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="B11" s="9" t="s">
+        <v>1763</v>
+      </c>
+      <c r="C11" s="9" t="s">
         <v>1764</v>
       </c>
-      <c r="C11" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D11" s="9" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="E11" s="9">
         <v>60</v>
       </c>
       <c r="F11" s="9">
         <v>151.536</v>
       </c>
       <c r="G11" s="9" t="s">
-        <v>1766</v>
+        <v>1765</v>
       </c>
       <c r="H11" s="10">
         <v>1513</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="B12" s="9" t="s">
+        <v>1766</v>
+      </c>
+      <c r="C12" s="9" t="s">
         <v>1767</v>
       </c>
-      <c r="C12" s="9" t="s">
+      <c r="D12" s="9" t="s">
+        <v>167</v>
+      </c>
+      <c r="E12" s="9" t="s">
         <v>1768</v>
-      </c>
-[...4 lines deleted...]
-        <v>1769</v>
       </c>
       <c r="F12" s="9">
         <v>155.52</v>
       </c>
       <c r="G12" s="9" t="s">
-        <v>1766</v>
+        <v>1765</v>
       </c>
       <c r="H12" s="10">
         <v>1513</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="B13" s="9" t="s">
+        <v>1769</v>
+      </c>
+      <c r="C13" s="9" t="s">
         <v>1770</v>
       </c>
-      <c r="C13" s="9" t="s">
+      <c r="D13" s="9" t="s">
+        <v>167</v>
+      </c>
+      <c r="E13" s="9" t="s">
         <v>1771</v>
       </c>
-      <c r="D13" s="9" t="s">
-[...2 lines deleted...]
-      <c r="E13" s="9" t="s">
+      <c r="F13" s="9" t="s">
         <v>1772</v>
       </c>
-      <c r="F13" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G13" s="9" t="s">
-        <v>1766</v>
+        <v>1765</v>
       </c>
       <c r="H13" s="10">
         <v>1513</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="B14" s="9" t="s">
-        <v>1764</v>
+        <v>1763</v>
       </c>
       <c r="C14" s="9" t="s">
-        <v>1774</v>
+        <v>1773</v>
       </c>
       <c r="D14" s="9" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="E14" s="9">
         <v>60</v>
       </c>
       <c r="F14" s="9">
         <v>151.536</v>
       </c>
       <c r="G14" s="9" t="s">
-        <v>1766</v>
+        <v>1765</v>
       </c>
       <c r="H14" s="10">
         <v>1864</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="B15" s="9" t="s">
-        <v>1767</v>
+        <v>1766</v>
       </c>
       <c r="C15" s="9" t="s">
+        <v>1774</v>
+      </c>
+      <c r="D15" s="9" t="s">
         <v>1775</v>
       </c>
-      <c r="D15" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E15" s="9" t="s">
-        <v>1769</v>
+        <v>1768</v>
       </c>
       <c r="F15" s="9">
         <v>155.52</v>
       </c>
       <c r="G15" s="9" t="s">
-        <v>1766</v>
+        <v>1765</v>
       </c>
       <c r="H15" s="10">
         <v>1864</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="B16" s="9" t="s">
+        <v>1776</v>
+      </c>
+      <c r="C16" s="9" t="s">
         <v>1777</v>
       </c>
-      <c r="C16" s="9" t="s">
+      <c r="D16" s="9" t="s">
         <v>1778</v>
-      </c>
-[...1 lines deleted...]
-        <v>1779</v>
       </c>
       <c r="E16" s="9">
         <v>60</v>
       </c>
       <c r="F16" s="9">
         <v>145.152</v>
       </c>
       <c r="G16" s="9" t="s">
-        <v>1766</v>
+        <v>1765</v>
       </c>
       <c r="H16" s="10">
         <v>1864</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="B17" s="9" t="s">
-        <v>1767</v>
+        <v>1766</v>
       </c>
       <c r="C17" s="9" t="s">
+        <v>1779</v>
+      </c>
+      <c r="D17" s="9" t="s">
         <v>1780</v>
       </c>
-      <c r="D17" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E17" s="9" t="s">
-        <v>1769</v>
+        <v>1768</v>
       </c>
       <c r="F17" s="9">
         <v>155.52</v>
       </c>
       <c r="G17" s="9" t="s">
-        <v>1766</v>
+        <v>1765</v>
       </c>
       <c r="H17" s="10">
         <v>1864</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="B18" s="9" t="s">
-        <v>1767</v>
+        <v>1766</v>
       </c>
       <c r="C18" s="9" t="s">
-        <v>1782</v>
+        <v>1781</v>
       </c>
       <c r="D18" s="9" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="E18" s="9" t="s">
-        <v>1769</v>
+        <v>1768</v>
       </c>
       <c r="F18" s="9">
         <v>155.52</v>
       </c>
       <c r="G18" s="9" t="s">
-        <v>1766</v>
+        <v>1765</v>
       </c>
       <c r="H18" s="10">
         <v>1864</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="B19" s="9" t="s">
-        <v>1770</v>
+        <v>1769</v>
       </c>
       <c r="C19" s="9" t="s">
-        <v>1783</v>
+        <v>1782</v>
       </c>
       <c r="D19" s="9" t="s">
-        <v>1779</v>
+        <v>1778</v>
       </c>
       <c r="E19" s="9" t="s">
+        <v>1771</v>
+      </c>
+      <c r="F19" s="9" t="s">
         <v>1772</v>
       </c>
-      <c r="F19" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G19" s="9" t="s">
-        <v>1766</v>
+        <v>1765</v>
       </c>
       <c r="H19" s="10">
         <v>1864</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="B20" s="9" t="s">
-        <v>1770</v>
+        <v>1769</v>
       </c>
       <c r="C20" s="9" t="s">
-        <v>1784</v>
+        <v>1783</v>
       </c>
       <c r="D20" s="9" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="E20" s="9" t="s">
+        <v>1771</v>
+      </c>
+      <c r="F20" s="9" t="s">
         <v>1772</v>
       </c>
-      <c r="F20" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G20" s="9" t="s">
-        <v>1766</v>
+        <v>1765</v>
       </c>
       <c r="H20" s="10">
         <v>1864</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="B21" s="9" t="s">
-        <v>1764</v>
+        <v>1763</v>
       </c>
       <c r="C21" s="9" t="s">
-        <v>1785</v>
+        <v>1784</v>
       </c>
       <c r="D21" s="9" t="s">
-        <v>986</v>
+        <v>985</v>
       </c>
       <c r="E21" s="9">
         <v>60</v>
       </c>
       <c r="F21" s="9">
         <v>151.536</v>
       </c>
       <c r="G21" s="9" t="s">
-        <v>1766</v>
+        <v>1765</v>
       </c>
       <c r="H21" s="10">
         <v>1965</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="B22" s="9" t="s">
-        <v>1767</v>
+        <v>1766</v>
       </c>
       <c r="C22" s="9" t="s">
-        <v>1786</v>
+        <v>1785</v>
       </c>
       <c r="D22" s="9" t="s">
-        <v>986</v>
+        <v>985</v>
       </c>
       <c r="E22" s="9" t="s">
-        <v>1769</v>
+        <v>1768</v>
       </c>
       <c r="F22" s="9">
         <v>155.52</v>
       </c>
       <c r="G22" s="9" t="s">
-        <v>1766</v>
+        <v>1765</v>
       </c>
       <c r="H22" s="10">
         <v>1965</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="B23" s="9" t="s">
-        <v>1770</v>
+        <v>1769</v>
       </c>
       <c r="C23" s="9" t="s">
-        <v>1787</v>
+        <v>1786</v>
       </c>
       <c r="D23" s="9" t="s">
-        <v>986</v>
+        <v>985</v>
       </c>
       <c r="E23" s="9" t="s">
+        <v>1771</v>
+      </c>
+      <c r="F23" s="9" t="s">
         <v>1772</v>
       </c>
-      <c r="F23" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G23" s="9" t="s">
-        <v>1766</v>
+        <v>1765</v>
       </c>
       <c r="H23" s="10">
         <v>1965</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="B24" s="9" t="s">
+        <v>1787</v>
+      </c>
+      <c r="C24" s="9" t="s">
         <v>1788</v>
       </c>
-      <c r="C24" s="9" t="s">
+      <c r="D24" s="9" t="s">
         <v>1789</v>
-      </c>
-[...1 lines deleted...]
-        <v>1790</v>
       </c>
       <c r="E24" s="9"/>
       <c r="F24" s="9" t="s">
-        <v>1791</v>
+        <v>1790</v>
       </c>
       <c r="G24" s="9" t="s">
-        <v>1766</v>
+        <v>1765</v>
       </c>
       <c r="H24" s="10">
         <v>2389</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="B25" s="9" t="s">
-        <v>1770</v>
+        <v>1769</v>
       </c>
       <c r="C25" s="9" t="s">
+        <v>1791</v>
+      </c>
+      <c r="D25" s="9" t="s">
         <v>1792</v>
       </c>
-      <c r="D25" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E25" s="9" t="s">
+        <v>1771</v>
+      </c>
+      <c r="F25" s="9" t="s">
         <v>1772</v>
       </c>
-      <c r="F25" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G25" s="9" t="s">
-        <v>1766</v>
+        <v>1765</v>
       </c>
       <c r="H25" s="10">
         <v>2389</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="B26" s="9" t="s">
-        <v>1770</v>
+        <v>1769</v>
       </c>
       <c r="C26" s="9" t="s">
+        <v>1793</v>
+      </c>
+      <c r="D26" s="9" t="s">
         <v>1794</v>
       </c>
-      <c r="D26" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E26" s="9" t="s">
+        <v>1771</v>
+      </c>
+      <c r="F26" s="9" t="s">
         <v>1772</v>
       </c>
-      <c r="F26" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G26" s="9" t="s">
-        <v>1766</v>
+        <v>1765</v>
       </c>
       <c r="H26" s="10">
         <v>2389</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="B27" s="9" t="s">
+        <v>1795</v>
+      </c>
+      <c r="C27" s="9" t="s">
         <v>1796</v>
       </c>
-      <c r="C27" s="9" t="s">
+      <c r="D27" s="9" t="s">
         <v>1797</v>
       </c>
-      <c r="D27" s="9" t="s">
+      <c r="E27" s="9" t="s">
         <v>1798</v>
       </c>
-      <c r="E27" s="9" t="s">
+      <c r="F27" s="9" t="s">
         <v>1799</v>
       </c>
-      <c r="F27" s="9" t="s">
+      <c r="G27" s="9" t="s">
         <v>1800</v>
-      </c>
-[...1 lines deleted...]
-        <v>1801</v>
       </c>
       <c r="H27" s="10">
         <v>2605</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="B28" s="9" t="s">
+        <v>1801</v>
+      </c>
+      <c r="C28" s="9" t="s">
         <v>1802</v>
       </c>
-      <c r="C28" s="9" t="s">
+      <c r="D28" s="9" t="s">
+        <v>1794</v>
+      </c>
+      <c r="E28" s="9" t="s">
         <v>1803</v>
       </c>
-      <c r="D28" s="9" t="s">
-[...2 lines deleted...]
-      <c r="E28" s="9" t="s">
+      <c r="F28" s="9" t="s">
         <v>1804</v>
       </c>
-      <c r="F28" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G28" s="9" t="s">
-        <v>1766</v>
+        <v>1765</v>
       </c>
       <c r="H28" s="10">
         <v>2675</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="B29" s="9" t="s">
+        <v>1805</v>
+      </c>
+      <c r="C29" s="9" t="s">
         <v>1806</v>
       </c>
-      <c r="C29" s="9" t="s">
+      <c r="D29" s="9" t="s">
         <v>1807</v>
       </c>
-      <c r="D29" s="9" t="s">
+      <c r="E29" s="9" t="s">
         <v>1808</v>
-      </c>
-[...1 lines deleted...]
-        <v>1809</v>
       </c>
       <c r="F29" s="9">
         <v>152.064</v>
       </c>
       <c r="G29" s="9" t="s">
-        <v>1766</v>
+        <v>1765</v>
       </c>
       <c r="H29" s="10">
         <v>2675</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="B30" s="9" t="s">
-        <v>1806</v>
+        <v>1805</v>
       </c>
       <c r="C30" s="9" t="s">
+        <v>1809</v>
+      </c>
+      <c r="D30" s="9" t="s">
         <v>1810</v>
       </c>
-      <c r="D30" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E30" s="9" t="s">
-        <v>1809</v>
+        <v>1808</v>
       </c>
       <c r="F30" s="9">
         <v>152.064</v>
       </c>
       <c r="G30" s="9" t="s">
-        <v>1766</v>
+        <v>1765</v>
       </c>
       <c r="H30" s="10">
         <v>2675</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="B31" s="9" t="s">
-        <v>1802</v>
+        <v>1801</v>
       </c>
       <c r="C31" s="9" t="s">
+        <v>1811</v>
+      </c>
+      <c r="D31" s="9" t="s">
         <v>1812</v>
       </c>
-      <c r="D31" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E31" s="9" t="s">
+        <v>1803</v>
+      </c>
+      <c r="F31" s="9" t="s">
         <v>1804</v>
       </c>
-      <c r="F31" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G31" s="9" t="s">
-        <v>1766</v>
+        <v>1765</v>
       </c>
       <c r="H31" s="10">
         <v>2675</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="B32" s="9" t="s">
-        <v>1788</v>
+        <v>1787</v>
       </c>
       <c r="C32" s="9" t="s">
-        <v>1814</v>
+        <v>1813</v>
       </c>
       <c r="D32" s="9" t="s">
-        <v>1795</v>
+        <v>1794</v>
       </c>
       <c r="E32" s="9"/>
       <c r="F32" s="9" t="s">
-        <v>1815</v>
+        <v>1814</v>
       </c>
       <c r="G32" s="9" t="s">
-        <v>1766</v>
+        <v>1765</v>
       </c>
       <c r="H32" s="10">
         <v>2675</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="B33" s="9" t="s">
-        <v>1802</v>
+        <v>1801</v>
       </c>
       <c r="C33" s="9" t="s">
+        <v>1815</v>
+      </c>
+      <c r="D33" s="9" t="s">
         <v>1816</v>
       </c>
-      <c r="D33" s="9" t="s">
+      <c r="E33" s="9" t="s">
+        <v>1803</v>
+      </c>
+      <c r="F33" s="9" t="s">
         <v>1817</v>
       </c>
-      <c r="E33" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G33" s="9" t="s">
-        <v>1766</v>
+        <v>1765</v>
       </c>
       <c r="H33" s="10">
         <v>2675</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="B34" s="9" t="s">
-        <v>1806</v>
+        <v>1805</v>
       </c>
       <c r="C34" s="9" t="s">
+        <v>1818</v>
+      </c>
+      <c r="D34" s="9" t="s">
         <v>1819</v>
       </c>
-      <c r="D34" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E34" s="9" t="s">
-        <v>1809</v>
+        <v>1808</v>
       </c>
       <c r="F34" s="9">
         <v>152.064</v>
       </c>
       <c r="G34" s="9" t="s">
-        <v>1766</v>
+        <v>1765</v>
       </c>
       <c r="H34" s="10">
         <v>2675</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="B35" s="9" t="s">
-        <v>1806</v>
+        <v>1805</v>
       </c>
       <c r="C35" s="9" t="s">
+        <v>1820</v>
+      </c>
+      <c r="D35" s="9" t="s">
         <v>1821</v>
       </c>
-      <c r="D35" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E35" s="9" t="s">
-        <v>1809</v>
+        <v>1808</v>
       </c>
       <c r="F35" s="9">
         <v>152.064</v>
       </c>
       <c r="G35" s="9" t="s">
-        <v>1766</v>
+        <v>1765</v>
       </c>
       <c r="H35" s="10">
         <v>2675</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="B36" s="9" t="s">
-        <v>1788</v>
+        <v>1787</v>
       </c>
       <c r="C36" s="9" t="s">
+        <v>1822</v>
+      </c>
+      <c r="D36" s="9" t="s">
         <v>1823</v>
-      </c>
-[...1 lines deleted...]
-        <v>1824</v>
       </c>
       <c r="E36" s="9">
         <v>60</v>
       </c>
       <c r="F36" s="9" t="s">
-        <v>1791</v>
+        <v>1790</v>
       </c>
       <c r="G36" s="9" t="s">
-        <v>1766</v>
+        <v>1765</v>
       </c>
       <c r="H36" s="10">
         <v>2675</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="B37" s="9" t="s">
+        <v>1824</v>
+      </c>
+      <c r="C37" s="9" t="s">
         <v>1825</v>
       </c>
-      <c r="C37" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D37" s="9" t="s">
-        <v>1790</v>
+        <v>1789</v>
       </c>
       <c r="E37" s="9" t="s">
-        <v>1804</v>
+        <v>1803</v>
       </c>
       <c r="F37" s="9">
         <v>149.556</v>
       </c>
       <c r="G37" s="9" t="s">
-        <v>1766</v>
+        <v>1765</v>
       </c>
       <c r="H37" s="10">
         <v>2675</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="B38" s="9" t="s">
-        <v>1825</v>
+        <v>1824</v>
       </c>
       <c r="C38" s="9" t="s">
+        <v>1826</v>
+      </c>
+      <c r="D38" s="9" t="s">
         <v>1827</v>
       </c>
-      <c r="D38" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E38" s="9" t="s">
-        <v>1804</v>
+        <v>1803</v>
       </c>
       <c r="F38" s="9">
         <v>149.556</v>
       </c>
       <c r="G38" s="9" t="s">
-        <v>1766</v>
+        <v>1765</v>
       </c>
       <c r="H38" s="10">
         <v>2675</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="B39" s="9" t="s">
-        <v>1825</v>
+        <v>1824</v>
       </c>
       <c r="C39" s="9" t="s">
-        <v>1829</v>
+        <v>1828</v>
       </c>
       <c r="D39" s="9" t="s">
-        <v>1824</v>
+        <v>1823</v>
       </c>
       <c r="E39" s="9" t="s">
-        <v>1804</v>
+        <v>1803</v>
       </c>
       <c r="F39" s="9">
         <v>149.556</v>
       </c>
       <c r="G39" s="9" t="s">
-        <v>1766</v>
+        <v>1765</v>
       </c>
       <c r="H39" s="10">
         <v>2675</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="B40" s="9" t="s">
-        <v>1802</v>
+        <v>1801</v>
       </c>
       <c r="C40" s="9" t="s">
+        <v>1829</v>
+      </c>
+      <c r="D40" s="9" t="s">
         <v>1830</v>
       </c>
-      <c r="D40" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E40" s="9" t="s">
+        <v>1803</v>
+      </c>
+      <c r="F40" s="9" t="s">
         <v>1804</v>
       </c>
-      <c r="F40" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G40" s="9" t="s">
-        <v>1766</v>
+        <v>1765</v>
       </c>
       <c r="H40" s="10">
         <v>2675</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="B41" s="9" t="s">
-        <v>1770</v>
+        <v>1769</v>
       </c>
       <c r="C41" s="9" t="s">
+        <v>1831</v>
+      </c>
+      <c r="D41" s="9" t="s">
         <v>1832</v>
       </c>
-      <c r="D41" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E41" s="9" t="s">
+        <v>1771</v>
+      </c>
+      <c r="F41" s="9" t="s">
         <v>1772</v>
       </c>
-      <c r="F41" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G41" s="9" t="s">
-        <v>1766</v>
+        <v>1765</v>
       </c>
       <c r="H41" s="10">
         <v>2675</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="B42" s="9" t="s">
-        <v>1788</v>
+        <v>1787</v>
       </c>
       <c r="C42" s="9" t="s">
-        <v>1834</v>
+        <v>1833</v>
       </c>
       <c r="D42" s="9" t="s">
-        <v>1793</v>
+        <v>1792</v>
       </c>
       <c r="E42" s="9"/>
       <c r="F42" s="9" t="s">
-        <v>1791</v>
+        <v>1790</v>
       </c>
       <c r="G42" s="9" t="s">
-        <v>1766</v>
+        <v>1765</v>
       </c>
       <c r="H42" s="10">
         <v>2675</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="B43" s="9" t="s">
-        <v>1788</v>
+        <v>1787</v>
       </c>
       <c r="C43" s="9" t="s">
-        <v>1835</v>
+        <v>1834</v>
       </c>
       <c r="D43" s="9" t="s">
-        <v>1828</v>
+        <v>1827</v>
       </c>
       <c r="E43" s="9"/>
       <c r="F43" s="9" t="s">
-        <v>1791</v>
+        <v>1790</v>
       </c>
       <c r="G43" s="9" t="s">
-        <v>1766</v>
+        <v>1765</v>
       </c>
       <c r="H43" s="10">
         <v>2675</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="B44" s="9" t="s">
-        <v>1802</v>
+        <v>1801</v>
       </c>
       <c r="C44" s="9" t="s">
+        <v>1835</v>
+      </c>
+      <c r="D44" s="9" t="s">
         <v>1836</v>
       </c>
-      <c r="D44" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E44" s="9" t="s">
+        <v>1803</v>
+      </c>
+      <c r="F44" s="9" t="s">
         <v>1804</v>
       </c>
-      <c r="F44" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G44" s="9" t="s">
-        <v>1766</v>
+        <v>1765</v>
       </c>
       <c r="H44" s="10">
         <v>2675</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="B45" s="9" t="s">
-        <v>1802</v>
+        <v>1801</v>
       </c>
       <c r="C45" s="9" t="s">
+        <v>1837</v>
+      </c>
+      <c r="D45" s="9" t="s">
         <v>1838</v>
       </c>
-      <c r="D45" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E45" s="9" t="s">
+        <v>1803</v>
+      </c>
+      <c r="F45" s="9" t="s">
         <v>1804</v>
       </c>
-      <c r="F45" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G45" s="9" t="s">
-        <v>1766</v>
+        <v>1765</v>
       </c>
       <c r="H45" s="10">
         <v>2675</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="B46" s="9" t="s">
-        <v>1825</v>
+        <v>1824</v>
       </c>
       <c r="C46" s="9" t="s">
+        <v>1839</v>
+      </c>
+      <c r="D46" s="9" t="s">
         <v>1840</v>
       </c>
-      <c r="D46" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E46" s="9" t="s">
-        <v>1804</v>
+        <v>1803</v>
       </c>
       <c r="F46" s="9">
         <v>135.96</v>
       </c>
       <c r="G46" s="9" t="s">
-        <v>1766</v>
+        <v>1765</v>
       </c>
       <c r="H46" s="10">
         <v>3287</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="B48" s="7" t="s">
-        <v>1842</v>
+        <v>1841</v>
       </c>
       <c r="C48" s="0"/>
       <c r="D48" s="0"/>
       <c r="E48" s="0"/>
       <c r="F48" s="0"/>
       <c r="G48" s="0"/>
     </row>
     <row r="49" spans="1:9">
       <c r="B49" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C49" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D49" s="8" t="s">
-        <v>665</v>
+        <v>664</v>
       </c>
       <c r="E49" s="8" t="s">
         <v>35</v>
       </c>
       <c r="F49" s="8" t="s">
         <v>11</v>
       </c>
       <c r="G49" s="8" t="s">
-        <v>694</v>
+        <v>693</v>
       </c>
       <c r="H49" s="8" t="s">
-        <v>696</v>
+        <v>695</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="B50" s="9" t="s">
+        <v>1842</v>
+      </c>
+      <c r="C50" s="9" t="s">
         <v>1843</v>
       </c>
-      <c r="C50" s="9" t="s">
+      <c r="D50" s="9" t="s">
         <v>1844</v>
       </c>
-      <c r="D50" s="9" t="s">
+      <c r="E50" s="9" t="s">
         <v>1845</v>
       </c>
-      <c r="E50" s="9" t="s">
+      <c r="F50" s="9" t="s">
         <v>1846</v>
-      </c>
-[...1 lines deleted...]
-        <v>1847</v>
       </c>
       <c r="G50" s="10">
         <v>2832</v>
       </c>
       <c r="H50" s="10"/>
     </row>
     <row r="51" spans="1:9">
       <c r="B51" s="9" t="s">
+        <v>1847</v>
+      </c>
+      <c r="C51" s="9" t="s">
         <v>1848</v>
       </c>
-      <c r="C51" s="9" t="s">
+      <c r="D51" s="9" t="s">
+        <v>1844</v>
+      </c>
+      <c r="E51" s="9" t="s">
         <v>1849</v>
       </c>
-      <c r="D51" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F51" s="9" t="s">
-        <v>1847</v>
+        <v>1846</v>
       </c>
       <c r="G51" s="10">
         <v>2832</v>
       </c>
       <c r="H51" s="10"/>
     </row>
     <row r="52" spans="1:9">
       <c r="B52" s="9" t="s">
+        <v>1850</v>
+      </c>
+      <c r="C52" s="9" t="s">
         <v>1851</v>
       </c>
-      <c r="C52" s="9" t="s">
+      <c r="D52" s="9" t="s">
         <v>1852</v>
       </c>
-      <c r="D52" s="9" t="s">
+      <c r="E52" s="9" t="s">
         <v>1853</v>
       </c>
-      <c r="E52" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F52" s="9" t="s">
-        <v>1311</v>
+        <v>1310</v>
       </c>
       <c r="G52" s="10">
         <v>3600</v>
       </c>
       <c r="H52" s="10"/>
     </row>
     <row r="53" spans="1:9">
       <c r="B53" s="9" t="s">
+        <v>1854</v>
+      </c>
+      <c r="C53" s="9" t="s">
         <v>1855</v>
       </c>
-      <c r="C53" s="9" t="s">
+      <c r="D53" s="9" t="s">
         <v>1856</v>
       </c>
-      <c r="D53" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E53" s="9" t="s">
+        <v>1845</v>
+      </c>
+      <c r="F53" s="9" t="s">
         <v>1846</v>
-      </c>
-[...1 lines deleted...]
-        <v>1847</v>
       </c>
       <c r="G53" s="10">
         <v>4092</v>
       </c>
       <c r="H53" s="10"/>
     </row>
     <row r="54" spans="1:9">
       <c r="B54" s="9" t="s">
+        <v>1857</v>
+      </c>
+      <c r="C54" s="9" t="s">
         <v>1858</v>
       </c>
-      <c r="C54" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D54" s="9" t="s">
-        <v>1857</v>
+        <v>1856</v>
       </c>
       <c r="E54" s="9" t="s">
-        <v>1850</v>
+        <v>1849</v>
       </c>
       <c r="F54" s="9" t="s">
-        <v>1847</v>
+        <v>1846</v>
       </c>
       <c r="G54" s="10">
         <v>4092</v>
       </c>
       <c r="H54" s="10"/>
     </row>
     <row r="55" spans="1:9">
       <c r="B55" s="9" t="s">
+        <v>1859</v>
+      </c>
+      <c r="C55" s="9" t="s">
         <v>1860</v>
       </c>
-      <c r="C55" s="9" t="s">
+      <c r="D55" s="9" t="s">
         <v>1861</v>
       </c>
-      <c r="D55" s="9" t="s">
+      <c r="E55" s="9" t="s">
         <v>1862</v>
       </c>
-      <c r="E55" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F55" s="9" t="s">
-        <v>1311</v>
+        <v>1310</v>
       </c>
       <c r="G55" s="10">
         <v>4176</v>
       </c>
       <c r="H55" s="10"/>
     </row>
     <row r="56" spans="1:9">
       <c r="B56" s="9" t="s">
+        <v>1863</v>
+      </c>
+      <c r="C56" s="9" t="s">
         <v>1864</v>
       </c>
-      <c r="C56" s="9" t="s">
+      <c r="D56" s="9" t="s">
+        <v>1861</v>
+      </c>
+      <c r="E56" s="9" t="s">
         <v>1865</v>
       </c>
-      <c r="D56" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F56" s="9" t="s">
-        <v>1311</v>
+        <v>1310</v>
       </c>
       <c r="G56" s="10">
         <v>4752</v>
       </c>
       <c r="H56" s="10"/>
     </row>
     <row r="57" spans="1:9">
       <c r="B57" s="9" t="s">
+        <v>1866</v>
+      </c>
+      <c r="C57" s="9" t="s">
         <v>1867</v>
       </c>
-      <c r="C57" s="9" t="s">
+      <c r="D57" s="9" t="s">
+        <v>1861</v>
+      </c>
+      <c r="E57" s="9" t="s">
         <v>1868</v>
       </c>
-      <c r="D57" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F57" s="9" t="s">
-        <v>1311</v>
+        <v>1310</v>
       </c>
       <c r="G57" s="10">
         <v>4944</v>
       </c>
       <c r="H57" s="10"/>
     </row>
     <row r="58" spans="1:9">
       <c r="B58" s="9" t="s">
+        <v>1869</v>
+      </c>
+      <c r="C58" s="9" t="s">
         <v>1870</v>
       </c>
-      <c r="C58" s="9" t="s">
+      <c r="D58" s="9" t="s">
+        <v>1861</v>
+      </c>
+      <c r="E58" s="9" t="s">
         <v>1871</v>
       </c>
-      <c r="D58" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F58" s="9" t="s">
-        <v>1311</v>
+        <v>1310</v>
       </c>
       <c r="G58" s="10">
         <v>4944</v>
       </c>
       <c r="H58" s="10"/>
     </row>
     <row r="59" spans="1:9">
       <c r="B59" s="9" t="s">
+        <v>1872</v>
+      </c>
+      <c r="C59" s="9" t="s">
         <v>1873</v>
       </c>
-      <c r="C59" s="9" t="s">
+      <c r="D59" s="9" t="s">
         <v>1874</v>
       </c>
-      <c r="D59" s="9" t="s">
+      <c r="E59" s="9" t="s">
         <v>1875</v>
       </c>
-      <c r="E59" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F59" s="9" t="s">
-        <v>1311</v>
+        <v>1310</v>
       </c>
       <c r="G59" s="10">
         <v>5664</v>
       </c>
       <c r="H59" s="10"/>
     </row>
     <row r="60" spans="1:9">
       <c r="B60" s="9" t="s">
+        <v>1876</v>
+      </c>
+      <c r="C60" s="9" t="s">
         <v>1877</v>
       </c>
-      <c r="C60" s="9" t="s">
+      <c r="D60" s="9" t="s">
+        <v>1861</v>
+      </c>
+      <c r="E60" s="9" t="s">
         <v>1878</v>
       </c>
-      <c r="D60" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F60" s="9" t="s">
-        <v>1755</v>
+        <v>1754</v>
       </c>
       <c r="G60" s="10">
         <v>6120</v>
       </c>
       <c r="H60" s="10"/>
     </row>
     <row r="61" spans="1:9">
       <c r="B61" s="9" t="s">
+        <v>1879</v>
+      </c>
+      <c r="C61" s="9" t="s">
         <v>1880</v>
       </c>
-      <c r="C61" s="9" t="s">
+      <c r="D61" s="9" t="s">
+        <v>1874</v>
+      </c>
+      <c r="E61" s="9" t="s">
         <v>1881</v>
       </c>
-      <c r="D61" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F61" s="9" t="s">
-        <v>1311</v>
+        <v>1310</v>
       </c>
       <c r="G61" s="10">
         <v>6192</v>
       </c>
       <c r="H61" s="10"/>
     </row>
     <row r="62" spans="1:9">
       <c r="B62" s="9" t="s">
+        <v>1882</v>
+      </c>
+      <c r="C62" s="9" t="s">
         <v>1883</v>
       </c>
-      <c r="C62" s="9" t="s">
+      <c r="D62" s="9" t="s">
+        <v>1874</v>
+      </c>
+      <c r="E62" s="9" t="s">
         <v>1884</v>
       </c>
-      <c r="D62" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F62" s="9" t="s">
-        <v>1311</v>
+        <v>1310</v>
       </c>
       <c r="G62" s="10">
         <v>6336</v>
       </c>
       <c r="H62" s="10"/>
     </row>
     <row r="63" spans="1:9">
       <c r="B63" s="9" t="s">
+        <v>1885</v>
+      </c>
+      <c r="C63" s="9" t="s">
         <v>1886</v>
       </c>
-      <c r="C63" s="9" t="s">
+      <c r="D63" s="9" t="s">
+        <v>1874</v>
+      </c>
+      <c r="E63" s="9" t="s">
         <v>1887</v>
       </c>
-      <c r="D63" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F63" s="9" t="s">
-        <v>1311</v>
+        <v>1310</v>
       </c>
       <c r="G63" s="10">
         <v>6336</v>
       </c>
       <c r="H63" s="10"/>
     </row>
     <row r="64" spans="1:9">
       <c r="B64" s="9" t="s">
+        <v>1888</v>
+      </c>
+      <c r="C64" s="9" t="s">
         <v>1889</v>
       </c>
-      <c r="C64" s="9" t="s">
+      <c r="D64" s="9" t="s">
+        <v>1861</v>
+      </c>
+      <c r="E64" s="9" t="s">
         <v>1890</v>
       </c>
-      <c r="D64" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F64" s="9" t="s">
-        <v>1755</v>
+        <v>1754</v>
       </c>
       <c r="G64" s="10">
         <v>6552</v>
       </c>
       <c r="H64" s="10"/>
     </row>
     <row r="65" spans="1:9">
       <c r="B65" s="9" t="s">
+        <v>1891</v>
+      </c>
+      <c r="C65" s="9" t="s">
         <v>1892</v>
       </c>
-      <c r="C65" s="9" t="s">
+      <c r="D65" s="9" t="s">
+        <v>1861</v>
+      </c>
+      <c r="E65" s="9" t="s">
         <v>1893</v>
       </c>
-      <c r="D65" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F65" s="9" t="s">
-        <v>1755</v>
+        <v>1754</v>
       </c>
       <c r="G65" s="10">
         <v>6552</v>
       </c>
       <c r="H65" s="10"/>
     </row>
     <row r="66" spans="1:9">
       <c r="B66" s="9" t="s">
+        <v>1894</v>
+      </c>
+      <c r="C66" s="9" t="s">
         <v>1895</v>
       </c>
-      <c r="C66" s="9" t="s">
+      <c r="D66" s="9" t="s">
+        <v>1874</v>
+      </c>
+      <c r="E66" s="9" t="s">
         <v>1896</v>
       </c>
-      <c r="D66" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F66" s="9" t="s">
-        <v>1311</v>
+        <v>1310</v>
       </c>
       <c r="G66" s="10">
         <v>6720</v>
       </c>
       <c r="H66" s="10"/>
     </row>
     <row r="67" spans="1:9">
       <c r="B67" s="9" t="s">
+        <v>1897</v>
+      </c>
+      <c r="C67" s="9" t="s">
         <v>1898</v>
       </c>
-      <c r="C67" s="9" t="s">
+      <c r="D67" s="9" t="s">
+        <v>1874</v>
+      </c>
+      <c r="E67" s="9" t="s">
         <v>1899</v>
       </c>
-      <c r="D67" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F67" s="9" t="s">
-        <v>1311</v>
+        <v>1310</v>
       </c>
       <c r="G67" s="10">
         <v>6768</v>
       </c>
       <c r="H67" s="10"/>
     </row>
     <row r="68" spans="1:9">
       <c r="B68" s="9" t="s">
+        <v>1900</v>
+      </c>
+      <c r="C68" s="9" t="s">
         <v>1901</v>
       </c>
-      <c r="C68" s="9" t="s">
+      <c r="D68" s="9" t="s">
+        <v>1861</v>
+      </c>
+      <c r="E68" s="9" t="s">
         <v>1902</v>
       </c>
-      <c r="D68" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F68" s="9" t="s">
-        <v>1755</v>
+        <v>1754</v>
       </c>
       <c r="G68" s="10">
         <v>7488</v>
       </c>
       <c r="H68" s="10"/>
     </row>
     <row r="69" spans="1:9">
       <c r="B69" s="9" t="s">
+        <v>1903</v>
+      </c>
+      <c r="C69" s="9" t="s">
         <v>1904</v>
       </c>
-      <c r="C69" s="9" t="s">
+      <c r="D69" s="9" t="s">
+        <v>1852</v>
+      </c>
+      <c r="E69" s="9" t="s">
         <v>1905</v>
       </c>
-      <c r="D69" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F69" s="9" t="s">
-        <v>1755</v>
+        <v>1754</v>
       </c>
       <c r="G69" s="10">
         <v>7920</v>
       </c>
       <c r="H69" s="10"/>
     </row>
     <row r="70" spans="1:9">
       <c r="B70" s="9" t="s">
+        <v>1906</v>
+      </c>
+      <c r="C70" s="9" t="s">
         <v>1907</v>
       </c>
-      <c r="C70" s="9" t="s">
+      <c r="D70" s="9" t="s">
+        <v>1861</v>
+      </c>
+      <c r="E70" s="9" t="s">
         <v>1908</v>
       </c>
-      <c r="D70" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F70" s="9" t="s">
-        <v>1755</v>
+        <v>1754</v>
       </c>
       <c r="G70" s="10">
         <v>8064.000000000002</v>
       </c>
       <c r="H70" s="10"/>
     </row>
     <row r="71" spans="1:9">
       <c r="B71" s="9" t="s">
+        <v>1909</v>
+      </c>
+      <c r="C71" s="9" t="s">
         <v>1910</v>
       </c>
-      <c r="C71" s="9" t="s">
+      <c r="D71" s="9" t="s">
+        <v>1861</v>
+      </c>
+      <c r="E71" s="9" t="s">
         <v>1911</v>
       </c>
-      <c r="D71" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F71" s="9" t="s">
-        <v>1755</v>
+        <v>1754</v>
       </c>
       <c r="G71" s="10">
         <v>8135.999999999998</v>
       </c>
       <c r="H71" s="10"/>
     </row>
     <row r="72" spans="1:9">
       <c r="B72" s="9" t="s">
+        <v>1912</v>
+      </c>
+      <c r="C72" s="9" t="s">
         <v>1913</v>
       </c>
-      <c r="C72" s="9" t="s">
+      <c r="D72" s="9" t="s">
+        <v>1852</v>
+      </c>
+      <c r="E72" s="9" t="s">
         <v>1914</v>
       </c>
-      <c r="D72" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F72" s="9" t="s">
-        <v>1755</v>
+        <v>1754</v>
       </c>
       <c r="G72" s="10">
         <v>8352</v>
       </c>
       <c r="H72" s="10"/>
     </row>
     <row r="73" spans="1:9">
       <c r="B73" s="9" t="s">
+        <v>1915</v>
+      </c>
+      <c r="C73" s="9" t="s">
         <v>1916</v>
       </c>
-      <c r="C73" s="9" t="s">
+      <c r="D73" s="9" t="s">
+        <v>1852</v>
+      </c>
+      <c r="E73" s="9" t="s">
         <v>1917</v>
       </c>
-      <c r="D73" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F73" s="9" t="s">
-        <v>1755</v>
+        <v>1754</v>
       </c>
       <c r="G73" s="10">
         <v>8352</v>
       </c>
       <c r="H73" s="10"/>
     </row>
     <row r="74" spans="1:9">
       <c r="B74" s="9" t="s">
+        <v>1918</v>
+      </c>
+      <c r="C74" s="9" t="s">
         <v>1919</v>
       </c>
-      <c r="C74" s="9" t="s">
+      <c r="D74" s="9" t="s">
+        <v>1861</v>
+      </c>
+      <c r="E74" s="9" t="s">
         <v>1920</v>
       </c>
-      <c r="D74" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F74" s="9" t="s">
-        <v>1755</v>
+        <v>1754</v>
       </c>
       <c r="G74" s="10">
         <v>8856</v>
       </c>
       <c r="H74" s="10"/>
     </row>
     <row r="75" spans="1:9">
       <c r="B75" s="9" t="s">
+        <v>1921</v>
+      </c>
+      <c r="C75" s="9" t="s">
         <v>1922</v>
       </c>
-      <c r="C75" s="9" t="s">
+      <c r="D75" s="9" t="s">
+        <v>1852</v>
+      </c>
+      <c r="E75" s="9" t="s">
         <v>1923</v>
       </c>
-      <c r="D75" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F75" s="9" t="s">
-        <v>1755</v>
+        <v>1754</v>
       </c>
       <c r="G75" s="10">
         <v>9000</v>
       </c>
       <c r="H75" s="10"/>
     </row>
     <row r="76" spans="1:9">
       <c r="B76" s="9" t="s">
+        <v>1924</v>
+      </c>
+      <c r="C76" s="9" t="s">
         <v>1925</v>
       </c>
-      <c r="C76" s="9" t="s">
+      <c r="D76" s="9" t="s">
+        <v>1852</v>
+      </c>
+      <c r="E76" s="9" t="s">
         <v>1926</v>
       </c>
-      <c r="D76" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F76" s="9" t="s">
-        <v>1755</v>
+        <v>1754</v>
       </c>
       <c r="G76" s="10">
         <v>9792.000000000002</v>
       </c>
       <c r="H76" s="10"/>
     </row>
     <row r="78" spans="1:9">
       <c r="B78" s="7" t="s">
-        <v>1928</v>
+        <v>1927</v>
       </c>
       <c r="C78" s="0"/>
       <c r="D78" s="0"/>
       <c r="E78" s="0"/>
       <c r="F78" s="0"/>
       <c r="G78" s="0"/>
     </row>
     <row r="79" spans="1:9">
       <c r="B79" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C79" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D79" s="8" t="s">
-        <v>665</v>
+        <v>664</v>
       </c>
       <c r="E79" s="8" t="s">
         <v>35</v>
       </c>
       <c r="F79" s="8" t="s">
-        <v>1762</v>
+        <v>1761</v>
       </c>
       <c r="G79" s="8" t="s">
         <v>11</v>
       </c>
       <c r="H79" s="8" t="s">
-        <v>1929</v>
+        <v>1928</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="B80" s="9" t="s">
+        <v>1929</v>
+      </c>
+      <c r="C80" s="9" t="s">
         <v>1930</v>
       </c>
-      <c r="C80" s="9" t="s">
+      <c r="D80" s="9" t="s">
         <v>1931</v>
       </c>
-      <c r="D80" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E80" s="9" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="F80" s="9">
         <v>144</v>
       </c>
       <c r="G80" s="9" t="s">
-        <v>1766</v>
+        <v>1765</v>
       </c>
       <c r="H80" s="10">
         <v>1501</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="B82" s="7" t="s">
-        <v>1933</v>
+        <v>1932</v>
       </c>
       <c r="C82" s="0"/>
       <c r="D82" s="0"/>
       <c r="E82" s="0"/>
       <c r="F82" s="0"/>
       <c r="G82" s="0"/>
     </row>
     <row r="83" spans="1:9">
       <c r="B83" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C83" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D83" s="8" t="s">
-        <v>665</v>
+        <v>664</v>
       </c>
       <c r="E83" s="8" t="s">
         <v>35</v>
       </c>
       <c r="F83" s="8" t="s">
         <v>11</v>
       </c>
       <c r="G83" s="8" t="s">
-        <v>699</v>
+        <v>698</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="B84" s="9" t="s">
+        <v>1933</v>
+      </c>
+      <c r="C84" s="9" t="s">
         <v>1934</v>
       </c>
-      <c r="C84" s="9" t="s">
+      <c r="D84" s="9" t="s">
         <v>1935</v>
       </c>
-      <c r="D84" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E84" s="9" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="F84" s="9" t="s">
-        <v>1766</v>
+        <v>1765</v>
       </c>
       <c r="G84" s="10">
         <v>474</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="B85" s="9" t="s">
-        <v>1934</v>
+        <v>1933</v>
       </c>
       <c r="C85" s="9" t="s">
-        <v>1937</v>
+        <v>1936</v>
       </c>
       <c r="D85" s="9" t="s">
-        <v>1936</v>
+        <v>1935</v>
       </c>
       <c r="E85" s="9" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="F85" s="9" t="s">
-        <v>1766</v>
+        <v>1765</v>
       </c>
       <c r="G85" s="10">
         <v>586</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="B86" s="9" t="s">
-        <v>1934</v>
+        <v>1933</v>
       </c>
       <c r="C86" s="9" t="s">
+        <v>1937</v>
+      </c>
+      <c r="D86" s="9" t="s">
+        <v>1935</v>
+      </c>
+      <c r="E86" s="9" t="s">
         <v>1938</v>
       </c>
-      <c r="D86" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F86" s="9" t="s">
-        <v>1766</v>
+        <v>1765</v>
       </c>
       <c r="G86" s="10">
         <v>586</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="B87" s="9" t="s">
-        <v>1934</v>
+        <v>1933</v>
       </c>
       <c r="C87" s="9" t="s">
+        <v>1939</v>
+      </c>
+      <c r="D87" s="9" t="s">
+        <v>1935</v>
+      </c>
+      <c r="E87" s="9" t="s">
         <v>1940</v>
       </c>
-      <c r="D87" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F87" s="9" t="s">
-        <v>1766</v>
+        <v>1765</v>
       </c>
       <c r="G87" s="10">
         <v>586</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="B88" s="9" t="s">
-        <v>1934</v>
+        <v>1933</v>
       </c>
       <c r="C88" s="9" t="s">
+        <v>1941</v>
+      </c>
+      <c r="D88" s="9" t="s">
+        <v>1935</v>
+      </c>
+      <c r="E88" s="9" t="s">
         <v>1942</v>
       </c>
-      <c r="D88" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F88" s="9" t="s">
-        <v>1766</v>
+        <v>1765</v>
       </c>
       <c r="G88" s="10">
         <v>618</v>
       </c>
     </row>
     <row r="90" spans="1:9">
       <c r="B90" s="7" t="s">
-        <v>1944</v>
+        <v>1943</v>
       </c>
       <c r="C90" s="0"/>
       <c r="D90" s="0"/>
       <c r="E90" s="0"/>
       <c r="F90" s="0"/>
       <c r="G90" s="0"/>
     </row>
     <row r="91" spans="1:9">
       <c r="B91" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C91" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D91" s="8" t="s">
-        <v>665</v>
+        <v>664</v>
       </c>
       <c r="E91" s="8" t="s">
         <v>11</v>
       </c>
       <c r="F91" s="8" t="s">
-        <v>699</v>
+        <v>698</v>
       </c>
     </row>
     <row r="93" spans="1:9">
       <c r="B93" s="7" t="s">
-        <v>1945</v>
+        <v>1944</v>
       </c>
       <c r="C93" s="0"/>
       <c r="D93" s="0"/>
       <c r="E93" s="0"/>
       <c r="F93" s="0"/>
       <c r="G93" s="0"/>
     </row>
     <row r="94" spans="1:9">
       <c r="B94" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C94" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D94" s="8" t="s">
-        <v>665</v>
+        <v>664</v>
       </c>
       <c r="E94" s="8" t="s">
         <v>35</v>
       </c>
       <c r="F94" s="8" t="s">
+        <v>1945</v>
+      </c>
+      <c r="G94" s="8" t="s">
         <v>1946</v>
-      </c>
-[...1 lines deleted...]
-        <v>1947</v>
       </c>
     </row>
     <row r="95" spans="1:9">
       <c r="B95" s="9" t="s">
+        <v>1933</v>
+      </c>
+      <c r="C95" s="9" t="s">
         <v>1934</v>
       </c>
-      <c r="C95" s="9" t="s">
+      <c r="D95" s="9" t="s">
         <v>1935</v>
       </c>
-      <c r="D95" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E95" s="9" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="F95" s="9" t="s">
-        <v>1948</v>
+        <v>1947</v>
       </c>
       <c r="G95" s="10">
         <v>474</v>
       </c>
     </row>
     <row r="96" spans="1:9">
       <c r="B96" s="9" t="s">
-        <v>1934</v>
+        <v>1933</v>
       </c>
       <c r="C96" s="9" t="s">
+        <v>1939</v>
+      </c>
+      <c r="D96" s="9" t="s">
+        <v>1935</v>
+      </c>
+      <c r="E96" s="9" t="s">
         <v>1940</v>
       </c>
-      <c r="D96" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F96" s="9" t="s">
-        <v>1948</v>
+        <v>1947</v>
       </c>
       <c r="G96" s="10">
         <v>586</v>
       </c>
     </row>
     <row r="97" spans="1:9">
       <c r="B97" s="9" t="s">
-        <v>1934</v>
+        <v>1933</v>
       </c>
       <c r="C97" s="9" t="s">
+        <v>1937</v>
+      </c>
+      <c r="D97" s="9" t="s">
+        <v>1935</v>
+      </c>
+      <c r="E97" s="9" t="s">
         <v>1938</v>
       </c>
-      <c r="D97" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F97" s="9" t="s">
-        <v>1948</v>
+        <v>1947</v>
       </c>
       <c r="G97" s="10">
         <v>586</v>
       </c>
     </row>
     <row r="98" spans="1:9">
       <c r="B98" s="9" t="s">
-        <v>1934</v>
+        <v>1933</v>
       </c>
       <c r="C98" s="9" t="s">
-        <v>1937</v>
+        <v>1936</v>
       </c>
       <c r="D98" s="9" t="s">
-        <v>1936</v>
+        <v>1935</v>
       </c>
       <c r="E98" s="9" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="F98" s="9" t="s">
-        <v>1948</v>
+        <v>1947</v>
       </c>
       <c r="G98" s="10">
         <v>586</v>
       </c>
     </row>
     <row r="99" spans="1:9">
       <c r="B99" s="9" t="s">
-        <v>1934</v>
+        <v>1933</v>
       </c>
       <c r="C99" s="9" t="s">
+        <v>1941</v>
+      </c>
+      <c r="D99" s="9" t="s">
+        <v>1935</v>
+      </c>
+      <c r="E99" s="9" t="s">
         <v>1942</v>
       </c>
-      <c r="D99" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F99" s="9" t="s">
-        <v>1948</v>
+        <v>1947</v>
       </c>
       <c r="G99" s="10">
         <v>618</v>
       </c>
     </row>
     <row r="100" spans="1:9">
       <c r="B100" s="9" t="s">
+        <v>1929</v>
+      </c>
+      <c r="C100" s="9" t="s">
         <v>1930</v>
       </c>
-      <c r="C100" s="9" t="s">
+      <c r="D100" s="9" t="s">
         <v>1931</v>
       </c>
-      <c r="D100" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E100" s="9" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="F100" s="9" t="s">
-        <v>1949</v>
+        <v>1948</v>
       </c>
       <c r="G100" s="10">
         <v>1501</v>
       </c>
     </row>
     <row r="101" spans="1:9">
       <c r="B101" s="9" t="s">
+        <v>1769</v>
+      </c>
+      <c r="C101" s="9" t="s">
         <v>1770</v>
-      </c>
-[...1 lines deleted...]
-        <v>1771</v>
       </c>
       <c r="D101" s="9"/>
       <c r="E101" s="9" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="F101" s="9" t="s">
-        <v>1949</v>
+        <v>1948</v>
       </c>
       <c r="G101" s="10">
         <v>1513</v>
       </c>
     </row>
     <row r="102" spans="1:9">
       <c r="B102" s="9" t="s">
+        <v>1766</v>
+      </c>
+      <c r="C102" s="9" t="s">
         <v>1767</v>
-      </c>
-[...1 lines deleted...]
-        <v>1768</v>
       </c>
       <c r="D102" s="9"/>
       <c r="E102" s="9" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="F102" s="9" t="s">
-        <v>1949</v>
+        <v>1948</v>
       </c>
       <c r="G102" s="10">
         <v>1513</v>
       </c>
     </row>
     <row r="103" spans="1:9">
       <c r="B103" s="9" t="s">
+        <v>1763</v>
+      </c>
+      <c r="C103" s="9" t="s">
         <v>1764</v>
-      </c>
-[...1 lines deleted...]
-        <v>1765</v>
       </c>
       <c r="D103" s="9"/>
       <c r="E103" s="9" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="F103" s="9" t="s">
-        <v>1949</v>
+        <v>1948</v>
       </c>
       <c r="G103" s="10">
         <v>1513</v>
       </c>
     </row>
     <row r="104" spans="1:9">
       <c r="B104" s="9" t="s">
+        <v>1776</v>
+      </c>
+      <c r="C104" s="9" t="s">
         <v>1777</v>
-      </c>
-[...1 lines deleted...]
-        <v>1778</v>
       </c>
       <c r="D104" s="9"/>
       <c r="E104" s="9" t="s">
-        <v>1779</v>
+        <v>1778</v>
       </c>
       <c r="F104" s="9" t="s">
-        <v>1949</v>
+        <v>1948</v>
       </c>
       <c r="G104" s="10">
         <v>1864</v>
       </c>
     </row>
     <row r="105" spans="1:9">
       <c r="B105" s="9" t="s">
-        <v>1770</v>
+        <v>1769</v>
       </c>
       <c r="C105" s="9" t="s">
-        <v>1783</v>
+        <v>1782</v>
       </c>
       <c r="D105" s="9"/>
       <c r="E105" s="9" t="s">
-        <v>1779</v>
+        <v>1778</v>
       </c>
       <c r="F105" s="9"/>
       <c r="G105" s="10">
         <v>1864</v>
       </c>
     </row>
     <row r="106" spans="1:9">
       <c r="B106" s="9" t="s">
-        <v>1767</v>
+        <v>1766</v>
       </c>
       <c r="C106" s="9" t="s">
-        <v>1775</v>
+        <v>1774</v>
       </c>
       <c r="D106" s="9"/>
       <c r="E106" s="9" t="s">
-        <v>1776</v>
+        <v>1775</v>
       </c>
       <c r="F106" s="9" t="s">
-        <v>1949</v>
+        <v>1948</v>
       </c>
       <c r="G106" s="10">
         <v>1864</v>
       </c>
     </row>
     <row r="107" spans="1:9">
       <c r="B107" s="9" t="s">
-        <v>1767</v>
+        <v>1766</v>
       </c>
       <c r="C107" s="9" t="s">
-        <v>1780</v>
+        <v>1779</v>
       </c>
       <c r="D107" s="9"/>
       <c r="E107" s="9" t="s">
-        <v>1781</v>
+        <v>1780</v>
       </c>
       <c r="F107" s="9" t="s">
-        <v>1949</v>
+        <v>1948</v>
       </c>
       <c r="G107" s="10">
         <v>1864</v>
       </c>
     </row>
     <row r="108" spans="1:9">
       <c r="B108" s="9" t="s">
-        <v>1764</v>
+        <v>1763</v>
       </c>
       <c r="C108" s="9" t="s">
-        <v>1774</v>
+        <v>1773</v>
       </c>
       <c r="D108" s="9"/>
       <c r="E108" s="9" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="F108" s="9" t="s">
-        <v>1949</v>
+        <v>1948</v>
       </c>
       <c r="G108" s="10">
         <v>1864</v>
       </c>
     </row>
     <row r="109" spans="1:9">
       <c r="B109" s="9" t="s">
-        <v>1767</v>
+        <v>1766</v>
       </c>
       <c r="C109" s="9" t="s">
-        <v>1782</v>
+        <v>1781</v>
       </c>
       <c r="D109" s="9"/>
       <c r="E109" s="9" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="F109" s="9" t="s">
-        <v>1949</v>
+        <v>1948</v>
       </c>
       <c r="G109" s="10">
         <v>1864</v>
       </c>
     </row>
     <row r="110" spans="1:9">
       <c r="B110" s="9" t="s">
-        <v>1770</v>
+        <v>1769</v>
       </c>
       <c r="C110" s="9" t="s">
-        <v>1784</v>
+        <v>1783</v>
       </c>
       <c r="D110" s="9"/>
       <c r="E110" s="9" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="F110" s="9"/>
       <c r="G110" s="10">
         <v>1864</v>
       </c>
     </row>
     <row r="111" spans="1:9">
       <c r="B111" s="9" t="s">
-        <v>1767</v>
+        <v>1766</v>
       </c>
       <c r="C111" s="9" t="s">
-        <v>1786</v>
+        <v>1785</v>
       </c>
       <c r="D111" s="9"/>
       <c r="E111" s="9" t="s">
-        <v>986</v>
+        <v>985</v>
       </c>
       <c r="F111" s="9" t="s">
-        <v>1949</v>
+        <v>1948</v>
       </c>
       <c r="G111" s="10">
         <v>1965</v>
       </c>
     </row>
     <row r="112" spans="1:9">
       <c r="B112" s="9" t="s">
-        <v>1770</v>
+        <v>1769</v>
       </c>
       <c r="C112" s="9" t="s">
-        <v>1787</v>
+        <v>1786</v>
       </c>
       <c r="D112" s="9"/>
       <c r="E112" s="9" t="s">
-        <v>986</v>
+        <v>985</v>
       </c>
       <c r="F112" s="9"/>
       <c r="G112" s="10">
         <v>1965</v>
       </c>
     </row>
     <row r="113" spans="1:9">
       <c r="B113" s="9" t="s">
-        <v>1764</v>
+        <v>1763</v>
       </c>
       <c r="C113" s="9" t="s">
-        <v>1785</v>
+        <v>1784</v>
       </c>
       <c r="D113" s="9"/>
       <c r="E113" s="9" t="s">
-        <v>986</v>
+        <v>985</v>
       </c>
       <c r="F113" s="9" t="s">
-        <v>1949</v>
+        <v>1948</v>
       </c>
       <c r="G113" s="10">
         <v>1965</v>
       </c>
     </row>
     <row r="114" spans="1:9">
       <c r="B114" s="9" t="s">
+        <v>1787</v>
+      </c>
+      <c r="C114" s="9" t="s">
         <v>1788</v>
-      </c>
-[...1 lines deleted...]
-        <v>1789</v>
       </c>
       <c r="D114" s="9"/>
       <c r="E114" s="9" t="s">
-        <v>1790</v>
+        <v>1789</v>
       </c>
       <c r="F114" s="9" t="s">
-        <v>1949</v>
+        <v>1948</v>
       </c>
       <c r="G114" s="10">
         <v>2389</v>
       </c>
     </row>
     <row r="115" spans="1:9">
       <c r="B115" s="9" t="s">
-        <v>1770</v>
+        <v>1769</v>
       </c>
       <c r="C115" s="9" t="s">
-        <v>1794</v>
+        <v>1793</v>
       </c>
       <c r="D115" s="9"/>
       <c r="E115" s="9" t="s">
-        <v>1795</v>
+        <v>1794</v>
       </c>
       <c r="F115" s="9"/>
       <c r="G115" s="10">
         <v>2389</v>
       </c>
     </row>
     <row r="116" spans="1:9">
       <c r="B116" s="9" t="s">
-        <v>1770</v>
+        <v>1769</v>
       </c>
       <c r="C116" s="9" t="s">
-        <v>1792</v>
+        <v>1791</v>
       </c>
       <c r="D116" s="9"/>
       <c r="E116" s="9" t="s">
-        <v>1793</v>
+        <v>1792</v>
       </c>
       <c r="F116" s="9" t="s">
-        <v>1949</v>
+        <v>1948</v>
       </c>
       <c r="G116" s="10">
         <v>2389</v>
       </c>
     </row>
     <row r="117" spans="1:9">
       <c r="B117" s="9" t="s">
+        <v>1795</v>
+      </c>
+      <c r="C117" s="9" t="s">
         <v>1796</v>
-      </c>
-[...1 lines deleted...]
-        <v>1797</v>
       </c>
       <c r="D117" s="9"/>
       <c r="E117" s="9" t="s">
-        <v>1798</v>
+        <v>1797</v>
       </c>
       <c r="F117" s="9" t="s">
-        <v>1949</v>
+        <v>1948</v>
       </c>
       <c r="G117" s="10">
         <v>2605</v>
       </c>
     </row>
     <row r="118" spans="1:9">
       <c r="B118" s="9" t="s">
-        <v>1802</v>
+        <v>1801</v>
       </c>
       <c r="C118" s="9" t="s">
-        <v>1830</v>
+        <v>1829</v>
       </c>
       <c r="D118" s="9"/>
       <c r="E118" s="9" t="s">
-        <v>1831</v>
+        <v>1830</v>
       </c>
       <c r="F118" s="9" t="s">
-        <v>1949</v>
+        <v>1948</v>
       </c>
       <c r="G118" s="10">
         <v>2675</v>
       </c>
     </row>
     <row r="119" spans="1:9">
       <c r="B119" s="9" t="s">
-        <v>1802</v>
+        <v>1801</v>
       </c>
       <c r="C119" s="9" t="s">
-        <v>1816</v>
+        <v>1815</v>
       </c>
       <c r="D119" s="9"/>
       <c r="E119" s="9" t="s">
-        <v>1817</v>
+        <v>1816</v>
       </c>
       <c r="F119" s="9" t="s">
-        <v>1949</v>
+        <v>1948</v>
       </c>
       <c r="G119" s="10">
         <v>2675</v>
       </c>
     </row>
     <row r="120" spans="1:9">
       <c r="B120" s="9" t="s">
-        <v>1788</v>
+        <v>1787</v>
       </c>
       <c r="C120" s="9" t="s">
-        <v>1834</v>
+        <v>1833</v>
       </c>
       <c r="D120" s="9"/>
       <c r="E120" s="9" t="s">
-        <v>1793</v>
+        <v>1792</v>
       </c>
       <c r="F120" s="9" t="s">
-        <v>1949</v>
+        <v>1948</v>
       </c>
       <c r="G120" s="10">
         <v>2675</v>
       </c>
     </row>
     <row r="121" spans="1:9">
       <c r="B121" s="9" t="s">
-        <v>1788</v>
+        <v>1787</v>
       </c>
       <c r="C121" s="9" t="s">
-        <v>1835</v>
+        <v>1834</v>
       </c>
       <c r="D121" s="9"/>
       <c r="E121" s="9" t="s">
-        <v>1828</v>
+        <v>1827</v>
       </c>
       <c r="F121" s="9" t="s">
-        <v>1949</v>
+        <v>1948</v>
       </c>
       <c r="G121" s="10">
         <v>2675</v>
       </c>
     </row>
     <row r="122" spans="1:9">
       <c r="B122" s="9" t="s">
-        <v>1788</v>
+        <v>1787</v>
       </c>
       <c r="C122" s="9" t="s">
-        <v>1814</v>
+        <v>1813</v>
       </c>
       <c r="D122" s="9"/>
       <c r="E122" s="9" t="s">
-        <v>1795</v>
+        <v>1794</v>
       </c>
       <c r="F122" s="9" t="s">
-        <v>1949</v>
+        <v>1948</v>
       </c>
       <c r="G122" s="10">
         <v>2675</v>
       </c>
     </row>
     <row r="123" spans="1:9">
       <c r="B123" s="9" t="s">
+        <v>1805</v>
+      </c>
+      <c r="C123" s="9" t="s">
         <v>1806</v>
-      </c>
-[...1 lines deleted...]
-        <v>1807</v>
       </c>
       <c r="D123" s="9"/>
       <c r="E123" s="9" t="s">
-        <v>1808</v>
+        <v>1807</v>
       </c>
       <c r="F123" s="9" t="s">
-        <v>1949</v>
+        <v>1948</v>
       </c>
       <c r="G123" s="10">
         <v>2675</v>
       </c>
     </row>
     <row r="124" spans="1:9">
       <c r="B124" s="9" t="s">
-        <v>1806</v>
+        <v>1805</v>
       </c>
       <c r="C124" s="9" t="s">
-        <v>1810</v>
+        <v>1809</v>
       </c>
       <c r="D124" s="9"/>
       <c r="E124" s="9" t="s">
-        <v>1811</v>
+        <v>1810</v>
       </c>
       <c r="F124" s="9" t="s">
-        <v>1949</v>
+        <v>1948</v>
       </c>
       <c r="G124" s="10">
         <v>2675</v>
       </c>
     </row>
     <row r="125" spans="1:9">
       <c r="B125" s="9" t="s">
-        <v>1802</v>
+        <v>1801</v>
       </c>
       <c r="C125" s="9" t="s">
-        <v>1812</v>
+        <v>1811</v>
       </c>
       <c r="D125" s="9"/>
       <c r="E125" s="9" t="s">
-        <v>1813</v>
+        <v>1812</v>
       </c>
       <c r="F125" s="9" t="s">
-        <v>1949</v>
+        <v>1948</v>
       </c>
       <c r="G125" s="10">
         <v>2675</v>
       </c>
     </row>
     <row r="126" spans="1:9">
       <c r="B126" s="9" t="s">
-        <v>1806</v>
+        <v>1805</v>
       </c>
       <c r="C126" s="9" t="s">
-        <v>1819</v>
+        <v>1818</v>
       </c>
       <c r="D126" s="9"/>
       <c r="E126" s="9" t="s">
-        <v>1820</v>
+        <v>1819</v>
       </c>
       <c r="F126" s="9" t="s">
-        <v>1949</v>
+        <v>1948</v>
       </c>
       <c r="G126" s="10">
         <v>2675</v>
       </c>
     </row>
     <row r="127" spans="1:9">
       <c r="B127" s="9" t="s">
-        <v>1806</v>
+        <v>1805</v>
       </c>
       <c r="C127" s="9" t="s">
-        <v>1821</v>
+        <v>1820</v>
       </c>
       <c r="D127" s="9"/>
       <c r="E127" s="9" t="s">
-        <v>1822</v>
+        <v>1821</v>
       </c>
       <c r="F127" s="9" t="s">
-        <v>1949</v>
+        <v>1948</v>
       </c>
       <c r="G127" s="10">
         <v>2675</v>
       </c>
     </row>
     <row r="128" spans="1:9">
       <c r="B128" s="9" t="s">
-        <v>1788</v>
+        <v>1787</v>
       </c>
       <c r="C128" s="9" t="s">
-        <v>1823</v>
+        <v>1822</v>
       </c>
       <c r="D128" s="9"/>
       <c r="E128" s="9" t="s">
-        <v>1824</v>
+        <v>1823</v>
       </c>
       <c r="F128" s="9" t="s">
-        <v>1949</v>
+        <v>1948</v>
       </c>
       <c r="G128" s="10">
         <v>2675</v>
       </c>
     </row>
     <row r="129" spans="1:9">
       <c r="B129" s="9" t="s">
-        <v>1802</v>
+        <v>1801</v>
       </c>
       <c r="C129" s="9" t="s">
-        <v>1836</v>
+        <v>1835</v>
       </c>
       <c r="D129" s="9"/>
       <c r="E129" s="9" t="s">
-        <v>1837</v>
+        <v>1836</v>
       </c>
       <c r="F129" s="9" t="s">
-        <v>1949</v>
+        <v>1948</v>
       </c>
       <c r="G129" s="10">
         <v>2675</v>
       </c>
     </row>
     <row r="130" spans="1:9">
       <c r="B130" s="9" t="s">
+        <v>1801</v>
+      </c>
+      <c r="C130" s="9" t="s">
         <v>1802</v>
-      </c>
-[...1 lines deleted...]
-        <v>1803</v>
       </c>
       <c r="D130" s="9"/>
       <c r="E130" s="9" t="s">
-        <v>1795</v>
+        <v>1794</v>
       </c>
       <c r="F130" s="9" t="s">
-        <v>1949</v>
+        <v>1948</v>
       </c>
       <c r="G130" s="10">
         <v>2675</v>
       </c>
     </row>
     <row r="131" spans="1:9">
       <c r="B131" s="9" t="s">
-        <v>1802</v>
+        <v>1801</v>
       </c>
       <c r="C131" s="9" t="s">
-        <v>1838</v>
+        <v>1837</v>
       </c>
       <c r="D131" s="9"/>
       <c r="E131" s="9" t="s">
-        <v>1839</v>
+        <v>1838</v>
       </c>
       <c r="F131" s="9" t="s">
-        <v>1949</v>
+        <v>1948</v>
       </c>
       <c r="G131" s="10">
         <v>2675</v>
       </c>
     </row>
     <row r="132" spans="1:9">
       <c r="B132" s="9" t="s">
+        <v>1824</v>
+      </c>
+      <c r="C132" s="9" t="s">
         <v>1825</v>
-      </c>
-[...1 lines deleted...]
-        <v>1826</v>
       </c>
       <c r="D132" s="9"/>
       <c r="E132" s="9" t="s">
-        <v>1790</v>
+        <v>1789</v>
       </c>
       <c r="F132" s="9" t="s">
-        <v>1949</v>
+        <v>1948</v>
       </c>
       <c r="G132" s="10">
         <v>2675</v>
       </c>
     </row>
     <row r="133" spans="1:9">
       <c r="B133" s="9" t="s">
-        <v>1825</v>
+        <v>1824</v>
       </c>
       <c r="C133" s="9" t="s">
-        <v>1827</v>
+        <v>1826</v>
       </c>
       <c r="D133" s="9"/>
       <c r="E133" s="9" t="s">
-        <v>1828</v>
+        <v>1827</v>
       </c>
       <c r="F133" s="9" t="s">
-        <v>1949</v>
+        <v>1948</v>
       </c>
       <c r="G133" s="10">
         <v>2675</v>
       </c>
     </row>
     <row r="134" spans="1:9">
       <c r="B134" s="9" t="s">
-        <v>1770</v>
+        <v>1769</v>
       </c>
       <c r="C134" s="9" t="s">
-        <v>1832</v>
+        <v>1831</v>
       </c>
       <c r="D134" s="9"/>
       <c r="E134" s="9" t="s">
-        <v>1833</v>
+        <v>1832</v>
       </c>
       <c r="F134" s="9"/>
       <c r="G134" s="10">
         <v>2675</v>
       </c>
     </row>
     <row r="135" spans="1:9">
       <c r="B135" s="9" t="s">
-        <v>1825</v>
+        <v>1824</v>
       </c>
       <c r="C135" s="9" t="s">
-        <v>1829</v>
+        <v>1828</v>
       </c>
       <c r="D135" s="9"/>
       <c r="E135" s="9" t="s">
-        <v>1824</v>
+        <v>1823</v>
       </c>
       <c r="F135" s="9" t="s">
-        <v>1949</v>
+        <v>1948</v>
       </c>
       <c r="G135" s="10">
         <v>2675</v>
       </c>
     </row>
     <row r="136" spans="1:9">
       <c r="B136" s="9" t="s">
+        <v>1847</v>
+      </c>
+      <c r="C136" s="9" t="s">
         <v>1848</v>
-      </c>
-[...1 lines deleted...]
-        <v>1849</v>
       </c>
       <c r="D136" s="9"/>
       <c r="E136" s="9" t="s">
-        <v>1850</v>
+        <v>1849</v>
       </c>
       <c r="F136" s="9" t="s">
-        <v>1948</v>
+        <v>1947</v>
       </c>
       <c r="G136" s="10">
         <v>59</v>
       </c>
     </row>
     <row r="137" spans="1:9">
       <c r="B137" s="9" t="s">
-        <v>1825</v>
+        <v>1824</v>
       </c>
       <c r="C137" s="9" t="s">
-        <v>1840</v>
+        <v>1839</v>
       </c>
       <c r="D137" s="9"/>
       <c r="E137" s="9" t="s">
-        <v>1841</v>
+        <v>1840</v>
       </c>
       <c r="F137" s="9" t="s">
-        <v>1949</v>
+        <v>1948</v>
       </c>
       <c r="G137" s="10">
         <v>3287</v>
       </c>
     </row>
     <row r="138" spans="1:9">
       <c r="B138" s="9" t="s">
+        <v>1850</v>
+      </c>
+      <c r="C138" s="9" t="s">
         <v>1851</v>
-      </c>
-[...1 lines deleted...]
-        <v>1852</v>
       </c>
       <c r="D138" s="9"/>
       <c r="E138" s="9" t="s">
-        <v>1854</v>
+        <v>1853</v>
       </c>
       <c r="F138" s="9" t="s">
-        <v>1948</v>
+        <v>1947</v>
       </c>
       <c r="G138" s="10">
         <v>75</v>
       </c>
     </row>
     <row r="139" spans="1:9">
       <c r="B139" s="9" t="s">
+        <v>1859</v>
+      </c>
+      <c r="C139" s="9" t="s">
         <v>1860</v>
-      </c>
-[...1 lines deleted...]
-        <v>1861</v>
       </c>
       <c r="D139" s="9"/>
       <c r="E139" s="9" t="s">
-        <v>1863</v>
+        <v>1862</v>
       </c>
       <c r="F139" s="9" t="s">
-        <v>1948</v>
+        <v>1947</v>
       </c>
       <c r="G139" s="10">
         <v>87</v>
       </c>
     </row>
     <row r="140" spans="1:9">
       <c r="B140" s="9" t="s">
+        <v>1863</v>
+      </c>
+      <c r="C140" s="9" t="s">
         <v>1864</v>
-      </c>
-[...1 lines deleted...]
-        <v>1865</v>
       </c>
       <c r="D140" s="9"/>
       <c r="E140" s="9" t="s">
-        <v>1866</v>
+        <v>1865</v>
       </c>
       <c r="F140" s="9" t="s">
-        <v>1948</v>
+        <v>1947</v>
       </c>
       <c r="G140" s="10">
         <v>99</v>
       </c>
     </row>
     <row r="141" spans="1:9">
       <c r="B141" s="9" t="s">
+        <v>1866</v>
+      </c>
+      <c r="C141" s="9" t="s">
         <v>1867</v>
-      </c>
-[...1 lines deleted...]
-        <v>1868</v>
       </c>
       <c r="D141" s="9"/>
       <c r="E141" s="9" t="s">
-        <v>1869</v>
+        <v>1868</v>
       </c>
       <c r="F141" s="9" t="s">
-        <v>1948</v>
+        <v>1947</v>
       </c>
       <c r="G141" s="10">
         <v>103</v>
       </c>
     </row>
     <row r="142" spans="1:9">
       <c r="B142" s="9" t="s">
+        <v>1869</v>
+      </c>
+      <c r="C142" s="9" t="s">
         <v>1870</v>
-      </c>
-[...1 lines deleted...]
-        <v>1871</v>
       </c>
       <c r="D142" s="9"/>
       <c r="E142" s="9" t="s">
-        <v>1872</v>
+        <v>1871</v>
       </c>
       <c r="F142" s="9" t="s">
-        <v>1948</v>
+        <v>1947</v>
       </c>
       <c r="G142" s="10">
         <v>103</v>
       </c>
     </row>
     <row r="143" spans="1:9">
       <c r="B143" s="9" t="s">
+        <v>1872</v>
+      </c>
+      <c r="C143" s="9" t="s">
         <v>1873</v>
-      </c>
-[...1 lines deleted...]
-        <v>1874</v>
       </c>
       <c r="D143" s="9"/>
       <c r="E143" s="9" t="s">
-        <v>1876</v>
+        <v>1875</v>
       </c>
       <c r="F143" s="9" t="s">
-        <v>1948</v>
+        <v>1947</v>
       </c>
       <c r="G143" s="10">
         <v>118</v>
       </c>
     </row>
     <row r="144" spans="1:9">
       <c r="B144" s="9" t="s">
+        <v>1876</v>
+      </c>
+      <c r="C144" s="9" t="s">
         <v>1877</v>
-      </c>
-[...1 lines deleted...]
-        <v>1878</v>
       </c>
       <c r="D144" s="9"/>
       <c r="E144" s="9" t="s">
-        <v>1879</v>
+        <v>1878</v>
       </c>
       <c r="F144" s="9" t="s">
-        <v>1948</v>
+        <v>1947</v>
       </c>
       <c r="G144" s="10">
         <v>127.5</v>
       </c>
     </row>
     <row r="145" spans="1:9">
       <c r="B145" s="9" t="s">
+        <v>1879</v>
+      </c>
+      <c r="C145" s="9" t="s">
         <v>1880</v>
-      </c>
-[...1 lines deleted...]
-        <v>1881</v>
       </c>
       <c r="D145" s="9"/>
       <c r="E145" s="9" t="s">
-        <v>1882</v>
+        <v>1881</v>
       </c>
       <c r="F145" s="9" t="s">
-        <v>1948</v>
+        <v>1947</v>
       </c>
       <c r="G145" s="10">
         <v>129</v>
       </c>
     </row>
     <row r="146" spans="1:9">
       <c r="B146" s="9" t="s">
+        <v>1882</v>
+      </c>
+      <c r="C146" s="9" t="s">
         <v>1883</v>
-      </c>
-[...1 lines deleted...]
-        <v>1884</v>
       </c>
       <c r="D146" s="9"/>
       <c r="E146" s="9" t="s">
-        <v>1885</v>
+        <v>1884</v>
       </c>
       <c r="F146" s="9" t="s">
-        <v>1948</v>
+        <v>1947</v>
       </c>
       <c r="G146" s="10">
         <v>132</v>
       </c>
     </row>
     <row r="147" spans="1:9">
       <c r="B147" s="9" t="s">
+        <v>1885</v>
+      </c>
+      <c r="C147" s="9" t="s">
         <v>1886</v>
-      </c>
-[...1 lines deleted...]
-        <v>1887</v>
       </c>
       <c r="D147" s="9"/>
       <c r="E147" s="9" t="s">
-        <v>1888</v>
+        <v>1887</v>
       </c>
       <c r="F147" s="9" t="s">
-        <v>1948</v>
+        <v>1947</v>
       </c>
       <c r="G147" s="10">
         <v>132</v>
       </c>
     </row>
     <row r="148" spans="1:9">
       <c r="B148" s="9" t="s">
+        <v>1891</v>
+      </c>
+      <c r="C148" s="9" t="s">
         <v>1892</v>
-      </c>
-[...1 lines deleted...]
-        <v>1893</v>
       </c>
       <c r="D148" s="9"/>
       <c r="E148" s="9" t="s">
-        <v>1894</v>
+        <v>1893</v>
       </c>
       <c r="F148" s="9" t="s">
-        <v>1948</v>
+        <v>1947</v>
       </c>
       <c r="G148" s="10">
         <v>136.5</v>
       </c>
     </row>
     <row r="149" spans="1:9">
       <c r="B149" s="9" t="s">
+        <v>1888</v>
+      </c>
+      <c r="C149" s="9" t="s">
         <v>1889</v>
-      </c>
-[...1 lines deleted...]
-        <v>1890</v>
       </c>
       <c r="D149" s="9"/>
       <c r="E149" s="9" t="s">
-        <v>1891</v>
+        <v>1890</v>
       </c>
       <c r="F149" s="9" t="s">
-        <v>1948</v>
+        <v>1947</v>
       </c>
       <c r="G149" s="10">
         <v>136.5</v>
       </c>
     </row>
     <row r="150" spans="1:9">
       <c r="B150" s="9" t="s">
+        <v>1894</v>
+      </c>
+      <c r="C150" s="9" t="s">
         <v>1895</v>
-      </c>
-[...1 lines deleted...]
-        <v>1896</v>
       </c>
       <c r="D150" s="9"/>
       <c r="E150" s="9" t="s">
-        <v>1897</v>
+        <v>1896</v>
       </c>
       <c r="F150" s="9" t="s">
-        <v>1948</v>
+        <v>1947</v>
       </c>
       <c r="G150" s="10">
         <v>140</v>
       </c>
     </row>
     <row r="151" spans="1:9">
       <c r="B151" s="9" t="s">
+        <v>1897</v>
+      </c>
+      <c r="C151" s="9" t="s">
         <v>1898</v>
-      </c>
-[...1 lines deleted...]
-        <v>1899</v>
       </c>
       <c r="D151" s="9"/>
       <c r="E151" s="9" t="s">
-        <v>1900</v>
+        <v>1899</v>
       </c>
       <c r="F151" s="9" t="s">
-        <v>1948</v>
+        <v>1947</v>
       </c>
       <c r="G151" s="10">
         <v>141</v>
       </c>
     </row>
     <row r="152" spans="1:9">
       <c r="B152" s="9" t="s">
+        <v>1900</v>
+      </c>
+      <c r="C152" s="9" t="s">
         <v>1901</v>
-      </c>
-[...1 lines deleted...]
-        <v>1902</v>
       </c>
       <c r="D152" s="9"/>
       <c r="E152" s="9" t="s">
-        <v>1903</v>
+        <v>1902</v>
       </c>
       <c r="F152" s="9" t="s">
-        <v>1948</v>
+        <v>1947</v>
       </c>
       <c r="G152" s="10">
         <v>156</v>
       </c>
     </row>
     <row r="153" spans="1:9">
       <c r="B153" s="9" t="s">
+        <v>1903</v>
+      </c>
+      <c r="C153" s="9" t="s">
         <v>1904</v>
-      </c>
-[...1 lines deleted...]
-        <v>1905</v>
       </c>
       <c r="D153" s="9"/>
       <c r="E153" s="9" t="s">
-        <v>1906</v>
+        <v>1905</v>
       </c>
       <c r="F153" s="9" t="s">
-        <v>1948</v>
+        <v>1947</v>
       </c>
       <c r="G153" s="10">
         <v>165</v>
       </c>
     </row>
     <row r="154" spans="1:9">
       <c r="B154" s="9" t="s">
+        <v>1906</v>
+      </c>
+      <c r="C154" s="9" t="s">
         <v>1907</v>
-      </c>
-[...1 lines deleted...]
-        <v>1908</v>
       </c>
       <c r="D154" s="9"/>
       <c r="E154" s="9" t="s">
-        <v>1909</v>
+        <v>1908</v>
       </c>
       <c r="F154" s="9" t="s">
-        <v>1948</v>
+        <v>1947</v>
       </c>
       <c r="G154" s="10">
         <v>168</v>
       </c>
     </row>
     <row r="155" spans="1:9">
       <c r="B155" s="9" t="s">
+        <v>1909</v>
+      </c>
+      <c r="C155" s="9" t="s">
         <v>1910</v>
-      </c>
-[...1 lines deleted...]
-        <v>1911</v>
       </c>
       <c r="D155" s="9"/>
       <c r="E155" s="9" t="s">
-        <v>1912</v>
+        <v>1911</v>
       </c>
       <c r="F155" s="9" t="s">
-        <v>1948</v>
+        <v>1947</v>
       </c>
       <c r="G155" s="10">
         <v>169.5</v>
       </c>
     </row>
     <row r="156" spans="1:9">
       <c r="B156" s="9" t="s">
+        <v>1915</v>
+      </c>
+      <c r="C156" s="9" t="s">
         <v>1916</v>
-      </c>
-[...1 lines deleted...]
-        <v>1917</v>
       </c>
       <c r="D156" s="9"/>
       <c r="E156" s="9" t="s">
-        <v>1918</v>
+        <v>1917</v>
       </c>
       <c r="F156" s="9" t="s">
-        <v>1948</v>
+        <v>1947</v>
       </c>
       <c r="G156" s="10">
         <v>174</v>
       </c>
     </row>
     <row r="157" spans="1:9">
       <c r="B157" s="9" t="s">
+        <v>1912</v>
+      </c>
+      <c r="C157" s="9" t="s">
         <v>1913</v>
-      </c>
-[...1 lines deleted...]
-        <v>1914</v>
       </c>
       <c r="D157" s="9"/>
       <c r="E157" s="9" t="s">
-        <v>1915</v>
+        <v>1914</v>
       </c>
       <c r="F157" s="9" t="s">
-        <v>1948</v>
+        <v>1947</v>
       </c>
       <c r="G157" s="10">
         <v>174</v>
       </c>
     </row>
     <row r="158" spans="1:9">
       <c r="B158" s="9" t="s">
+        <v>1918</v>
+      </c>
+      <c r="C158" s="9" t="s">
         <v>1919</v>
-      </c>
-[...1 lines deleted...]
-        <v>1920</v>
       </c>
       <c r="D158" s="9"/>
       <c r="E158" s="9" t="s">
-        <v>1921</v>
+        <v>1920</v>
       </c>
       <c r="F158" s="9" t="s">
-        <v>1948</v>
+        <v>1947</v>
       </c>
       <c r="G158" s="10">
         <v>184.5</v>
       </c>
     </row>
     <row r="159" spans="1:9">
       <c r="B159" s="9" t="s">
+        <v>1921</v>
+      </c>
+      <c r="C159" s="9" t="s">
         <v>1922</v>
-      </c>
-[...1 lines deleted...]
-        <v>1923</v>
       </c>
       <c r="D159" s="9"/>
       <c r="E159" s="9" t="s">
-        <v>1924</v>
+        <v>1923</v>
       </c>
       <c r="F159" s="9" t="s">
-        <v>1948</v>
+        <v>1947</v>
       </c>
       <c r="G159" s="10">
         <v>187.5</v>
       </c>
     </row>
     <row r="160" spans="1:9">
       <c r="B160" s="9" t="s">
+        <v>1924</v>
+      </c>
+      <c r="C160" s="9" t="s">
         <v>1925</v>
-      </c>
-[...1 lines deleted...]
-        <v>1926</v>
       </c>
       <c r="D160" s="9"/>
       <c r="E160" s="9" t="s">
-        <v>1927</v>
+        <v>1926</v>
       </c>
       <c r="F160" s="9" t="s">
-        <v>1948</v>
+        <v>1947</v>
       </c>
       <c r="G160" s="10">
         <v>204</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B1:G1"/>
     <mergeCell ref="B3:B5"/>
     <mergeCell ref="C3:D3"/>
     <mergeCell ref="E3:G3"/>
     <mergeCell ref="C5:D5"/>
     <mergeCell ref="E5:G5"/>
     <mergeCell ref="B9:G9"/>
     <mergeCell ref="B48:G48"/>
     <mergeCell ref="B78:G78"/>
     <mergeCell ref="B82:G82"/>
     <mergeCell ref="B90:G90"/>
     <mergeCell ref="B93:G93"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="F6" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
@@ -36572,106 +36546,106 @@
             </rPr>
             <t xml:space="preserve">Цены</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="14"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> для Пензы на: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFDE5705"/>
               <sz val="14"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">02.10.2025</t>
+            <t xml:space="preserve">16.11.2025</t>
           </r>
         </is>
       </c>
       <c r="F6" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="B7" s="6" t="s">
-        <v>1950</v>
+        <v>1949</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="B9" s="7" t="s">
-        <v>1951</v>
+        <v>1950</v>
       </c>
       <c r="C9" s="0"/>
       <c r="D9" s="0"/>
       <c r="E9" s="0"/>
       <c r="F9" s="0"/>
       <c r="G9" s="0"/>
     </row>
     <row r="10" spans="1:9">
       <c r="B10" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D10" s="8" t="s">
-        <v>561</v>
+        <v>560</v>
       </c>
       <c r="E10" s="8" t="s">
         <v>35</v>
       </c>
       <c r="F10" s="8" t="s">
         <v>11</v>
       </c>
       <c r="G10" s="8" t="s">
-        <v>1952</v>
+        <v>1951</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="B11" s="9" t="s">
+        <v>1952</v>
+      </c>
+      <c r="C11" s="9" t="s">
         <v>1953</v>
-      </c>
-[...1 lines deleted...]
-        <v>1954</v>
       </c>
       <c r="D11" s="9"/>
       <c r="E11" s="9" t="s">
-        <v>208</v>
+        <v>456</v>
       </c>
       <c r="F11" s="9" t="s">
-        <v>1955</v>
+        <v>1954</v>
       </c>
       <c r="G11" s="10">
         <v>2081</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B1:G1"/>
     <mergeCell ref="B3:B5"/>
     <mergeCell ref="C3:D3"/>
     <mergeCell ref="E3:G3"/>
     <mergeCell ref="C5:D5"/>
     <mergeCell ref="E5:G5"/>
     <mergeCell ref="B9:G9"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="F6" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" scale="100" fitToHeight="0" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
@@ -36784,3456 +36758,3456 @@
             </rPr>
             <t xml:space="preserve">Цены</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="14"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> для Пензы на: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFDE5705"/>
               <sz val="14"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">02.10.2025</t>
+            <t xml:space="preserve">16.11.2025</t>
           </r>
         </is>
       </c>
       <c r="F6" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="B7" s="6" t="s">
-        <v>1956</v>
+        <v>1955</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="B9" s="7" t="s">
-        <v>1957</v>
+        <v>1956</v>
       </c>
       <c r="C9" s="0"/>
       <c r="D9" s="0"/>
       <c r="E9" s="0"/>
       <c r="F9" s="0"/>
       <c r="G9" s="0"/>
     </row>
     <row r="10" spans="1:9">
       <c r="B10" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D10" s="8" t="s">
-        <v>665</v>
+        <v>664</v>
       </c>
       <c r="E10" s="8" t="s">
         <v>35</v>
       </c>
       <c r="F10" s="8" t="s">
         <v>11</v>
       </c>
       <c r="G10" s="8" t="s">
-        <v>1958</v>
+        <v>1957</v>
       </c>
       <c r="H10" s="8" t="s">
-        <v>699</v>
+        <v>698</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="B11" s="9" t="s">
+        <v>1958</v>
+      </c>
+      <c r="C11" s="9" t="s">
         <v>1959</v>
       </c>
-      <c r="C11" s="9" t="s">
+      <c r="D11" s="9" t="s">
         <v>1960</v>
       </c>
-      <c r="D11" s="9" t="s">
+      <c r="E11" s="9" t="s">
         <v>1961</v>
       </c>
-      <c r="E11" s="9" t="s">
+      <c r="F11" s="9" t="s">
         <v>1962</v>
-      </c>
-[...1 lines deleted...]
-        <v>1963</v>
       </c>
       <c r="G11" s="10">
         <v>2850</v>
       </c>
       <c r="H11" s="10">
         <v>1852.5</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="B12" s="9" t="s">
+        <v>1963</v>
+      </c>
+      <c r="C12" s="9" t="s">
         <v>1964</v>
       </c>
-      <c r="C12" s="9" t="s">
+      <c r="D12" s="9" t="s">
+        <v>1960</v>
+      </c>
+      <c r="E12" s="9" t="s">
         <v>1965</v>
       </c>
-      <c r="D12" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F12" s="9" t="s">
-        <v>1963</v>
+        <v>1962</v>
       </c>
       <c r="G12" s="10">
         <v>2850</v>
       </c>
       <c r="H12" s="10">
         <v>1852.5</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="B13" s="9" t="s">
+        <v>1966</v>
+      </c>
+      <c r="C13" s="9" t="s">
         <v>1967</v>
       </c>
-      <c r="C13" s="9" t="s">
+      <c r="D13" s="9" t="s">
+        <v>1960</v>
+      </c>
+      <c r="E13" s="9" t="s">
         <v>1968</v>
       </c>
-      <c r="D13" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F13" s="9" t="s">
-        <v>1963</v>
+        <v>1962</v>
       </c>
       <c r="G13" s="10">
         <v>2850</v>
       </c>
       <c r="H13" s="10">
         <v>1852.5</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="B14" s="9" t="s">
+        <v>1969</v>
+      </c>
+      <c r="C14" s="9" t="s">
         <v>1970</v>
       </c>
-      <c r="C14" s="9" t="s">
+      <c r="D14" s="9" t="s">
+        <v>1960</v>
+      </c>
+      <c r="E14" s="9" t="s">
         <v>1971</v>
       </c>
-      <c r="D14" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F14" s="9" t="s">
-        <v>1963</v>
+        <v>1962</v>
       </c>
       <c r="G14" s="10">
         <v>3187</v>
       </c>
       <c r="H14" s="10">
         <v>2071.550000000001</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="B15" s="9" t="s">
+        <v>1972</v>
+      </c>
+      <c r="C15" s="9" t="s">
         <v>1973</v>
       </c>
-      <c r="C15" s="9" t="s">
+      <c r="D15" s="9" t="s">
+        <v>1960</v>
+      </c>
+      <c r="E15" s="9" t="s">
         <v>1974</v>
       </c>
-      <c r="D15" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F15" s="9" t="s">
-        <v>1963</v>
+        <v>1962</v>
       </c>
       <c r="G15" s="10">
         <v>3187</v>
       </c>
       <c r="H15" s="10">
         <v>2071.550000000001</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="B16" s="9" t="s">
+        <v>1975</v>
+      </c>
+      <c r="C16" s="9" t="s">
         <v>1976</v>
       </c>
-      <c r="C16" s="9" t="s">
+      <c r="D16" s="9" t="s">
+        <v>1960</v>
+      </c>
+      <c r="E16" s="9" t="s">
         <v>1977</v>
       </c>
-      <c r="D16" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F16" s="9" t="s">
-        <v>1963</v>
+        <v>1962</v>
       </c>
       <c r="G16" s="10">
         <v>3187</v>
       </c>
       <c r="H16" s="10">
         <v>2071.550000000001</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="B17" s="9" t="s">
+        <v>1978</v>
+      </c>
+      <c r="C17" s="9" t="s">
         <v>1979</v>
       </c>
-      <c r="C17" s="9" t="s">
+      <c r="D17" s="9" t="s">
+        <v>1960</v>
+      </c>
+      <c r="E17" s="9" t="s">
         <v>1980</v>
       </c>
-      <c r="D17" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F17" s="9" t="s">
-        <v>1963</v>
+        <v>1962</v>
       </c>
       <c r="G17" s="10">
         <v>3187</v>
       </c>
       <c r="H17" s="10">
         <v>2071.550000000001</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="B18" s="9" t="s">
+        <v>1981</v>
+      </c>
+      <c r="C18" s="9" t="s">
         <v>1982</v>
       </c>
-      <c r="C18" s="9" t="s">
+      <c r="D18" s="9" t="s">
         <v>1983</v>
       </c>
-      <c r="D18" s="9" t="s">
+      <c r="E18" s="9" t="s">
         <v>1984</v>
       </c>
-      <c r="E18" s="9" t="s">
+      <c r="F18" s="9" t="s">
         <v>1985</v>
-      </c>
-[...1 lines deleted...]
-        <v>1986</v>
       </c>
       <c r="G18" s="10">
         <v>3200</v>
       </c>
       <c r="H18" s="10">
         <v>2080</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="B19" s="9" t="s">
+        <v>1986</v>
+      </c>
+      <c r="C19" s="9" t="s">
         <v>1987</v>
       </c>
-      <c r="C19" s="9" t="s">
+      <c r="D19" s="9" t="s">
+        <v>1983</v>
+      </c>
+      <c r="E19" s="9" t="s">
         <v>1988</v>
       </c>
-      <c r="D19" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F19" s="9" t="s">
-        <v>1986</v>
+        <v>1985</v>
       </c>
       <c r="G19" s="10">
         <v>3200</v>
       </c>
       <c r="H19" s="10">
         <v>2080</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="B20" s="9" t="s">
+        <v>1989</v>
+      </c>
+      <c r="C20" s="9" t="s">
         <v>1990</v>
       </c>
-      <c r="C20" s="9" t="s">
+      <c r="D20" s="9" t="s">
         <v>1991</v>
       </c>
-      <c r="D20" s="9" t="s">
+      <c r="E20" s="9" t="s">
         <v>1992</v>
       </c>
-      <c r="E20" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F20" s="9" t="s">
-        <v>1986</v>
+        <v>1985</v>
       </c>
       <c r="G20" s="10">
         <v>3200</v>
       </c>
       <c r="H20" s="10">
         <v>2080</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="B21" s="9" t="s">
+        <v>1993</v>
+      </c>
+      <c r="C21" s="9" t="s">
         <v>1994</v>
       </c>
-      <c r="C21" s="9" t="s">
+      <c r="D21" s="9" t="s">
+        <v>1983</v>
+      </c>
+      <c r="E21" s="9" t="s">
         <v>1995</v>
       </c>
-      <c r="D21" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F21" s="9" t="s">
-        <v>1986</v>
+        <v>1985</v>
       </c>
       <c r="G21" s="10">
         <v>3200</v>
       </c>
       <c r="H21" s="10">
         <v>2080</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="B22" s="9" t="s">
+        <v>1996</v>
+      </c>
+      <c r="C22" s="9" t="s">
         <v>1997</v>
       </c>
-      <c r="C22" s="9" t="s">
+      <c r="D22" s="9" t="s">
+        <v>1983</v>
+      </c>
+      <c r="E22" s="9" t="s">
         <v>1998</v>
       </c>
-      <c r="D22" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F22" s="9" t="s">
-        <v>1986</v>
+        <v>1985</v>
       </c>
       <c r="G22" s="10">
         <v>3200</v>
       </c>
       <c r="H22" s="10">
         <v>2080</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="B23" s="9" t="s">
+        <v>1999</v>
+      </c>
+      <c r="C23" s="9" t="s">
         <v>2000</v>
       </c>
-      <c r="C23" s="9" t="s">
+      <c r="D23" s="9" t="s">
+        <v>1983</v>
+      </c>
+      <c r="E23" s="9" t="s">
         <v>2001</v>
       </c>
-      <c r="D23" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F23" s="9" t="s">
-        <v>1986</v>
+        <v>1985</v>
       </c>
       <c r="G23" s="10">
         <v>3200</v>
       </c>
       <c r="H23" s="10">
         <v>2080</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="B24" s="9" t="s">
+        <v>2002</v>
+      </c>
+      <c r="C24" s="9" t="s">
         <v>2003</v>
       </c>
-      <c r="C24" s="9" t="s">
+      <c r="D24" s="9" t="s">
+        <v>1983</v>
+      </c>
+      <c r="E24" s="9" t="s">
         <v>2004</v>
       </c>
-      <c r="D24" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F24" s="9" t="s">
-        <v>1986</v>
+        <v>1985</v>
       </c>
       <c r="G24" s="10">
         <v>3200</v>
       </c>
       <c r="H24" s="10">
         <v>2080</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="B25" s="9" t="s">
+        <v>2005</v>
+      </c>
+      <c r="C25" s="9" t="s">
         <v>2006</v>
       </c>
-      <c r="C25" s="9" t="s">
+      <c r="D25" s="9" t="s">
+        <v>1983</v>
+      </c>
+      <c r="E25" s="9" t="s">
         <v>2007</v>
       </c>
-      <c r="D25" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F25" s="9" t="s">
-        <v>1986</v>
+        <v>1985</v>
       </c>
       <c r="G25" s="10">
         <v>3200</v>
       </c>
       <c r="H25" s="10">
         <v>2080</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="B26" s="9" t="s">
+        <v>2008</v>
+      </c>
+      <c r="C26" s="9" t="s">
         <v>2009</v>
       </c>
-      <c r="C26" s="9" t="s">
+      <c r="D26" s="9" t="s">
+        <v>1960</v>
+      </c>
+      <c r="E26" s="9" t="s">
         <v>2010</v>
       </c>
-      <c r="D26" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F26" s="9" t="s">
-        <v>1963</v>
+        <v>1962</v>
       </c>
       <c r="G26" s="10">
         <v>3237</v>
       </c>
       <c r="H26" s="10">
         <v>2104.050000000001</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="B27" s="9" t="s">
+        <v>2011</v>
+      </c>
+      <c r="C27" s="9" t="s">
         <v>2012</v>
       </c>
-      <c r="C27" s="9" t="s">
+      <c r="D27" s="9" t="s">
+        <v>1960</v>
+      </c>
+      <c r="E27" s="9" t="s">
         <v>2013</v>
       </c>
-      <c r="D27" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F27" s="9" t="s">
-        <v>1963</v>
+        <v>1962</v>
       </c>
       <c r="G27" s="10">
         <v>3237</v>
       </c>
       <c r="H27" s="10">
         <v>2104.050000000001</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="B28" s="9" t="s">
+        <v>2014</v>
+      </c>
+      <c r="C28" s="9" t="s">
         <v>2015</v>
       </c>
-      <c r="C28" s="9" t="s">
+      <c r="D28" s="9" t="s">
+        <v>1960</v>
+      </c>
+      <c r="E28" s="9" t="s">
         <v>2016</v>
       </c>
-      <c r="D28" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F28" s="9" t="s">
-        <v>1963</v>
+        <v>1962</v>
       </c>
       <c r="G28" s="10">
         <v>3319</v>
       </c>
       <c r="H28" s="10">
         <v>2157.35</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="B29" s="9" t="s">
+        <v>2017</v>
+      </c>
+      <c r="C29" s="9" t="s">
         <v>2018</v>
       </c>
-      <c r="C29" s="9" t="s">
+      <c r="D29" s="9" t="s">
+        <v>1960</v>
+      </c>
+      <c r="E29" s="9" t="s">
         <v>2019</v>
       </c>
-      <c r="D29" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F29" s="9" t="s">
-        <v>1963</v>
+        <v>1962</v>
       </c>
       <c r="G29" s="10">
         <v>3319</v>
       </c>
       <c r="H29" s="10">
         <v>2157.35</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="B30" s="9" t="s">
+        <v>2020</v>
+      </c>
+      <c r="C30" s="9" t="s">
         <v>2021</v>
       </c>
-      <c r="C30" s="9" t="s">
+      <c r="D30" s="9" t="s">
+        <v>1960</v>
+      </c>
+      <c r="E30" s="9" t="s">
         <v>2022</v>
       </c>
-      <c r="D30" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F30" s="9" t="s">
-        <v>1963</v>
+        <v>1962</v>
       </c>
       <c r="G30" s="10">
         <v>3329</v>
       </c>
       <c r="H30" s="10">
         <v>2163.85</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="B31" s="9" t="s">
+        <v>2023</v>
+      </c>
+      <c r="C31" s="9" t="s">
         <v>2024</v>
       </c>
-      <c r="C31" s="9" t="s">
+      <c r="D31" s="9" t="s">
+        <v>1983</v>
+      </c>
+      <c r="E31" s="9" t="s">
         <v>2025</v>
       </c>
-      <c r="D31" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F31" s="9" t="s">
-        <v>1986</v>
+        <v>1985</v>
       </c>
       <c r="G31" s="10">
         <v>3500</v>
       </c>
       <c r="H31" s="10">
         <v>2275</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="B32" s="9" t="s">
+        <v>2026</v>
+      </c>
+      <c r="C32" s="9" t="s">
         <v>2027</v>
       </c>
-      <c r="C32" s="9" t="s">
+      <c r="D32" s="9" t="s">
+        <v>1983</v>
+      </c>
+      <c r="E32" s="9" t="s">
         <v>2028</v>
       </c>
-      <c r="D32" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F32" s="9" t="s">
-        <v>1986</v>
+        <v>1985</v>
       </c>
       <c r="G32" s="10">
         <v>3500</v>
       </c>
       <c r="H32" s="10">
         <v>2275</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="B33" s="9" t="s">
+        <v>2029</v>
+      </c>
+      <c r="C33" s="9" t="s">
         <v>2030</v>
       </c>
-      <c r="C33" s="9" t="s">
+      <c r="D33" s="9" t="s">
+        <v>1983</v>
+      </c>
+      <c r="E33" s="9" t="s">
         <v>2031</v>
       </c>
-      <c r="D33" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F33" s="9" t="s">
-        <v>1986</v>
+        <v>1985</v>
       </c>
       <c r="G33" s="10">
         <v>3500</v>
       </c>
       <c r="H33" s="10">
         <v>2275</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="B34" s="9" t="s">
+        <v>2032</v>
+      </c>
+      <c r="C34" s="9" t="s">
         <v>2033</v>
       </c>
-      <c r="C34" s="9" t="s">
+      <c r="D34" s="9" t="s">
+        <v>1983</v>
+      </c>
+      <c r="E34" s="9" t="s">
         <v>2034</v>
       </c>
-      <c r="D34" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F34" s="9" t="s">
-        <v>1986</v>
+        <v>1985</v>
       </c>
       <c r="G34" s="10">
         <v>3500</v>
       </c>
       <c r="H34" s="10">
         <v>2275</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="B35" s="9" t="s">
+        <v>2035</v>
+      </c>
+      <c r="C35" s="9" t="s">
         <v>2036</v>
       </c>
-      <c r="C35" s="9" t="s">
+      <c r="D35" s="9" t="s">
+        <v>1983</v>
+      </c>
+      <c r="E35" s="9" t="s">
         <v>2037</v>
       </c>
-      <c r="D35" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F35" s="9" t="s">
-        <v>1986</v>
+        <v>1985</v>
       </c>
       <c r="G35" s="10">
         <v>3500</v>
       </c>
       <c r="H35" s="10">
         <v>2275</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="B36" s="9" t="s">
+        <v>2038</v>
+      </c>
+      <c r="C36" s="9" t="s">
         <v>2039</v>
       </c>
-      <c r="C36" s="9" t="s">
+      <c r="D36" s="9" t="s">
+        <v>1983</v>
+      </c>
+      <c r="E36" s="9" t="s">
         <v>2040</v>
       </c>
-      <c r="D36" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F36" s="9" t="s">
-        <v>1986</v>
+        <v>1985</v>
       </c>
       <c r="G36" s="10">
         <v>3700</v>
       </c>
       <c r="H36" s="10">
         <v>2405</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="B37" s="9" t="s">
+        <v>2041</v>
+      </c>
+      <c r="C37" s="9" t="s">
         <v>2042</v>
       </c>
-      <c r="C37" s="9" t="s">
+      <c r="D37" s="9" t="s">
+        <v>1983</v>
+      </c>
+      <c r="E37" s="9" t="s">
         <v>2043</v>
       </c>
-      <c r="D37" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F37" s="9" t="s">
-        <v>1986</v>
+        <v>1985</v>
       </c>
       <c r="G37" s="10">
         <v>3700</v>
       </c>
       <c r="H37" s="10">
         <v>2405</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="B38" s="9" t="s">
+        <v>2044</v>
+      </c>
+      <c r="C38" s="9" t="s">
         <v>2045</v>
       </c>
-      <c r="C38" s="9" t="s">
+      <c r="D38" s="9" t="s">
+        <v>1983</v>
+      </c>
+      <c r="E38" s="9" t="s">
         <v>2046</v>
       </c>
-      <c r="D38" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F38" s="9" t="s">
-        <v>1986</v>
+        <v>1985</v>
       </c>
       <c r="G38" s="10">
         <v>3700</v>
       </c>
       <c r="H38" s="10">
         <v>2405</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="B39" s="9" t="s">
+        <v>2047</v>
+      </c>
+      <c r="C39" s="9" t="s">
         <v>2048</v>
       </c>
-      <c r="C39" s="9" t="s">
+      <c r="D39" s="9" t="s">
+        <v>1983</v>
+      </c>
+      <c r="E39" s="9" t="s">
         <v>2049</v>
       </c>
-      <c r="D39" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F39" s="9" t="s">
-        <v>1986</v>
+        <v>1985</v>
       </c>
       <c r="G39" s="10">
         <v>3700</v>
       </c>
       <c r="H39" s="10">
         <v>2405</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="B40" s="9" t="s">
+        <v>2050</v>
+      </c>
+      <c r="C40" s="9" t="s">
         <v>2051</v>
       </c>
-      <c r="C40" s="9" t="s">
+      <c r="D40" s="9" t="s">
+        <v>1983</v>
+      </c>
+      <c r="E40" s="9" t="s">
         <v>2052</v>
       </c>
-      <c r="D40" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F40" s="9" t="s">
-        <v>1986</v>
+        <v>1985</v>
       </c>
       <c r="G40" s="10">
         <v>3700</v>
       </c>
       <c r="H40" s="10">
         <v>2405</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="B41" s="9" t="s">
+        <v>2053</v>
+      </c>
+      <c r="C41" s="9" t="s">
         <v>2054</v>
       </c>
-      <c r="C41" s="9" t="s">
+      <c r="D41" s="9" t="s">
+        <v>1983</v>
+      </c>
+      <c r="E41" s="9" t="s">
         <v>2055</v>
       </c>
-      <c r="D41" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F41" s="9" t="s">
-        <v>1986</v>
+        <v>1985</v>
       </c>
       <c r="G41" s="10">
         <v>3700</v>
       </c>
       <c r="H41" s="10">
         <v>2405</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="B42" s="9" t="s">
+        <v>2056</v>
+      </c>
+      <c r="C42" s="9" t="s">
         <v>2057</v>
       </c>
-      <c r="C42" s="9" t="s">
+      <c r="D42" s="9" t="s">
+        <v>1983</v>
+      </c>
+      <c r="E42" s="9" t="s">
         <v>2058</v>
       </c>
-      <c r="D42" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F42" s="9" t="s">
-        <v>1986</v>
+        <v>1985</v>
       </c>
       <c r="G42" s="10">
         <v>3700</v>
       </c>
       <c r="H42" s="10">
         <v>2405</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="B43" s="9" t="s">
+        <v>2059</v>
+      </c>
+      <c r="C43" s="9" t="s">
         <v>2060</v>
       </c>
-      <c r="C43" s="9" t="s">
+      <c r="D43" s="9" t="s">
+        <v>1983</v>
+      </c>
+      <c r="E43" s="9" t="s">
         <v>2061</v>
       </c>
-      <c r="D43" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F43" s="9" t="s">
-        <v>1986</v>
+        <v>1985</v>
       </c>
       <c r="G43" s="10">
         <v>3700</v>
       </c>
       <c r="H43" s="10">
         <v>2405</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="B44" s="9" t="s">
+        <v>2062</v>
+      </c>
+      <c r="C44" s="9" t="s">
         <v>2063</v>
       </c>
-      <c r="C44" s="9" t="s">
+      <c r="D44" s="9" t="s">
+        <v>1983</v>
+      </c>
+      <c r="E44" s="9" t="s">
         <v>2064</v>
       </c>
-      <c r="D44" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F44" s="9" t="s">
-        <v>1986</v>
+        <v>1985</v>
       </c>
       <c r="G44" s="10">
         <v>3700</v>
       </c>
       <c r="H44" s="10">
         <v>2405</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="B45" s="9" t="s">
+        <v>2065</v>
+      </c>
+      <c r="C45" s="9" t="s">
         <v>2066</v>
       </c>
-      <c r="C45" s="9" t="s">
+      <c r="D45" s="9" t="s">
+        <v>1983</v>
+      </c>
+      <c r="E45" s="9" t="s">
         <v>2067</v>
       </c>
-      <c r="D45" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F45" s="9" t="s">
-        <v>1986</v>
+        <v>1985</v>
       </c>
       <c r="G45" s="10">
         <v>3700</v>
       </c>
       <c r="H45" s="10">
         <v>2405</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="B46" s="9" t="s">
+        <v>2068</v>
+      </c>
+      <c r="C46" s="9" t="s">
         <v>2069</v>
       </c>
-      <c r="C46" s="9" t="s">
+      <c r="D46" s="9" t="s">
+        <v>1983</v>
+      </c>
+      <c r="E46" s="9" t="s">
         <v>2070</v>
       </c>
-      <c r="D46" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F46" s="9" t="s">
-        <v>1986</v>
+        <v>1985</v>
       </c>
       <c r="G46" s="10">
         <v>3700</v>
       </c>
       <c r="H46" s="10">
         <v>2405</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="B47" s="9" t="s">
+        <v>2071</v>
+      </c>
+      <c r="C47" s="9" t="s">
         <v>2072</v>
       </c>
-      <c r="C47" s="9" t="s">
+      <c r="D47" s="9" t="s">
+        <v>1983</v>
+      </c>
+      <c r="E47" s="9" t="s">
         <v>2073</v>
       </c>
-      <c r="D47" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F47" s="9" t="s">
-        <v>1986</v>
+        <v>1985</v>
       </c>
       <c r="G47" s="10">
         <v>3700</v>
       </c>
       <c r="H47" s="10">
         <v>2405</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="B48" s="9" t="s">
+        <v>2074</v>
+      </c>
+      <c r="C48" s="9" t="s">
         <v>2075</v>
       </c>
-      <c r="C48" s="9" t="s">
+      <c r="D48" s="9" t="s">
         <v>2076</v>
       </c>
-      <c r="D48" s="9" t="s">
+      <c r="E48" s="9" t="s">
+        <v>456</v>
+      </c>
+      <c r="F48" s="9" t="s">
         <v>2077</v>
       </c>
-      <c r="E48" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G48" s="10">
-        <v>3750</v>
+        <v>3850</v>
       </c>
       <c r="H48" s="10">
-        <v>2300.613496932515</v>
+        <v>2361.963190184049</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="B49" s="9" t="s">
+        <v>2078</v>
+      </c>
+      <c r="C49" s="9" t="s">
         <v>2079</v>
       </c>
-      <c r="C49" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D49" s="9" t="s">
+        <v>2076</v>
+      </c>
+      <c r="E49" s="9" t="s">
+        <v>456</v>
+      </c>
+      <c r="F49" s="9" t="s">
         <v>2077</v>
       </c>
-      <c r="E49" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G49" s="10">
-        <v>3750</v>
+        <v>3850</v>
       </c>
       <c r="H49" s="10">
-        <v>2300.613496932515</v>
+        <v>2361.963190184049</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="B50" s="9" t="s">
+        <v>2080</v>
+      </c>
+      <c r="C50" s="9" t="s">
         <v>2081</v>
       </c>
-      <c r="C50" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D50" s="9" t="s">
+        <v>2076</v>
+      </c>
+      <c r="E50" s="9" t="s">
+        <v>985</v>
+      </c>
+      <c r="F50" s="9" t="s">
         <v>2077</v>
       </c>
-      <c r="E50" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G50" s="10">
-        <v>3750</v>
+        <v>3850</v>
       </c>
       <c r="H50" s="10">
-        <v>2300.613496932515</v>
+        <v>2361.963190184049</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="B51" s="9" t="s">
+        <v>2082</v>
+      </c>
+      <c r="C51" s="9" t="s">
         <v>2083</v>
       </c>
-      <c r="C51" s="9" t="s">
+      <c r="D51" s="9" t="s">
+        <v>1960</v>
+      </c>
+      <c r="E51" s="9" t="s">
         <v>2084</v>
       </c>
-      <c r="D51" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F51" s="9" t="s">
-        <v>1963</v>
+        <v>1962</v>
       </c>
       <c r="G51" s="10">
         <v>3990</v>
       </c>
       <c r="H51" s="10">
         <v>2593.5</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="B52" s="9" t="s">
+        <v>2085</v>
+      </c>
+      <c r="C52" s="9" t="s">
         <v>2086</v>
       </c>
-      <c r="C52" s="9" t="s">
+      <c r="D52" s="9" t="s">
+        <v>1960</v>
+      </c>
+      <c r="E52" s="9" t="s">
         <v>2087</v>
       </c>
-      <c r="D52" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F52" s="9" t="s">
-        <v>1963</v>
+        <v>1962</v>
       </c>
       <c r="G52" s="10">
         <v>3990</v>
       </c>
       <c r="H52" s="10">
         <v>2593.5</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="B53" s="9" t="s">
+        <v>2088</v>
+      </c>
+      <c r="C53" s="9" t="s">
         <v>2089</v>
       </c>
-      <c r="C53" s="9" t="s">
+      <c r="D53" s="9" t="s">
         <v>2090</v>
       </c>
-      <c r="D53" s="9" t="s">
+      <c r="E53" s="9" t="s">
         <v>2091</v>
       </c>
-      <c r="E53" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F53" s="9" t="s">
-        <v>1311</v>
+        <v>1310</v>
       </c>
       <c r="G53" s="10">
         <v>5220</v>
       </c>
       <c r="H53" s="10">
         <v>3393.000000000001</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="B54" s="9" t="s">
+        <v>2092</v>
+      </c>
+      <c r="C54" s="9" t="s">
         <v>2093</v>
       </c>
-      <c r="C54" s="9" t="s">
+      <c r="D54" s="9" t="s">
+        <v>2090</v>
+      </c>
+      <c r="E54" s="9" t="s">
         <v>2094</v>
       </c>
-      <c r="D54" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F54" s="9" t="s">
-        <v>1311</v>
+        <v>1310</v>
       </c>
       <c r="G54" s="10">
         <v>5220</v>
       </c>
       <c r="H54" s="10">
         <v>3393.000000000001</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="B55" s="9" t="s">
+        <v>2095</v>
+      </c>
+      <c r="C55" s="9" t="s">
         <v>2096</v>
       </c>
-      <c r="C55" s="9" t="s">
+      <c r="D55" s="9" t="s">
+        <v>2090</v>
+      </c>
+      <c r="E55" s="9" t="s">
         <v>2097</v>
       </c>
-      <c r="D55" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F55" s="9" t="s">
-        <v>1311</v>
+        <v>1310</v>
       </c>
       <c r="G55" s="10">
         <v>5220</v>
       </c>
       <c r="H55" s="10">
         <v>3393.000000000001</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="B56" s="9" t="s">
+        <v>2098</v>
+      </c>
+      <c r="C56" s="9" t="s">
         <v>2099</v>
       </c>
-      <c r="C56" s="9" t="s">
+      <c r="D56" s="9" t="s">
+        <v>2090</v>
+      </c>
+      <c r="E56" s="9" t="s">
         <v>2100</v>
       </c>
-      <c r="D56" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F56" s="9" t="s">
-        <v>1311</v>
+        <v>1310</v>
       </c>
       <c r="G56" s="10">
         <v>5220</v>
       </c>
       <c r="H56" s="10">
         <v>3393.000000000001</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="B57" s="9" t="s">
+        <v>2101</v>
+      </c>
+      <c r="C57" s="9" t="s">
         <v>2102</v>
       </c>
-      <c r="C57" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D57" s="9" t="s">
-        <v>2091</v>
+        <v>2090</v>
       </c>
       <c r="E57" s="9" t="s">
-        <v>1390</v>
+        <v>1389</v>
       </c>
       <c r="F57" s="9" t="s">
-        <v>1311</v>
+        <v>1310</v>
       </c>
       <c r="G57" s="10">
         <v>5220</v>
       </c>
       <c r="H57" s="10">
         <v>3393.000000000001</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="B58" s="9" t="s">
+        <v>2103</v>
+      </c>
+      <c r="C58" s="9" t="s">
         <v>2104</v>
       </c>
-      <c r="C58" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D58" s="9" t="s">
-        <v>2091</v>
+        <v>2090</v>
       </c>
       <c r="E58" s="9" t="s">
-        <v>1349</v>
+        <v>1348</v>
       </c>
       <c r="F58" s="9" t="s">
-        <v>1311</v>
+        <v>1310</v>
       </c>
       <c r="G58" s="10">
         <v>5220</v>
       </c>
       <c r="H58" s="10">
         <v>3393.000000000001</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="B59" s="9" t="s">
+        <v>2105</v>
+      </c>
+      <c r="C59" s="9" t="s">
         <v>2106</v>
       </c>
-      <c r="C59" s="9" t="s">
+      <c r="D59" s="9" t="s">
+        <v>2090</v>
+      </c>
+      <c r="E59" s="9" t="s">
         <v>2107</v>
       </c>
-      <c r="D59" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F59" s="9" t="s">
-        <v>1311</v>
+        <v>1310</v>
       </c>
       <c r="G59" s="10">
         <v>5220</v>
       </c>
       <c r="H59" s="10">
         <v>3393.000000000001</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="B60" s="9" t="s">
+        <v>2108</v>
+      </c>
+      <c r="C60" s="9" t="s">
         <v>2109</v>
       </c>
-      <c r="C60" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D60" s="9" t="s">
-        <v>2091</v>
+        <v>2090</v>
       </c>
       <c r="E60" s="9" t="s">
-        <v>1368</v>
+        <v>1367</v>
       </c>
       <c r="F60" s="9" t="s">
-        <v>1311</v>
+        <v>1310</v>
       </c>
       <c r="G60" s="10">
         <v>5220</v>
       </c>
       <c r="H60" s="10">
         <v>3393.000000000001</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="B61" s="9" t="s">
+        <v>2110</v>
+      </c>
+      <c r="C61" s="9" t="s">
         <v>2111</v>
       </c>
-      <c r="C61" s="9" t="s">
+      <c r="D61" s="9" t="s">
+        <v>2090</v>
+      </c>
+      <c r="E61" s="9" t="s">
         <v>2112</v>
       </c>
-      <c r="D61" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F61" s="9" t="s">
-        <v>1311</v>
+        <v>1310</v>
       </c>
       <c r="G61" s="10">
         <v>5220</v>
       </c>
       <c r="H61" s="10">
         <v>3393.000000000001</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="B62" s="9" t="s">
+        <v>2113</v>
+      </c>
+      <c r="C62" s="9" t="s">
         <v>2114</v>
       </c>
-      <c r="C62" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D62" s="9" t="s">
-        <v>2091</v>
+        <v>2090</v>
       </c>
       <c r="E62" s="9" t="s">
-        <v>1378</v>
+        <v>1377</v>
       </c>
       <c r="F62" s="9" t="s">
-        <v>1311</v>
+        <v>1310</v>
       </c>
       <c r="G62" s="10">
         <v>5220</v>
       </c>
       <c r="H62" s="10">
         <v>3393.000000000001</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="B63" s="9" t="s">
+        <v>2115</v>
+      </c>
+      <c r="C63" s="9" t="s">
         <v>2116</v>
       </c>
-      <c r="C63" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D63" s="9" t="s">
-        <v>2091</v>
+        <v>2090</v>
       </c>
       <c r="E63" s="9" t="s">
-        <v>1372</v>
+        <v>1371</v>
       </c>
       <c r="F63" s="9" t="s">
-        <v>1311</v>
+        <v>1310</v>
       </c>
       <c r="G63" s="10">
         <v>5220</v>
       </c>
       <c r="H63" s="10">
         <v>3393.000000000001</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="B64" s="9" t="s">
+        <v>2117</v>
+      </c>
+      <c r="C64" s="9" t="s">
         <v>2118</v>
       </c>
-      <c r="C64" s="9" t="s">
+      <c r="D64" s="9" t="s">
+        <v>2090</v>
+      </c>
+      <c r="E64" s="9" t="s">
         <v>2119</v>
       </c>
-      <c r="D64" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F64" s="9" t="s">
-        <v>1311</v>
+        <v>1310</v>
       </c>
       <c r="G64" s="10">
         <v>5220</v>
       </c>
       <c r="H64" s="10">
         <v>3393.000000000001</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="B65" s="9" t="s">
+        <v>2120</v>
+      </c>
+      <c r="C65" s="9" t="s">
         <v>2121</v>
       </c>
-      <c r="C65" s="9" t="s">
+      <c r="D65" s="9" t="s">
+        <v>2090</v>
+      </c>
+      <c r="E65" s="9" t="s">
         <v>2122</v>
       </c>
-      <c r="D65" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F65" s="9" t="s">
-        <v>1311</v>
+        <v>1310</v>
       </c>
       <c r="G65" s="10">
         <v>5220</v>
       </c>
       <c r="H65" s="10">
         <v>3393.000000000001</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="B66" s="9" t="s">
+        <v>2123</v>
+      </c>
+      <c r="C66" s="9" t="s">
         <v>2124</v>
       </c>
-      <c r="C66" s="9" t="s">
+      <c r="D66" s="9" t="s">
+        <v>2090</v>
+      </c>
+      <c r="E66" s="9" t="s">
         <v>2125</v>
       </c>
-      <c r="D66" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F66" s="9" t="s">
-        <v>1311</v>
+        <v>1310</v>
       </c>
       <c r="G66" s="10">
         <v>5220</v>
       </c>
       <c r="H66" s="10">
         <v>3393.000000000001</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="B67" s="9" t="s">
+        <v>2126</v>
+      </c>
+      <c r="C67" s="9" t="s">
         <v>2127</v>
       </c>
-      <c r="C67" s="9" t="s">
+      <c r="D67" s="9" t="s">
+        <v>2090</v>
+      </c>
+      <c r="E67" s="9" t="s">
         <v>2128</v>
       </c>
-      <c r="D67" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F67" s="9" t="s">
-        <v>1311</v>
+        <v>1310</v>
       </c>
       <c r="G67" s="10">
         <v>5220</v>
       </c>
       <c r="H67" s="10">
         <v>3393.000000000001</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="B68" s="9" t="s">
+        <v>2129</v>
+      </c>
+      <c r="C68" s="9" t="s">
         <v>2130</v>
       </c>
-      <c r="C68" s="9" t="s">
+      <c r="D68" s="9" t="s">
+        <v>2090</v>
+      </c>
+      <c r="E68" s="9" t="s">
         <v>2131</v>
       </c>
-      <c r="D68" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F68" s="9" t="s">
-        <v>1311</v>
+        <v>1310</v>
       </c>
       <c r="G68" s="10">
         <v>5220</v>
       </c>
       <c r="H68" s="10">
         <v>3393.000000000001</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="B69" s="9" t="s">
+        <v>2132</v>
+      </c>
+      <c r="C69" s="9" t="s">
         <v>2133</v>
       </c>
-      <c r="C69" s="9" t="s">
+      <c r="D69" s="9" t="s">
+        <v>2090</v>
+      </c>
+      <c r="E69" s="9" t="s">
         <v>2134</v>
       </c>
-      <c r="D69" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F69" s="9" t="s">
-        <v>1311</v>
+        <v>1310</v>
       </c>
       <c r="G69" s="10">
         <v>5220</v>
       </c>
       <c r="H69" s="10">
         <v>3393.000000000001</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="B70" s="9" t="s">
+        <v>2135</v>
+      </c>
+      <c r="C70" s="9" t="s">
         <v>2136</v>
       </c>
-      <c r="C70" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D70" s="9" t="s">
-        <v>2091</v>
+        <v>2090</v>
       </c>
       <c r="E70" s="9" t="s">
-        <v>1679</v>
+        <v>1678</v>
       </c>
       <c r="F70" s="9" t="s">
-        <v>1311</v>
+        <v>1310</v>
       </c>
       <c r="G70" s="10">
         <v>5220</v>
       </c>
       <c r="H70" s="10">
         <v>3393.000000000001</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="B71" s="9" t="s">
+        <v>2137</v>
+      </c>
+      <c r="C71" s="9" t="s">
         <v>2138</v>
       </c>
-      <c r="C71" s="9" t="s">
+      <c r="D71" s="9" t="s">
+        <v>2090</v>
+      </c>
+      <c r="E71" s="9" t="s">
         <v>2139</v>
       </c>
-      <c r="D71" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F71" s="9" t="s">
-        <v>1311</v>
+        <v>1310</v>
       </c>
       <c r="G71" s="10">
         <v>5220</v>
       </c>
       <c r="H71" s="10">
         <v>3393.000000000001</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="B72" s="9" t="s">
+        <v>2140</v>
+      </c>
+      <c r="C72" s="9" t="s">
         <v>2141</v>
       </c>
-      <c r="C72" s="9" t="s">
+      <c r="D72" s="9" t="s">
+        <v>2090</v>
+      </c>
+      <c r="E72" s="9" t="s">
         <v>2142</v>
       </c>
-      <c r="D72" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F72" s="9" t="s">
-        <v>1311</v>
+        <v>1310</v>
       </c>
       <c r="G72" s="10">
         <v>5220</v>
       </c>
       <c r="H72" s="10">
         <v>3393.000000000001</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="B73" s="9" t="s">
+        <v>2143</v>
+      </c>
+      <c r="C73" s="9" t="s">
         <v>2144</v>
       </c>
-      <c r="C73" s="9" t="s">
+      <c r="D73" s="9" t="s">
+        <v>2090</v>
+      </c>
+      <c r="E73" s="9" t="s">
         <v>2145</v>
       </c>
-      <c r="D73" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F73" s="9" t="s">
-        <v>1311</v>
+        <v>1310</v>
       </c>
       <c r="G73" s="10">
         <v>5220</v>
       </c>
       <c r="H73" s="10">
         <v>3393.000000000001</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="B74" s="9" t="s">
+        <v>2146</v>
+      </c>
+      <c r="C74" s="9" t="s">
         <v>2147</v>
       </c>
-      <c r="C74" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D74" s="9" t="s">
-        <v>2091</v>
+        <v>2090</v>
       </c>
       <c r="E74" s="9" t="s">
-        <v>1314</v>
+        <v>1313</v>
       </c>
       <c r="F74" s="9" t="s">
-        <v>1311</v>
+        <v>1310</v>
       </c>
       <c r="G74" s="10">
         <v>5220</v>
       </c>
       <c r="H74" s="10">
         <v>3393.000000000001</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="B75" s="9" t="s">
+        <v>2148</v>
+      </c>
+      <c r="C75" s="9" t="s">
         <v>2149</v>
       </c>
-      <c r="C75" s="9" t="s">
+      <c r="D75" s="9" t="s">
+        <v>2090</v>
+      </c>
+      <c r="E75" s="9" t="s">
         <v>2150</v>
       </c>
-      <c r="D75" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F75" s="9" t="s">
-        <v>1311</v>
+        <v>1310</v>
       </c>
       <c r="G75" s="10">
         <v>5490</v>
       </c>
       <c r="H75" s="10">
         <v>3568.500000000001</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="B76" s="9" t="s">
+        <v>2151</v>
+      </c>
+      <c r="C76" s="9" t="s">
         <v>2152</v>
       </c>
-      <c r="C76" s="9" t="s">
+      <c r="D76" s="9" t="s">
+        <v>2090</v>
+      </c>
+      <c r="E76" s="9" t="s">
         <v>2153</v>
       </c>
-      <c r="D76" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F76" s="9" t="s">
-        <v>1311</v>
+        <v>1310</v>
       </c>
       <c r="G76" s="10">
         <v>5490</v>
       </c>
       <c r="H76" s="10">
         <v>3568.500000000001</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="B77" s="9" t="s">
+        <v>2154</v>
+      </c>
+      <c r="C77" s="9" t="s">
         <v>2155</v>
       </c>
-      <c r="C77" s="9" t="s">
+      <c r="D77" s="9" t="s">
+        <v>2090</v>
+      </c>
+      <c r="E77" s="9" t="s">
         <v>2156</v>
       </c>
-      <c r="D77" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F77" s="9" t="s">
-        <v>1311</v>
+        <v>1310</v>
       </c>
       <c r="G77" s="10">
         <v>5490</v>
       </c>
       <c r="H77" s="10">
         <v>3568.500000000001</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="B78" s="9" t="s">
+        <v>2157</v>
+      </c>
+      <c r="C78" s="9" t="s">
         <v>2158</v>
       </c>
-      <c r="C78" s="9" t="s">
+      <c r="D78" s="9" t="s">
+        <v>2090</v>
+      </c>
+      <c r="E78" s="9" t="s">
         <v>2159</v>
       </c>
-      <c r="D78" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F78" s="9" t="s">
-        <v>1311</v>
+        <v>1310</v>
       </c>
       <c r="G78" s="10">
         <v>5490</v>
       </c>
       <c r="H78" s="10">
         <v>3568.500000000001</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="B79" s="9" t="s">
+        <v>2160</v>
+      </c>
+      <c r="C79" s="9" t="s">
         <v>2161</v>
       </c>
-      <c r="C79" s="9" t="s">
+      <c r="D79" s="9" t="s">
+        <v>2090</v>
+      </c>
+      <c r="E79" s="9" t="s">
         <v>2162</v>
       </c>
-      <c r="D79" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F79" s="9" t="s">
-        <v>1311</v>
+        <v>1310</v>
       </c>
       <c r="G79" s="10">
         <v>5490</v>
       </c>
       <c r="H79" s="10">
         <v>3568.500000000001</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="B80" s="9" t="s">
+        <v>2163</v>
+      </c>
+      <c r="C80" s="9" t="s">
         <v>2164</v>
       </c>
-      <c r="C80" s="9" t="s">
+      <c r="D80" s="9" t="s">
+        <v>2090</v>
+      </c>
+      <c r="E80" s="9" t="s">
         <v>2165</v>
       </c>
-      <c r="D80" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F80" s="9" t="s">
-        <v>1311</v>
+        <v>1310</v>
       </c>
       <c r="G80" s="10">
         <v>5490</v>
       </c>
       <c r="H80" s="10">
         <v>3568.500000000001</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="B81" s="9" t="s">
+        <v>2166</v>
+      </c>
+      <c r="C81" s="9" t="s">
         <v>2167</v>
       </c>
-      <c r="C81" s="9" t="s">
+      <c r="D81" s="9" t="s">
         <v>2168</v>
       </c>
-      <c r="D81" s="9" t="s">
+      <c r="E81" s="9" t="s">
         <v>2169</v>
       </c>
-      <c r="E81" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F81" s="9" t="s">
-        <v>1755</v>
+        <v>1754</v>
       </c>
       <c r="G81" s="10">
         <v>13500</v>
       </c>
       <c r="H81" s="10">
         <v>9179.999999999998</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="B82" s="9" t="s">
+        <v>2170</v>
+      </c>
+      <c r="C82" s="9" t="s">
         <v>2171</v>
       </c>
-      <c r="C82" s="9" t="s">
+      <c r="D82" s="9" t="s">
+        <v>2168</v>
+      </c>
+      <c r="E82" s="9" t="s">
         <v>2172</v>
       </c>
-      <c r="D82" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F82" s="9" t="s">
-        <v>1755</v>
+        <v>1754</v>
       </c>
       <c r="G82" s="10">
         <v>13500</v>
       </c>
       <c r="H82" s="10">
         <v>9179.999999999998</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="B83" s="9" t="s">
+        <v>2173</v>
+      </c>
+      <c r="C83" s="9" t="s">
         <v>2174</v>
       </c>
-      <c r="C83" s="9" t="s">
+      <c r="D83" s="9" t="s">
+        <v>2168</v>
+      </c>
+      <c r="E83" s="9" t="s">
         <v>2175</v>
       </c>
-      <c r="D83" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F83" s="9" t="s">
-        <v>1755</v>
+        <v>1754</v>
       </c>
       <c r="G83" s="10">
         <v>13500</v>
       </c>
       <c r="H83" s="10">
         <v>9179.999999999998</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="B84" s="9" t="s">
+        <v>2176</v>
+      </c>
+      <c r="C84" s="9" t="s">
         <v>2177</v>
       </c>
-      <c r="C84" s="9" t="s">
+      <c r="D84" s="9" t="s">
+        <v>2168</v>
+      </c>
+      <c r="E84" s="9" t="s">
         <v>2178</v>
       </c>
-      <c r="D84" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F84" s="9" t="s">
-        <v>1755</v>
+        <v>1754</v>
       </c>
       <c r="G84" s="10">
         <v>13500</v>
       </c>
       <c r="H84" s="10">
         <v>9179.999999999998</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="B85" s="9" t="s">
+        <v>2179</v>
+      </c>
+      <c r="C85" s="9" t="s">
         <v>2180</v>
       </c>
-      <c r="C85" s="9" t="s">
+      <c r="D85" s="9" t="s">
+        <v>2168</v>
+      </c>
+      <c r="E85" s="9" t="s">
         <v>2181</v>
       </c>
-      <c r="D85" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F85" s="9" t="s">
-        <v>1755</v>
+        <v>1754</v>
       </c>
       <c r="G85" s="10">
         <v>13500</v>
       </c>
       <c r="H85" s="10">
         <v>9179.999999999998</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="B86" s="9" t="s">
+        <v>2182</v>
+      </c>
+      <c r="C86" s="9" t="s">
         <v>2183</v>
       </c>
-      <c r="C86" s="9" t="s">
+      <c r="D86" s="9" t="s">
+        <v>2168</v>
+      </c>
+      <c r="E86" s="9" t="s">
         <v>2184</v>
       </c>
-      <c r="D86" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F86" s="9" t="s">
-        <v>1755</v>
+        <v>1754</v>
       </c>
       <c r="G86" s="10">
         <v>13500</v>
       </c>
       <c r="H86" s="10">
         <v>9179.999999999998</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="B87" s="9" t="s">
+        <v>2185</v>
+      </c>
+      <c r="C87" s="9" t="s">
         <v>2186</v>
       </c>
-      <c r="C87" s="9" t="s">
+      <c r="D87" s="9" t="s">
+        <v>2168</v>
+      </c>
+      <c r="E87" s="9" t="s">
         <v>2187</v>
       </c>
-      <c r="D87" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F87" s="9" t="s">
-        <v>1755</v>
+        <v>1754</v>
       </c>
       <c r="G87" s="10">
         <v>13500</v>
       </c>
       <c r="H87" s="10">
         <v>9179.999999999998</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="B88" s="9" t="s">
+        <v>2188</v>
+      </c>
+      <c r="C88" s="9" t="s">
         <v>2189</v>
       </c>
-      <c r="C88" s="9" t="s">
+      <c r="D88" s="9" t="s">
+        <v>2168</v>
+      </c>
+      <c r="E88" s="9" t="s">
         <v>2190</v>
       </c>
-      <c r="D88" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F88" s="9" t="s">
-        <v>1755</v>
+        <v>1754</v>
       </c>
       <c r="G88" s="10">
         <v>13500</v>
       </c>
       <c r="H88" s="10">
         <v>9179.999999999998</v>
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="B89" s="9" t="s">
+        <v>2191</v>
+      </c>
+      <c r="C89" s="9" t="s">
         <v>2192</v>
       </c>
-      <c r="C89" s="9" t="s">
+      <c r="D89" s="9" t="s">
+        <v>2168</v>
+      </c>
+      <c r="E89" s="9" t="s">
         <v>2193</v>
       </c>
-      <c r="D89" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F89" s="9" t="s">
-        <v>1755</v>
+        <v>1754</v>
       </c>
       <c r="G89" s="10">
         <v>13500</v>
       </c>
       <c r="H89" s="10">
         <v>9179.999999999998</v>
       </c>
     </row>
     <row r="90" spans="1:9">
       <c r="B90" s="9" t="s">
+        <v>2194</v>
+      </c>
+      <c r="C90" s="9" t="s">
         <v>2195</v>
       </c>
-      <c r="C90" s="9" t="s">
+      <c r="D90" s="9" t="s">
+        <v>2168</v>
+      </c>
+      <c r="E90" s="9" t="s">
         <v>2196</v>
       </c>
-      <c r="D90" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F90" s="9" t="s">
-        <v>1755</v>
+        <v>1754</v>
       </c>
       <c r="G90" s="10">
         <v>13500</v>
       </c>
       <c r="H90" s="10">
         <v>9179.999999999998</v>
       </c>
     </row>
     <row r="91" spans="1:9">
       <c r="B91" s="9" t="s">
+        <v>2197</v>
+      </c>
+      <c r="C91" s="9" t="s">
         <v>2198</v>
       </c>
-      <c r="C91" s="9" t="s">
+      <c r="D91" s="9" t="s">
+        <v>2168</v>
+      </c>
+      <c r="E91" s="9" t="s">
         <v>2199</v>
       </c>
-      <c r="D91" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F91" s="9" t="s">
-        <v>1755</v>
+        <v>1754</v>
       </c>
       <c r="G91" s="10">
         <v>13500</v>
       </c>
       <c r="H91" s="10">
         <v>9179.999999999998</v>
       </c>
     </row>
     <row r="92" spans="1:9">
       <c r="B92" s="9" t="s">
+        <v>2200</v>
+      </c>
+      <c r="C92" s="9" t="s">
         <v>2201</v>
       </c>
-      <c r="C92" s="9" t="s">
+      <c r="D92" s="9" t="s">
+        <v>2168</v>
+      </c>
+      <c r="E92" s="9" t="s">
         <v>2202</v>
       </c>
-      <c r="D92" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F92" s="9" t="s">
-        <v>1755</v>
+        <v>1754</v>
       </c>
       <c r="G92" s="10">
         <v>13500</v>
       </c>
       <c r="H92" s="10">
         <v>9179.999999999998</v>
       </c>
     </row>
     <row r="93" spans="1:9">
       <c r="B93" s="9" t="s">
+        <v>2203</v>
+      </c>
+      <c r="C93" s="9" t="s">
         <v>2204</v>
       </c>
-      <c r="C93" s="9" t="s">
+      <c r="D93" s="9" t="s">
+        <v>2168</v>
+      </c>
+      <c r="E93" s="9" t="s">
         <v>2205</v>
       </c>
-      <c r="D93" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F93" s="9" t="s">
-        <v>1755</v>
+        <v>1754</v>
       </c>
       <c r="G93" s="10">
         <v>13500</v>
       </c>
       <c r="H93" s="10">
         <v>9179.999999999998</v>
       </c>
     </row>
     <row r="94" spans="1:9">
       <c r="B94" s="9" t="s">
+        <v>2206</v>
+      </c>
+      <c r="C94" s="9" t="s">
         <v>2207</v>
       </c>
-      <c r="C94" s="9" t="s">
+      <c r="D94" s="9" t="s">
+        <v>2168</v>
+      </c>
+      <c r="E94" s="9" t="s">
         <v>2208</v>
       </c>
-      <c r="D94" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F94" s="9" t="s">
-        <v>1755</v>
+        <v>1754</v>
       </c>
       <c r="G94" s="10">
         <v>13500</v>
       </c>
       <c r="H94" s="10">
         <v>9179.999999999998</v>
       </c>
     </row>
     <row r="95" spans="1:9">
       <c r="B95" s="9" t="s">
+        <v>2209</v>
+      </c>
+      <c r="C95" s="9" t="s">
         <v>2210</v>
       </c>
-      <c r="C95" s="9" t="s">
+      <c r="D95" s="9" t="s">
+        <v>2168</v>
+      </c>
+      <c r="E95" s="9" t="s">
         <v>2211</v>
       </c>
-      <c r="D95" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F95" s="9" t="s">
-        <v>1755</v>
+        <v>1754</v>
       </c>
       <c r="G95" s="10">
         <v>13500</v>
       </c>
       <c r="H95" s="10">
         <v>9179.999999999998</v>
       </c>
     </row>
     <row r="96" spans="1:9">
       <c r="B96" s="9" t="s">
+        <v>2212</v>
+      </c>
+      <c r="C96" s="9" t="s">
         <v>2213</v>
       </c>
-      <c r="C96" s="9" t="s">
+      <c r="D96" s="9" t="s">
+        <v>2168</v>
+      </c>
+      <c r="E96" s="9" t="s">
         <v>2214</v>
       </c>
-      <c r="D96" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F96" s="9" t="s">
-        <v>1755</v>
+        <v>1754</v>
       </c>
       <c r="G96" s="10">
         <v>13500</v>
       </c>
       <c r="H96" s="10">
         <v>9179.999999999998</v>
       </c>
     </row>
     <row r="97" spans="1:9">
       <c r="B97" s="9" t="s">
+        <v>2215</v>
+      </c>
+      <c r="C97" s="9" t="s">
         <v>2216</v>
       </c>
-      <c r="C97" s="9" t="s">
+      <c r="D97" s="9" t="s">
+        <v>2168</v>
+      </c>
+      <c r="E97" s="9" t="s">
         <v>2217</v>
       </c>
-      <c r="D97" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F97" s="9" t="s">
-        <v>1755</v>
+        <v>1754</v>
       </c>
       <c r="G97" s="10">
         <v>13500</v>
       </c>
       <c r="H97" s="10">
         <v>9179.999999999998</v>
       </c>
     </row>
     <row r="98" spans="1:9">
       <c r="B98" s="9" t="s">
+        <v>2218</v>
+      </c>
+      <c r="C98" s="9" t="s">
         <v>2219</v>
       </c>
-      <c r="C98" s="9" t="s">
+      <c r="D98" s="9" t="s">
+        <v>2168</v>
+      </c>
+      <c r="E98" s="9" t="s">
         <v>2220</v>
       </c>
-      <c r="D98" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F98" s="9" t="s">
-        <v>1755</v>
+        <v>1754</v>
       </c>
       <c r="G98" s="10">
         <v>13500</v>
       </c>
       <c r="H98" s="10">
         <v>9179.999999999998</v>
       </c>
     </row>
     <row r="99" spans="1:9">
       <c r="B99" s="9" t="s">
+        <v>2221</v>
+      </c>
+      <c r="C99" s="9" t="s">
         <v>2222</v>
       </c>
-      <c r="C99" s="9" t="s">
+      <c r="D99" s="9" t="s">
+        <v>2168</v>
+      </c>
+      <c r="E99" s="9" t="s">
         <v>2223</v>
       </c>
-      <c r="D99" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F99" s="9" t="s">
-        <v>1755</v>
+        <v>1754</v>
       </c>
       <c r="G99" s="10">
         <v>13500</v>
       </c>
       <c r="H99" s="10">
         <v>9179.999999999998</v>
       </c>
     </row>
     <row r="100" spans="1:9">
       <c r="B100" s="9" t="s">
+        <v>2224</v>
+      </c>
+      <c r="C100" s="9" t="s">
         <v>2225</v>
       </c>
-      <c r="C100" s="9" t="s">
+      <c r="D100" s="9" t="s">
+        <v>2168</v>
+      </c>
+      <c r="E100" s="9" t="s">
         <v>2226</v>
       </c>
-      <c r="D100" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F100" s="9" t="s">
-        <v>1755</v>
+        <v>1754</v>
       </c>
       <c r="G100" s="10">
         <v>13500</v>
       </c>
       <c r="H100" s="10">
         <v>9179.999999999998</v>
       </c>
     </row>
     <row r="101" spans="1:9">
       <c r="B101" s="9" t="s">
+        <v>2227</v>
+      </c>
+      <c r="C101" s="9" t="s">
         <v>2228</v>
       </c>
-      <c r="C101" s="9" t="s">
+      <c r="D101" s="9" t="s">
+        <v>2168</v>
+      </c>
+      <c r="E101" s="9" t="s">
         <v>2229</v>
       </c>
-      <c r="D101" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F101" s="9" t="s">
-        <v>1755</v>
+        <v>1754</v>
       </c>
       <c r="G101" s="10">
         <v>13500</v>
       </c>
       <c r="H101" s="10">
         <v>9179.999999999998</v>
       </c>
     </row>
     <row r="102" spans="1:9">
       <c r="B102" s="9" t="s">
+        <v>2230</v>
+      </c>
+      <c r="C102" s="9" t="s">
         <v>2231</v>
       </c>
-      <c r="C102" s="9" t="s">
+      <c r="D102" s="9" t="s">
+        <v>2168</v>
+      </c>
+      <c r="E102" s="9" t="s">
         <v>2232</v>
       </c>
-      <c r="D102" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F102" s="9" t="s">
-        <v>1755</v>
+        <v>1754</v>
       </c>
       <c r="G102" s="10">
         <v>13500</v>
       </c>
       <c r="H102" s="10">
         <v>9179.999999999998</v>
       </c>
     </row>
     <row r="103" spans="1:9">
       <c r="B103" s="9" t="s">
+        <v>2233</v>
+      </c>
+      <c r="C103" s="9" t="s">
         <v>2234</v>
       </c>
-      <c r="C103" s="9" t="s">
+      <c r="D103" s="9" t="s">
+        <v>2168</v>
+      </c>
+      <c r="E103" s="9" t="s">
         <v>2235</v>
       </c>
-      <c r="D103" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F103" s="9" t="s">
-        <v>1755</v>
+        <v>1754</v>
       </c>
       <c r="G103" s="10">
         <v>13500</v>
       </c>
       <c r="H103" s="10">
         <v>9179.999999999998</v>
       </c>
     </row>
     <row r="104" spans="1:9">
       <c r="B104" s="9" t="s">
+        <v>2236</v>
+      </c>
+      <c r="C104" s="9" t="s">
         <v>2237</v>
       </c>
-      <c r="C104" s="9" t="s">
+      <c r="D104" s="9" t="s">
+        <v>2168</v>
+      </c>
+      <c r="E104" s="9" t="s">
         <v>2238</v>
       </c>
-      <c r="D104" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F104" s="9" t="s">
-        <v>1755</v>
+        <v>1754</v>
       </c>
       <c r="G104" s="10">
         <v>13500</v>
       </c>
       <c r="H104" s="10">
         <v>9179.999999999998</v>
       </c>
     </row>
     <row r="105" spans="1:9">
       <c r="B105" s="9" t="s">
+        <v>2239</v>
+      </c>
+      <c r="C105" s="9" t="s">
         <v>2240</v>
       </c>
-      <c r="C105" s="9" t="s">
+      <c r="D105" s="9" t="s">
+        <v>2168</v>
+      </c>
+      <c r="E105" s="9" t="s">
         <v>2241</v>
       </c>
-      <c r="D105" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F105" s="9" t="s">
-        <v>1755</v>
+        <v>1754</v>
       </c>
       <c r="G105" s="10">
         <v>13500</v>
       </c>
       <c r="H105" s="10">
         <v>9179.999999999998</v>
       </c>
     </row>
     <row r="106" spans="1:9">
       <c r="B106" s="9" t="s">
+        <v>2242</v>
+      </c>
+      <c r="C106" s="9" t="s">
         <v>2243</v>
       </c>
-      <c r="C106" s="9" t="s">
+      <c r="D106" s="9" t="s">
+        <v>2168</v>
+      </c>
+      <c r="E106" s="9" t="s">
         <v>2244</v>
       </c>
-      <c r="D106" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F106" s="9" t="s">
-        <v>1755</v>
+        <v>1754</v>
       </c>
       <c r="G106" s="10">
         <v>13500</v>
       </c>
       <c r="H106" s="10">
         <v>9179.999999999998</v>
       </c>
     </row>
     <row r="107" spans="1:9">
       <c r="B107" s="9" t="s">
+        <v>2245</v>
+      </c>
+      <c r="C107" s="9" t="s">
         <v>2246</v>
       </c>
-      <c r="C107" s="9" t="s">
+      <c r="D107" s="9" t="s">
+        <v>2168</v>
+      </c>
+      <c r="E107" s="9" t="s">
         <v>2247</v>
       </c>
-      <c r="D107" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F107" s="9" t="s">
-        <v>1755</v>
+        <v>1754</v>
       </c>
       <c r="G107" s="10">
         <v>13500</v>
       </c>
       <c r="H107" s="10">
         <v>9179.999999999998</v>
       </c>
     </row>
     <row r="108" spans="1:9">
       <c r="B108" s="9" t="s">
+        <v>2248</v>
+      </c>
+      <c r="C108" s="9" t="s">
         <v>2249</v>
       </c>
-      <c r="C108" s="9" t="s">
+      <c r="D108" s="9" t="s">
+        <v>2168</v>
+      </c>
+      <c r="E108" s="9" t="s">
         <v>2250</v>
       </c>
-      <c r="D108" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F108" s="9" t="s">
-        <v>1755</v>
+        <v>1754</v>
       </c>
       <c r="G108" s="10">
         <v>13500</v>
       </c>
       <c r="H108" s="10">
         <v>9179.999999999998</v>
       </c>
     </row>
     <row r="109" spans="1:9">
       <c r="B109" s="9" t="s">
+        <v>2251</v>
+      </c>
+      <c r="C109" s="9" t="s">
         <v>2252</v>
       </c>
-      <c r="C109" s="9" t="s">
+      <c r="D109" s="9" t="s">
+        <v>2168</v>
+      </c>
+      <c r="E109" s="9" t="s">
         <v>2253</v>
       </c>
-      <c r="D109" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F109" s="9" t="s">
-        <v>1755</v>
+        <v>1754</v>
       </c>
       <c r="G109" s="10">
         <v>13500</v>
       </c>
       <c r="H109" s="10">
         <v>9179.999999999998</v>
       </c>
     </row>
     <row r="110" spans="1:9">
       <c r="B110" s="9" t="s">
+        <v>2254</v>
+      </c>
+      <c r="C110" s="9" t="s">
         <v>2255</v>
       </c>
-      <c r="C110" s="9" t="s">
+      <c r="D110" s="9" t="s">
+        <v>2168</v>
+      </c>
+      <c r="E110" s="9" t="s">
         <v>2256</v>
       </c>
-      <c r="D110" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F110" s="9" t="s">
-        <v>1755</v>
+        <v>1754</v>
       </c>
       <c r="G110" s="10">
         <v>13500</v>
       </c>
       <c r="H110" s="10">
         <v>9179.999999999998</v>
       </c>
     </row>
     <row r="111" spans="1:9">
       <c r="B111" s="9" t="s">
+        <v>2257</v>
+      </c>
+      <c r="C111" s="9" t="s">
         <v>2258</v>
       </c>
-      <c r="C111" s="9" t="s">
+      <c r="D111" s="9" t="s">
+        <v>2168</v>
+      </c>
+      <c r="E111" s="9" t="s">
         <v>2259</v>
       </c>
-      <c r="D111" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F111" s="9" t="s">
-        <v>1755</v>
+        <v>1754</v>
       </c>
       <c r="G111" s="10">
         <v>13500</v>
       </c>
       <c r="H111" s="10">
         <v>9179.999999999998</v>
       </c>
     </row>
     <row r="112" spans="1:9">
       <c r="B112" s="9" t="s">
+        <v>2260</v>
+      </c>
+      <c r="C112" s="9" t="s">
         <v>2261</v>
       </c>
-      <c r="C112" s="9" t="s">
+      <c r="D112" s="9" t="s">
+        <v>2168</v>
+      </c>
+      <c r="E112" s="9" t="s">
         <v>2262</v>
       </c>
-      <c r="D112" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F112" s="9" t="s">
-        <v>1755</v>
+        <v>1754</v>
       </c>
       <c r="G112" s="10">
         <v>13500</v>
       </c>
       <c r="H112" s="10">
         <v>9179.999999999998</v>
       </c>
     </row>
     <row r="113" spans="1:9">
       <c r="B113" s="9" t="s">
+        <v>2263</v>
+      </c>
+      <c r="C113" s="9" t="s">
         <v>2264</v>
       </c>
-      <c r="C113" s="9" t="s">
+      <c r="D113" s="9" t="s">
+        <v>2168</v>
+      </c>
+      <c r="E113" s="9" t="s">
         <v>2265</v>
       </c>
-      <c r="D113" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F113" s="9" t="s">
-        <v>1755</v>
+        <v>1754</v>
       </c>
       <c r="G113" s="10">
         <v>13500</v>
       </c>
       <c r="H113" s="10">
         <v>9179.999999999998</v>
       </c>
     </row>
     <row r="114" spans="1:9">
       <c r="B114" s="9" t="s">
+        <v>2266</v>
+      </c>
+      <c r="C114" s="9" t="s">
         <v>2267</v>
       </c>
-      <c r="C114" s="9" t="s">
+      <c r="D114" s="9" t="s">
+        <v>2168</v>
+      </c>
+      <c r="E114" s="9" t="s">
         <v>2268</v>
       </c>
-      <c r="D114" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F114" s="9" t="s">
-        <v>1755</v>
+        <v>1754</v>
       </c>
       <c r="G114" s="10">
         <v>13500</v>
       </c>
       <c r="H114" s="10">
         <v>9179.999999999998</v>
       </c>
     </row>
     <row r="115" spans="1:9">
       <c r="B115" s="9" t="s">
+        <v>2269</v>
+      </c>
+      <c r="C115" s="9" t="s">
         <v>2270</v>
       </c>
-      <c r="C115" s="9" t="s">
+      <c r="D115" s="9" t="s">
+        <v>2168</v>
+      </c>
+      <c r="E115" s="9" t="s">
         <v>2271</v>
       </c>
-      <c r="D115" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F115" s="9" t="s">
-        <v>1755</v>
+        <v>1754</v>
       </c>
       <c r="G115" s="10">
         <v>13500</v>
       </c>
       <c r="H115" s="10">
         <v>9179.999999999998</v>
       </c>
     </row>
     <row r="116" spans="1:9">
       <c r="B116" s="9" t="s">
+        <v>2272</v>
+      </c>
+      <c r="C116" s="9" t="s">
         <v>2273</v>
       </c>
-      <c r="C116" s="9" t="s">
+      <c r="D116" s="9" t="s">
+        <v>2168</v>
+      </c>
+      <c r="E116" s="9" t="s">
         <v>2274</v>
       </c>
-      <c r="D116" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F116" s="9" t="s">
-        <v>1755</v>
+        <v>1754</v>
       </c>
       <c r="G116" s="10">
         <v>13500</v>
       </c>
       <c r="H116" s="10">
         <v>9179.999999999998</v>
       </c>
     </row>
     <row r="117" spans="1:9">
       <c r="B117" s="9" t="s">
+        <v>2275</v>
+      </c>
+      <c r="C117" s="9" t="s">
         <v>2276</v>
       </c>
-      <c r="C117" s="9" t="s">
+      <c r="D117" s="9" t="s">
+        <v>2168</v>
+      </c>
+      <c r="E117" s="9" t="s">
         <v>2277</v>
       </c>
-      <c r="D117" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F117" s="9" t="s">
-        <v>1755</v>
+        <v>1754</v>
       </c>
       <c r="G117" s="10">
         <v>13500</v>
       </c>
       <c r="H117" s="10">
         <v>9179.999999999998</v>
       </c>
     </row>
     <row r="119" spans="1:9">
       <c r="B119" s="7" t="s">
-        <v>2279</v>
+        <v>2278</v>
       </c>
       <c r="C119" s="0"/>
       <c r="D119" s="0"/>
       <c r="E119" s="0"/>
       <c r="F119" s="0"/>
       <c r="G119" s="0"/>
     </row>
     <row r="120" spans="1:9">
       <c r="B120" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C120" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D120" s="8" t="s">
-        <v>665</v>
+        <v>664</v>
       </c>
       <c r="E120" s="8" t="s">
         <v>35</v>
       </c>
       <c r="F120" s="8" t="s">
         <v>11</v>
       </c>
       <c r="G120" s="8" t="s">
-        <v>1305</v>
+        <v>1304</v>
       </c>
       <c r="H120" s="8" t="s">
-        <v>2280</v>
+        <v>2279</v>
       </c>
     </row>
     <row r="121" spans="1:9">
       <c r="B121" s="9" t="s">
-        <v>2174</v>
+        <v>2173</v>
       </c>
       <c r="C121" s="9" t="s">
+        <v>2280</v>
+      </c>
+      <c r="D121" s="9" t="s">
         <v>2281</v>
       </c>
-      <c r="D121" s="9" t="s">
+      <c r="E121" s="9" t="s">
         <v>2282</v>
       </c>
-      <c r="E121" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F121" s="9" t="s">
-        <v>1755</v>
+        <v>1754</v>
       </c>
       <c r="G121" s="10">
         <v>6300</v>
       </c>
       <c r="H121" s="10">
         <v>3150</v>
       </c>
     </row>
     <row r="122" spans="1:9">
       <c r="B122" s="9" t="s">
-        <v>2180</v>
+        <v>2179</v>
       </c>
       <c r="C122" s="9" t="s">
+        <v>2283</v>
+      </c>
+      <c r="D122" s="9" t="s">
+        <v>2281</v>
+      </c>
+      <c r="E122" s="9" t="s">
         <v>2284</v>
       </c>
-      <c r="D122" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F122" s="9" t="s">
-        <v>1755</v>
+        <v>1754</v>
       </c>
       <c r="G122" s="10">
         <v>6300</v>
       </c>
       <c r="H122" s="10">
         <v>3150</v>
       </c>
     </row>
     <row r="123" spans="1:9">
       <c r="B123" s="9" t="s">
-        <v>2177</v>
+        <v>2176</v>
       </c>
       <c r="C123" s="9" t="s">
+        <v>2285</v>
+      </c>
+      <c r="D123" s="9" t="s">
         <v>2286</v>
       </c>
-      <c r="D123" s="9" t="s">
+      <c r="E123" s="9" t="s">
         <v>2287</v>
       </c>
-      <c r="E123" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F123" s="9" t="s">
-        <v>1755</v>
+        <v>1754</v>
       </c>
       <c r="G123" s="10">
         <v>6300</v>
       </c>
       <c r="H123" s="10">
         <v>3150</v>
       </c>
     </row>
     <row r="124" spans="1:9">
       <c r="B124" s="9" t="s">
-        <v>2171</v>
+        <v>2170</v>
       </c>
       <c r="C124" s="9" t="s">
+        <v>2288</v>
+      </c>
+      <c r="D124" s="9" t="s">
+        <v>2281</v>
+      </c>
+      <c r="E124" s="9" t="s">
         <v>2289</v>
       </c>
-      <c r="D124" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F124" s="9" t="s">
-        <v>1755</v>
+        <v>1754</v>
       </c>
       <c r="G124" s="10">
         <v>6300</v>
       </c>
       <c r="H124" s="10">
         <v>3150</v>
       </c>
     </row>
     <row r="125" spans="1:9">
       <c r="B125" s="9" t="s">
+        <v>2290</v>
+      </c>
+      <c r="C125" s="9" t="s">
         <v>2291</v>
       </c>
-      <c r="C125" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D125" s="9" t="s">
-        <v>2282</v>
+        <v>2281</v>
       </c>
       <c r="E125" s="9" t="s">
-        <v>2170</v>
+        <v>2169</v>
       </c>
       <c r="F125" s="9" t="s">
-        <v>1755</v>
+        <v>1754</v>
       </c>
       <c r="G125" s="10">
         <v>6300</v>
       </c>
       <c r="H125" s="10">
         <v>3150</v>
       </c>
     </row>
     <row r="126" spans="1:9">
       <c r="B126" s="9" t="s">
-        <v>2183</v>
+        <v>2182</v>
       </c>
       <c r="C126" s="9" t="s">
-        <v>2293</v>
+        <v>2292</v>
       </c>
       <c r="D126" s="9" t="s">
-        <v>2282</v>
+        <v>2281</v>
       </c>
       <c r="E126" s="9" t="s">
-        <v>2185</v>
+        <v>2184</v>
       </c>
       <c r="F126" s="9" t="s">
-        <v>1755</v>
+        <v>1754</v>
       </c>
       <c r="G126" s="10">
         <v>6750</v>
       </c>
       <c r="H126" s="10">
         <v>3375</v>
       </c>
     </row>
     <row r="127" spans="1:9">
       <c r="B127" s="9" t="s">
-        <v>2195</v>
+        <v>2194</v>
       </c>
       <c r="C127" s="9" t="s">
+        <v>2293</v>
+      </c>
+      <c r="D127" s="9" t="s">
+        <v>2281</v>
+      </c>
+      <c r="E127" s="9" t="s">
         <v>2294</v>
       </c>
-      <c r="D127" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F127" s="9" t="s">
-        <v>1755</v>
+        <v>1754</v>
       </c>
       <c r="G127" s="10">
         <v>6750</v>
       </c>
       <c r="H127" s="10">
         <v>3375</v>
       </c>
     </row>
     <row r="128" spans="1:9">
       <c r="B128" s="9" t="s">
-        <v>2192</v>
+        <v>2191</v>
       </c>
       <c r="C128" s="9" t="s">
+        <v>2295</v>
+      </c>
+      <c r="D128" s="9" t="s">
+        <v>2281</v>
+      </c>
+      <c r="E128" s="9" t="s">
         <v>2296</v>
       </c>
-      <c r="D128" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F128" s="9" t="s">
-        <v>1755</v>
+        <v>1754</v>
       </c>
       <c r="G128" s="10">
         <v>6750</v>
       </c>
       <c r="H128" s="10">
         <v>3375</v>
       </c>
     </row>
     <row r="129" spans="1:9">
       <c r="B129" s="9" t="s">
-        <v>2189</v>
+        <v>2188</v>
       </c>
       <c r="C129" s="9" t="s">
-        <v>2298</v>
+        <v>2297</v>
       </c>
       <c r="D129" s="9" t="s">
-        <v>2282</v>
+        <v>2281</v>
       </c>
       <c r="E129" s="9" t="s">
-        <v>2191</v>
+        <v>2190</v>
       </c>
       <c r="F129" s="9" t="s">
-        <v>1755</v>
+        <v>1754</v>
       </c>
       <c r="G129" s="10">
         <v>6750</v>
       </c>
       <c r="H129" s="10">
         <v>3375</v>
       </c>
     </row>
     <row r="130" spans="1:9">
       <c r="B130" s="9" t="s">
-        <v>2186</v>
+        <v>2185</v>
       </c>
       <c r="C130" s="9" t="s">
-        <v>2299</v>
+        <v>2298</v>
       </c>
       <c r="D130" s="9" t="s">
-        <v>2282</v>
+        <v>2281</v>
       </c>
       <c r="E130" s="9" t="s">
-        <v>2188</v>
+        <v>2187</v>
       </c>
       <c r="F130" s="9" t="s">
-        <v>1755</v>
+        <v>1754</v>
       </c>
       <c r="G130" s="10">
         <v>6750</v>
       </c>
       <c r="H130" s="10">
         <v>3375</v>
       </c>
     </row>
     <row r="131" spans="1:9">
       <c r="B131" s="9" t="s">
+        <v>2299</v>
+      </c>
+      <c r="C131" s="9" t="s">
         <v>2300</v>
       </c>
-      <c r="C131" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D131" s="9" t="s">
-        <v>2282</v>
+        <v>2281</v>
       </c>
       <c r="E131" s="9" t="s">
-        <v>2224</v>
+        <v>2223</v>
       </c>
       <c r="F131" s="9" t="s">
-        <v>1755</v>
+        <v>1754</v>
       </c>
       <c r="G131" s="10">
         <v>7200</v>
       </c>
       <c r="H131" s="10">
         <v>3600</v>
       </c>
     </row>
     <row r="132" spans="1:9">
       <c r="B132" s="9" t="s">
-        <v>2228</v>
+        <v>2227</v>
       </c>
       <c r="C132" s="9" t="s">
+        <v>2301</v>
+      </c>
+      <c r="D132" s="9" t="s">
+        <v>2281</v>
+      </c>
+      <c r="E132" s="9" t="s">
         <v>2302</v>
       </c>
-      <c r="D132" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F132" s="9" t="s">
-        <v>1755</v>
+        <v>1754</v>
       </c>
       <c r="G132" s="10">
         <v>7200</v>
       </c>
       <c r="H132" s="10">
         <v>3600</v>
       </c>
     </row>
     <row r="133" spans="1:9">
       <c r="B133" s="9" t="s">
-        <v>2219</v>
+        <v>2218</v>
       </c>
       <c r="C133" s="9" t="s">
-        <v>2304</v>
+        <v>2303</v>
       </c>
       <c r="D133" s="9" t="s">
-        <v>2282</v>
+        <v>2281</v>
       </c>
       <c r="E133" s="9" t="s">
-        <v>2221</v>
+        <v>2220</v>
       </c>
       <c r="F133" s="9" t="s">
-        <v>1755</v>
+        <v>1754</v>
       </c>
       <c r="G133" s="10">
         <v>7200</v>
       </c>
       <c r="H133" s="10">
         <v>3600</v>
       </c>
     </row>
     <row r="134" spans="1:9">
       <c r="B134" s="9" t="s">
-        <v>2216</v>
+        <v>2215</v>
       </c>
       <c r="C134" s="9" t="s">
+        <v>2304</v>
+      </c>
+      <c r="D134" s="9" t="s">
+        <v>2281</v>
+      </c>
+      <c r="E134" s="9" t="s">
         <v>2305</v>
       </c>
-      <c r="D134" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F134" s="9" t="s">
-        <v>1755</v>
+        <v>1754</v>
       </c>
       <c r="G134" s="10">
         <v>7200</v>
       </c>
       <c r="H134" s="10">
         <v>3600</v>
       </c>
     </row>
     <row r="135" spans="1:9">
       <c r="B135" s="9" t="s">
-        <v>2201</v>
+        <v>2200</v>
       </c>
       <c r="C135" s="9" t="s">
-        <v>2307</v>
+        <v>2306</v>
       </c>
       <c r="D135" s="9" t="s">
-        <v>2282</v>
+        <v>2281</v>
       </c>
       <c r="E135" s="9" t="s">
-        <v>2203</v>
+        <v>2202</v>
       </c>
       <c r="F135" s="9" t="s">
-        <v>1755</v>
+        <v>1754</v>
       </c>
       <c r="G135" s="10">
         <v>7200</v>
       </c>
       <c r="H135" s="10">
         <v>3600</v>
       </c>
     </row>
     <row r="136" spans="1:9">
       <c r="B136" s="9" t="s">
-        <v>2198</v>
+        <v>2197</v>
       </c>
       <c r="C136" s="9" t="s">
+        <v>2307</v>
+      </c>
+      <c r="D136" s="9" t="s">
+        <v>2281</v>
+      </c>
+      <c r="E136" s="9" t="s">
         <v>2308</v>
       </c>
-      <c r="D136" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F136" s="9" t="s">
-        <v>1755</v>
+        <v>1754</v>
       </c>
       <c r="G136" s="10">
         <v>7200</v>
       </c>
       <c r="H136" s="10">
         <v>3600</v>
       </c>
     </row>
     <row r="137" spans="1:9">
       <c r="B137" s="9" t="s">
+        <v>2309</v>
+      </c>
+      <c r="C137" s="9" t="s">
         <v>2310</v>
       </c>
-      <c r="C137" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D137" s="9" t="s">
-        <v>2282</v>
+        <v>2281</v>
       </c>
       <c r="E137" s="9" t="s">
-        <v>2206</v>
+        <v>2205</v>
       </c>
       <c r="F137" s="9" t="s">
-        <v>1755</v>
+        <v>1754</v>
       </c>
       <c r="G137" s="10">
         <v>7200</v>
       </c>
       <c r="H137" s="10">
         <v>3600</v>
       </c>
     </row>
     <row r="138" spans="1:9">
       <c r="B138" s="9" t="s">
+        <v>2311</v>
+      </c>
+      <c r="C138" s="9" t="s">
         <v>2312</v>
       </c>
-      <c r="C138" s="9" t="s">
+      <c r="D138" s="9" t="s">
+        <v>2281</v>
+      </c>
+      <c r="E138" s="9" t="s">
         <v>2313</v>
       </c>
-      <c r="D138" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F138" s="9" t="s">
-        <v>1755</v>
+        <v>1754</v>
       </c>
       <c r="G138" s="10">
         <v>7200</v>
       </c>
       <c r="H138" s="10">
         <v>3600</v>
       </c>
     </row>
     <row r="139" spans="1:9">
       <c r="B139" s="9" t="s">
-        <v>2207</v>
+        <v>2206</v>
       </c>
       <c r="C139" s="9" t="s">
+        <v>2314</v>
+      </c>
+      <c r="D139" s="9" t="s">
+        <v>2281</v>
+      </c>
+      <c r="E139" s="9" t="s">
         <v>2315</v>
       </c>
-      <c r="D139" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F139" s="9" t="s">
-        <v>1755</v>
+        <v>1754</v>
       </c>
       <c r="G139" s="10">
         <v>7200</v>
       </c>
       <c r="H139" s="10">
         <v>3600</v>
       </c>
     </row>
     <row r="140" spans="1:9">
       <c r="B140" s="9" t="s">
-        <v>2213</v>
+        <v>2212</v>
       </c>
       <c r="C140" s="9" t="s">
-        <v>2317</v>
+        <v>2316</v>
       </c>
       <c r="D140" s="9" t="s">
-        <v>2282</v>
+        <v>2281</v>
       </c>
       <c r="E140" s="9" t="s">
-        <v>2215</v>
+        <v>2214</v>
       </c>
       <c r="F140" s="9" t="s">
-        <v>1755</v>
+        <v>1754</v>
       </c>
       <c r="G140" s="10">
         <v>7200</v>
       </c>
       <c r="H140" s="10">
         <v>3600</v>
       </c>
     </row>
     <row r="141" spans="1:9">
       <c r="B141" s="9" t="s">
-        <v>2210</v>
+        <v>2209</v>
       </c>
       <c r="C141" s="9" t="s">
-        <v>2318</v>
+        <v>2317</v>
       </c>
       <c r="D141" s="9" t="s">
-        <v>2282</v>
+        <v>2281</v>
       </c>
       <c r="E141" s="9" t="s">
-        <v>2212</v>
+        <v>2211</v>
       </c>
       <c r="F141" s="9" t="s">
-        <v>1755</v>
+        <v>1754</v>
       </c>
       <c r="G141" s="10">
         <v>7200</v>
       </c>
       <c r="H141" s="10">
         <v>3600</v>
       </c>
     </row>
     <row r="142" spans="1:9">
       <c r="B142" s="9" t="s">
-        <v>2225</v>
+        <v>2224</v>
       </c>
       <c r="C142" s="9" t="s">
-        <v>2319</v>
+        <v>2318</v>
       </c>
       <c r="D142" s="9" t="s">
-        <v>2282</v>
+        <v>2281</v>
       </c>
       <c r="E142" s="9" t="s">
-        <v>2227</v>
+        <v>2226</v>
       </c>
       <c r="F142" s="9" t="s">
-        <v>1755</v>
+        <v>1754</v>
       </c>
       <c r="G142" s="10">
         <v>7200</v>
       </c>
       <c r="H142" s="10">
         <v>3600</v>
       </c>
     </row>
     <row r="143" spans="1:9">
       <c r="B143" s="9" t="s">
-        <v>2261</v>
+        <v>2260</v>
       </c>
       <c r="C143" s="9" t="s">
+        <v>2319</v>
+      </c>
+      <c r="D143" s="9" t="s">
+        <v>2281</v>
+      </c>
+      <c r="E143" s="9" t="s">
         <v>2320</v>
       </c>
-      <c r="D143" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F143" s="9" t="s">
-        <v>1755</v>
+        <v>1754</v>
       </c>
       <c r="G143" s="10">
         <v>7800</v>
       </c>
       <c r="H143" s="10">
         <v>3900</v>
       </c>
     </row>
     <row r="144" spans="1:9">
       <c r="B144" s="9" t="s">
-        <v>2255</v>
+        <v>2254</v>
       </c>
       <c r="C144" s="9" t="s">
+        <v>2321</v>
+      </c>
+      <c r="D144" s="9" t="s">
+        <v>2281</v>
+      </c>
+      <c r="E144" s="9" t="s">
         <v>2322</v>
       </c>
-      <c r="D144" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F144" s="9" t="s">
-        <v>1755</v>
+        <v>1754</v>
       </c>
       <c r="G144" s="10">
         <v>7800</v>
       </c>
       <c r="H144" s="10">
         <v>3900</v>
       </c>
     </row>
     <row r="145" spans="1:9">
       <c r="B145" s="9" t="s">
-        <v>2258</v>
+        <v>2257</v>
       </c>
       <c r="C145" s="9" t="s">
+        <v>2323</v>
+      </c>
+      <c r="D145" s="9" t="s">
+        <v>2281</v>
+      </c>
+      <c r="E145" s="9" t="s">
         <v>2324</v>
       </c>
-      <c r="D145" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F145" s="9" t="s">
-        <v>1755</v>
+        <v>1754</v>
       </c>
       <c r="G145" s="10">
         <v>7800</v>
       </c>
       <c r="H145" s="10">
         <v>3900</v>
       </c>
     </row>
     <row r="146" spans="1:9">
       <c r="B146" s="9" t="s">
-        <v>2264</v>
+        <v>2263</v>
       </c>
       <c r="C146" s="9" t="s">
+        <v>2325</v>
+      </c>
+      <c r="D146" s="9" t="s">
+        <v>2281</v>
+      </c>
+      <c r="E146" s="9" t="s">
         <v>2326</v>
       </c>
-      <c r="D146" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F146" s="9" t="s">
-        <v>1755</v>
+        <v>1754</v>
       </c>
       <c r="G146" s="10">
         <v>7800</v>
       </c>
       <c r="H146" s="10">
         <v>3900</v>
       </c>
     </row>
     <row r="147" spans="1:9">
       <c r="B147" s="9" t="s">
-        <v>2267</v>
+        <v>2266</v>
       </c>
       <c r="C147" s="9" t="s">
+        <v>2327</v>
+      </c>
+      <c r="D147" s="9" t="s">
+        <v>2281</v>
+      </c>
+      <c r="E147" s="9" t="s">
         <v>2328</v>
       </c>
-      <c r="D147" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F147" s="9" t="s">
-        <v>1755</v>
+        <v>1754</v>
       </c>
       <c r="G147" s="10">
         <v>7800</v>
       </c>
       <c r="H147" s="10">
         <v>3900</v>
       </c>
     </row>
     <row r="148" spans="1:9">
       <c r="B148" s="9" t="s">
-        <v>2243</v>
+        <v>2242</v>
       </c>
       <c r="C148" s="9" t="s">
-        <v>2330</v>
+        <v>2329</v>
       </c>
       <c r="D148" s="9" t="s">
-        <v>2282</v>
+        <v>2281</v>
       </c>
       <c r="E148" s="9" t="s">
-        <v>2245</v>
+        <v>2244</v>
       </c>
       <c r="F148" s="9" t="s">
-        <v>1755</v>
+        <v>1754</v>
       </c>
       <c r="G148" s="10">
         <v>7800</v>
       </c>
       <c r="H148" s="10">
         <v>3900</v>
       </c>
     </row>
     <row r="149" spans="1:9">
       <c r="B149" s="9" t="s">
-        <v>2249</v>
+        <v>2248</v>
       </c>
       <c r="C149" s="9" t="s">
+        <v>2330</v>
+      </c>
+      <c r="D149" s="9" t="s">
+        <v>2281</v>
+      </c>
+      <c r="E149" s="9" t="s">
         <v>2331</v>
       </c>
-      <c r="D149" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F149" s="9" t="s">
-        <v>1755</v>
+        <v>1754</v>
       </c>
       <c r="G149" s="10">
         <v>7800</v>
       </c>
       <c r="H149" s="10">
         <v>3900</v>
       </c>
     </row>
     <row r="150" spans="1:9">
       <c r="B150" s="9" t="s">
-        <v>2252</v>
+        <v>2251</v>
       </c>
       <c r="C150" s="9" t="s">
+        <v>2332</v>
+      </c>
+      <c r="D150" s="9" t="s">
+        <v>2281</v>
+      </c>
+      <c r="E150" s="9" t="s">
         <v>2333</v>
       </c>
-      <c r="D150" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F150" s="9" t="s">
-        <v>1755</v>
+        <v>1754</v>
       </c>
       <c r="G150" s="10">
         <v>7800</v>
       </c>
       <c r="H150" s="10">
         <v>3900</v>
       </c>
     </row>
     <row r="151" spans="1:9">
       <c r="B151" s="9" t="s">
-        <v>2240</v>
+        <v>2239</v>
       </c>
       <c r="C151" s="9" t="s">
-        <v>2335</v>
+        <v>2334</v>
       </c>
       <c r="D151" s="9" t="s">
-        <v>2282</v>
+        <v>2281</v>
       </c>
       <c r="E151" s="9" t="s">
-        <v>2242</v>
+        <v>2241</v>
       </c>
       <c r="F151" s="9" t="s">
-        <v>1755</v>
+        <v>1754</v>
       </c>
       <c r="G151" s="10">
         <v>7800</v>
       </c>
       <c r="H151" s="10">
         <v>3900</v>
       </c>
     </row>
     <row r="152" spans="1:9">
       <c r="B152" s="9" t="s">
+        <v>2335</v>
+      </c>
+      <c r="C152" s="9" t="s">
         <v>2336</v>
       </c>
-      <c r="C152" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D152" s="9" t="s">
-        <v>2282</v>
+        <v>2281</v>
       </c>
       <c r="E152" s="9" t="s">
-        <v>2239</v>
+        <v>2238</v>
       </c>
       <c r="F152" s="9" t="s">
-        <v>1755</v>
+        <v>1754</v>
       </c>
       <c r="G152" s="10">
         <v>7800</v>
       </c>
       <c r="H152" s="10">
         <v>3900</v>
       </c>
     </row>
     <row r="153" spans="1:9">
       <c r="B153" s="9" t="s">
+        <v>2337</v>
+      </c>
+      <c r="C153" s="9" t="s">
         <v>2338</v>
       </c>
-      <c r="C153" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D153" s="9" t="s">
-        <v>2282</v>
+        <v>2281</v>
       </c>
       <c r="E153" s="9" t="s">
-        <v>2236</v>
+        <v>2235</v>
       </c>
       <c r="F153" s="9" t="s">
-        <v>1755</v>
+        <v>1754</v>
       </c>
       <c r="G153" s="10">
         <v>7800</v>
       </c>
       <c r="H153" s="10">
         <v>3900</v>
       </c>
     </row>
     <row r="154" spans="1:9">
       <c r="B154" s="9" t="s">
-        <v>2231</v>
+        <v>2230</v>
       </c>
       <c r="C154" s="9" t="s">
-        <v>2340</v>
+        <v>2339</v>
       </c>
       <c r="D154" s="9" t="s">
-        <v>2282</v>
+        <v>2281</v>
       </c>
       <c r="E154" s="9" t="s">
-        <v>2233</v>
+        <v>2232</v>
       </c>
       <c r="F154" s="9" t="s">
-        <v>1755</v>
+        <v>1754</v>
       </c>
       <c r="G154" s="10">
         <v>7800</v>
       </c>
       <c r="H154" s="10">
         <v>3900</v>
       </c>
     </row>
     <row r="155" spans="1:9">
       <c r="B155" s="9" t="s">
+        <v>2340</v>
+      </c>
+      <c r="C155" s="9" t="s">
         <v>2341</v>
       </c>
-      <c r="C155" s="9" t="s">
+      <c r="D155" s="9" t="s">
+        <v>2281</v>
+      </c>
+      <c r="E155" s="9" t="s">
         <v>2342</v>
       </c>
-      <c r="D155" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F155" s="9" t="s">
-        <v>1755</v>
+        <v>1754</v>
       </c>
       <c r="G155" s="10">
         <v>7800</v>
       </c>
       <c r="H155" s="10">
         <v>3900</v>
       </c>
     </row>
     <row r="156" spans="1:9">
       <c r="B156" s="9" t="s">
-        <v>2276</v>
+        <v>2275</v>
       </c>
       <c r="C156" s="9" t="s">
-        <v>2344</v>
+        <v>2343</v>
       </c>
       <c r="D156" s="9" t="s">
-        <v>2282</v>
+        <v>2281</v>
       </c>
       <c r="E156" s="9" t="s">
-        <v>2278</v>
+        <v>2277</v>
       </c>
       <c r="F156" s="9" t="s">
-        <v>1755</v>
+        <v>1754</v>
       </c>
       <c r="G156" s="10">
         <v>7950</v>
       </c>
       <c r="H156" s="10">
         <v>3975</v>
       </c>
     </row>
     <row r="157" spans="1:9">
       <c r="B157" s="9" t="s">
+        <v>2344</v>
+      </c>
+      <c r="C157" s="9" t="s">
         <v>2345</v>
       </c>
-      <c r="C157" s="9" t="s">
+      <c r="D157" s="9" t="s">
+        <v>2281</v>
+      </c>
+      <c r="E157" s="9" t="s">
         <v>2346</v>
       </c>
-      <c r="D157" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F157" s="9" t="s">
-        <v>1755</v>
+        <v>1754</v>
       </c>
       <c r="G157" s="10">
         <v>7950</v>
       </c>
       <c r="H157" s="10">
         <v>3975</v>
       </c>
     </row>
     <row r="158" spans="1:9">
       <c r="B158" s="9" t="s">
+        <v>2347</v>
+      </c>
+      <c r="C158" s="9" t="s">
         <v>2348</v>
       </c>
-      <c r="C158" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D158" s="9" t="s">
-        <v>2282</v>
+        <v>2281</v>
       </c>
       <c r="E158" s="9" t="s">
-        <v>2272</v>
+        <v>2271</v>
       </c>
       <c r="F158" s="9" t="s">
-        <v>1755</v>
+        <v>1754</v>
       </c>
       <c r="G158" s="10">
         <v>7950</v>
       </c>
       <c r="H158" s="10">
         <v>3975</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B1:G1"/>
     <mergeCell ref="B3:B5"/>
     <mergeCell ref="C3:D3"/>
     <mergeCell ref="E3:G3"/>
     <mergeCell ref="C5:D5"/>
     <mergeCell ref="E5:G5"/>
     <mergeCell ref="B9:G9"/>
     <mergeCell ref="B119:G119"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="F6" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>