--- v1 (2025-11-16)
+++ v2 (2025-12-31)
@@ -129,51 +129,51 @@
       </rPr>
       <t xml:space="preserve">Цены</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="14"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> для Пензы на: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFDE5705"/>
         <sz val="14"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">16.11.2025</t>
+      <t xml:space="preserve">31.12.2025</t>
     </r>
   </si>
   <si>
     <t>moskeram.ru</t>
   </si>
   <si>
     <t>Кирпич</t>
   </si>
   <si>
     <t>Строительный кирпич</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Марка</t>
   </si>
   <si>
     <t>Производитель</t>
   </si>
   <si>
     <t>Цена за шт.(самовывоз)</t>
@@ -10631,51 +10631,51 @@
             </rPr>
             <t xml:space="preserve">Цены</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="14"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> для Пензы на: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFDE5705"/>
               <sz val="14"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">16.11.2025</t>
+            <t xml:space="preserve">31.12.2025</t>
           </r>
         </is>
       </c>
       <c r="F6" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="B7" s="6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="B9" s="7" t="s">
         <v>7</v>
       </c>
       <c r="C9" s="0"/>
       <c r="D9" s="0"/>
       <c r="E9" s="0"/>
       <c r="F9" s="0"/>
       <c r="G9" s="0"/>
     </row>
     <row r="10" spans="1:9">
       <c r="B10" s="8" t="s">
         <v>8</v>
@@ -18501,51 +18501,51 @@
             </rPr>
             <t xml:space="preserve">Цены</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="14"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> для Пензы на: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFDE5705"/>
               <sz val="14"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">16.11.2025</t>
+            <t xml:space="preserve">31.12.2025</t>
           </r>
         </is>
       </c>
       <c r="F6" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="B7" s="6" t="s">
         <v>2349</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="B9" s="7" t="s">
         <v>2350</v>
       </c>
       <c r="C9" s="0"/>
       <c r="D9" s="0"/>
       <c r="E9" s="0"/>
       <c r="F9" s="0"/>
       <c r="G9" s="0"/>
     </row>
     <row r="10" spans="1:9">
       <c r="B10" s="8" t="s">
         <v>8</v>
@@ -18701,51 +18701,51 @@
             </rPr>
             <t xml:space="preserve">Цены</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="14"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> для Пензы на: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFDE5705"/>
               <sz val="14"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">16.11.2025</t>
+            <t xml:space="preserve">31.12.2025</t>
           </r>
         </is>
       </c>
       <c r="F6" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="B7" s="6" t="s">
         <v>2352</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="B9" s="7" t="s">
         <v>1302</v>
       </c>
       <c r="C9" s="0"/>
       <c r="D9" s="0"/>
       <c r="E9" s="0"/>
       <c r="F9" s="0"/>
       <c r="G9" s="0"/>
     </row>
     <row r="10" spans="1:9">
       <c r="B10" s="8" t="s">
         <v>8</v>
@@ -18926,51 +18926,51 @@
             </rPr>
             <t xml:space="preserve">Цены</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="14"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> для Пензы на: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFDE5705"/>
               <sz val="14"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">16.11.2025</t>
+            <t xml:space="preserve">31.12.2025</t>
           </r>
         </is>
       </c>
       <c r="F6" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="B7" s="6" t="s">
         <v>2355</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="B9" s="7" t="s">
         <v>2356</v>
       </c>
       <c r="C9" s="0"/>
       <c r="D9" s="0"/>
       <c r="E9" s="0"/>
       <c r="F9" s="0"/>
       <c r="G9" s="0"/>
     </row>
     <row r="10" spans="1:9">
       <c r="B10" s="8" t="s">
         <v>8</v>
@@ -19932,51 +19932,51 @@
             </rPr>
             <t xml:space="preserve">Цены</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="14"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> для Пензы на: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFDE5705"/>
               <sz val="14"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">16.11.2025</t>
+            <t xml:space="preserve">31.12.2025</t>
           </r>
         </is>
       </c>
       <c r="F6" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="B7" s="6" t="s">
         <v>2413</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="B9" s="7" t="s">
         <v>2414</v>
       </c>
       <c r="C9" s="0"/>
       <c r="D9" s="0"/>
       <c r="E9" s="0"/>
       <c r="F9" s="0"/>
       <c r="G9" s="0"/>
     </row>
     <row r="10" spans="1:9">
       <c r="B10" s="8" t="s">
         <v>8</v>
@@ -20435,51 +20435,51 @@
             </rPr>
             <t xml:space="preserve">Цены</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="14"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> для Пензы на: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFDE5705"/>
               <sz val="14"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">16.11.2025</t>
+            <t xml:space="preserve">31.12.2025</t>
           </r>
         </is>
       </c>
       <c r="F6" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="B7" s="6" t="s">
         <v>2424</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="B9" s="7" t="s">
         <v>2425</v>
       </c>
       <c r="C9" s="0"/>
       <c r="D9" s="0"/>
       <c r="E9" s="0"/>
       <c r="F9" s="0"/>
       <c r="G9" s="0"/>
     </row>
     <row r="10" spans="1:9">
       <c r="B10" s="8" t="s">
         <v>8</v>
@@ -21181,51 +21181,51 @@
             </rPr>
             <t xml:space="preserve">Цены</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="14"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> для Пензы на: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFDE5705"/>
               <sz val="14"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">16.11.2025</t>
+            <t xml:space="preserve">31.12.2025</t>
           </r>
         </is>
       </c>
       <c r="F6" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="B7" s="6" t="s">
         <v>2486</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="B9" s="7" t="s">
         <v>2487</v>
       </c>
       <c r="C9" s="0"/>
       <c r="D9" s="0"/>
       <c r="E9" s="0"/>
       <c r="F9" s="0"/>
       <c r="G9" s="0"/>
     </row>
     <row r="10" spans="1:9">
       <c r="B10" s="8" t="s">
         <v>8</v>
@@ -21468,51 +21468,51 @@
             </rPr>
             <t xml:space="preserve">Цены</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="14"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> для Пензы на: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFDE5705"/>
               <sz val="14"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">16.11.2025</t>
+            <t xml:space="preserve">31.12.2025</t>
           </r>
         </is>
       </c>
       <c r="F6" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:10">
       <c r="B7" s="6" t="s">
         <v>624</v>
       </c>
     </row>
     <row r="9" spans="1:10">
       <c r="B9" s="7" t="s">
         <v>625</v>
       </c>
       <c r="C9" s="0"/>
       <c r="D9" s="0"/>
       <c r="E9" s="0"/>
       <c r="F9" s="0"/>
       <c r="G9" s="0"/>
     </row>
     <row r="10" spans="1:10">
       <c r="B10" s="8" t="s">
         <v>8</v>
@@ -22681,51 +22681,51 @@
             </rPr>
             <t xml:space="preserve">Цены</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="14"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> для Пензы на: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFDE5705"/>
               <sz val="14"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">16.11.2025</t>
+            <t xml:space="preserve">31.12.2025</t>
           </r>
         </is>
       </c>
       <c r="F6" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:10">
       <c r="B7" s="6" t="s">
         <v>747</v>
       </c>
     </row>
     <row r="9" spans="1:10">
       <c r="B9" s="7" t="s">
         <v>748</v>
       </c>
       <c r="C9" s="0"/>
       <c r="D9" s="0"/>
       <c r="E9" s="0"/>
       <c r="F9" s="0"/>
       <c r="G9" s="0"/>
     </row>
     <row r="10" spans="1:10">
       <c r="B10" s="8" t="s">
         <v>8</v>
@@ -28191,51 +28191,51 @@
             </rPr>
             <t xml:space="preserve">Цены</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="14"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> для Пензы на: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFDE5705"/>
               <sz val="14"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">16.11.2025</t>
+            <t xml:space="preserve">31.12.2025</t>
           </r>
         </is>
       </c>
       <c r="F6" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="B7" s="6" t="s">
         <v>1148</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="B9" s="7" t="s">
         <v>1149</v>
       </c>
       <c r="C9" s="0"/>
       <c r="D9" s="0"/>
       <c r="E9" s="0"/>
       <c r="F9" s="0"/>
       <c r="G9" s="0"/>
     </row>
     <row r="10" spans="1:9">
       <c r="B10" s="8" t="s">
         <v>8</v>
@@ -28486,51 +28486,51 @@
             </rPr>
             <t xml:space="preserve">Цены</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="14"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> для Пензы на: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFDE5705"/>
               <sz val="14"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">16.11.2025</t>
+            <t xml:space="preserve">31.12.2025</t>
           </r>
         </is>
       </c>
       <c r="F6" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="B7" s="6" t="s">
         <v>1163</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="B9" s="7" t="s">
         <v>1164</v>
       </c>
       <c r="C9" s="0"/>
       <c r="D9" s="0"/>
       <c r="E9" s="0"/>
       <c r="F9" s="0"/>
       <c r="G9" s="0"/>
     </row>
     <row r="10" spans="1:9">
       <c r="B10" s="8" t="s">
         <v>8</v>
@@ -33217,51 +33217,51 @@
             </rPr>
             <t xml:space="preserve">Цены</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="14"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> для Пензы на: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFDE5705"/>
               <sz val="14"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">16.11.2025</t>
+            <t xml:space="preserve">31.12.2025</t>
           </r>
         </is>
       </c>
       <c r="F6" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="B7" s="6" t="s">
         <v>1748</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="B9" s="7" t="s">
         <v>1749</v>
       </c>
       <c r="C9" s="0"/>
       <c r="D9" s="0"/>
       <c r="E9" s="0"/>
       <c r="F9" s="0"/>
       <c r="G9" s="0"/>
     </row>
     <row r="10" spans="1:9">
       <c r="B10" s="8" t="s">
         <v>8</v>
@@ -33491,51 +33491,51 @@
             </rPr>
             <t xml:space="preserve">Цены</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="14"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> для Пензы на: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFDE5705"/>
               <sz val="14"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">16.11.2025</t>
+            <t xml:space="preserve">31.12.2025</t>
           </r>
         </is>
       </c>
       <c r="F6" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="B7" s="6" t="s">
         <v>1759</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="B9" s="7" t="s">
         <v>1760</v>
       </c>
       <c r="C9" s="0"/>
       <c r="D9" s="0"/>
       <c r="E9" s="0"/>
       <c r="F9" s="0"/>
       <c r="G9" s="0"/>
     </row>
     <row r="10" spans="1:9">
       <c r="B10" s="8" t="s">
         <v>8</v>
@@ -36546,51 +36546,51 @@
             </rPr>
             <t xml:space="preserve">Цены</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="14"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> для Пензы на: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFDE5705"/>
               <sz val="14"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">16.11.2025</t>
+            <t xml:space="preserve">31.12.2025</t>
           </r>
         </is>
       </c>
       <c r="F6" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="B7" s="6" t="s">
         <v>1949</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="B9" s="7" t="s">
         <v>1950</v>
       </c>
       <c r="C9" s="0"/>
       <c r="D9" s="0"/>
       <c r="E9" s="0"/>
       <c r="F9" s="0"/>
       <c r="G9" s="0"/>
     </row>
     <row r="10" spans="1:9">
       <c r="B10" s="8" t="s">
         <v>8</v>
@@ -36758,51 +36758,51 @@
             </rPr>
             <t xml:space="preserve">Цены</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="14"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> для Пензы на: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFDE5705"/>
               <sz val="14"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">16.11.2025</t>
+            <t xml:space="preserve">31.12.2025</t>
           </r>
         </is>
       </c>
       <c r="F6" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="B7" s="6" t="s">
         <v>1955</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="B9" s="7" t="s">
         <v>1956</v>
       </c>
       <c r="C9" s="0"/>
       <c r="D9" s="0"/>
       <c r="E9" s="0"/>
       <c r="F9" s="0"/>
       <c r="G9" s="0"/>
     </row>
     <row r="10" spans="1:9">
       <c r="B10" s="8" t="s">
         <v>8</v>