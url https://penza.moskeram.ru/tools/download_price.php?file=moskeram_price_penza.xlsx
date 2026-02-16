--- v2 (2025-12-31)
+++ v3 (2026-02-16)
@@ -56,51 +56,51 @@
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Кирпич" sheetId="1" r:id="rId4"/>
     <sheet name="Блоки" sheetId="2" r:id="rId5"/>
     <sheet name="Сухие смеси" sheetId="3" r:id="rId6"/>
     <sheet name="Крепления, армирование и вентиляция" sheetId="4" r:id="rId7"/>
     <sheet name="Ступени и напольная плитка" sheetId="5" r:id="rId8"/>
     <sheet name="Плитка для фасада" sheetId="6" r:id="rId9"/>
     <sheet name="Тротуарная плитка" sheetId="7" r:id="rId10"/>
     <sheet name="Декоративный камень" sheetId="8" r:id="rId11"/>
     <sheet name="Фасадные термопанели" sheetId="9" r:id="rId12"/>
     <sheet name="Утеплитель" sheetId="10" r:id="rId13"/>
     <sheet name="Внутренняя отделка" sheetId="11" r:id="rId14"/>
     <sheet name="Кровля" sheetId="12" r:id="rId15"/>
     <sheet name="ЖБИ" sheetId="13" r:id="rId16"/>
     <sheet name="Системы вентиляции" sheetId="14" r:id="rId17"/>
     <sheet name="Элементы забора" sheetId="15" r:id="rId18"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2491">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2524">
   <si>
     <t>8 800 555 44 33</t>
   </si>
   <si>
     <t>Вам ответят c 8:00 до 22:00, без выходных.
 Звонок по России бесплатный</t>
   </si>
   <si>
     <t>+7 8412 39 88 94</t>
   </si>
   <si>
     <t>ЕЖЕДНЕВНО с 08:00 до 22:00</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="18"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Пенза</t>
@@ -129,51 +129,51 @@
       </rPr>
       <t xml:space="preserve">Цены</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="14"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> для Пензы на: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFDE5705"/>
         <sz val="14"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">31.12.2025</t>
+      <t xml:space="preserve">16.02.2026</t>
     </r>
   </si>
   <si>
     <t>moskeram.ru</t>
   </si>
   <si>
     <t>Кирпич</t>
   </si>
   <si>
     <t>Строительный кирпич</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Марка</t>
   </si>
   <si>
     <t>Производитель</t>
   </si>
   <si>
     <t>Цена за шт.(самовывоз)</t>
@@ -199,69 +199,78 @@
   <si>
     <t>002025</t>
   </si>
   <si>
     <t>М-100</t>
   </si>
   <si>
     <t>Строительный  полнотелый</t>
   </si>
   <si>
     <t>002001</t>
   </si>
   <si>
     <t>М-125</t>
   </si>
   <si>
     <t>002017</t>
   </si>
   <si>
     <t>002110</t>
   </si>
   <si>
     <t>М-200</t>
   </si>
   <si>
+    <t>002009</t>
+  </si>
+  <si>
     <t>002022</t>
   </si>
   <si>
     <t>002019</t>
   </si>
   <si>
-    <t>002009</t>
-[...1 lines deleted...]
-  <si>
     <t>002021</t>
   </si>
   <si>
+    <t>Строительный пустотелый рифленый</t>
+  </si>
+  <si>
+    <t>6979011</t>
+  </si>
+  <si>
+    <t>Вышневолоцкая Керамика КЗ</t>
+  </si>
+  <si>
     <t>Строительный пустотелый</t>
   </si>
   <si>
     <t>6979016</t>
   </si>
   <si>
-    <t>Вышневолоцкая Керамика КЗ</t>
+    <t>6979021</t>
   </si>
   <si>
     <t>Облицовочный кирпич</t>
   </si>
   <si>
     <t>Цвет</t>
   </si>
   <si>
     <t>Завод</t>
   </si>
   <si>
     <t>Цена шт.(самовывоз)</t>
   </si>
   <si>
     <t>Цена шт.(с доставкой)</t>
   </si>
   <si>
     <t>Облицовочный Одинарный</t>
   </si>
   <si>
     <t>002188</t>
   </si>
   <si>
     <t>коралл торкет</t>
   </si>
@@ -274,1571 +283,1556 @@
   <si>
     <t>коралл рустик</t>
   </si>
   <si>
     <t>Облицовочный полуторный</t>
   </si>
   <si>
     <t>8432007</t>
   </si>
   <si>
     <t>солома</t>
   </si>
   <si>
     <t>АК Барс Керамик</t>
   </si>
   <si>
     <t>008002</t>
   </si>
   <si>
     <t>красный</t>
   </si>
   <si>
     <t>Новомосковский КЗ</t>
   </si>
   <si>
-    <t>058562</t>
+    <t>002126</t>
+  </si>
+  <si>
+    <t>красный бостон</t>
+  </si>
+  <si>
+    <t>002014</t>
+  </si>
+  <si>
+    <t>058008</t>
+  </si>
+  <si>
+    <t>002121</t>
+  </si>
+  <si>
+    <t>красный рустик</t>
+  </si>
+  <si>
+    <t>002135</t>
+  </si>
+  <si>
+    <t>красный графит руст</t>
+  </si>
+  <si>
+    <t>002148</t>
+  </si>
+  <si>
+    <t>кортен микс</t>
+  </si>
+  <si>
+    <t>002132</t>
+  </si>
+  <si>
+    <t>красный кварц</t>
+  </si>
+  <si>
+    <t>002133</t>
+  </si>
+  <si>
+    <t>красный кварц руст</t>
+  </si>
+  <si>
+    <t>104571</t>
+  </si>
+  <si>
+    <t>М-175</t>
+  </si>
+  <si>
+    <t>солома миндаль</t>
+  </si>
+  <si>
+    <t>Старооскольский КЗ</t>
+  </si>
+  <si>
+    <t>002198</t>
+  </si>
+  <si>
+    <t>медь</t>
+  </si>
+  <si>
+    <t>002199</t>
+  </si>
+  <si>
+    <t>бронза</t>
+  </si>
+  <si>
+    <t>Облицовочный Полуторный</t>
+  </si>
+  <si>
+    <t>008001</t>
+  </si>
+  <si>
+    <t>002134</t>
+  </si>
+  <si>
+    <t>красный магма</t>
+  </si>
+  <si>
+    <t>104561</t>
   </si>
   <si>
     <t>солома рустик</t>
   </si>
   <si>
-    <t>058008</t>
-[...77 lines deleted...]
-    <t>красный магма</t>
+    <t>002143</t>
+  </si>
+  <si>
+    <t>кортен руст</t>
   </si>
   <si>
     <t>002144</t>
   </si>
   <si>
     <t>кортен бостон</t>
   </si>
   <si>
-    <t>002143</t>
-[...4 lines deleted...]
-  <si>
     <t>002142</t>
   </si>
   <si>
     <t>антик руст</t>
   </si>
   <si>
     <t>002151</t>
   </si>
   <si>
     <t>готика</t>
   </si>
   <si>
     <t>058004</t>
   </si>
   <si>
     <t>мокко</t>
   </si>
   <si>
     <t>058102</t>
   </si>
   <si>
     <t>мокко рустик</t>
   </si>
   <si>
     <t>058003</t>
   </si>
   <si>
     <t>слоновая кость</t>
   </si>
   <si>
-    <t>058564</t>
+    <t>002102</t>
+  </si>
+  <si>
+    <t>абрикос</t>
+  </si>
+  <si>
+    <t>002146</t>
+  </si>
+  <si>
+    <t>кортен лайт</t>
+  </si>
+  <si>
+    <t>002137</t>
+  </si>
+  <si>
+    <t>красный флеш руст</t>
+  </si>
+  <si>
+    <t>002145</t>
+  </si>
+  <si>
+    <t>кортен кора</t>
+  </si>
+  <si>
+    <t>002005</t>
+  </si>
+  <si>
+    <t>058002</t>
+  </si>
+  <si>
+    <t>002152</t>
+  </si>
+  <si>
+    <t>умбра</t>
+  </si>
+  <si>
+    <t>002141</t>
+  </si>
+  <si>
+    <t>антик кварц</t>
+  </si>
+  <si>
+    <t>058005</t>
+  </si>
+  <si>
+    <t>какао</t>
+  </si>
+  <si>
+    <t>058101</t>
+  </si>
+  <si>
+    <t xml:space="preserve">какао рустик </t>
+  </si>
+  <si>
+    <t>Облицовочный одинарный</t>
+  </si>
+  <si>
+    <t>49091</t>
+  </si>
+  <si>
+    <t>Смог</t>
+  </si>
+  <si>
+    <t>Винзилинский КЗ</t>
+  </si>
+  <si>
+    <t>008005</t>
+  </si>
+  <si>
+    <t>шоколад</t>
+  </si>
+  <si>
+    <t>49098</t>
+  </si>
+  <si>
+    <t>Магма</t>
+  </si>
+  <si>
+    <t>002113</t>
+  </si>
+  <si>
+    <t>гляссе</t>
+  </si>
+  <si>
+    <t>002150</t>
+  </si>
+  <si>
+    <t>мускат</t>
+  </si>
+  <si>
+    <t>002112</t>
+  </si>
+  <si>
+    <t>коричневый</t>
+  </si>
+  <si>
+    <t>002130</t>
+  </si>
+  <si>
+    <t>терракот бостон</t>
+  </si>
+  <si>
+    <t>002013</t>
+  </si>
+  <si>
+    <t>терракот.</t>
+  </si>
+  <si>
+    <t>002122</t>
+  </si>
+  <si>
+    <t>терракот рустик</t>
+  </si>
+  <si>
+    <t>002003</t>
+  </si>
+  <si>
+    <t>058009</t>
+  </si>
+  <si>
+    <t>002117</t>
+  </si>
+  <si>
+    <t>058001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">слоновая кость </t>
+  </si>
+  <si>
+    <t>058023</t>
+  </si>
+  <si>
+    <t>дюна</t>
+  </si>
+  <si>
+    <t>002127</t>
+  </si>
+  <si>
+    <t>бордо бархат</t>
+  </si>
+  <si>
+    <t>490987</t>
+  </si>
+  <si>
+    <t>Космос</t>
+  </si>
+  <si>
+    <t>490984</t>
+  </si>
+  <si>
+    <t>Янтарь</t>
+  </si>
+  <si>
+    <t>490986</t>
+  </si>
+  <si>
+    <t>Скала Вязьма</t>
+  </si>
+  <si>
+    <t>49095</t>
+  </si>
+  <si>
+    <t>Слоновая кость</t>
+  </si>
+  <si>
+    <t>Облицовочный пустотелый</t>
+  </si>
+  <si>
+    <t>002103</t>
+  </si>
+  <si>
+    <t>бордо</t>
+  </si>
+  <si>
+    <t>058006</t>
+  </si>
+  <si>
+    <t>104619</t>
+  </si>
+  <si>
+    <t>серый бархат</t>
+  </si>
+  <si>
+    <t>008006</t>
+  </si>
+  <si>
+    <t>49092</t>
+  </si>
+  <si>
+    <t>Графит</t>
+  </si>
+  <si>
+    <t>058025</t>
+  </si>
+  <si>
+    <t>серый</t>
+  </si>
+  <si>
+    <t>49093</t>
+  </si>
+  <si>
+    <t>Айвори</t>
+  </si>
+  <si>
+    <t>002016</t>
+  </si>
+  <si>
+    <t>светло-коричневый</t>
+  </si>
+  <si>
+    <t>490985</t>
+  </si>
+  <si>
+    <t>Фряно</t>
+  </si>
+  <si>
+    <t>490989</t>
+  </si>
+  <si>
+    <t>Беренс</t>
+  </si>
+  <si>
+    <t>002008</t>
+  </si>
+  <si>
+    <t>49096</t>
+  </si>
+  <si>
+    <t>Дым</t>
+  </si>
+  <si>
+    <t>058024</t>
+  </si>
+  <si>
+    <t xml:space="preserve">дюна </t>
+  </si>
+  <si>
+    <t>490988</t>
+  </si>
+  <si>
+    <t>Айсвори</t>
+  </si>
+  <si>
+    <t>146001</t>
+  </si>
+  <si>
+    <t>Керма</t>
+  </si>
+  <si>
+    <t>146002</t>
+  </si>
+  <si>
+    <t>146003</t>
+  </si>
+  <si>
+    <t>пшеничное лето</t>
+  </si>
+  <si>
+    <t>146004</t>
+  </si>
+  <si>
+    <t>146005</t>
+  </si>
+  <si>
+    <t>146006</t>
+  </si>
+  <si>
+    <t>красный бархат</t>
+  </si>
+  <si>
+    <t>146007</t>
+  </si>
+  <si>
+    <t>шоколад бархат</t>
+  </si>
+  <si>
+    <t>146008</t>
+  </si>
+  <si>
+    <t>пшеничное лето бархат</t>
+  </si>
+  <si>
+    <t>Облицовочный Евро</t>
+  </si>
+  <si>
+    <t>146009</t>
+  </si>
+  <si>
+    <t>146010</t>
+  </si>
+  <si>
+    <t>146011</t>
+  </si>
+  <si>
+    <t>146012</t>
+  </si>
+  <si>
+    <t>146015</t>
+  </si>
+  <si>
+    <t>146016</t>
+  </si>
+  <si>
+    <t>146017</t>
+  </si>
+  <si>
+    <t>146018</t>
+  </si>
+  <si>
+    <t>146021</t>
+  </si>
+  <si>
+    <t>russet granite</t>
+  </si>
+  <si>
+    <t>146023</t>
+  </si>
+  <si>
+    <t>brown granite</t>
+  </si>
+  <si>
+    <t>146030</t>
+  </si>
+  <si>
+    <t>brown diamonds</t>
+  </si>
+  <si>
+    <t>146031</t>
+  </si>
+  <si>
+    <t>146035</t>
+  </si>
+  <si>
+    <t>пшеничное лето рустик</t>
+  </si>
+  <si>
+    <t>146036</t>
+  </si>
+  <si>
+    <t>146039</t>
+  </si>
+  <si>
+    <t>146040</t>
+  </si>
+  <si>
+    <t>бордо рустик</t>
+  </si>
+  <si>
+    <t>146041</t>
+  </si>
+  <si>
+    <t>шоколад рустик</t>
+  </si>
+  <si>
+    <t>146043</t>
+  </si>
+  <si>
+    <t>mercury strong</t>
+  </si>
+  <si>
+    <t>146045</t>
+  </si>
+  <si>
+    <t>mars strong</t>
+  </si>
+  <si>
+    <t>146053</t>
+  </si>
+  <si>
+    <t>бордо темный</t>
+  </si>
+  <si>
+    <t>146054</t>
+  </si>
+  <si>
+    <t>beroza hard</t>
+  </si>
+  <si>
+    <t>146055</t>
+  </si>
+  <si>
+    <t>146056</t>
+  </si>
+  <si>
+    <t>lava hard</t>
+  </si>
+  <si>
+    <t>146057</t>
+  </si>
+  <si>
+    <t>akatsia</t>
+  </si>
+  <si>
+    <t>146058</t>
+  </si>
+  <si>
+    <t>146059</t>
+  </si>
+  <si>
+    <t>серебро</t>
+  </si>
+  <si>
+    <t>146060</t>
+  </si>
+  <si>
+    <t>ruby</t>
+  </si>
+  <si>
+    <t>002055</t>
+  </si>
+  <si>
+    <t>антрацит лава</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ликолор </t>
+  </si>
+  <si>
+    <t>002056</t>
+  </si>
+  <si>
+    <t>антрацит магма</t>
+  </si>
+  <si>
+    <t>002058</t>
+  </si>
+  <si>
+    <t>графит лава</t>
+  </si>
+  <si>
+    <t>002059</t>
+  </si>
+  <si>
+    <t>графит магма</t>
+  </si>
+  <si>
+    <t>002051</t>
+  </si>
+  <si>
+    <t>Морион Север</t>
+  </si>
+  <si>
+    <t>002052</t>
+  </si>
+  <si>
+    <t xml:space="preserve">морион на заре </t>
+  </si>
+  <si>
+    <t>002050</t>
+  </si>
+  <si>
+    <t>морошка скала</t>
+  </si>
+  <si>
+    <t>002042</t>
+  </si>
+  <si>
+    <t>002091</t>
+  </si>
+  <si>
+    <t>древний огонь</t>
+  </si>
+  <si>
+    <t>002092</t>
+  </si>
+  <si>
+    <t>красный оберег</t>
+  </si>
+  <si>
+    <t>002093</t>
+  </si>
+  <si>
+    <t>сердце вулкана</t>
+  </si>
+  <si>
+    <t>002094</t>
+  </si>
+  <si>
+    <t>сияющий дар</t>
+  </si>
+  <si>
+    <t>002095</t>
+  </si>
+  <si>
+    <t>хранитель времени</t>
+  </si>
+  <si>
+    <t>002096</t>
+  </si>
+  <si>
+    <t>хранитель тишины</t>
+  </si>
+  <si>
+    <t>002097</t>
+  </si>
+  <si>
+    <t>черное сокровище</t>
+  </si>
+  <si>
+    <t>002041</t>
+  </si>
+  <si>
+    <t>борус</t>
+  </si>
+  <si>
+    <t>002043</t>
+  </si>
+  <si>
+    <t>ягель</t>
+  </si>
+  <si>
+    <t>009112</t>
+  </si>
+  <si>
+    <t>каменное пламя</t>
+  </si>
+  <si>
+    <t>002855</t>
+  </si>
+  <si>
+    <t>Морион Юг лава</t>
+  </si>
+  <si>
+    <t>003111</t>
+  </si>
+  <si>
+    <t>Морион Север лава</t>
+  </si>
+  <si>
+    <t>004111</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Морион на заре </t>
+  </si>
+  <si>
+    <t>009111</t>
+  </si>
+  <si>
+    <t>Морошка скала</t>
+  </si>
+  <si>
+    <t>002053</t>
+  </si>
+  <si>
+    <t>морион юг лава</t>
+  </si>
+  <si>
+    <t>002443</t>
+  </si>
+  <si>
+    <t>каменный гром</t>
+  </si>
+  <si>
+    <t>002057</t>
+  </si>
+  <si>
+    <t>002444</t>
+  </si>
+  <si>
+    <t>пылающий камень</t>
+  </si>
+  <si>
+    <t>002333</t>
+  </si>
+  <si>
+    <t>камень счастья</t>
+  </si>
+  <si>
+    <t>002044</t>
+  </si>
+  <si>
+    <t>987001</t>
+  </si>
+  <si>
+    <t>шоколад сланец</t>
+  </si>
+  <si>
+    <t>987002</t>
+  </si>
+  <si>
+    <t>красный сланец</t>
+  </si>
+  <si>
+    <t>987013</t>
+  </si>
+  <si>
+    <t>ваниль сланец</t>
+  </si>
+  <si>
+    <t>987014</t>
+  </si>
+  <si>
+    <t>ваниль</t>
+  </si>
+  <si>
+    <t>987015</t>
+  </si>
+  <si>
+    <t>ваниль антик</t>
+  </si>
+  <si>
+    <t>987019</t>
+  </si>
+  <si>
+    <t>ваниль сахара</t>
+  </si>
+  <si>
+    <t>987028</t>
+  </si>
+  <si>
+    <t>987029</t>
+  </si>
+  <si>
+    <t>шоколад антик</t>
+  </si>
+  <si>
+    <t>987030</t>
+  </si>
+  <si>
+    <t>987222</t>
+  </si>
+  <si>
+    <t>белый гладкий</t>
+  </si>
+  <si>
+    <t>987111</t>
+  </si>
+  <si>
+    <t>белый антик</t>
+  </si>
+  <si>
+    <t>987024</t>
+  </si>
+  <si>
+    <t>графит флеш</t>
+  </si>
+  <si>
+    <t>987025</t>
+  </si>
+  <si>
+    <t>987066</t>
+  </si>
+  <si>
+    <t xml:space="preserve">флеш обжиг </t>
+  </si>
+  <si>
+    <t>987666</t>
+  </si>
+  <si>
+    <t>987555</t>
+  </si>
+  <si>
+    <t>флеш обжиг антик</t>
+  </si>
+  <si>
+    <t>987525</t>
+  </si>
+  <si>
+    <t>флеш агат антик</t>
+  </si>
+  <si>
+    <t>987965</t>
+  </si>
+  <si>
+    <t>флеш графит антик</t>
+  </si>
+  <si>
+    <t>987947</t>
+  </si>
+  <si>
+    <t>987954</t>
+  </si>
+  <si>
+    <t>987011</t>
+  </si>
+  <si>
+    <t>красный антик</t>
+  </si>
+  <si>
+    <t>987021</t>
+  </si>
+  <si>
+    <t>987020</t>
+  </si>
+  <si>
+    <t>987012</t>
+  </si>
+  <si>
+    <t>987357</t>
+  </si>
+  <si>
+    <t>987064</t>
+  </si>
+  <si>
+    <t>987035</t>
+  </si>
+  <si>
+    <t>флеш обжиг сланец</t>
+  </si>
+  <si>
+    <t>987855</t>
+  </si>
+  <si>
+    <t>флеш обжиг сахара</t>
+  </si>
+  <si>
+    <t>987945</t>
+  </si>
+  <si>
+    <t>флеш обжиг руст</t>
+  </si>
+  <si>
+    <t>987975</t>
+  </si>
+  <si>
+    <t>флеш обжиг темный антик</t>
+  </si>
+  <si>
+    <t>987003</t>
+  </si>
+  <si>
+    <t>987089</t>
+  </si>
+  <si>
+    <t>987087</t>
+  </si>
+  <si>
+    <t>флеш агат сланец</t>
+  </si>
+  <si>
+    <t>987036</t>
+  </si>
+  <si>
+    <t>флеш агат сахара</t>
+  </si>
+  <si>
+    <t>987985</t>
+  </si>
+  <si>
+    <t>флеш обжиг темный сланец</t>
+  </si>
+  <si>
+    <t>146019</t>
+  </si>
+  <si>
+    <t>терракот</t>
+  </si>
+  <si>
+    <t>229018</t>
+  </si>
+  <si>
+    <t>белые ночи</t>
+  </si>
+  <si>
+    <t>Голицынский КЗ</t>
+  </si>
+  <si>
+    <t>Облицовочный Евро 0,5</t>
+  </si>
+  <si>
+    <t>057069</t>
+  </si>
+  <si>
+    <t xml:space="preserve">соломенный </t>
+  </si>
+  <si>
+    <t>Железногорский КЗ</t>
+  </si>
+  <si>
+    <t>057073</t>
+  </si>
+  <si>
+    <t>057070</t>
+  </si>
+  <si>
+    <t>057072</t>
+  </si>
+  <si>
+    <t>057061</t>
+  </si>
+  <si>
+    <t>057062</t>
+  </si>
+  <si>
+    <t>соломенный бархат</t>
+  </si>
+  <si>
+    <t>057063</t>
+  </si>
+  <si>
+    <t>соломенный дерево</t>
+  </si>
+  <si>
+    <t>057561</t>
+  </si>
+  <si>
+    <t>соломенный скала</t>
+  </si>
+  <si>
+    <t>057861</t>
+  </si>
+  <si>
+    <t>соломенный рустик</t>
+  </si>
+  <si>
+    <t>057053</t>
+  </si>
+  <si>
+    <t>057054</t>
+  </si>
+  <si>
+    <t>057661</t>
+  </si>
+  <si>
+    <t>персиковый дерево</t>
+  </si>
+  <si>
+    <t>056561</t>
+  </si>
+  <si>
+    <t>персиковый скала</t>
+  </si>
+  <si>
+    <t>022561</t>
+  </si>
+  <si>
+    <t>крафт скала</t>
+  </si>
+  <si>
+    <t>0225291</t>
+  </si>
+  <si>
+    <t>красный скала</t>
+  </si>
+  <si>
+    <t>057065</t>
+  </si>
+  <si>
+    <t>057066</t>
+  </si>
+  <si>
+    <t>коричневый бархат</t>
+  </si>
+  <si>
+    <t>057067</t>
+  </si>
+  <si>
+    <t>коричневый дерево</t>
+  </si>
+  <si>
+    <t>057057</t>
+  </si>
+  <si>
+    <t>057058</t>
+  </si>
+  <si>
+    <t>слоновая кость бархат</t>
+  </si>
+  <si>
+    <t>057059</t>
+  </si>
+  <si>
+    <t>слоновая кость дерево</t>
+  </si>
+  <si>
+    <t>054661</t>
+  </si>
+  <si>
+    <t xml:space="preserve">белый PRO скала </t>
+  </si>
+  <si>
+    <t>052361</t>
+  </si>
+  <si>
+    <t>белый PRO бархан</t>
+  </si>
+  <si>
+    <t>057055</t>
+  </si>
+  <si>
+    <t>057056</t>
+  </si>
+  <si>
+    <t>серый скала</t>
+  </si>
+  <si>
+    <t>Облицовочный Евро 0,96</t>
+  </si>
+  <si>
+    <t>057064</t>
+  </si>
+  <si>
+    <t>соломенный</t>
+  </si>
+  <si>
+    <t>057068</t>
+  </si>
+  <si>
+    <t>057060</t>
+  </si>
+  <si>
+    <t>057017</t>
+  </si>
+  <si>
+    <t>057026</t>
+  </si>
+  <si>
+    <t>057027</t>
+  </si>
+  <si>
+    <t>057029</t>
+  </si>
+  <si>
+    <t>соломенный пена</t>
+  </si>
+  <si>
+    <t>057030</t>
+  </si>
+  <si>
+    <t>056733</t>
+  </si>
+  <si>
+    <t>056713</t>
+  </si>
+  <si>
+    <t>соломенный бархан</t>
+  </si>
+  <si>
+    <t>057014</t>
+  </si>
+  <si>
+    <t>057022</t>
+  </si>
+  <si>
+    <t>057023</t>
+  </si>
+  <si>
+    <t>057074</t>
+  </si>
+  <si>
+    <t>крафт бархат</t>
+  </si>
+  <si>
+    <t>057076</t>
+  </si>
+  <si>
+    <t>крафт</t>
+  </si>
+  <si>
+    <t>057079</t>
+  </si>
+  <si>
+    <t>крафт дерево</t>
+  </si>
+  <si>
+    <t>057080</t>
+  </si>
+  <si>
+    <t>057593</t>
+  </si>
+  <si>
+    <t>057563</t>
+  </si>
+  <si>
+    <t>персиковый гладкий</t>
+  </si>
+  <si>
+    <t>057863</t>
+  </si>
+  <si>
+    <t>персиковый бархат</t>
+  </si>
+  <si>
+    <t>057663</t>
+  </si>
+  <si>
+    <t>057693</t>
+  </si>
+  <si>
+    <t>персиковый пена</t>
+  </si>
+  <si>
+    <t>057793</t>
+  </si>
+  <si>
+    <t>персиковый бархан</t>
+  </si>
+  <si>
+    <t>057893</t>
+  </si>
+  <si>
+    <t>персиковый рустик</t>
+  </si>
+  <si>
+    <t>051793</t>
+  </si>
+  <si>
+    <t>крафт бархан</t>
+  </si>
+  <si>
+    <t>056793</t>
+  </si>
+  <si>
+    <t>крафт рустик</t>
+  </si>
+  <si>
+    <t>057015</t>
+  </si>
+  <si>
+    <t>057035</t>
+  </si>
+  <si>
+    <t>057036</t>
+  </si>
+  <si>
+    <t>057038</t>
+  </si>
+  <si>
+    <t>коричневый пена</t>
+  </si>
+  <si>
+    <t>057040</t>
+  </si>
+  <si>
+    <t>коричневый скала</t>
+  </si>
+  <si>
+    <t>056283</t>
+  </si>
+  <si>
+    <t>коричневый рустик</t>
+  </si>
+  <si>
+    <t>057523</t>
+  </si>
+  <si>
+    <t>терракот скала</t>
+  </si>
+  <si>
+    <t>057823</t>
+  </si>
+  <si>
+    <t>терракот бархат</t>
+  </si>
+  <si>
+    <t>056243</t>
+  </si>
+  <si>
+    <t>коричневый скала алмаз</t>
+  </si>
+  <si>
+    <t>056273</t>
+  </si>
+  <si>
+    <t>коричневый пена алмаз</t>
+  </si>
+  <si>
+    <t>056213</t>
+  </si>
+  <si>
+    <t>056223</t>
+  </si>
+  <si>
+    <t>белый PRO бархат</t>
+  </si>
+  <si>
+    <t>056123</t>
+  </si>
+  <si>
+    <t>белый PRO дерево</t>
+  </si>
+  <si>
+    <t>056183</t>
+  </si>
+  <si>
+    <t>белый PRO рустик</t>
+  </si>
+  <si>
+    <t>057013</t>
+  </si>
+  <si>
+    <t>057049</t>
+  </si>
+  <si>
+    <t>слоновая кость скала</t>
+  </si>
+  <si>
+    <t>057050</t>
+  </si>
+  <si>
+    <t>057051</t>
+  </si>
+  <si>
+    <t>057233</t>
+  </si>
+  <si>
+    <t>слоновая кость бархан</t>
+  </si>
+  <si>
+    <t>057243</t>
   </si>
   <si>
     <t>слоновая кость рустик</t>
   </si>
   <si>
-    <t>002102</t>
-[...230 lines deleted...]
-    <t>058570</t>
+    <t>057010</t>
+  </si>
+  <si>
+    <t>057046</t>
+  </si>
+  <si>
+    <t>057210</t>
   </si>
   <si>
     <t>серый рустик</t>
   </si>
   <si>
-    <t>104619</t>
-[...560 lines deleted...]
-    <t>терракот</t>
+    <t>057012</t>
+  </si>
+  <si>
+    <t>057031</t>
+  </si>
+  <si>
+    <t>057033</t>
+  </si>
+  <si>
+    <t>057034</t>
+  </si>
+  <si>
+    <t>057018</t>
+  </si>
+  <si>
+    <t>057024</t>
+  </si>
+  <si>
+    <t>057025</t>
+  </si>
+  <si>
+    <t>057016</t>
+  </si>
+  <si>
+    <t>057042</t>
+  </si>
+  <si>
+    <t>057044</t>
+  </si>
+  <si>
+    <t>057081</t>
+  </si>
+  <si>
+    <t>белый PRO</t>
+  </si>
+  <si>
+    <t>057011</t>
+  </si>
+  <si>
+    <t>057052</t>
+  </si>
+  <si>
+    <t>057019</t>
+  </si>
+  <si>
+    <t>104029</t>
+  </si>
+  <si>
+    <t>белый доломит</t>
+  </si>
+  <si>
+    <t>104009</t>
+  </si>
+  <si>
+    <t>104010</t>
+  </si>
+  <si>
+    <t>104889</t>
+  </si>
+  <si>
+    <t>104011</t>
+  </si>
+  <si>
+    <t>104012</t>
+  </si>
+  <si>
+    <t>солома бархат</t>
+  </si>
+  <si>
+    <t>102361</t>
+  </si>
+  <si>
+    <t>солома антик</t>
+  </si>
+  <si>
+    <t>104017</t>
+  </si>
+  <si>
+    <t>эмират светлый</t>
+  </si>
+  <si>
+    <t>104013</t>
+  </si>
+  <si>
+    <t>104014</t>
+  </si>
+  <si>
+    <t>104513</t>
+  </si>
+  <si>
+    <t>104531</t>
+  </si>
+  <si>
+    <t>104331</t>
+  </si>
+  <si>
+    <t>104015</t>
+  </si>
+  <si>
+    <t>белый</t>
+  </si>
+  <si>
+    <t>104016</t>
+  </si>
+  <si>
+    <t>белый бархат</t>
+  </si>
+  <si>
+    <t>104028</t>
+  </si>
+  <si>
+    <t>104415</t>
+  </si>
+  <si>
+    <t>белый рустик</t>
+  </si>
+  <si>
+    <t>104639</t>
+  </si>
+  <si>
+    <t>серый беж гладкий</t>
+  </si>
+  <si>
+    <t>104919</t>
+  </si>
+  <si>
+    <t>серый беж бархат</t>
+  </si>
+  <si>
+    <t>104719</t>
+  </si>
+  <si>
+    <t>серый беж рустик</t>
+  </si>
+  <si>
+    <t>104019</t>
+  </si>
+  <si>
+    <t>104219</t>
+  </si>
+  <si>
+    <t>104020</t>
+  </si>
+  <si>
+    <t>104021</t>
+  </si>
+  <si>
+    <t>104220</t>
+  </si>
+  <si>
+    <t>104026</t>
+  </si>
+  <si>
+    <t>104027</t>
+  </si>
+  <si>
+    <t>109026</t>
+  </si>
+  <si>
+    <t>109926</t>
+  </si>
+  <si>
+    <t>109626</t>
+  </si>
+  <si>
+    <t>104082</t>
+  </si>
+  <si>
+    <t>эмират</t>
+  </si>
+  <si>
+    <t>104024</t>
+  </si>
+  <si>
+    <t>104025</t>
+  </si>
+  <si>
+    <t>104626</t>
+  </si>
+  <si>
+    <t>коричневый доломит</t>
+  </si>
+  <si>
+    <t>104022</t>
+  </si>
+  <si>
+    <t>104023</t>
+  </si>
+  <si>
+    <t>104226</t>
+  </si>
+  <si>
+    <t>104926</t>
+  </si>
+  <si>
+    <t>6979005</t>
+  </si>
+  <si>
+    <t>графит</t>
+  </si>
+  <si>
+    <t>6979013</t>
+  </si>
+  <si>
+    <t>готика старый дуб</t>
+  </si>
+  <si>
+    <t>6979014</t>
+  </si>
+  <si>
+    <t>готика лава</t>
+  </si>
+  <si>
+    <t>6979015</t>
+  </si>
+  <si>
+    <t>готика антика</t>
+  </si>
+  <si>
+    <t>6979017</t>
+  </si>
+  <si>
+    <t>6979018</t>
+  </si>
+  <si>
+    <t>графит антика</t>
+  </si>
+  <si>
+    <t>6979020</t>
+  </si>
+  <si>
+    <t>6979022</t>
+  </si>
+  <si>
+    <t>6979023</t>
+  </si>
+  <si>
+    <t>графит старый дуб</t>
+  </si>
+  <si>
+    <t>6979024</t>
+  </si>
+  <si>
+    <t>6979025</t>
+  </si>
+  <si>
+    <t>6979026</t>
+  </si>
+  <si>
+    <t>6979027</t>
+  </si>
+  <si>
+    <t>6979029</t>
+  </si>
+  <si>
+    <t>057082</t>
+  </si>
+  <si>
+    <t>6979012</t>
   </si>
   <si>
     <t>6979019</t>
   </si>
   <si>
-    <t>графит дуб</t>
-[...580 lines deleted...]
-  <si>
     <t>Ручная формовка</t>
   </si>
   <si>
     <t>Коллекция</t>
   </si>
   <si>
     <t>Облицовочный Ручной формовки</t>
   </si>
   <si>
     <t>002138</t>
   </si>
   <si>
     <t xml:space="preserve">Облицовочный Ручной формовки </t>
   </si>
   <si>
     <t>002139</t>
   </si>
   <si>
     <t>002140</t>
   </si>
   <si>
     <t>002153</t>
   </si>
   <si>
     <t>Облицовочный кирпич Ручной формовки Леуварден</t>
@@ -2317,69 +2311,69 @@
   <si>
     <t>Слайдер для нанесения раствора PTH 44 POROTHERM</t>
   </si>
   <si>
     <t>019157</t>
   </si>
   <si>
     <t>800x487x43</t>
   </si>
   <si>
     <t>Слайдер для нанесения раствора PTH 51 POROTHERM</t>
   </si>
   <si>
     <t>019158</t>
   </si>
   <si>
     <t>800x557x43</t>
   </si>
   <si>
     <t>Базальтовая сетка Porotherm</t>
   </si>
   <si>
     <t>019159</t>
   </si>
   <si>
-    <t>5000x1000</t>
+    <t>50000x1000</t>
   </si>
   <si>
     <t>Кладочная сетка Porotherm  0.5</t>
   </si>
   <si>
     <t>019160</t>
   </si>
   <si>
-    <t>500x10000</t>
+    <t>100000x500</t>
   </si>
   <si>
     <t>Кладочная сетка Porotherm 0,4</t>
   </si>
   <si>
     <t>019161</t>
   </si>
   <si>
-    <t>400x10000</t>
+    <t>100000x400</t>
   </si>
   <si>
     <t>Слайдер для нанесения раствора PTH 20 POROTHERM</t>
   </si>
   <si>
     <t>019177</t>
   </si>
   <si>
     <t>800x246x43</t>
   </si>
   <si>
     <t>Керамзитобетонные блоки</t>
   </si>
   <si>
     <t>шт. в автомобиле</t>
   </si>
   <si>
     <t>Пескоцементные блоки</t>
   </si>
   <si>
     <t>шт. в автомобилем</t>
   </si>
   <si>
     <t>Сухие смеси</t>
   </si>
@@ -2515,65 +2509,65 @@
   <si>
     <t>Выравнивание стен внутри и снаружи зданий в помещениях с любой степенью влажности.</t>
   </si>
   <si>
     <t>Универсальная выравнивающая штукатурка ФронтПро Стандарт Плюс</t>
   </si>
   <si>
     <t>155173</t>
   </si>
   <si>
     <t>Универсальная выравнивающая штукатурка ФронтПро Стандарт Зима</t>
   </si>
   <si>
     <t>155126</t>
   </si>
   <si>
     <t>Штукатурка высокопрочная ФронтПро Эксперт</t>
   </si>
   <si>
     <t>155129</t>
   </si>
   <si>
     <t xml:space="preserve"> Выравнивание стен внутри и снаружи зданий, надежная защита фасадов от атмосферных воздействий.</t>
   </si>
   <si>
+    <t>Штукатурка выравнивающая</t>
+  </si>
+  <si>
+    <t>155056</t>
+  </si>
+  <si>
+    <t>Выравнивание стен из бетона, кирпича и ячеистого бетона.</t>
+  </si>
+  <si>
     <t>Штукатурка высокопрочная ФронтПро Эксперт Плюс</t>
   </si>
   <si>
     <t>155174</t>
   </si>
   <si>
-    <t>Штукатурка выравнивающая</t>
-[...7 lines deleted...]
-  <si>
     <t>Штукатурка облегченная ФронтПро Мастер</t>
   </si>
   <si>
     <t>155127</t>
   </si>
   <si>
     <t>Штукатурка облегченная ФронтПро Мастер Плюс</t>
   </si>
   <si>
     <t>155172</t>
   </si>
   <si>
     <t>Штукатурка цементно-известковая ФронтПро Лайт МН</t>
   </si>
   <si>
     <t>155136</t>
   </si>
   <si>
     <t>Высококачественное выравнивание стен и потолков внутри и снаружи зданий при отрицательных температурах.</t>
   </si>
   <si>
     <t>Штукатурка высокопрочная ФронтПро Эксперт Зима</t>
   </si>
   <si>
     <t>155130</t>
@@ -2848,101 +2842,101 @@
   <si>
     <t>Плиточный клей СМАРТФИКС</t>
   </si>
   <si>
     <t>155025</t>
   </si>
   <si>
     <t xml:space="preserve">Облицовка стен и полов керамической плиткой и керамогранитом. до 500 г/100 см² </t>
   </si>
   <si>
     <t>Плиточный клей ХОЛДЕР</t>
   </si>
   <si>
     <t>155099</t>
   </si>
   <si>
     <t>Плиточный клей МУЛЬТИФИКС</t>
   </si>
   <si>
     <t>155084</t>
   </si>
   <si>
     <t xml:space="preserve">Облицовка стен и полов керамической плиткой и керамогранитом.  до 1000 г/100 см²  </t>
   </si>
   <si>
+    <t>Плиточный клей МУЛЬТИФИКС БЕЛЫЙ</t>
+  </si>
+  <si>
+    <t>155103</t>
+  </si>
+  <si>
+    <t>Плиточный клей ХАРДФИКС</t>
+  </si>
+  <si>
+    <t>155027</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Облицовка стен и полов керамической плиткой и керамогранитом. до 2000 г/100 см² </t>
+  </si>
+  <si>
+    <t>Плиточный клей  ХАРДФИКС  Белый</t>
+  </si>
+  <si>
+    <t>155028</t>
+  </si>
+  <si>
+    <t>Плиточный клей МУЛЬТИФИКС Зимняя серия</t>
+  </si>
+  <si>
+    <t>155026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Облицовка стен и полов керамической плиткой и керамогранитом.  до 1000 г/100 см² </t>
+  </si>
+  <si>
+    <t>Плиточный клей ХАРДФИКС Зимняя серия</t>
+  </si>
+  <si>
+    <t>155079</t>
+  </si>
+  <si>
+    <t>Облицовка стен и полов керамической плиткой и керамогранитом. до 2000 г/100 см²</t>
+  </si>
+  <si>
+    <t>Плиточный клей  ХАРДФИКС  Белый Зимняя серия</t>
+  </si>
+  <si>
+    <t>155111</t>
+  </si>
+  <si>
     <t>Плиточный клей СМАРТФИКС PLUS</t>
   </si>
   <si>
     <t>155098</t>
   </si>
   <si>
-    <t>Плиточный клей МУЛЬТИФИКС БЕЛЫЙ</t>
-[...43 lines deleted...]
-  <si>
     <t>Смеси для пола (наливной пол)</t>
   </si>
   <si>
     <t>Фиброслой</t>
   </si>
   <si>
     <t>155086</t>
   </si>
   <si>
     <t xml:space="preserve">Предварительное выравнивание и устройство пола </t>
   </si>
   <si>
     <t>Нормаслой</t>
   </si>
   <si>
     <t>155083</t>
   </si>
   <si>
     <t>Высококачественное выравнивание полов</t>
   </si>
   <si>
     <t>Лайтслой</t>
   </si>
   <si>
     <t>155082</t>
@@ -2962,59 +2956,50 @@
   <si>
     <t>155091</t>
   </si>
   <si>
     <t xml:space="preserve">Выравнивание оснований и устройство пола   </t>
   </si>
   <si>
     <t>Мультислой</t>
   </si>
   <si>
     <t>155094</t>
   </si>
   <si>
     <t xml:space="preserve">Финишное  выравнивание полов с перепадами </t>
   </si>
   <si>
     <t>Бетаслой Зимняя Серия</t>
   </si>
   <si>
     <t>155092</t>
   </si>
   <si>
     <t xml:space="preserve">Выравнивание оснований и устройство пола </t>
   </si>
   <si>
-    <t>Флэтслой</t>
-[...7 lines deleted...]
-  <si>
     <t>Профислой</t>
   </si>
   <si>
     <t>155093</t>
   </si>
   <si>
     <t>Экофлор</t>
   </si>
   <si>
     <t>155097</t>
   </si>
   <si>
     <t>Для всех основных видов покрытий</t>
   </si>
   <si>
     <t>Цветные кладочные смеси</t>
   </si>
   <si>
     <t>Perel SL 0030</t>
   </si>
   <si>
     <t>158011</t>
   </si>
   <si>
     <t>Кладка облицовочного кирпича с влагопоглощением 5 -12%.</t>
@@ -3640,377 +3625,491 @@
   <si>
     <t>429077</t>
   </si>
   <si>
     <t>330x250x14</t>
   </si>
   <si>
     <t>Natural</t>
   </si>
   <si>
     <t>Ecoclinker</t>
   </si>
   <si>
     <t>Фронтальная ступень Natural</t>
   </si>
   <si>
     <t>175012</t>
   </si>
   <si>
     <t>330x250x15</t>
   </si>
   <si>
     <t>Gres de Aragon</t>
   </si>
   <si>
+    <t>Фронтальная ступень Peldano Stone brown</t>
+  </si>
+  <si>
+    <t>1733355</t>
+  </si>
+  <si>
+    <t>330x330x15</t>
+  </si>
+  <si>
+    <t>Peldano Stone brown</t>
+  </si>
+  <si>
+    <t>STONE</t>
+  </si>
+  <si>
+    <t>Exagres</t>
+  </si>
+  <si>
+    <t>Фронтальная ступень Peldano Nevada limestone</t>
+  </si>
+  <si>
+    <t>1733345</t>
+  </si>
+  <si>
+    <t>Peldano Nevada limestone</t>
+  </si>
+  <si>
+    <t>Nevada</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Фронтальная ступень Peldano Nevada emperador </t>
+  </si>
+  <si>
+    <t>1733344</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Peldano Nevada emperador </t>
+  </si>
+  <si>
+    <t>Фронтальная ступень Peldano montana natural</t>
+  </si>
+  <si>
+    <t>173338</t>
+  </si>
+  <si>
+    <t>Peldano montana natural</t>
+  </si>
+  <si>
+    <t>Montana</t>
+  </si>
+  <si>
+    <t>Фронтальная ступень Peldano forest wengue</t>
+  </si>
+  <si>
+    <t>173337</t>
+  </si>
+  <si>
+    <t>Peldano forest wengue</t>
+  </si>
+  <si>
+    <t>FOREST</t>
+  </si>
+  <si>
+    <t>Фронтальная ступень Peldano forest natural</t>
+  </si>
+  <si>
+    <t>173336</t>
+  </si>
+  <si>
+    <t>Peldano forest natural</t>
+  </si>
+  <si>
+    <t>Фронтальная ступень Peldano forest moka</t>
+  </si>
+  <si>
+    <t>173335</t>
+  </si>
+  <si>
+    <t>Peldano forest moka</t>
+  </si>
+  <si>
+    <t>Фронтальная ступень Peldano boston white</t>
+  </si>
+  <si>
+    <t>173334</t>
+  </si>
+  <si>
+    <t>Peldano boston white</t>
+  </si>
+  <si>
+    <t>Boston</t>
+  </si>
+  <si>
+    <t>Фронтальная ступень Peldano boston red</t>
+  </si>
+  <si>
+    <t>173332</t>
+  </si>
+  <si>
+    <t>Peldano boston red</t>
+  </si>
+  <si>
+    <t>Фронтальная ступень Peldano boston mink</t>
+  </si>
+  <si>
+    <t>173331</t>
+  </si>
+  <si>
+    <t>Peldano boston mink</t>
+  </si>
+  <si>
+    <t>Фронтальная ступень Peldano boston grey</t>
+  </si>
+  <si>
+    <t>173333</t>
+  </si>
+  <si>
+    <t>Peldano boston grey</t>
+  </si>
+  <si>
+    <t>Metalica</t>
+  </si>
+  <si>
     <t>Фронтальная ступень Metalica Cherry</t>
   </si>
   <si>
     <t>173003</t>
   </si>
   <si>
     <t>330x330x13</t>
   </si>
   <si>
     <t>Cherry</t>
   </si>
   <si>
-    <t>Metalica</t>
-[...4 lines deleted...]
-  <si>
     <t>Фронтальная ступень Metalica Basalt</t>
   </si>
   <si>
     <t>173002</t>
   </si>
   <si>
     <t>Basalt</t>
   </si>
   <si>
     <t>Фронтальная ступень Metalica Purple</t>
   </si>
   <si>
     <t>173004</t>
   </si>
   <si>
     <t>Purple</t>
   </si>
   <si>
+    <t>Фронтальная ступень Orion Beige</t>
+  </si>
+  <si>
+    <t>903971</t>
+  </si>
+  <si>
+    <t>330x330x18</t>
+  </si>
+  <si>
+    <t>Bege</t>
+  </si>
+  <si>
+    <t>Orion</t>
+  </si>
+  <si>
+    <t>Фронтальная ступень Tibet Beige</t>
+  </si>
+  <si>
+    <t>904957</t>
+  </si>
+  <si>
+    <t>300x330x14</t>
+  </si>
+  <si>
+    <t>Tibet</t>
+  </si>
+  <si>
+    <t>Фронтальная ступень Tibet Gris</t>
+  </si>
+  <si>
+    <t>904956</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gris </t>
+  </si>
+  <si>
+    <t>Фронтальная ступень Albany Teka</t>
+  </si>
+  <si>
+    <t>175001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Teka </t>
+  </si>
+  <si>
+    <t>Albany Teka</t>
+  </si>
+  <si>
     <t>Фронтальная ступень  Castano</t>
   </si>
   <si>
     <t>175002</t>
   </si>
   <si>
-    <t>330x330x15</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Castano </t>
   </si>
   <si>
-    <t>Фронтальная ступень Tibet Gris</t>
-[...32 lines deleted...]
-    <t>Orion</t>
+    <t>Фронтальная ступень Jasper Marron</t>
+  </si>
+  <si>
+    <t>175007</t>
+  </si>
+  <si>
+    <t>Jasper Marron</t>
+  </si>
+  <si>
+    <t>Jasper</t>
+  </si>
+  <si>
+    <t>Фронтальная ступень Jasper Rojo</t>
+  </si>
+  <si>
+    <t>175008</t>
+  </si>
+  <si>
+    <t>Jasper Rojo</t>
+  </si>
+  <si>
+    <t>Фронтальная ступень Mytho Acero</t>
+  </si>
+  <si>
+    <t>175009</t>
+  </si>
+  <si>
+    <t>Mytho Acero</t>
+  </si>
+  <si>
+    <t>Mytho</t>
   </si>
   <si>
     <t>Фронтальная ступень Mytho Rubino</t>
   </si>
   <si>
     <t>175010</t>
   </si>
   <si>
     <t>Mytho Rubino</t>
   </si>
   <si>
-    <t>Mytho</t>
-[...1 lines deleted...]
-  <si>
     <t>Фронтальная ступень Mytho Tierra</t>
   </si>
   <si>
     <t>175011</t>
   </si>
   <si>
     <t>Mytho Tierra</t>
   </si>
   <si>
-    <t>Фронтальная ступень Albany Teka</t>
-[...38 lines deleted...]
-    <t>Jasper Rojo</t>
+    <t>Фронтальная ступень Nature antislip</t>
+  </si>
+  <si>
+    <t>180003</t>
+  </si>
+  <si>
+    <t>330x310x15</t>
+  </si>
+  <si>
+    <t>Nature</t>
+  </si>
+  <si>
+    <t>Gresmanc</t>
+  </si>
+  <si>
+    <t>Фронтальная ступень Fuji</t>
+  </si>
+  <si>
+    <t>180001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fuji </t>
+  </si>
+  <si>
+    <t>Fuji</t>
+  </si>
+  <si>
+    <t>Фронтальная ступень Tambora antislip</t>
+  </si>
+  <si>
+    <t>180002</t>
+  </si>
+  <si>
+    <t>Tambora</t>
   </si>
   <si>
     <t>Фронтальная ступень Laredo antislip</t>
   </si>
   <si>
     <t>180023</t>
   </si>
   <si>
     <t>330x310x14</t>
   </si>
   <si>
     <t>Laredo</t>
   </si>
   <si>
     <t>Terra</t>
   </si>
   <si>
-    <t>Gresmanc</t>
-[...1 lines deleted...]
-  <si>
     <t>Фронтальная ступень Gobi antislip</t>
   </si>
   <si>
     <t>180022</t>
   </si>
   <si>
     <t>Gobi</t>
   </si>
   <si>
     <t>Фронтальная ступень Rodamanto</t>
   </si>
   <si>
     <t>180005</t>
   </si>
   <si>
     <t>334x310x15</t>
   </si>
   <si>
     <t>Rodamanto</t>
   </si>
   <si>
-    <t>Фронтальная ступень Nature antislip</t>
-[...29 lines deleted...]
-    <t>Fuji</t>
+    <t>Фронтальная ступень Alpen 059</t>
+  </si>
+  <si>
+    <t>164059</t>
+  </si>
+  <si>
+    <t>320x310x8</t>
+  </si>
+  <si>
+    <t>kastanie</t>
+  </si>
+  <si>
+    <t>Alpen</t>
+  </si>
+  <si>
+    <t>Interbau</t>
+  </si>
+  <si>
+    <t>Фронтальная ступень Alpen 058</t>
+  </si>
+  <si>
+    <t>164058</t>
+  </si>
+  <si>
+    <t>anthrazit</t>
+  </si>
+  <si>
+    <t>Фронтальная ступень Alpen 044</t>
+  </si>
+  <si>
+    <t>164057</t>
+  </si>
+  <si>
+    <t>allgau</t>
+  </si>
+  <si>
+    <t>Фронтальная ступень Alpen 043</t>
+  </si>
+  <si>
+    <t>164056</t>
+  </si>
+  <si>
+    <t>bernardino</t>
   </si>
   <si>
     <t>Фронтальная ступень Alpen 045</t>
   </si>
   <si>
     <t>164055</t>
   </si>
   <si>
-    <t>320x310x8</t>
-[...1 lines deleted...]
-  <si>
     <t>engadin</t>
   </si>
   <si>
-    <t>Alpen</t>
-[...38 lines deleted...]
-    <t>kastanie</t>
+    <t>Фронтальная ступень Abell 273</t>
+  </si>
+  <si>
+    <t>164070</t>
+  </si>
+  <si>
+    <t>320x310x9,5</t>
+  </si>
+  <si>
+    <t>ashgrau</t>
+  </si>
+  <si>
+    <t>Abell</t>
+  </si>
+  <si>
+    <t>Фронтальная ступень Abell 274</t>
+  </si>
+  <si>
+    <t>164071</t>
+  </si>
+  <si>
+    <t>310x320x9,5</t>
+  </si>
+  <si>
+    <t>mittelgrau</t>
+  </si>
+  <si>
+    <t>Фронтальная ступень Abell 272</t>
+  </si>
+  <si>
+    <t>164069</t>
+  </si>
+  <si>
+    <t>rotbraun</t>
+  </si>
+  <si>
+    <t>Фронтальная ступень Abell 271</t>
+  </si>
+  <si>
+    <t>164068</t>
+  </si>
+  <si>
+    <t>marone</t>
   </si>
   <si>
     <t>Фронтальная ступень Abell 270</t>
   </si>
   <si>
     <t>164067</t>
   </si>
   <si>
-    <t>310x320x9,5</t>
-[...1 lines deleted...]
-  <si>
     <t>ocker</t>
   </si>
   <si>
-    <t>Abell</t>
-[...40 lines deleted...]
-  <si>
     <t>Широкоформатные ступени</t>
   </si>
   <si>
     <t>Фронтальная ступень Magic Almond</t>
   </si>
   <si>
     <t>501001</t>
   </si>
   <si>
     <t>330x1200x10</t>
   </si>
   <si>
     <t>Almond</t>
   </si>
   <si>
     <t>Armaro</t>
   </si>
   <si>
     <t>Фронтальная ступень Magic Graffity</t>
   </si>
   <si>
     <t>501002</t>
   </si>
   <si>
     <t>Graffity</t>
@@ -5668,125 +5767,122 @@
   <si>
     <t>Тротуарная плитка Регенсбург</t>
   </si>
   <si>
     <t>165021</t>
   </si>
   <si>
     <t>250x80x52</t>
   </si>
   <si>
     <t>регенсбург</t>
   </si>
   <si>
     <t>Пятый элемент КЗ</t>
   </si>
   <si>
     <t>Тротуарная плитка Мюнхен</t>
   </si>
   <si>
     <t>165016</t>
   </si>
   <si>
     <t>мюнхен</t>
   </si>
   <si>
+    <t>Клинкерная плитка Регенсбург</t>
+  </si>
+  <si>
+    <t>165020</t>
+  </si>
+  <si>
+    <t>200x100x52</t>
+  </si>
+  <si>
+    <t>Клинкерная плитка Мюнхен</t>
+  </si>
+  <si>
+    <t>165019</t>
+  </si>
+  <si>
     <t>Тротуарная плитка Rot Nuanciert</t>
   </si>
   <si>
     <t>166034</t>
   </si>
   <si>
     <t>200x100x45</t>
   </si>
   <si>
     <t>rot nuanciert</t>
   </si>
   <si>
-    <t>Клинкерная мозаика Регенсбург</t>
-[...13 lines deleted...]
-  <si>
     <t>Тротуарная плитка Recker bunt</t>
   </si>
   <si>
     <t>166039</t>
   </si>
   <si>
     <t>200x100x40</t>
   </si>
   <si>
     <t>recker bunt</t>
   </si>
   <si>
     <t>Тротуарная плитка Lederfarben nuanciert</t>
   </si>
   <si>
     <t>166037</t>
   </si>
   <si>
     <t>lederfarben nuanciert</t>
   </si>
   <si>
     <t>Тротуарная плитка Herbstlaub geflammt</t>
   </si>
   <si>
     <t>166038</t>
   </si>
   <si>
     <t>herbstlaub geflammt</t>
   </si>
   <si>
     <t>Тротуарная плитка Lubek</t>
   </si>
   <si>
     <t>166075</t>
   </si>
   <si>
     <t>lubek</t>
   </si>
   <si>
     <t>Тротуарная плитка Heidebunt</t>
   </si>
   <si>
     <t>166041</t>
   </si>
   <si>
-    <t>200x100x52</t>
-[...1 lines deleted...]
-  <si>
     <t>kiel-heidebunt</t>
   </si>
   <si>
     <t>Тротуарная плитка P403SKF Gala flamea</t>
   </si>
   <si>
     <t>215064</t>
   </si>
   <si>
     <t>gala flamea</t>
   </si>
   <si>
     <t>Тротуарная плитка Altfarben bunt geflammt</t>
   </si>
   <si>
     <t>166042</t>
   </si>
   <si>
     <t>altfarben bunt geflammt</t>
   </si>
   <si>
     <t>Тротуарная плитка Carbo</t>
   </si>
   <si>
     <t>166045</t>
@@ -6340,92 +6436,92 @@
   <si>
     <t>300293</t>
   </si>
   <si>
     <t>Loft brick chili</t>
   </si>
   <si>
     <t>Фасадная термопанель Loft brick curry</t>
   </si>
   <si>
     <t>300294</t>
   </si>
   <si>
     <t>Loft brick curry</t>
   </si>
   <si>
     <t>Фасадная термопанель Loft brick cardamon</t>
   </si>
   <si>
     <t>300295</t>
   </si>
   <si>
     <t>Loft brick cardamon</t>
   </si>
   <si>
+    <t>Фасадная термопанель Сити Брик T375-00</t>
+  </si>
+  <si>
+    <t>360102</t>
+  </si>
+  <si>
+    <t>1135x640x60</t>
+  </si>
+  <si>
+    <t>White Hills</t>
+  </si>
+  <si>
+    <t>Фасадная термопанель Терамо Брик II T360-10</t>
+  </si>
+  <si>
+    <t>360101</t>
+  </si>
+  <si>
+    <t>Фасадная термопанель Scandiano Ochra</t>
+  </si>
+  <si>
+    <t>6497006</t>
+  </si>
+  <si>
+    <t>Scandiano Ochra</t>
+  </si>
+  <si>
+    <t>Фасадная термопанель Scandiano Beige</t>
+  </si>
+  <si>
+    <t>6497007</t>
+  </si>
+  <si>
+    <t>Scandiano Beige</t>
+  </si>
+  <si>
     <t>Фасадная термопанель Лондон брик T300-00</t>
   </si>
   <si>
     <t>360103</t>
   </si>
   <si>
-    <t>1135x640x60</t>
-[...34 lines deleted...]
-  <si>
     <t>Фасадная термопанель Austia Salzburg</t>
   </si>
   <si>
     <t>166033</t>
   </si>
   <si>
     <t>1000x650x70</t>
   </si>
   <si>
     <t>Austia Salzburg</t>
   </si>
   <si>
     <t>Фасадная термопанель Malta Rot</t>
   </si>
   <si>
     <t>166047</t>
   </si>
   <si>
     <t>Malta Rot</t>
   </si>
   <si>
     <t>Фасадная термопанель Alaska Braun</t>
   </si>
   <si>
     <t>166048</t>
@@ -7204,84 +7300,87 @@
   <si>
     <t>Цена за м2(самовывоз)</t>
   </si>
   <si>
     <t>Кровля</t>
   </si>
   <si>
     <t>Цементно-песчаная черепица</t>
   </si>
   <si>
     <t>Минеральная черепица Таунус</t>
   </si>
   <si>
     <t>219004</t>
   </si>
   <si>
     <t>330x420x65.2</t>
   </si>
   <si>
     <t>Таунус</t>
   </si>
   <si>
     <t>Braas</t>
   </si>
   <si>
+    <t>219238</t>
+  </si>
+  <si>
     <t>Минеральная черепица Франкфуртская</t>
   </si>
   <si>
+    <t>219213</t>
+  </si>
+  <si>
+    <t>вишня</t>
+  </si>
+  <si>
+    <t>Франкфуртская</t>
+  </si>
+  <si>
+    <t>219000</t>
+  </si>
+  <si>
+    <t>219069</t>
+  </si>
+  <si>
+    <t>219011</t>
+  </si>
+  <si>
+    <t>219010</t>
+  </si>
+  <si>
+    <t>219008</t>
+  </si>
+  <si>
+    <t>219007</t>
+  </si>
+  <si>
     <t>219005</t>
   </si>
   <si>
-    <t>Франкфуртская</t>
-[...16 lines deleted...]
-  <si>
     <t>219003</t>
-  </si>
-[...7 lines deleted...]
-    <t>219000</t>
   </si>
   <si>
     <t>219071</t>
   </si>
   <si>
     <t>антик темно-коричневый</t>
   </si>
   <si>
     <t>5100130</t>
   </si>
   <si>
     <t>магма</t>
   </si>
   <si>
     <t>218999</t>
   </si>
   <si>
     <t>Минеральная черепица Тегалит</t>
   </si>
   <si>
     <t>219236</t>
   </si>
   <si>
     <t>Тегалит</t>
   </si>
@@ -10515,54 +10614,54 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://moskeram.ru" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing6.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://moskeram.ru" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing7.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://moskeram.ru" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing8.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://moskeram.ru" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing9.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://moskeram.ru" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:I377"/>
+  <dimension ref="A1:I375"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="H377" sqref="H377"/>
+      <selection activeCell="H375" sqref="H375"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="2.91" customWidth="true" style="0"/>
     <col min="2" max="2" width="52" customWidth="true" style="0"/>
     <col min="3" max="3" width="16" customWidth="true" style="0"/>
     <col min="4" max="4" width="16" customWidth="true" style="0"/>
     <col min="5" max="5" width="16" customWidth="true" style="0"/>
     <col min="6" max="6" width="16" customWidth="true" style="0"/>
     <col min="7" max="7" width="16" customWidth="true" style="0"/>
     <col min="8" max="8" width="16" customWidth="true" style="0"/>
     <col min="9" max="9" width="16" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" customHeight="1" ht="24">
       <c r="B1" s="1"/>
       <c r="C1" s="0"/>
       <c r="D1" s="0"/>
       <c r="E1" s="0"/>
       <c r="F1" s="0"/>
       <c r="G1" s="0"/>
     </row>
     <row r="2" spans="1:9" customHeight="1" ht="5"/>
     <row r="3" spans="1:9" customHeight="1" ht="30">
@@ -10631,51 +10730,51 @@
             </rPr>
             <t xml:space="preserve">Цены</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="14"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> для Пензы на: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFDE5705"/>
               <sz val="14"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">31.12.2025</t>
+            <t xml:space="preserve">16.02.2026</t>
           </r>
         </is>
       </c>
       <c r="F6" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="B7" s="6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="B9" s="7" t="s">
         <v>7</v>
       </c>
       <c r="C9" s="0"/>
       <c r="D9" s="0"/>
       <c r="E9" s="0"/>
       <c r="F9" s="0"/>
       <c r="G9" s="0"/>
     </row>
     <row r="10" spans="1:9">
       <c r="B10" s="8" t="s">
         <v>8</v>
@@ -10688,7722 +10787,7646 @@
       </c>
       <c r="E10" s="8" t="s">
         <v>11</v>
       </c>
       <c r="F10" s="8" t="s">
         <v>12</v>
       </c>
       <c r="G10" s="8" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="B11" s="9" t="s">
         <v>14</v>
       </c>
       <c r="C11" s="9" t="s">
         <v>15</v>
       </c>
       <c r="D11" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E11" s="9" t="s">
         <v>17</v>
       </c>
       <c r="F11" s="11">
-        <v>9.77</v>
+        <v>9.949999999999999</v>
       </c>
       <c r="G11" s="11">
-        <v>22.79083333333333</v>
+        <v>22.97083333333333</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="B12" s="9" t="s">
         <v>18</v>
       </c>
       <c r="C12" s="9" t="s">
         <v>19</v>
       </c>
       <c r="D12" s="9" t="s">
         <v>20</v>
       </c>
       <c r="E12" s="9" t="s">
         <v>17</v>
       </c>
       <c r="F12" s="10">
-        <v>16.99</v>
+        <v>17.28</v>
       </c>
       <c r="G12" s="10">
-        <v>32.86301587301587</v>
+        <v>33.15301587301587</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="B13" s="9" t="s">
         <v>21</v>
       </c>
       <c r="C13" s="9" t="s">
         <v>22</v>
       </c>
       <c r="D13" s="9" t="s">
         <v>23</v>
       </c>
       <c r="E13" s="9" t="s">
         <v>17</v>
       </c>
       <c r="F13" s="10">
-        <v>18.24</v>
+        <v>18.53</v>
       </c>
       <c r="G13" s="10">
-        <v>34.11301587301587</v>
+        <v>34.40301587301587</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="B14" s="9" t="s">
         <v>21</v>
       </c>
       <c r="C14" s="9" t="s">
         <v>24</v>
       </c>
       <c r="D14" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E14" s="9" t="s">
         <v>17</v>
       </c>
       <c r="F14" s="11">
-        <v>19.78</v>
+        <v>20.16</v>
       </c>
       <c r="G14" s="11">
-        <v>35.65301587301587</v>
+        <v>36.03301587301587</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="B15" s="9" t="s">
         <v>21</v>
       </c>
       <c r="C15" s="9" t="s">
         <v>25</v>
       </c>
       <c r="D15" s="9" t="s">
         <v>26</v>
       </c>
       <c r="E15" s="9" t="s">
         <v>17</v>
       </c>
       <c r="F15" s="10">
-        <v>21.98</v>
+        <v>22.37</v>
       </c>
       <c r="G15" s="10">
-        <v>37.85301587301588</v>
+        <v>38.24301587301588</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="B16" s="9" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="C16" s="9" t="s">
         <v>27</v>
       </c>
       <c r="D16" s="9" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="E16" s="9" t="s">
         <v>17</v>
       </c>
-      <c r="F16" s="10">
-[...3 lines deleted...]
-        <v>44.89314685314685</v>
+      <c r="F16" s="11">
+        <v>18.88</v>
+      </c>
+      <c r="G16" s="11">
+        <v>41.20142857142857</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="B17" s="9" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="C17" s="9" t="s">
         <v>28</v>
       </c>
       <c r="D17" s="9" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="E17" s="9" t="s">
         <v>17</v>
       </c>
       <c r="F17" s="10">
-        <v>24.67</v>
+        <v>23.42</v>
       </c>
       <c r="G17" s="10">
-        <v>46.52314685314686</v>
+        <v>45.27314685314686</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="B18" s="9" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="C18" s="9" t="s">
         <v>29</v>
       </c>
       <c r="D18" s="9" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="E18" s="9" t="s">
         <v>17</v>
       </c>
-      <c r="F18" s="11">
-[...3 lines deleted...]
-        <v>47.71142857142857</v>
+      <c r="F18" s="10">
+        <v>25.06</v>
+      </c>
+      <c r="G18" s="10">
+        <v>46.91314685314686</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="B19" s="9" t="s">
         <v>18</v>
       </c>
       <c r="C19" s="9" t="s">
         <v>30</v>
       </c>
       <c r="D19" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E19" s="9" t="s">
         <v>17</v>
       </c>
       <c r="F19" s="10">
-        <v>26.69</v>
+        <v>27.17</v>
       </c>
       <c r="G19" s="10">
-        <v>48.54314685314685</v>
+        <v>49.02314685314686</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="B20" s="9" t="s">
         <v>31</v>
       </c>
       <c r="C20" s="9" t="s">
         <v>32</v>
       </c>
       <c r="D20" s="9" t="s">
         <v>26</v>
       </c>
       <c r="E20" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F20" s="10">
-        <v>11.4</v>
+        <v>25.4</v>
       </c>
       <c r="G20" s="10"/>
     </row>
+    <row r="21" spans="1:9">
+      <c r="B21" s="9" t="s">
+        <v>34</v>
+      </c>
+      <c r="C21" s="9" t="s">
+        <v>35</v>
+      </c>
+      <c r="D21" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="E21" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F21" s="10">
+        <v>12.2</v>
+      </c>
+      <c r="G21" s="10"/>
+    </row>
     <row r="22" spans="1:9">
-      <c r="B22" s="7" t="s">
+      <c r="B22" s="9" t="s">
         <v>34</v>
       </c>
-      <c r="C22" s="0"/>
-[...6 lines deleted...]
-      <c r="B23" s="8" t="s">
+      <c r="C22" s="9" t="s">
+        <v>36</v>
+      </c>
+      <c r="D22" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="E22" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F22" s="10">
+        <v>16.4</v>
+      </c>
+      <c r="G22" s="10"/>
+    </row>
+    <row r="24" spans="1:9">
+      <c r="B24" s="7" t="s">
+        <v>37</v>
+      </c>
+      <c r="C24" s="0"/>
+      <c r="D24" s="0"/>
+      <c r="E24" s="0"/>
+      <c r="F24" s="0"/>
+      <c r="G24" s="0"/>
+    </row>
+    <row r="25" spans="1:9">
+      <c r="B25" s="8" t="s">
         <v>8</v>
       </c>
-      <c r="C23" s="8" t="s">
+      <c r="C25" s="8" t="s">
         <v>9</v>
       </c>
-      <c r="D23" s="8" t="s">
+      <c r="D25" s="8" t="s">
         <v>10</v>
       </c>
-      <c r="E23" s="8" t="s">
-[...8 lines deleted...]
-      <c r="H23" s="8" t="s">
+      <c r="E25" s="8" t="s">
         <v>38</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B24" s="9" t="s">
+      <c r="F25" s="8" t="s">
         <v>39</v>
       </c>
-      <c r="C24" s="9" t="s">
+      <c r="G25" s="8" t="s">
         <v>40</v>
       </c>
-      <c r="D24" s="9" t="s">
-[...2 lines deleted...]
-      <c r="E24" s="9" t="s">
+      <c r="H25" s="8" t="s">
         <v>41</v>
-      </c>
-[...30 lines deleted...]
-        <v>18.05729166666667</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="B26" s="9" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="C26" s="9" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="D26" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E26" s="9" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="F26" s="9" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-      <c r="H26" s="10"/>
+        <v>45</v>
+      </c>
+      <c r="G26" s="10">
+        <v>13.7</v>
+      </c>
+      <c r="H26" s="10">
+        <v>18.25729166666667</v>
+      </c>
     </row>
     <row r="27" spans="1:9">
       <c r="B27" s="9" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C27" s="9" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="D27" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E27" s="9" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="F27" s="9" t="s">
-        <v>51</v>
-[...5 lines deleted...]
-        <v>27.79074074074074</v>
+        <v>45</v>
+      </c>
+      <c r="G27" s="10">
+        <v>13.7</v>
+      </c>
+      <c r="H27" s="10">
+        <v>18.25729166666667</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="B28" s="9" t="s">
-        <v>39</v>
+        <v>48</v>
       </c>
       <c r="C28" s="9" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="D28" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E28" s="9" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="F28" s="9" t="s">
-        <v>42</v>
-[...6 lines deleted...]
-      </c>
+        <v>51</v>
+      </c>
+      <c r="G28" s="10"/>
+      <c r="H28" s="10"/>
     </row>
     <row r="29" spans="1:9">
       <c r="B29" s="9" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C29" s="9" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="D29" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E29" s="9" t="s">
-        <v>47</v>
+        <v>53</v>
       </c>
       <c r="F29" s="9" t="s">
-        <v>42</v>
+        <v>54</v>
       </c>
       <c r="G29" s="11">
-        <v>25.63</v>
+        <v>18.3</v>
       </c>
       <c r="H29" s="11">
-        <v>30.18729166666667</v>
+        <v>27.79074074074074</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="B30" s="9" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C30" s="9" t="s">
         <v>55</v>
       </c>
       <c r="D30" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="E30" s="9" t="s">
         <v>56</v>
       </c>
-      <c r="E30" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F30" s="9" t="s">
-        <v>57</v>
+        <v>17</v>
       </c>
       <c r="G30" s="10">
-        <v>31.4</v>
+        <v>18.59</v>
       </c>
       <c r="H30" s="10">
-        <v>33.6</v>
+        <v>30.16407407407407</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="B31" s="9" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C31" s="9" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="D31" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E31" s="9" t="s">
-        <v>59</v>
+        <v>53</v>
       </c>
       <c r="F31" s="9" t="s">
         <v>17</v>
       </c>
-      <c r="G31" s="10">
-[...3 lines deleted...]
-        <v>33.61407407407408</v>
+      <c r="G31" s="11">
+        <v>18.59</v>
+      </c>
+      <c r="H31" s="11">
+        <v>30.16407407407407</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="B32" s="9" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C32" s="9" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="D32" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E32" s="9" t="s">
-        <v>61</v>
+        <v>50</v>
       </c>
       <c r="F32" s="9" t="s">
-        <v>17</v>
-[...5 lines deleted...]
-        <v>34.13083333333334</v>
+        <v>45</v>
+      </c>
+      <c r="G32" s="11">
+        <v>26.05</v>
+      </c>
+      <c r="H32" s="11">
+        <v>30.60729166666667</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="B33" s="9" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C33" s="9" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="D33" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E33" s="9" t="s">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="F33" s="9" t="s">
         <v>17</v>
       </c>
       <c r="G33" s="11">
-        <v>22.69</v>
+        <v>18.59</v>
       </c>
       <c r="H33" s="11">
-        <v>34.26407407407407</v>
+        <v>31.61083333333333</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="B34" s="9" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C34" s="9" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="D34" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E34" s="9" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="F34" s="9" t="s">
         <v>17</v>
       </c>
       <c r="G34" s="10">
-        <v>21.39</v>
+        <v>21.11</v>
       </c>
       <c r="H34" s="10">
-        <v>34.41083333333334</v>
+        <v>34.13083333333334</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="B35" s="9" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C35" s="9" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="D35" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E35" s="9" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="F35" s="9" t="s">
         <v>17</v>
       </c>
       <c r="G35" s="10">
-        <v>21.58</v>
+        <v>21.39</v>
       </c>
       <c r="H35" s="10">
-        <v>34.60083333333333</v>
+        <v>34.41083333333334</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="B36" s="9" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C36" s="9" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="D36" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E36" s="9" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="F36" s="9" t="s">
         <v>17</v>
       </c>
       <c r="G36" s="10">
         <v>21.58</v>
       </c>
       <c r="H36" s="10">
         <v>34.60083333333333</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="B37" s="9" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C37" s="9" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="D37" s="9" t="s">
-        <v>56</v>
+        <v>16</v>
       </c>
       <c r="E37" s="9" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="F37" s="9" t="s">
-        <v>57</v>
+        <v>17</v>
       </c>
       <c r="G37" s="10">
-        <v>32.4</v>
+        <v>21.58</v>
       </c>
       <c r="H37" s="10">
-        <v>34.67</v>
+        <v>34.60083333333333</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="B38" s="9" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C38" s="9" t="s">
+        <v>69</v>
+      </c>
+      <c r="D38" s="9" t="s">
+        <v>70</v>
+      </c>
+      <c r="E38" s="9" t="s">
         <v>71</v>
       </c>
-      <c r="D38" s="9" t="s">
-[...2 lines deleted...]
-      <c r="E38" s="9" t="s">
+      <c r="F38" s="9" t="s">
         <v>72</v>
       </c>
-      <c r="F38" s="9" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="G38" s="10">
+        <v>34</v>
+      </c>
+      <c r="H38" s="10"/>
     </row>
     <row r="39" spans="1:9">
       <c r="B39" s="9" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C39" s="9" t="s">
         <v>73</v>
       </c>
       <c r="D39" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E39" s="9" t="s">
         <v>74</v>
       </c>
       <c r="F39" s="9" t="s">
         <v>17</v>
       </c>
       <c r="G39" s="10">
         <v>23.44</v>
       </c>
       <c r="H39" s="10">
         <v>35.69490196078431</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="B40" s="9" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C40" s="9" t="s">
         <v>75</v>
       </c>
       <c r="D40" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E40" s="9" t="s">
         <v>76</v>
       </c>
       <c r="F40" s="9" t="s">
         <v>17</v>
       </c>
       <c r="G40" s="10">
         <v>23.99</v>
       </c>
       <c r="H40" s="10">
         <v>36.24490196078431</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="B41" s="9" t="s">
         <v>77</v>
       </c>
       <c r="C41" s="9" t="s">
         <v>78</v>
       </c>
       <c r="D41" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E41" s="9" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="F41" s="9" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="G41" s="11">
         <v>23.3</v>
       </c>
       <c r="H41" s="11">
         <v>36.24191919191919</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="B42" s="9" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C42" s="9" t="s">
         <v>79</v>
       </c>
       <c r="D42" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E42" s="9" t="s">
         <v>80</v>
       </c>
       <c r="F42" s="9" t="s">
         <v>17</v>
       </c>
       <c r="G42" s="10">
         <v>23.34</v>
       </c>
       <c r="H42" s="10">
         <v>36.36083333333333</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="B43" s="9" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C43" s="9" t="s">
         <v>81</v>
       </c>
       <c r="D43" s="9" t="s">
-        <v>16</v>
+        <v>70</v>
       </c>
       <c r="E43" s="9" t="s">
         <v>82</v>
       </c>
       <c r="F43" s="9" t="s">
-        <v>17</v>
+        <v>72</v>
       </c>
       <c r="G43" s="10">
-        <v>23.6</v>
-[...3 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="H43" s="10"/>
     </row>
     <row r="44" spans="1:9">
       <c r="B44" s="9" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C44" s="9" t="s">
         <v>83</v>
       </c>
       <c r="D44" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E44" s="9" t="s">
         <v>84</v>
       </c>
       <c r="F44" s="9" t="s">
         <v>17</v>
       </c>
       <c r="G44" s="10">
         <v>23.6</v>
       </c>
       <c r="H44" s="10">
         <v>36.62083333333334</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="B45" s="9" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C45" s="9" t="s">
         <v>85</v>
       </c>
       <c r="D45" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E45" s="9" t="s">
         <v>86</v>
       </c>
       <c r="F45" s="9" t="s">
         <v>17</v>
       </c>
       <c r="G45" s="10">
-        <v>23.81</v>
+        <v>23.6</v>
       </c>
       <c r="H45" s="10">
-        <v>36.83083333333333</v>
+        <v>36.62083333333334</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="B46" s="9" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C46" s="9" t="s">
         <v>87</v>
       </c>
       <c r="D46" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E46" s="9" t="s">
         <v>88</v>
       </c>
       <c r="F46" s="9" t="s">
         <v>17</v>
       </c>
       <c r="G46" s="10">
-        <v>24.77</v>
+        <v>23.81</v>
       </c>
       <c r="H46" s="10">
-        <v>37.79083333333333</v>
+        <v>36.83083333333333</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="B47" s="9" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C47" s="9" t="s">
         <v>89</v>
       </c>
       <c r="D47" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E47" s="9" t="s">
         <v>90</v>
       </c>
       <c r="F47" s="9" t="s">
-        <v>42</v>
+        <v>17</v>
       </c>
       <c r="G47" s="10">
-        <v>33.5</v>
+        <v>24.77</v>
       </c>
       <c r="H47" s="10">
-        <v>38.05729166666666</v>
+        <v>37.79083333333333</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="B48" s="9" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C48" s="9" t="s">
         <v>91</v>
       </c>
       <c r="D48" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E48" s="9" t="s">
         <v>92</v>
       </c>
       <c r="F48" s="9" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="G48" s="10">
-        <v>33.92</v>
+        <v>34.06</v>
       </c>
       <c r="H48" s="10">
-        <v>38.47729166666667</v>
+        <v>38.61729166666667</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="B49" s="9" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C49" s="9" t="s">
         <v>93</v>
       </c>
       <c r="D49" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E49" s="9" t="s">
         <v>94</v>
       </c>
       <c r="F49" s="9" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="G49" s="10">
-        <v>34.27</v>
+        <v>34.49</v>
       </c>
       <c r="H49" s="10">
-        <v>38.82729166666667</v>
+        <v>39.04729166666667</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="B50" s="9" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C50" s="9" t="s">
         <v>95</v>
       </c>
       <c r="D50" s="9" t="s">
-        <v>56</v>
+        <v>16</v>
       </c>
       <c r="E50" s="9" t="s">
         <v>96</v>
       </c>
       <c r="F50" s="9" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="G50" s="10">
-        <v>34.7</v>
+        <v>34.84</v>
       </c>
       <c r="H50" s="10">
-        <v>39.25729166666667</v>
+        <v>39.39729166666667</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="B51" s="9" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C51" s="9" t="s">
         <v>97</v>
       </c>
       <c r="D51" s="9" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="E51" s="9" t="s">
         <v>98</v>
       </c>
       <c r="F51" s="9" t="s">
         <v>17</v>
       </c>
       <c r="G51" s="10">
         <v>26.51</v>
       </c>
       <c r="H51" s="10">
         <v>39.53083333333333</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="B52" s="9" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C52" s="9" t="s">
         <v>99</v>
       </c>
       <c r="D52" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E52" s="9" t="s">
         <v>100</v>
       </c>
       <c r="F52" s="9" t="s">
         <v>17</v>
       </c>
       <c r="G52" s="10">
         <v>26.78</v>
       </c>
       <c r="H52" s="10">
         <v>39.80083333333334</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="B53" s="9" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C53" s="9" t="s">
         <v>101</v>
       </c>
       <c r="D53" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E53" s="9" t="s">
         <v>102</v>
       </c>
       <c r="F53" s="9" t="s">
         <v>17</v>
       </c>
       <c r="G53" s="10">
         <v>26.88</v>
       </c>
       <c r="H53" s="10">
         <v>39.90083333333333</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="B54" s="9" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C54" s="9" t="s">
         <v>103</v>
       </c>
       <c r="D54" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E54" s="9" t="s">
         <v>104</v>
       </c>
       <c r="F54" s="9" t="s">
         <v>17</v>
       </c>
       <c r="G54" s="10">
         <v>27</v>
       </c>
       <c r="H54" s="10">
         <v>40.02083333333334</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="B55" s="9" t="s">
         <v>77</v>
       </c>
       <c r="C55" s="9" t="s">
         <v>105</v>
       </c>
       <c r="D55" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E55" s="9" t="s">
-        <v>47</v>
+        <v>53</v>
       </c>
       <c r="F55" s="9" t="s">
-        <v>42</v>
+        <v>17</v>
       </c>
       <c r="G55" s="11">
-        <v>34.6</v>
+        <v>25.18</v>
       </c>
       <c r="H55" s="11">
-        <v>40.67638888888889</v>
+        <v>40.96282828282828</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="B56" s="9" t="s">
-        <v>39</v>
+        <v>77</v>
       </c>
       <c r="C56" s="9" t="s">
         <v>106</v>
       </c>
       <c r="D56" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E56" s="9" t="s">
-        <v>107</v>
+        <v>50</v>
       </c>
       <c r="F56" s="9" t="s">
-        <v>17</v>
-[...5 lines deleted...]
-        <v>42.04083333333333</v>
+        <v>45</v>
+      </c>
+      <c r="G56" s="11">
+        <v>35.17</v>
+      </c>
+      <c r="H56" s="11">
+        <v>41.24638888888889</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="B57" s="9" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C57" s="9" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="D57" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E57" s="9" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="F57" s="9" t="s">
-        <v>42</v>
+        <v>17</v>
       </c>
       <c r="G57" s="10">
-        <v>38.07</v>
+        <v>29.02</v>
       </c>
       <c r="H57" s="10">
-        <v>42.62729166666666</v>
+        <v>42.04083333333333</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="B58" s="9" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C58" s="9" t="s">
+        <v>109</v>
+      </c>
+      <c r="D58" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="E58" s="9" t="s">
         <v>110</v>
       </c>
-      <c r="D58" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F58" s="9" t="s">
-        <v>42</v>
+        <v>17</v>
       </c>
       <c r="G58" s="10">
-        <v>38.07</v>
+        <v>29.8</v>
       </c>
       <c r="H58" s="10">
-        <v>42.62729166666666</v>
+        <v>42.82083333333333</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="B59" s="9" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C59" s="9" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="D59" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E59" s="9" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="F59" s="9" t="s">
-        <v>17</v>
+        <v>45</v>
       </c>
       <c r="G59" s="10">
-        <v>29.8</v>
+        <v>38.28</v>
       </c>
       <c r="H59" s="10">
-        <v>42.82083333333333</v>
+        <v>42.83729166666667</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="B60" s="9" t="s">
-        <v>77</v>
+        <v>42</v>
       </c>
       <c r="C60" s="9" t="s">
+        <v>113</v>
+      </c>
+      <c r="D60" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="E60" s="9" t="s">
         <v>114</v>
       </c>
-      <c r="D60" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F60" s="9" t="s">
-        <v>17</v>
-[...5 lines deleted...]
-        <v>44.98282828282828</v>
+        <v>45</v>
+      </c>
+      <c r="G60" s="10">
+        <v>38.71</v>
+      </c>
+      <c r="H60" s="10">
+        <v>43.26729166666667</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="B61" s="9" t="s">
         <v>115</v>
       </c>
       <c r="C61" s="9" t="s">
         <v>116</v>
       </c>
       <c r="D61" s="9" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="E61" s="9" t="s">
         <v>117</v>
       </c>
       <c r="F61" s="9" t="s">
         <v>118</v>
       </c>
       <c r="G61" s="10">
         <v>33.35</v>
       </c>
       <c r="H61" s="10">
         <v>45.69567901234568</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="B62" s="9" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C62" s="9" t="s">
         <v>119</v>
       </c>
       <c r="D62" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E62" s="9" t="s">
         <v>120</v>
       </c>
       <c r="F62" s="9" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="G62" s="10">
         <v>36.8</v>
       </c>
       <c r="H62" s="10">
         <v>46.29074074074074</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="B63" s="9" t="s">
+        <v>115</v>
+      </c>
+      <c r="C63" s="9" t="s">
         <v>121</v>
       </c>
-      <c r="C63" s="9" t="s">
+      <c r="D63" s="9" t="s">
+        <v>70</v>
+      </c>
+      <c r="E63" s="9" t="s">
         <v>122</v>
       </c>
-      <c r="D63" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F63" s="9" t="s">
-        <v>124</v>
+        <v>118</v>
       </c>
       <c r="G63" s="10">
-        <v>31.5</v>
+        <v>35.5</v>
       </c>
       <c r="H63" s="10">
-        <v>46.47113997113997</v>
+        <v>47.84567901234568</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="B64" s="9" t="s">
-        <v>115</v>
+        <v>42</v>
       </c>
       <c r="C64" s="9" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="D64" s="9" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="E64" s="9" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="F64" s="9" t="s">
-        <v>118</v>
+        <v>17</v>
       </c>
       <c r="G64" s="10">
-        <v>35.5</v>
+        <v>36.64</v>
       </c>
       <c r="H64" s="10">
-        <v>47.84567901234568</v>
+        <v>48.21407407407408</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="B65" s="9" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C65" s="9" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="D65" s="9" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="E65" s="9" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="F65" s="9" t="s">
         <v>17</v>
       </c>
       <c r="G65" s="10">
-        <v>36.64</v>
+        <v>36.27</v>
       </c>
       <c r="H65" s="10">
-        <v>48.21407407407408</v>
+        <v>49.29083333333334</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="B66" s="9" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C66" s="9" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D66" s="9" t="s">
-        <v>56</v>
+        <v>16</v>
       </c>
       <c r="E66" s="9" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="F66" s="9" t="s">
         <v>17</v>
       </c>
-      <c r="G66" s="10">
-[...3 lines deleted...]
-        <v>49.29083333333334</v>
+      <c r="G66" s="11">
+        <v>36.74</v>
+      </c>
+      <c r="H66" s="11">
+        <v>49.76083333333334</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="B67" s="9" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C67" s="9" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="D67" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E67" s="9" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="F67" s="9" t="s">
         <v>17</v>
       </c>
-      <c r="G67" s="11">
-[...3 lines deleted...]
-        <v>49.76083333333334</v>
+      <c r="G67" s="10">
+        <v>38.97</v>
+      </c>
+      <c r="H67" s="10">
+        <v>50.54407407407408</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="B68" s="9" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C68" s="9" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="D68" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E68" s="9" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="F68" s="9" t="s">
         <v>17</v>
       </c>
-      <c r="G68" s="10">
-[...3 lines deleted...]
-        <v>50.54407407407408</v>
+      <c r="G68" s="11">
+        <v>38.5</v>
+      </c>
+      <c r="H68" s="11">
+        <v>51.52083333333334</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="B69" s="9" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C69" s="9" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="D69" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E69" s="9" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="F69" s="9" t="s">
         <v>17</v>
       </c>
-      <c r="G69" s="11">
-[...3 lines deleted...]
-        <v>51.52083333333334</v>
+      <c r="G69" s="10">
+        <v>38.97</v>
+      </c>
+      <c r="H69" s="10">
+        <v>51.99083333333333</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="B70" s="9" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C70" s="9" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="D70" s="9" t="s">
-        <v>16</v>
+        <v>70</v>
       </c>
       <c r="E70" s="9" t="s">
-        <v>138</v>
+        <v>50</v>
       </c>
       <c r="F70" s="9" t="s">
         <v>17</v>
       </c>
-      <c r="G70" s="10">
-[...3 lines deleted...]
-        <v>51.99083333333333</v>
+      <c r="G70" s="11">
+        <v>39.53</v>
+      </c>
+      <c r="H70" s="11">
+        <v>52.55083333333334</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="B71" s="9" t="s">
         <v>77</v>
       </c>
       <c r="C71" s="9" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="D71" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E71" s="9" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="F71" s="9" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="G71" s="10">
-        <v>45.22</v>
+        <v>45.98</v>
       </c>
       <c r="H71" s="10">
-        <v>52.0559375</v>
+        <v>52.8159375</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="B72" s="9" t="s">
-        <v>77</v>
+        <v>42</v>
       </c>
       <c r="C72" s="9" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="D72" s="9" t="s">
-        <v>16</v>
+        <v>70</v>
       </c>
       <c r="E72" s="9" t="s">
-        <v>141</v>
+        <v>82</v>
       </c>
       <c r="F72" s="9" t="s">
-        <v>42</v>
+        <v>17</v>
       </c>
       <c r="G72" s="10">
-        <v>46.27</v>
+        <v>39.99</v>
       </c>
       <c r="H72" s="10">
-        <v>52.3463888888889</v>
+        <v>53.01083333333334</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="B73" s="9" t="s">
-        <v>39</v>
+        <v>77</v>
       </c>
       <c r="C73" s="9" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="D73" s="9" t="s">
-        <v>56</v>
+        <v>16</v>
       </c>
       <c r="E73" s="9" t="s">
-        <v>47</v>
+        <v>139</v>
       </c>
       <c r="F73" s="9" t="s">
-        <v>17</v>
-[...5 lines deleted...]
-        <v>52.55083333333334</v>
+        <v>45</v>
+      </c>
+      <c r="G73" s="10">
+        <v>47.04</v>
+      </c>
+      <c r="H73" s="10">
+        <v>53.11638888888889</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="B74" s="9" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C74" s="9" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="D74" s="9" t="s">
-        <v>56</v>
+        <v>16</v>
       </c>
       <c r="E74" s="9" t="s">
-        <v>53</v>
+        <v>141</v>
       </c>
       <c r="F74" s="9" t="s">
-        <v>17</v>
+        <v>45</v>
       </c>
       <c r="G74" s="10">
-        <v>39.99</v>
+        <v>51.43</v>
       </c>
       <c r="H74" s="10">
-        <v>53.01083333333334</v>
+        <v>55.98729166666666</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="B75" s="9" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C75" s="9" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="D75" s="9" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="E75" s="9" t="s">
-        <v>76</v>
+        <v>143</v>
       </c>
       <c r="F75" s="9" t="s">
-        <v>124</v>
+        <v>17</v>
       </c>
       <c r="G75" s="10">
-        <v>32</v>
+        <v>45.66</v>
       </c>
       <c r="H75" s="10">
-        <v>53.61458333333333</v>
+        <v>57.23407407407407</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="B76" s="9" t="s">
-        <v>39</v>
+        <v>115</v>
       </c>
       <c r="C76" s="9" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="D76" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E76" s="9" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="F76" s="9" t="s">
-        <v>42</v>
+        <v>118</v>
       </c>
       <c r="G76" s="10">
-        <v>50.58</v>
+        <v>45</v>
       </c>
       <c r="H76" s="10">
-        <v>55.13729166666666</v>
+        <v>57.34567901234568</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="B77" s="9" t="s">
-        <v>39</v>
+        <v>115</v>
       </c>
       <c r="C77" s="9" t="s">
+        <v>146</v>
+      </c>
+      <c r="D77" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="E77" s="9" t="s">
         <v>147</v>
       </c>
-      <c r="D77" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F77" s="9" t="s">
-        <v>42</v>
+        <v>118</v>
       </c>
       <c r="G77" s="10">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="H77" s="10">
-        <v>55.55729166666666</v>
+        <v>57.34567901234568</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="B78" s="9" t="s">
-        <v>39</v>
+        <v>115</v>
       </c>
       <c r="C78" s="9" t="s">
+        <v>148</v>
+      </c>
+      <c r="D78" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="E78" s="9" t="s">
         <v>149</v>
       </c>
-      <c r="D78" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F78" s="9" t="s">
-        <v>124</v>
+        <v>118</v>
       </c>
       <c r="G78" s="10">
-        <v>35</v>
+        <v>45</v>
       </c>
       <c r="H78" s="10">
-        <v>56.61458333333333</v>
+        <v>57.34567901234568</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="B79" s="9" t="s">
-        <v>39</v>
+        <v>115</v>
       </c>
       <c r="C79" s="9" t="s">
         <v>150</v>
       </c>
       <c r="D79" s="9" t="s">
-        <v>16</v>
+        <v>70</v>
       </c>
       <c r="E79" s="9" t="s">
         <v>151</v>
       </c>
       <c r="F79" s="9" t="s">
-        <v>17</v>
+        <v>118</v>
       </c>
       <c r="G79" s="10">
-        <v>45.66</v>
+        <v>45.45</v>
       </c>
       <c r="H79" s="10">
-        <v>57.23407407407407</v>
+        <v>57.79567901234568</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="B80" s="9" t="s">
-        <v>115</v>
+        <v>152</v>
       </c>
       <c r="C80" s="9" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D80" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E80" s="9" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="F80" s="9" t="s">
-        <v>118</v>
-[...5 lines deleted...]
-        <v>57.34567901234568</v>
+        <v>17</v>
+      </c>
+      <c r="G80" s="11">
+        <v>45.2</v>
+      </c>
+      <c r="H80" s="11">
+        <v>58.22083333333334</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="B81" s="9" t="s">
-        <v>115</v>
+        <v>77</v>
       </c>
       <c r="C81" s="9" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="D81" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E81" s="9" t="s">
-        <v>155</v>
+        <v>112</v>
       </c>
       <c r="F81" s="9" t="s">
-        <v>118</v>
+        <v>45</v>
       </c>
       <c r="G81" s="10">
-        <v>45</v>
+        <v>51.67</v>
       </c>
       <c r="H81" s="10">
-        <v>57.34567901234568</v>
+        <v>58.5059375</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="B82" s="9" t="s">
-        <v>115</v>
+        <v>42</v>
       </c>
       <c r="C82" s="9" t="s">
         <v>156</v>
       </c>
       <c r="D82" s="9" t="s">
-        <v>16</v>
+        <v>70</v>
       </c>
       <c r="E82" s="9" t="s">
         <v>157</v>
       </c>
       <c r="F82" s="9" t="s">
-        <v>118</v>
+        <v>72</v>
       </c>
       <c r="G82" s="10">
-        <v>45</v>
-[...3 lines deleted...]
-      </c>
+        <v>59</v>
+      </c>
+      <c r="H82" s="10"/>
     </row>
     <row r="83" spans="1:9">
       <c r="B83" s="9" t="s">
-        <v>39</v>
+        <v>77</v>
       </c>
       <c r="C83" s="9" t="s">
         <v>158</v>
       </c>
       <c r="D83" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E83" s="9" t="s">
-        <v>159</v>
+        <v>120</v>
       </c>
       <c r="F83" s="9" t="s">
-        <v>124</v>
+        <v>54</v>
       </c>
       <c r="G83" s="10">
-        <v>36</v>
+        <v>49.7</v>
       </c>
       <c r="H83" s="10">
-        <v>57.61458333333333</v>
+        <v>62.64191919191919</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="B84" s="9" t="s">
         <v>115</v>
       </c>
       <c r="C84" s="9" t="s">
+        <v>159</v>
+      </c>
+      <c r="D84" s="9" t="s">
+        <v>70</v>
+      </c>
+      <c r="E84" s="9" t="s">
         <v>160</v>
-      </c>
-[...4 lines deleted...]
-        <v>161</v>
       </c>
       <c r="F84" s="9" t="s">
         <v>118</v>
       </c>
       <c r="G84" s="10">
-        <v>45.45</v>
+        <v>50.4</v>
       </c>
       <c r="H84" s="10">
-        <v>57.79567901234568</v>
+        <v>62.74567901234568</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="B85" s="9" t="s">
-        <v>162</v>
+        <v>42</v>
       </c>
       <c r="C85" s="9" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="D85" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E85" s="9" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="F85" s="9" t="s">
-        <v>17</v>
-[...5 lines deleted...]
-        <v>58.22083333333334</v>
+        <v>45</v>
+      </c>
+      <c r="G85" s="10">
+        <v>58.2</v>
+      </c>
+      <c r="H85" s="10">
+        <v>62.75729166666667</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="B86" s="9" t="s">
-        <v>77</v>
+        <v>115</v>
       </c>
       <c r="C86" s="9" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="D86" s="9" t="s">
-        <v>16</v>
+        <v>70</v>
       </c>
       <c r="E86" s="9" t="s">
-        <v>109</v>
+        <v>164</v>
       </c>
       <c r="F86" s="9" t="s">
-        <v>42</v>
+        <v>118</v>
       </c>
       <c r="G86" s="10">
-        <v>51.4</v>
+        <v>51.3</v>
       </c>
       <c r="H86" s="10">
-        <v>58.2359375</v>
+        <v>63.64567901234567</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="B87" s="9" t="s">
-        <v>39</v>
+        <v>152</v>
       </c>
       <c r="C87" s="9" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="D87" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E87" s="9" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="F87" s="9" t="s">
-        <v>42</v>
+        <v>17</v>
       </c>
       <c r="G87" s="10">
-        <v>57.25</v>
+        <v>49.1</v>
       </c>
       <c r="H87" s="10">
-        <v>61.80729166666666</v>
+        <v>64.88282828282829</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="B88" s="9" t="s">
-        <v>39</v>
+        <v>115</v>
       </c>
       <c r="C88" s="9" t="s">
+        <v>167</v>
+      </c>
+      <c r="D88" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="E88" s="9" t="s">
         <v>168</v>
       </c>
-      <c r="D88" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F88" s="9" t="s">
-        <v>42</v>
+        <v>118</v>
       </c>
       <c r="G88" s="10">
-        <v>57.52</v>
+        <v>56.7</v>
       </c>
       <c r="H88" s="10">
-        <v>62.07729166666667</v>
+        <v>69.04567901234569</v>
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="B89" s="9" t="s">
-        <v>39</v>
+        <v>115</v>
       </c>
       <c r="C89" s="9" t="s">
+        <v>169</v>
+      </c>
+      <c r="D89" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="E89" s="9" t="s">
         <v>170</v>
       </c>
-      <c r="D89" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F89" s="9" t="s">
-        <v>42</v>
+        <v>118</v>
       </c>
       <c r="G89" s="10">
-        <v>57.52</v>
+        <v>56.7</v>
       </c>
       <c r="H89" s="10">
-        <v>62.07729166666667</v>
+        <v>69.04567901234569</v>
       </c>
     </row>
     <row r="90" spans="1:9">
       <c r="B90" s="9" t="s">
-        <v>39</v>
+        <v>77</v>
       </c>
       <c r="C90" s="9" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="D90" s="9" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="E90" s="9" t="s">
-        <v>173</v>
+        <v>132</v>
       </c>
       <c r="F90" s="9" t="s">
-        <v>42</v>
+        <v>17</v>
       </c>
       <c r="G90" s="10">
-        <v>57.52</v>
+        <v>52.17</v>
       </c>
       <c r="H90" s="10">
-        <v>62.07729166666667</v>
+        <v>69.92568181818181</v>
       </c>
     </row>
     <row r="91" spans="1:9">
       <c r="B91" s="9" t="s">
-        <v>39</v>
+        <v>115</v>
       </c>
       <c r="C91" s="9" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="D91" s="9" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="E91" s="9" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="F91" s="9" t="s">
-        <v>42</v>
+        <v>118</v>
       </c>
       <c r="G91" s="10">
-        <v>57.67</v>
+        <v>62.1</v>
       </c>
       <c r="H91" s="10">
-        <v>62.22729166666667</v>
+        <v>74.44567901234568</v>
       </c>
     </row>
     <row r="92" spans="1:9">
       <c r="B92" s="9" t="s">
-        <v>39</v>
+        <v>77</v>
       </c>
       <c r="C92" s="9" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="D92" s="9" t="s">
-        <v>56</v>
+        <v>16</v>
       </c>
       <c r="E92" s="9" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="F92" s="9" t="s">
-        <v>57</v>
+        <v>45</v>
       </c>
       <c r="G92" s="10">
-        <v>58.24</v>
+        <v>69.43000000000001</v>
       </c>
       <c r="H92" s="10">
-        <v>62.32</v>
+        <v>75.50638888888889</v>
       </c>
     </row>
     <row r="93" spans="1:9">
       <c r="B93" s="9" t="s">
-        <v>77</v>
+        <v>115</v>
       </c>
       <c r="C93" s="9" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="D93" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E93" s="9" t="s">
-        <v>120</v>
+        <v>177</v>
       </c>
       <c r="F93" s="9" t="s">
-        <v>51</v>
+        <v>118</v>
       </c>
       <c r="G93" s="10">
-        <v>49.7</v>
+        <v>72</v>
       </c>
       <c r="H93" s="10">
-        <v>62.64191919191919</v>
+        <v>84.34567901234568</v>
       </c>
     </row>
     <row r="94" spans="1:9">
       <c r="B94" s="9" t="s">
-        <v>115</v>
+        <v>77</v>
       </c>
       <c r="C94" s="9" t="s">
+        <v>178</v>
+      </c>
+      <c r="D94" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="E94" s="9" t="s">
+        <v>53</v>
+      </c>
+      <c r="F94" s="9" t="s">
         <v>179</v>
       </c>
-      <c r="D94" s="9" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G94" s="10">
-        <v>50.4</v>
-[...3 lines deleted...]
-      </c>
+        <v>49</v>
+      </c>
+      <c r="H94" s="10"/>
     </row>
     <row r="95" spans="1:9">
       <c r="B95" s="9" t="s">
-        <v>115</v>
+        <v>42</v>
       </c>
       <c r="C95" s="9" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="D95" s="9" t="s">
-        <v>56</v>
+        <v>16</v>
       </c>
       <c r="E95" s="9" t="s">
-        <v>182</v>
+        <v>53</v>
       </c>
       <c r="F95" s="9" t="s">
-        <v>118</v>
+        <v>179</v>
       </c>
       <c r="G95" s="10">
-        <v>51.3</v>
-[...3 lines deleted...]
-      </c>
+        <v>38</v>
+      </c>
+      <c r="H95" s="10"/>
     </row>
     <row r="96" spans="1:9">
       <c r="B96" s="9" t="s">
-        <v>162</v>
+        <v>42</v>
       </c>
       <c r="C96" s="9" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="D96" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E96" s="9" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="F96" s="9" t="s">
-        <v>17</v>
-[...6 lines deleted...]
-      </c>
+        <v>179</v>
+      </c>
+      <c r="G96" s="11">
+        <v>45</v>
+      </c>
+      <c r="H96" s="11"/>
     </row>
     <row r="97" spans="1:9">
       <c r="B97" s="9" t="s">
-        <v>115</v>
+        <v>42</v>
       </c>
       <c r="C97" s="9" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="D97" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E97" s="9" t="s">
-        <v>186</v>
+        <v>120</v>
       </c>
       <c r="F97" s="9" t="s">
-        <v>118</v>
-[...6 lines deleted...]
-      </c>
+        <v>179</v>
+      </c>
+      <c r="G97" s="11">
+        <v>49</v>
+      </c>
+      <c r="H97" s="11"/>
     </row>
     <row r="98" spans="1:9">
       <c r="B98" s="9" t="s">
-        <v>115</v>
+        <v>77</v>
       </c>
       <c r="C98" s="9" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="D98" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E98" s="9" t="s">
-        <v>188</v>
+        <v>120</v>
       </c>
       <c r="F98" s="9" t="s">
-        <v>118</v>
-[...6 lines deleted...]
-      </c>
+        <v>179</v>
+      </c>
+      <c r="G98" s="11">
+        <v>66</v>
+      </c>
+      <c r="H98" s="11"/>
     </row>
     <row r="99" spans="1:9">
       <c r="B99" s="9" t="s">
-        <v>77</v>
+        <v>42</v>
       </c>
       <c r="C99" s="9" t="s">
-        <v>189</v>
+        <v>185</v>
       </c>
       <c r="D99" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E99" s="9" t="s">
-        <v>136</v>
+        <v>186</v>
       </c>
       <c r="F99" s="9" t="s">
-        <v>17</v>
+        <v>179</v>
       </c>
       <c r="G99" s="10">
-        <v>52.17</v>
-[...3 lines deleted...]
-      </c>
+        <v>38</v>
+      </c>
+      <c r="H99" s="10"/>
     </row>
     <row r="100" spans="1:9">
       <c r="B100" s="9" t="s">
-        <v>77</v>
+        <v>42</v>
       </c>
       <c r="C100" s="9" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="D100" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E100" s="9" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="F100" s="9" t="s">
-        <v>42</v>
-[...6 lines deleted...]
-      </c>
+        <v>179</v>
+      </c>
+      <c r="G100" s="11">
+        <v>49</v>
+      </c>
+      <c r="H100" s="11"/>
     </row>
     <row r="101" spans="1:9">
       <c r="B101" s="9" t="s">
-        <v>115</v>
+        <v>42</v>
       </c>
       <c r="C101" s="9" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="D101" s="9" t="s">
-        <v>56</v>
+        <v>16</v>
       </c>
       <c r="E101" s="9" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="F101" s="9" t="s">
-        <v>118</v>
+        <v>179</v>
       </c>
       <c r="G101" s="10">
-        <v>62.1</v>
-[...3 lines deleted...]
-      </c>
+        <v>45</v>
+      </c>
+      <c r="H101" s="10"/>
     </row>
     <row r="102" spans="1:9">
       <c r="B102" s="9" t="s">
-        <v>115</v>
+        <v>191</v>
       </c>
       <c r="C102" s="9" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="D102" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E102" s="9" t="s">
-        <v>195</v>
+        <v>182</v>
       </c>
       <c r="F102" s="9" t="s">
-        <v>118</v>
+        <v>179</v>
       </c>
       <c r="G102" s="10">
-        <v>72</v>
-[...3 lines deleted...]
-      </c>
+        <v>43</v>
+      </c>
+      <c r="H102" s="10"/>
     </row>
     <row r="103" spans="1:9">
       <c r="B103" s="9" t="s">
-        <v>77</v>
+        <v>191</v>
       </c>
       <c r="C103" s="9" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="D103" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E103" s="9" t="s">
-        <v>50</v>
+        <v>190</v>
       </c>
       <c r="F103" s="9" t="s">
-        <v>197</v>
+        <v>179</v>
       </c>
       <c r="G103" s="10">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="H103" s="10"/>
     </row>
     <row r="104" spans="1:9">
       <c r="B104" s="9" t="s">
-        <v>39</v>
+        <v>191</v>
       </c>
       <c r="C104" s="9" t="s">
-        <v>198</v>
+        <v>194</v>
       </c>
       <c r="D104" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E104" s="9" t="s">
-        <v>50</v>
+        <v>120</v>
       </c>
       <c r="F104" s="9" t="s">
-        <v>197</v>
-[...4 lines deleted...]
-      <c r="H104" s="10"/>
+        <v>179</v>
+      </c>
+      <c r="G104" s="11">
+        <v>47</v>
+      </c>
+      <c r="H104" s="11"/>
     </row>
     <row r="105" spans="1:9">
       <c r="B105" s="9" t="s">
-        <v>39</v>
+        <v>191</v>
       </c>
       <c r="C105" s="9" t="s">
-        <v>199</v>
+        <v>195</v>
       </c>
       <c r="D105" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E105" s="9" t="s">
-        <v>200</v>
+        <v>188</v>
       </c>
       <c r="F105" s="9" t="s">
-        <v>197</v>
+        <v>179</v>
       </c>
       <c r="G105" s="11">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="H105" s="11"/>
     </row>
     <row r="106" spans="1:9">
       <c r="B106" s="9" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C106" s="9" t="s">
-        <v>201</v>
+        <v>196</v>
       </c>
       <c r="D106" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E106" s="9" t="s">
-        <v>120</v>
+        <v>132</v>
       </c>
       <c r="F106" s="9" t="s">
-        <v>197</v>
+        <v>179</v>
       </c>
       <c r="G106" s="11">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="H106" s="11"/>
     </row>
     <row r="107" spans="1:9">
       <c r="B107" s="9" t="s">
-        <v>77</v>
+        <v>42</v>
       </c>
       <c r="C107" s="9" t="s">
-        <v>202</v>
+        <v>197</v>
       </c>
       <c r="D107" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E107" s="9" t="s">
-        <v>120</v>
+        <v>154</v>
       </c>
       <c r="F107" s="9" t="s">
-        <v>197</v>
+        <v>179</v>
       </c>
       <c r="G107" s="11">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="H107" s="11"/>
     </row>
     <row r="108" spans="1:9">
       <c r="B108" s="9" t="s">
-        <v>39</v>
+        <v>77</v>
       </c>
       <c r="C108" s="9" t="s">
-        <v>203</v>
+        <v>198</v>
       </c>
       <c r="D108" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E108" s="9" t="s">
-        <v>204</v>
+        <v>182</v>
       </c>
       <c r="F108" s="9" t="s">
-        <v>197</v>
+        <v>179</v>
       </c>
       <c r="G108" s="10">
-        <v>38</v>
+        <v>57</v>
       </c>
       <c r="H108" s="10"/>
     </row>
     <row r="109" spans="1:9">
       <c r="B109" s="9" t="s">
-        <v>39</v>
+        <v>77</v>
       </c>
       <c r="C109" s="9" t="s">
-        <v>205</v>
+        <v>199</v>
       </c>
       <c r="D109" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E109" s="9" t="s">
-        <v>206</v>
+        <v>154</v>
       </c>
       <c r="F109" s="9" t="s">
-        <v>197</v>
+        <v>179</v>
       </c>
       <c r="G109" s="11">
-        <v>49</v>
+        <v>82</v>
       </c>
       <c r="H109" s="11"/>
     </row>
     <row r="110" spans="1:9">
       <c r="B110" s="9" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C110" s="9" t="s">
-        <v>207</v>
+        <v>200</v>
       </c>
       <c r="D110" s="9" t="s">
-        <v>16</v>
+        <v>70</v>
       </c>
       <c r="E110" s="9" t="s">
-        <v>208</v>
+        <v>201</v>
       </c>
       <c r="F110" s="9" t="s">
-        <v>197</v>
+        <v>179</v>
       </c>
       <c r="G110" s="10">
-        <v>45</v>
+        <v>54</v>
       </c>
       <c r="H110" s="10"/>
     </row>
     <row r="111" spans="1:9">
       <c r="B111" s="9" t="s">
-        <v>121</v>
+        <v>42</v>
       </c>
       <c r="C111" s="9" t="s">
-        <v>209</v>
+        <v>202</v>
       </c>
       <c r="D111" s="9" t="s">
-        <v>16</v>
+        <v>70</v>
       </c>
       <c r="E111" s="9" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="F111" s="9" t="s">
-        <v>197</v>
+        <v>179</v>
       </c>
       <c r="G111" s="10">
-        <v>43</v>
+        <v>69</v>
       </c>
       <c r="H111" s="10"/>
     </row>
     <row r="112" spans="1:9">
       <c r="B112" s="9" t="s">
-        <v>121</v>
+        <v>42</v>
       </c>
       <c r="C112" s="9" t="s">
-        <v>210</v>
+        <v>204</v>
       </c>
       <c r="D112" s="9" t="s">
-        <v>16</v>
+        <v>70</v>
       </c>
       <c r="E112" s="9" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="F112" s="9" t="s">
-        <v>197</v>
+        <v>179</v>
       </c>
       <c r="G112" s="10">
-        <v>43</v>
+        <v>77</v>
       </c>
       <c r="H112" s="10"/>
     </row>
     <row r="113" spans="1:9">
       <c r="B113" s="9" t="s">
-        <v>121</v>
+        <v>42</v>
       </c>
       <c r="C113" s="9" t="s">
-        <v>211</v>
+        <v>206</v>
       </c>
       <c r="D113" s="9" t="s">
-        <v>16</v>
+        <v>70</v>
       </c>
       <c r="E113" s="9" t="s">
-        <v>120</v>
+        <v>60</v>
       </c>
       <c r="F113" s="9" t="s">
-        <v>197</v>
-[...4 lines deleted...]
-      <c r="H113" s="11"/>
+        <v>179</v>
+      </c>
+      <c r="G113" s="10">
+        <v>38</v>
+      </c>
+      <c r="H113" s="10"/>
     </row>
     <row r="114" spans="1:9">
       <c r="B114" s="9" t="s">
-        <v>121</v>
+        <v>191</v>
       </c>
       <c r="C114" s="9" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="D114" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E114" s="9" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="F114" s="9" t="s">
-        <v>197</v>
-[...4 lines deleted...]
-      <c r="H114" s="11"/>
+        <v>179</v>
+      </c>
+      <c r="G114" s="10">
+        <v>43</v>
+      </c>
+      <c r="H114" s="10"/>
     </row>
     <row r="115" spans="1:9">
       <c r="B115" s="9" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C115" s="9" t="s">
-        <v>213</v>
+        <v>209</v>
       </c>
       <c r="D115" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E115" s="9" t="s">
-        <v>136</v>
+        <v>208</v>
       </c>
       <c r="F115" s="9" t="s">
-        <v>197</v>
-[...4 lines deleted...]
-      <c r="H115" s="11"/>
+        <v>179</v>
+      </c>
+      <c r="G115" s="10">
+        <v>45</v>
+      </c>
+      <c r="H115" s="10"/>
     </row>
     <row r="116" spans="1:9">
       <c r="B116" s="9" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C116" s="9" t="s">
-        <v>214</v>
+        <v>210</v>
       </c>
       <c r="D116" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E116" s="9" t="s">
-        <v>164</v>
+        <v>143</v>
       </c>
       <c r="F116" s="9" t="s">
-        <v>197</v>
+        <v>179</v>
       </c>
       <c r="G116" s="11">
         <v>61</v>
       </c>
       <c r="H116" s="11"/>
     </row>
     <row r="117" spans="1:9">
       <c r="B117" s="9" t="s">
-        <v>77</v>
+        <v>42</v>
       </c>
       <c r="C117" s="9" t="s">
-        <v>215</v>
+        <v>211</v>
       </c>
       <c r="D117" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E117" s="9" t="s">
-        <v>200</v>
+        <v>212</v>
       </c>
       <c r="F117" s="9" t="s">
-        <v>197</v>
-[...4 lines deleted...]
-      <c r="H117" s="10"/>
+        <v>179</v>
+      </c>
+      <c r="G117" s="11">
+        <v>61</v>
+      </c>
+      <c r="H117" s="11"/>
     </row>
     <row r="118" spans="1:9">
       <c r="B118" s="9" t="s">
-        <v>77</v>
+        <v>191</v>
       </c>
       <c r="C118" s="9" t="s">
-        <v>216</v>
+        <v>213</v>
       </c>
       <c r="D118" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E118" s="9" t="s">
-        <v>164</v>
+        <v>214</v>
       </c>
       <c r="F118" s="9" t="s">
-        <v>197</v>
+        <v>179</v>
       </c>
       <c r="G118" s="11">
-        <v>82</v>
+        <v>47</v>
       </c>
       <c r="H118" s="11"/>
     </row>
     <row r="119" spans="1:9">
       <c r="B119" s="9" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C119" s="9" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
       <c r="D119" s="9" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="E119" s="9" t="s">
-        <v>218</v>
+        <v>216</v>
       </c>
       <c r="F119" s="9" t="s">
-        <v>197</v>
+        <v>179</v>
       </c>
       <c r="G119" s="10">
-        <v>54</v>
+        <v>73</v>
       </c>
       <c r="H119" s="10"/>
     </row>
     <row r="120" spans="1:9">
       <c r="B120" s="9" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C120" s="9" t="s">
-        <v>219</v>
+        <v>217</v>
       </c>
       <c r="D120" s="9" t="s">
+        <v>70</v>
+      </c>
+      <c r="E120" s="9" t="s">
+        <v>218</v>
+      </c>
+      <c r="F120" s="9" t="s">
+        <v>179</v>
+      </c>
+      <c r="G120" s="10">
         <v>56</v>
-      </c>
-[...7 lines deleted...]
-        <v>69</v>
       </c>
       <c r="H120" s="10"/>
     </row>
     <row r="121" spans="1:9">
       <c r="B121" s="9" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C121" s="9" t="s">
-        <v>221</v>
+        <v>219</v>
       </c>
       <c r="D121" s="9" t="s">
-        <v>56</v>
+        <v>16</v>
       </c>
       <c r="E121" s="9" t="s">
-        <v>222</v>
+        <v>220</v>
       </c>
       <c r="F121" s="9" t="s">
-        <v>197</v>
-[...4 lines deleted...]
-      <c r="H121" s="10"/>
+        <v>179</v>
+      </c>
+      <c r="G121" s="11">
+        <v>61</v>
+      </c>
+      <c r="H121" s="11"/>
     </row>
     <row r="122" spans="1:9">
       <c r="B122" s="9" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C122" s="9" t="s">
-        <v>223</v>
+        <v>221</v>
       </c>
       <c r="D122" s="9" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="E122" s="9" t="s">
-        <v>72</v>
+        <v>222</v>
       </c>
       <c r="F122" s="9" t="s">
-        <v>197</v>
+        <v>179</v>
       </c>
       <c r="G122" s="10">
-        <v>38</v>
+        <v>63</v>
       </c>
       <c r="H122" s="10"/>
     </row>
     <row r="123" spans="1:9">
       <c r="B123" s="9" t="s">
-        <v>121</v>
+        <v>191</v>
       </c>
       <c r="C123" s="9" t="s">
-        <v>224</v>
+        <v>223</v>
       </c>
       <c r="D123" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E123" s="9" t="s">
-        <v>225</v>
+        <v>222</v>
       </c>
       <c r="F123" s="9" t="s">
-        <v>197</v>
+        <v>179</v>
       </c>
       <c r="G123" s="10">
-        <v>43</v>
+        <v>60</v>
       </c>
       <c r="H123" s="10"/>
     </row>
     <row r="124" spans="1:9">
       <c r="B124" s="9" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C124" s="9" t="s">
-        <v>226</v>
+        <v>224</v>
       </c>
       <c r="D124" s="9" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="E124" s="9" t="s">
         <v>225</v>
       </c>
       <c r="F124" s="9" t="s">
-        <v>197</v>
+        <v>179</v>
       </c>
       <c r="G124" s="10">
-        <v>45</v>
+        <v>54</v>
       </c>
       <c r="H124" s="10"/>
     </row>
     <row r="125" spans="1:9">
       <c r="B125" s="9" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C125" s="9" t="s">
+        <v>226</v>
+      </c>
+      <c r="D125" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="E125" s="9" t="s">
         <v>227</v>
       </c>
-      <c r="D125" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F125" s="9" t="s">
-        <v>197</v>
-[...4 lines deleted...]
-      <c r="H125" s="11"/>
+        <v>179</v>
+      </c>
+      <c r="G125" s="10">
+        <v>85</v>
+      </c>
+      <c r="H125" s="10"/>
     </row>
     <row r="126" spans="1:9">
       <c r="B126" s="9" t="s">
-        <v>39</v>
+        <v>191</v>
       </c>
       <c r="C126" s="9" t="s">
         <v>228</v>
       </c>
       <c r="D126" s="9" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="E126" s="9" t="s">
-        <v>229</v>
+        <v>225</v>
       </c>
       <c r="F126" s="9" t="s">
-        <v>197</v>
-[...4 lines deleted...]
-      <c r="H126" s="11"/>
+        <v>179</v>
+      </c>
+      <c r="G126" s="10">
+        <v>51</v>
+      </c>
+      <c r="H126" s="10"/>
     </row>
     <row r="127" spans="1:9">
       <c r="B127" s="9" t="s">
-        <v>121</v>
+        <v>42</v>
       </c>
       <c r="C127" s="9" t="s">
-        <v>230</v>
+        <v>229</v>
       </c>
       <c r="D127" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E127" s="9" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="F127" s="9" t="s">
-        <v>197</v>
-[...4 lines deleted...]
-      <c r="H127" s="11"/>
+        <v>179</v>
+      </c>
+      <c r="G127" s="10">
+        <v>62</v>
+      </c>
+      <c r="H127" s="10"/>
     </row>
     <row r="128" spans="1:9">
       <c r="B128" s="9" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C128" s="9" t="s">
+        <v>231</v>
+      </c>
+      <c r="D128" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="E128" s="9" t="s">
         <v>232</v>
       </c>
-      <c r="D128" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F128" s="9" t="s">
-        <v>197</v>
+        <v>179</v>
       </c>
       <c r="G128" s="10">
-        <v>73</v>
+        <v>90</v>
       </c>
       <c r="H128" s="10"/>
     </row>
     <row r="129" spans="1:9">
       <c r="B129" s="9" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C129" s="9" t="s">
+        <v>233</v>
+      </c>
+      <c r="D129" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="E129" s="9" t="s">
         <v>234</v>
       </c>
-      <c r="D129" s="9" t="s">
-[...2 lines deleted...]
-      <c r="E129" s="9" t="s">
+      <c r="F129" s="9" t="s">
         <v>235</v>
       </c>
-      <c r="F129" s="9" t="s">
-[...5 lines deleted...]
-      <c r="H129" s="10"/>
+      <c r="G129" s="11">
+        <v>65</v>
+      </c>
+      <c r="H129" s="11"/>
     </row>
     <row r="130" spans="1:9">
       <c r="B130" s="9" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C130" s="9" t="s">
         <v>236</v>
       </c>
       <c r="D130" s="9" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="E130" s="9" t="s">
         <v>237</v>
       </c>
       <c r="F130" s="9" t="s">
-        <v>197</v>
+        <v>235</v>
       </c>
       <c r="G130" s="11">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="H130" s="11"/>
     </row>
     <row r="131" spans="1:9">
       <c r="B131" s="9" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C131" s="9" t="s">
         <v>238</v>
       </c>
       <c r="D131" s="9" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="E131" s="9" t="s">
         <v>239</v>
       </c>
       <c r="F131" s="9" t="s">
-        <v>197</v>
-[...4 lines deleted...]
-      <c r="H131" s="10"/>
+        <v>235</v>
+      </c>
+      <c r="G131" s="11">
+        <v>72</v>
+      </c>
+      <c r="H131" s="11"/>
     </row>
     <row r="132" spans="1:9">
       <c r="B132" s="9" t="s">
-        <v>121</v>
+        <v>42</v>
       </c>
       <c r="C132" s="9" t="s">
         <v>240</v>
       </c>
       <c r="D132" s="9" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="E132" s="9" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="F132" s="9" t="s">
-        <v>197</v>
-[...4 lines deleted...]
-      <c r="H132" s="10"/>
+        <v>235</v>
+      </c>
+      <c r="G132" s="11">
+        <v>72</v>
+      </c>
+      <c r="H132" s="11"/>
     </row>
     <row r="133" spans="1:9">
       <c r="B133" s="9" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C133" s="9" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="D133" s="9" t="s">
         <v>26</v>
       </c>
       <c r="E133" s="9" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="F133" s="9" t="s">
-        <v>197</v>
-[...4 lines deleted...]
-      <c r="H133" s="10"/>
+        <v>235</v>
+      </c>
+      <c r="G133" s="11">
+        <v>62</v>
+      </c>
+      <c r="H133" s="11"/>
     </row>
     <row r="134" spans="1:9">
       <c r="B134" s="9" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C134" s="9" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="D134" s="9" t="s">
         <v>26</v>
       </c>
       <c r="E134" s="9" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="F134" s="9" t="s">
-        <v>197</v>
-[...4 lines deleted...]
-      <c r="H134" s="10"/>
+        <v>235</v>
+      </c>
+      <c r="G134" s="11">
+        <v>62</v>
+      </c>
+      <c r="H134" s="11"/>
     </row>
     <row r="135" spans="1:9">
       <c r="B135" s="9" t="s">
-        <v>121</v>
+        <v>42</v>
       </c>
       <c r="C135" s="9" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="D135" s="9" t="s">
         <v>26</v>
       </c>
       <c r="E135" s="9" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="F135" s="9" t="s">
-        <v>197</v>
-[...4 lines deleted...]
-      <c r="H135" s="10"/>
+        <v>235</v>
+      </c>
+      <c r="G135" s="11">
+        <v>63</v>
+      </c>
+      <c r="H135" s="11"/>
     </row>
     <row r="136" spans="1:9">
       <c r="B136" s="9" t="s">
-        <v>39</v>
+        <v>191</v>
       </c>
       <c r="C136" s="9" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="D136" s="9" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="E136" s="9" t="s">
-        <v>247</v>
+        <v>239</v>
       </c>
       <c r="F136" s="9" t="s">
-        <v>197</v>
-[...1 lines deleted...]
-      <c r="G136" s="10">
+        <v>235</v>
+      </c>
+      <c r="G136" s="11">
         <v>62</v>
       </c>
-      <c r="H136" s="10"/>
+      <c r="H136" s="11"/>
     </row>
     <row r="137" spans="1:9">
       <c r="B137" s="9" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C137" s="9" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="D137" s="9" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="E137" s="9" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="F137" s="9" t="s">
-        <v>197</v>
-[...4 lines deleted...]
-      <c r="H137" s="10"/>
+        <v>235</v>
+      </c>
+      <c r="G137" s="11">
+        <v>63</v>
+      </c>
+      <c r="H137" s="11"/>
     </row>
     <row r="138" spans="1:9">
       <c r="B138" s="9" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C138" s="9" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="D138" s="9" t="s">
         <v>26</v>
       </c>
       <c r="E138" s="9" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="F138" s="9" t="s">
-        <v>252</v>
+        <v>235</v>
       </c>
       <c r="G138" s="11">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="H138" s="11"/>
     </row>
     <row r="139" spans="1:9">
       <c r="B139" s="9" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C139" s="9" t="s">
         <v>253</v>
       </c>
       <c r="D139" s="9" t="s">
         <v>26</v>
       </c>
       <c r="E139" s="9" t="s">
         <v>254</v>
       </c>
       <c r="F139" s="9" t="s">
-        <v>252</v>
+        <v>235</v>
       </c>
       <c r="G139" s="11">
-        <v>65</v>
+        <v>72</v>
       </c>
       <c r="H139" s="11"/>
     </row>
     <row r="140" spans="1:9">
       <c r="B140" s="9" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C140" s="9" t="s">
         <v>255</v>
       </c>
       <c r="D140" s="9" t="s">
         <v>26</v>
       </c>
       <c r="E140" s="9" t="s">
         <v>256</v>
       </c>
       <c r="F140" s="9" t="s">
-        <v>252</v>
+        <v>235</v>
       </c>
       <c r="G140" s="11">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="H140" s="11"/>
     </row>
     <row r="141" spans="1:9">
       <c r="B141" s="9" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C141" s="9" t="s">
         <v>257</v>
       </c>
       <c r="D141" s="9" t="s">
         <v>26</v>
       </c>
       <c r="E141" s="9" t="s">
         <v>258</v>
       </c>
       <c r="F141" s="9" t="s">
-        <v>252</v>
+        <v>235</v>
       </c>
       <c r="G141" s="11">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="H141" s="11"/>
     </row>
     <row r="142" spans="1:9">
       <c r="B142" s="9" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C142" s="9" t="s">
         <v>259</v>
       </c>
       <c r="D142" s="9" t="s">
         <v>26</v>
       </c>
       <c r="E142" s="9" t="s">
         <v>260</v>
       </c>
       <c r="F142" s="9" t="s">
-        <v>252</v>
+        <v>235</v>
       </c>
       <c r="G142" s="11">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="H142" s="11"/>
     </row>
     <row r="143" spans="1:9">
       <c r="B143" s="9" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C143" s="9" t="s">
         <v>261</v>
       </c>
       <c r="D143" s="9" t="s">
         <v>26</v>
       </c>
       <c r="E143" s="9" t="s">
         <v>262</v>
       </c>
       <c r="F143" s="9" t="s">
-        <v>252</v>
+        <v>235</v>
       </c>
       <c r="G143" s="11">
-        <v>62</v>
+        <v>82</v>
       </c>
       <c r="H143" s="11"/>
     </row>
     <row r="144" spans="1:9">
       <c r="B144" s="9" t="s">
-        <v>39</v>
+        <v>191</v>
       </c>
       <c r="C144" s="9" t="s">
         <v>263</v>
       </c>
       <c r="D144" s="9" t="s">
         <v>26</v>
       </c>
       <c r="E144" s="9" t="s">
         <v>264</v>
       </c>
       <c r="F144" s="9" t="s">
-        <v>252</v>
+        <v>235</v>
       </c>
       <c r="G144" s="11">
-        <v>63</v>
+        <v>41</v>
       </c>
       <c r="H144" s="11"/>
     </row>
     <row r="145" spans="1:9">
       <c r="B145" s="9" t="s">
-        <v>121</v>
+        <v>191</v>
       </c>
       <c r="C145" s="9" t="s">
         <v>265</v>
       </c>
       <c r="D145" s="9" t="s">
         <v>26</v>
       </c>
       <c r="E145" s="9" t="s">
-        <v>256</v>
+        <v>266</v>
       </c>
       <c r="F145" s="9" t="s">
-        <v>252</v>
+        <v>235</v>
       </c>
       <c r="G145" s="11">
-        <v>62</v>
+        <v>44</v>
       </c>
       <c r="H145" s="11"/>
     </row>
     <row r="146" spans="1:9">
       <c r="B146" s="9" t="s">
-        <v>39</v>
+        <v>191</v>
       </c>
       <c r="C146" s="9" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="D146" s="9" t="s">
         <v>26</v>
       </c>
       <c r="E146" s="9" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="F146" s="9" t="s">
-        <v>252</v>
+        <v>235</v>
       </c>
       <c r="G146" s="11">
-        <v>63</v>
+        <v>45</v>
       </c>
       <c r="H146" s="11"/>
     </row>
     <row r="147" spans="1:9">
       <c r="B147" s="9" t="s">
-        <v>39</v>
+        <v>191</v>
       </c>
       <c r="C147" s="9" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="D147" s="9" t="s">
         <v>26</v>
       </c>
       <c r="E147" s="9" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="F147" s="9" t="s">
-        <v>252</v>
+        <v>235</v>
       </c>
       <c r="G147" s="11">
-        <v>66</v>
+        <v>46</v>
       </c>
       <c r="H147" s="11"/>
     </row>
     <row r="148" spans="1:9">
       <c r="B148" s="9" t="s">
-        <v>39</v>
+        <v>191</v>
       </c>
       <c r="C148" s="9" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="D148" s="9" t="s">
         <v>26</v>
       </c>
       <c r="E148" s="9" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="F148" s="9" t="s">
-        <v>252</v>
+        <v>235</v>
       </c>
       <c r="G148" s="11">
-        <v>72</v>
+        <v>46</v>
       </c>
       <c r="H148" s="11"/>
     </row>
     <row r="149" spans="1:9">
       <c r="B149" s="9" t="s">
-        <v>39</v>
+        <v>191</v>
       </c>
       <c r="C149" s="9" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="D149" s="9" t="s">
         <v>26</v>
       </c>
       <c r="E149" s="9" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="F149" s="9" t="s">
-        <v>252</v>
+        <v>235</v>
       </c>
       <c r="G149" s="11">
-        <v>75</v>
+        <v>46</v>
       </c>
       <c r="H149" s="11"/>
     </row>
     <row r="150" spans="1:9">
       <c r="B150" s="9" t="s">
-        <v>39</v>
+        <v>191</v>
       </c>
       <c r="C150" s="9" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="D150" s="9" t="s">
         <v>26</v>
       </c>
       <c r="E150" s="9" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="F150" s="9" t="s">
-        <v>252</v>
+        <v>235</v>
       </c>
       <c r="G150" s="11">
-        <v>77</v>
+        <v>46</v>
       </c>
       <c r="H150" s="11"/>
     </row>
     <row r="151" spans="1:9">
       <c r="B151" s="9" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C151" s="9" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="D151" s="9" t="s">
         <v>26</v>
       </c>
       <c r="E151" s="9" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="F151" s="9" t="s">
-        <v>252</v>
+        <v>235</v>
       </c>
       <c r="G151" s="11">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="H151" s="11"/>
     </row>
     <row r="152" spans="1:9">
       <c r="B152" s="9" t="s">
-        <v>39</v>
+        <v>191</v>
       </c>
       <c r="C152" s="9" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="D152" s="9" t="s">
         <v>26</v>
       </c>
       <c r="E152" s="9" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="F152" s="9" t="s">
-        <v>252</v>
+        <v>235</v>
       </c>
       <c r="G152" s="11">
-        <v>82</v>
+        <v>56</v>
       </c>
       <c r="H152" s="11"/>
     </row>
     <row r="153" spans="1:9">
       <c r="B153" s="9" t="s">
-        <v>121</v>
+        <v>42</v>
       </c>
       <c r="C153" s="9" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="D153" s="9" t="s">
         <v>26</v>
       </c>
       <c r="E153" s="9" t="s">
-        <v>281</v>
+        <v>264</v>
       </c>
       <c r="F153" s="9" t="s">
-        <v>252</v>
+        <v>235</v>
       </c>
       <c r="G153" s="11">
-        <v>41</v>
+        <v>56</v>
       </c>
       <c r="H153" s="11"/>
     </row>
     <row r="154" spans="1:9">
       <c r="B154" s="9" t="s">
-        <v>121</v>
+        <v>191</v>
       </c>
       <c r="C154" s="9" t="s">
         <v>282</v>
       </c>
       <c r="D154" s="9" t="s">
         <v>26</v>
       </c>
       <c r="E154" s="9" t="s">
         <v>283</v>
       </c>
       <c r="F154" s="9" t="s">
-        <v>252</v>
+        <v>235</v>
       </c>
       <c r="G154" s="11">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="H154" s="11"/>
     </row>
     <row r="155" spans="1:9">
       <c r="B155" s="9" t="s">
-        <v>121</v>
+        <v>191</v>
       </c>
       <c r="C155" s="9" t="s">
         <v>284</v>
       </c>
       <c r="D155" s="9" t="s">
         <v>26</v>
       </c>
       <c r="E155" s="9" t="s">
         <v>285</v>
       </c>
       <c r="F155" s="9" t="s">
-        <v>252</v>
+        <v>235</v>
       </c>
       <c r="G155" s="11">
-        <v>45</v>
+        <v>51</v>
       </c>
       <c r="H155" s="11"/>
     </row>
     <row r="156" spans="1:9">
       <c r="B156" s="9" t="s">
-        <v>121</v>
+        <v>191</v>
       </c>
       <c r="C156" s="9" t="s">
         <v>286</v>
       </c>
       <c r="D156" s="9" t="s">
         <v>26</v>
       </c>
       <c r="E156" s="9" t="s">
-        <v>287</v>
+        <v>234</v>
       </c>
       <c r="F156" s="9" t="s">
-        <v>252</v>
+        <v>235</v>
       </c>
       <c r="G156" s="11">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="H156" s="11"/>
     </row>
     <row r="157" spans="1:9">
       <c r="B157" s="9" t="s">
-        <v>121</v>
+        <v>152</v>
       </c>
       <c r="C157" s="9" t="s">
+        <v>287</v>
+      </c>
+      <c r="D157" s="9" t="s">
+        <v>70</v>
+      </c>
+      <c r="E157" s="9" t="s">
         <v>288</v>
       </c>
-      <c r="D157" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F157" s="9" t="s">
-        <v>252</v>
-[...4 lines deleted...]
-      <c r="H157" s="11"/>
+        <v>122</v>
+      </c>
+      <c r="G157" s="10">
+        <v>54.15</v>
+      </c>
+      <c r="H157" s="10"/>
     </row>
     <row r="158" spans="1:9">
       <c r="B158" s="9" t="s">
-        <v>121</v>
+        <v>152</v>
       </c>
       <c r="C158" s="9" t="s">
+        <v>289</v>
+      </c>
+      <c r="D158" s="9" t="s">
+        <v>70</v>
+      </c>
+      <c r="E158" s="9" t="s">
         <v>290</v>
       </c>
-      <c r="D158" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F158" s="9" t="s">
-        <v>252</v>
-[...4 lines deleted...]
-      <c r="H158" s="11"/>
+        <v>122</v>
+      </c>
+      <c r="G158" s="10">
+        <v>35.43</v>
+      </c>
+      <c r="H158" s="10"/>
     </row>
     <row r="159" spans="1:9">
       <c r="B159" s="9" t="s">
-        <v>121</v>
+        <v>152</v>
       </c>
       <c r="C159" s="9" t="s">
+        <v>291</v>
+      </c>
+      <c r="D159" s="9" t="s">
+        <v>70</v>
+      </c>
+      <c r="E159" s="9" t="s">
         <v>292</v>
       </c>
-      <c r="D159" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F159" s="9" t="s">
-        <v>252</v>
-[...4 lines deleted...]
-      <c r="H159" s="11"/>
+        <v>122</v>
+      </c>
+      <c r="G159" s="10">
+        <v>46.06</v>
+      </c>
+      <c r="H159" s="10"/>
     </row>
     <row r="160" spans="1:9">
       <c r="B160" s="9" t="s">
-        <v>39</v>
+        <v>152</v>
       </c>
       <c r="C160" s="9" t="s">
+        <v>293</v>
+      </c>
+      <c r="D160" s="9" t="s">
+        <v>70</v>
+      </c>
+      <c r="E160" s="9" t="s">
         <v>294</v>
       </c>
-      <c r="D160" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F160" s="9" t="s">
-        <v>252</v>
-[...4 lines deleted...]
-      <c r="H160" s="11"/>
+        <v>122</v>
+      </c>
+      <c r="G160" s="10">
+        <v>45.56</v>
+      </c>
+      <c r="H160" s="10"/>
     </row>
     <row r="161" spans="1:9">
       <c r="B161" s="9" t="s">
-        <v>121</v>
+        <v>152</v>
       </c>
       <c r="C161" s="9" t="s">
+        <v>295</v>
+      </c>
+      <c r="D161" s="9" t="s">
+        <v>70</v>
+      </c>
+      <c r="E161" s="9" t="s">
         <v>296</v>
       </c>
-      <c r="D161" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F161" s="9" t="s">
-        <v>252</v>
-[...4 lines deleted...]
-      <c r="H161" s="11"/>
+        <v>122</v>
+      </c>
+      <c r="G161" s="10">
+        <v>46.06</v>
+      </c>
+      <c r="H161" s="10"/>
     </row>
     <row r="162" spans="1:9">
       <c r="B162" s="9" t="s">
-        <v>39</v>
+        <v>152</v>
       </c>
       <c r="C162" s="9" t="s">
+        <v>297</v>
+      </c>
+      <c r="D162" s="9" t="s">
+        <v>70</v>
+      </c>
+      <c r="E162" s="9" t="s">
         <v>298</v>
       </c>
-      <c r="D162" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F162" s="9" t="s">
-        <v>252</v>
-[...4 lines deleted...]
-      <c r="H162" s="11"/>
+        <v>122</v>
+      </c>
+      <c r="G162" s="10">
+        <v>46.06</v>
+      </c>
+      <c r="H162" s="10"/>
     </row>
     <row r="163" spans="1:9">
       <c r="B163" s="9" t="s">
-        <v>121</v>
+        <v>152</v>
       </c>
       <c r="C163" s="9" t="s">
         <v>299</v>
       </c>
       <c r="D163" s="9" t="s">
-        <v>26</v>
+        <v>70</v>
       </c>
       <c r="E163" s="9" t="s">
-        <v>300</v>
+        <v>53</v>
       </c>
       <c r="F163" s="9" t="s">
-        <v>252</v>
-[...4 lines deleted...]
-      <c r="H163" s="11"/>
+        <v>122</v>
+      </c>
+      <c r="G163" s="10">
+        <v>34.93</v>
+      </c>
+      <c r="H163" s="10"/>
     </row>
     <row r="164" spans="1:9">
       <c r="B164" s="9" t="s">
-        <v>121</v>
+        <v>152</v>
       </c>
       <c r="C164" s="9" t="s">
+        <v>300</v>
+      </c>
+      <c r="D164" s="9" t="s">
+        <v>70</v>
+      </c>
+      <c r="E164" s="9" t="s">
         <v>301</v>
       </c>
-      <c r="D164" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F164" s="9" t="s">
-        <v>252</v>
-[...4 lines deleted...]
-      <c r="H164" s="11"/>
+        <v>122</v>
+      </c>
+      <c r="G164" s="10">
+        <v>54.15</v>
+      </c>
+      <c r="H164" s="10"/>
     </row>
     <row r="165" spans="1:9">
       <c r="B165" s="9" t="s">
-        <v>121</v>
+        <v>152</v>
       </c>
       <c r="C165" s="9" t="s">
-        <v>303</v>
+        <v>302</v>
       </c>
       <c r="D165" s="9" t="s">
-        <v>26</v>
+        <v>70</v>
       </c>
       <c r="E165" s="9" t="s">
-        <v>251</v>
+        <v>120</v>
       </c>
       <c r="F165" s="9" t="s">
-        <v>252</v>
-[...4 lines deleted...]
-      <c r="H165" s="11"/>
+        <v>122</v>
+      </c>
+      <c r="G165" s="10">
+        <v>53.65</v>
+      </c>
+      <c r="H165" s="10"/>
     </row>
     <row r="166" spans="1:9">
       <c r="B166" s="9" t="s">
-        <v>162</v>
+        <v>152</v>
       </c>
       <c r="C166" s="9" t="s">
+        <v>303</v>
+      </c>
+      <c r="D166" s="9" t="s">
+        <v>70</v>
+      </c>
+      <c r="E166" s="9" t="s">
         <v>304</v>
       </c>
-      <c r="D166" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F166" s="9" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="G166" s="10">
-        <v>54.15</v>
+        <v>74.33</v>
       </c>
       <c r="H166" s="10"/>
     </row>
     <row r="167" spans="1:9">
       <c r="B167" s="9" t="s">
-        <v>162</v>
+        <v>152</v>
       </c>
       <c r="C167" s="9" t="s">
+        <v>305</v>
+      </c>
+      <c r="D167" s="9" t="s">
+        <v>70</v>
+      </c>
+      <c r="E167" s="9" t="s">
         <v>306</v>
       </c>
-      <c r="D167" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F167" s="9" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="G167" s="10">
-        <v>35.43</v>
+        <v>74.83</v>
       </c>
       <c r="H167" s="10"/>
     </row>
     <row r="168" spans="1:9">
       <c r="B168" s="9" t="s">
-        <v>162</v>
+        <v>152</v>
       </c>
       <c r="C168" s="9" t="s">
+        <v>307</v>
+      </c>
+      <c r="D168" s="9" t="s">
+        <v>70</v>
+      </c>
+      <c r="E168" s="9" t="s">
         <v>308</v>
       </c>
-      <c r="D168" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F168" s="9" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="G168" s="10">
-        <v>46.06</v>
+        <v>60.13</v>
       </c>
       <c r="H168" s="10"/>
     </row>
     <row r="169" spans="1:9">
       <c r="B169" s="9" t="s">
-        <v>162</v>
+        <v>152</v>
       </c>
       <c r="C169" s="9" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="D169" s="9" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="E169" s="9" t="s">
-        <v>123</v>
+        <v>308</v>
       </c>
       <c r="F169" s="9" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="G169" s="10">
-        <v>45.56</v>
+        <v>60.13</v>
       </c>
       <c r="H169" s="10"/>
     </row>
     <row r="170" spans="1:9">
       <c r="B170" s="9" t="s">
-        <v>162</v>
+        <v>152</v>
       </c>
       <c r="C170" s="9" t="s">
+        <v>310</v>
+      </c>
+      <c r="D170" s="9" t="s">
+        <v>70</v>
+      </c>
+      <c r="E170" s="9" t="s">
         <v>311</v>
       </c>
-      <c r="D170" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F170" s="9" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="G170" s="10">
-        <v>46.06</v>
+        <v>47.08</v>
       </c>
       <c r="H170" s="10"/>
     </row>
     <row r="171" spans="1:9">
       <c r="B171" s="9" t="s">
-        <v>162</v>
+        <v>77</v>
       </c>
       <c r="C171" s="9" t="s">
-        <v>313</v>
+        <v>312</v>
       </c>
       <c r="D171" s="9" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="E171" s="9" t="s">
-        <v>314</v>
+        <v>311</v>
       </c>
       <c r="F171" s="9" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="G171" s="10">
-        <v>46.06</v>
+        <v>59.79</v>
       </c>
       <c r="H171" s="10"/>
     </row>
     <row r="172" spans="1:9">
       <c r="B172" s="9" t="s">
-        <v>162</v>
+        <v>77</v>
       </c>
       <c r="C172" s="9" t="s">
-        <v>315</v>
+        <v>313</v>
       </c>
       <c r="D172" s="9" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="E172" s="9" t="s">
-        <v>50</v>
+        <v>314</v>
       </c>
       <c r="F172" s="9" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="G172" s="10">
-        <v>34.93</v>
+        <v>60.29</v>
       </c>
       <c r="H172" s="10"/>
     </row>
     <row r="173" spans="1:9">
       <c r="B173" s="9" t="s">
-        <v>162</v>
+        <v>77</v>
       </c>
       <c r="C173" s="9" t="s">
+        <v>315</v>
+      </c>
+      <c r="D173" s="9" t="s">
+        <v>70</v>
+      </c>
+      <c r="E173" s="9" t="s">
         <v>316</v>
       </c>
-      <c r="D173" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F173" s="9" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="G173" s="10">
-        <v>54.15</v>
+        <v>76.8</v>
       </c>
       <c r="H173" s="10"/>
     </row>
     <row r="174" spans="1:9">
       <c r="B174" s="9" t="s">
-        <v>162</v>
+        <v>77</v>
       </c>
       <c r="C174" s="9" t="s">
+        <v>317</v>
+      </c>
+      <c r="D174" s="9" t="s">
+        <v>70</v>
+      </c>
+      <c r="E174" s="9" t="s">
         <v>318</v>
       </c>
-      <c r="D174" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F174" s="9" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="G174" s="10">
-        <v>53.65</v>
+        <v>80.04000000000001</v>
       </c>
       <c r="H174" s="10"/>
     </row>
     <row r="175" spans="1:9">
       <c r="B175" s="9" t="s">
-        <v>162</v>
+        <v>77</v>
       </c>
       <c r="C175" s="9" t="s">
         <v>319</v>
       </c>
       <c r="D175" s="9" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="E175" s="9" t="s">
-        <v>320</v>
+        <v>120</v>
       </c>
       <c r="F175" s="9" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="G175" s="10">
-        <v>74.33</v>
+        <v>64.76000000000001</v>
       </c>
       <c r="H175" s="10"/>
     </row>
     <row r="176" spans="1:9">
       <c r="B176" s="9" t="s">
-        <v>162</v>
+        <v>77</v>
       </c>
       <c r="C176" s="9" t="s">
-        <v>321</v>
+        <v>320</v>
       </c>
       <c r="D176" s="9" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="E176" s="9" t="s">
-        <v>322</v>
+        <v>120</v>
       </c>
       <c r="F176" s="9" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="G176" s="10">
-        <v>74.83</v>
+        <v>65.26000000000001</v>
       </c>
       <c r="H176" s="10"/>
     </row>
     <row r="177" spans="1:9">
       <c r="B177" s="9" t="s">
-        <v>162</v>
+        <v>152</v>
       </c>
       <c r="C177" s="9" t="s">
-        <v>323</v>
+        <v>321</v>
       </c>
       <c r="D177" s="9" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="E177" s="9" t="s">
-        <v>324</v>
+        <v>322</v>
       </c>
       <c r="F177" s="9" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="G177" s="10">
-        <v>60.13</v>
+        <v>35.43</v>
       </c>
       <c r="H177" s="10"/>
     </row>
     <row r="178" spans="1:9">
       <c r="B178" s="9" t="s">
-        <v>162</v>
+        <v>77</v>
       </c>
       <c r="C178" s="9" t="s">
-        <v>325</v>
+        <v>323</v>
       </c>
       <c r="D178" s="9" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="E178" s="9" t="s">
-        <v>324</v>
+        <v>296</v>
       </c>
       <c r="F178" s="9" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="G178" s="10">
-        <v>60.13</v>
+        <v>55.31</v>
       </c>
       <c r="H178" s="10"/>
     </row>
     <row r="179" spans="1:9">
       <c r="B179" s="9" t="s">
-        <v>162</v>
+        <v>77</v>
       </c>
       <c r="C179" s="9" t="s">
-        <v>326</v>
+        <v>324</v>
       </c>
       <c r="D179" s="9" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="E179" s="9" t="s">
-        <v>327</v>
+        <v>294</v>
       </c>
       <c r="F179" s="9" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="G179" s="10">
-        <v>47.08</v>
+        <v>54.81</v>
       </c>
       <c r="H179" s="10"/>
     </row>
     <row r="180" spans="1:9">
       <c r="B180" s="9" t="s">
         <v>77</v>
       </c>
       <c r="C180" s="9" t="s">
-        <v>328</v>
+        <v>325</v>
       </c>
       <c r="D180" s="9" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="E180" s="9" t="s">
-        <v>327</v>
+        <v>53</v>
       </c>
       <c r="F180" s="9" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="G180" s="10">
-        <v>59.79</v>
+        <v>41.78</v>
       </c>
       <c r="H180" s="10"/>
     </row>
     <row r="181" spans="1:9">
       <c r="B181" s="9" t="s">
         <v>77</v>
       </c>
       <c r="C181" s="9" t="s">
-        <v>329</v>
+        <v>326</v>
       </c>
       <c r="D181" s="9" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="E181" s="9" t="s">
-        <v>330</v>
+        <v>322</v>
       </c>
       <c r="F181" s="9" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="G181" s="10">
-        <v>60.29</v>
+        <v>42.28</v>
       </c>
       <c r="H181" s="10"/>
     </row>
     <row r="182" spans="1:9">
       <c r="B182" s="9" t="s">
-        <v>77</v>
+        <v>152</v>
       </c>
       <c r="C182" s="9" t="s">
-        <v>331</v>
+        <v>327</v>
       </c>
       <c r="D182" s="9" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="E182" s="9" t="s">
-        <v>332</v>
+        <v>314</v>
       </c>
       <c r="F182" s="9" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="G182" s="10">
-        <v>76.8</v>
+        <v>47.58</v>
       </c>
       <c r="H182" s="10"/>
     </row>
     <row r="183" spans="1:9">
       <c r="B183" s="9" t="s">
-        <v>77</v>
+        <v>152</v>
       </c>
       <c r="C183" s="9" t="s">
-        <v>333</v>
+        <v>328</v>
       </c>
       <c r="D183" s="9" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="E183" s="9" t="s">
-        <v>334</v>
+        <v>329</v>
       </c>
       <c r="F183" s="9" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="G183" s="10">
-        <v>80.04000000000001</v>
+        <v>47.58</v>
       </c>
       <c r="H183" s="10"/>
     </row>
     <row r="184" spans="1:9">
       <c r="B184" s="9" t="s">
-        <v>77</v>
+        <v>152</v>
       </c>
       <c r="C184" s="9" t="s">
-        <v>335</v>
+        <v>330</v>
       </c>
       <c r="D184" s="9" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="E184" s="9" t="s">
-        <v>120</v>
+        <v>331</v>
       </c>
       <c r="F184" s="9" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="G184" s="10">
-        <v>64.76000000000001</v>
+        <v>47.58</v>
       </c>
       <c r="H184" s="10"/>
     </row>
     <row r="185" spans="1:9">
       <c r="B185" s="9" t="s">
-        <v>77</v>
+        <v>152</v>
       </c>
       <c r="C185" s="9" t="s">
-        <v>336</v>
+        <v>332</v>
       </c>
       <c r="D185" s="9" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="E185" s="9" t="s">
-        <v>120</v>
+        <v>333</v>
       </c>
       <c r="F185" s="9" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="G185" s="10">
-        <v>65.26000000000001</v>
+        <v>47.58</v>
       </c>
       <c r="H185" s="10"/>
     </row>
     <row r="186" spans="1:9">
       <c r="B186" s="9" t="s">
-        <v>162</v>
+        <v>152</v>
       </c>
       <c r="C186" s="9" t="s">
-        <v>337</v>
+        <v>334</v>
       </c>
       <c r="D186" s="9" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="E186" s="9" t="s">
-        <v>338</v>
+        <v>335</v>
       </c>
       <c r="F186" s="9" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="G186" s="10">
-        <v>35.43</v>
+        <v>53.65</v>
       </c>
       <c r="H186" s="10"/>
     </row>
     <row r="187" spans="1:9">
       <c r="B187" s="9" t="s">
-        <v>77</v>
+        <v>152</v>
       </c>
       <c r="C187" s="9" t="s">
-        <v>339</v>
+        <v>336</v>
       </c>
       <c r="D187" s="9" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="E187" s="9" t="s">
-        <v>312</v>
+        <v>308</v>
       </c>
       <c r="F187" s="9" t="s">
-        <v>126</v>
-[...3 lines deleted...]
-      </c>
+        <v>122</v>
+      </c>
+      <c r="G187" s="10"/>
       <c r="H187" s="10"/>
     </row>
     <row r="188" spans="1:9">
       <c r="B188" s="9" t="s">
-        <v>77</v>
+        <v>152</v>
       </c>
       <c r="C188" s="9" t="s">
-        <v>340</v>
+        <v>337</v>
       </c>
       <c r="D188" s="9" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="E188" s="9" t="s">
-        <v>123</v>
+        <v>316</v>
       </c>
       <c r="F188" s="9" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="G188" s="10">
-        <v>54.81</v>
+        <v>57.75</v>
       </c>
       <c r="H188" s="10"/>
     </row>
     <row r="189" spans="1:9">
       <c r="B189" s="9" t="s">
-        <v>77</v>
+        <v>152</v>
       </c>
       <c r="C189" s="9" t="s">
-        <v>341</v>
+        <v>338</v>
       </c>
       <c r="D189" s="9" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="E189" s="9" t="s">
-        <v>50</v>
+        <v>339</v>
       </c>
       <c r="F189" s="9" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="G189" s="10">
-        <v>41.78</v>
+        <v>57.75</v>
       </c>
       <c r="H189" s="10"/>
     </row>
     <row r="190" spans="1:9">
       <c r="B190" s="9" t="s">
-        <v>77</v>
+        <v>152</v>
       </c>
       <c r="C190" s="9" t="s">
-        <v>342</v>
+        <v>340</v>
       </c>
       <c r="D190" s="9" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="E190" s="9" t="s">
-        <v>338</v>
+        <v>341</v>
       </c>
       <c r="F190" s="9" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="G190" s="10">
-        <v>42.28</v>
+        <v>57.75</v>
       </c>
       <c r="H190" s="10"/>
     </row>
     <row r="191" spans="1:9">
       <c r="B191" s="9" t="s">
-        <v>162</v>
+        <v>152</v>
       </c>
       <c r="C191" s="9" t="s">
+        <v>342</v>
+      </c>
+      <c r="D191" s="9" t="s">
+        <v>70</v>
+      </c>
+      <c r="E191" s="9" t="s">
         <v>343</v>
       </c>
-      <c r="D191" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F191" s="9" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="G191" s="10">
-        <v>47.58</v>
+        <v>53.65</v>
       </c>
       <c r="H191" s="10"/>
     </row>
     <row r="192" spans="1:9">
       <c r="B192" s="9" t="s">
-        <v>162</v>
+        <v>77</v>
       </c>
       <c r="C192" s="9" t="s">
         <v>344</v>
       </c>
       <c r="D192" s="9" t="s">
-        <v>56</v>
+        <v>16</v>
       </c>
       <c r="E192" s="9" t="s">
         <v>345</v>
       </c>
       <c r="F192" s="9" t="s">
-        <v>126</v>
-[...4 lines deleted...]
-      <c r="H192" s="10"/>
+        <v>179</v>
+      </c>
+      <c r="G192" s="11">
+        <v>59</v>
+      </c>
+      <c r="H192" s="11"/>
     </row>
     <row r="193" spans="1:9">
       <c r="B193" s="9" t="s">
-        <v>162</v>
+        <v>42</v>
       </c>
       <c r="C193" s="9" t="s">
         <v>346</v>
       </c>
       <c r="D193" s="9" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="E193" s="9" t="s">
         <v>347</v>
       </c>
       <c r="F193" s="9" t="s">
-        <v>126</v>
+        <v>348</v>
       </c>
       <c r="G193" s="10">
-        <v>47.58</v>
+        <v>44.05</v>
       </c>
       <c r="H193" s="10"/>
     </row>
     <row r="194" spans="1:9">
       <c r="B194" s="9" t="s">
-        <v>162</v>
+        <v>349</v>
       </c>
       <c r="C194" s="9" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="D194" s="9" t="s">
-        <v>56</v>
+        <v>16</v>
       </c>
       <c r="E194" s="9" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="F194" s="9" t="s">
-        <v>126</v>
+        <v>352</v>
       </c>
       <c r="G194" s="10">
-        <v>47.58</v>
+        <v>21.79</v>
       </c>
       <c r="H194" s="10"/>
     </row>
     <row r="195" spans="1:9">
       <c r="B195" s="9" t="s">
-        <v>162</v>
+        <v>349</v>
       </c>
       <c r="C195" s="9" t="s">
-        <v>350</v>
+        <v>353</v>
       </c>
       <c r="D195" s="9" t="s">
-        <v>56</v>
+        <v>16</v>
       </c>
       <c r="E195" s="9" t="s">
-        <v>351</v>
+        <v>53</v>
       </c>
       <c r="F195" s="9" t="s">
-        <v>126</v>
-[...4 lines deleted...]
-      <c r="H195" s="10"/>
+        <v>352</v>
+      </c>
+      <c r="G195" s="11">
+        <v>23.09</v>
+      </c>
+      <c r="H195" s="11"/>
     </row>
     <row r="196" spans="1:9">
       <c r="B196" s="9" t="s">
-        <v>162</v>
+        <v>349</v>
       </c>
       <c r="C196" s="9" t="s">
+        <v>354</v>
+      </c>
+      <c r="D196" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="E196" s="9" t="s">
+        <v>128</v>
+      </c>
+      <c r="F196" s="9" t="s">
         <v>352</v>
       </c>
-      <c r="D196" s="9" t="s">
-[...8 lines deleted...]
-      <c r="G196" s="10"/>
+      <c r="G196" s="10">
+        <v>33.78</v>
+      </c>
       <c r="H196" s="10"/>
     </row>
     <row r="197" spans="1:9">
       <c r="B197" s="9" t="s">
-        <v>162</v>
+        <v>349</v>
       </c>
       <c r="C197" s="9" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="D197" s="9" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="E197" s="9" t="s">
-        <v>332</v>
+        <v>139</v>
       </c>
       <c r="F197" s="9" t="s">
-        <v>126</v>
+        <v>352</v>
       </c>
       <c r="G197" s="10">
-        <v>57.75</v>
+        <v>40.34</v>
       </c>
       <c r="H197" s="10"/>
     </row>
     <row r="198" spans="1:9">
       <c r="B198" s="9" t="s">
-        <v>162</v>
+        <v>191</v>
       </c>
       <c r="C198" s="9" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="D198" s="9" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="E198" s="9" t="s">
-        <v>355</v>
+        <v>351</v>
       </c>
       <c r="F198" s="9" t="s">
-        <v>126</v>
+        <v>352</v>
       </c>
       <c r="G198" s="10">
-        <v>57.75</v>
+        <v>22.6</v>
       </c>
       <c r="H198" s="10"/>
     </row>
     <row r="199" spans="1:9">
       <c r="B199" s="9" t="s">
-        <v>162</v>
+        <v>191</v>
       </c>
       <c r="C199" s="9" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="D199" s="9" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="E199" s="9" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="F199" s="9" t="s">
-        <v>126</v>
+        <v>352</v>
       </c>
       <c r="G199" s="10">
-        <v>57.75</v>
+        <v>22.6</v>
       </c>
       <c r="H199" s="10"/>
     </row>
     <row r="200" spans="1:9">
       <c r="B200" s="9" t="s">
-        <v>162</v>
+        <v>191</v>
       </c>
       <c r="C200" s="9" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="D200" s="9" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="E200" s="9" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="F200" s="9" t="s">
-        <v>126</v>
+        <v>352</v>
       </c>
       <c r="G200" s="10">
-        <v>53.65</v>
+        <v>22.6</v>
       </c>
       <c r="H200" s="10"/>
     </row>
     <row r="201" spans="1:9">
       <c r="B201" s="9" t="s">
-        <v>39</v>
+        <v>191</v>
       </c>
       <c r="C201" s="9" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="D201" s="9" t="s">
-        <v>26</v>
+        <v>70</v>
       </c>
       <c r="E201" s="9" t="s">
-        <v>50</v>
+        <v>362</v>
       </c>
       <c r="F201" s="9" t="s">
-        <v>33</v>
+        <v>352</v>
       </c>
       <c r="G201" s="10">
-        <v>15.4</v>
+        <v>22.6</v>
       </c>
       <c r="H201" s="10"/>
     </row>
     <row r="202" spans="1:9">
       <c r="B202" s="9" t="s">
-        <v>77</v>
+        <v>191</v>
       </c>
       <c r="C202" s="9" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="D202" s="9" t="s">
-        <v>26</v>
+        <v>70</v>
       </c>
       <c r="E202" s="9" t="s">
-        <v>50</v>
+        <v>364</v>
       </c>
       <c r="F202" s="9" t="s">
-        <v>33</v>
+        <v>352</v>
       </c>
       <c r="G202" s="10">
-        <v>30.5</v>
+        <v>22.6</v>
       </c>
       <c r="H202" s="10"/>
     </row>
     <row r="203" spans="1:9">
       <c r="B203" s="9" t="s">
-        <v>77</v>
+        <v>191</v>
       </c>
       <c r="C203" s="9" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="D203" s="9" t="s">
-        <v>16</v>
+        <v>70</v>
       </c>
       <c r="E203" s="9" t="s">
-        <v>363</v>
+        <v>53</v>
       </c>
       <c r="F203" s="9" t="s">
-        <v>197</v>
-[...4 lines deleted...]
-      <c r="H203" s="11"/>
+        <v>352</v>
+      </c>
+      <c r="G203" s="10">
+        <v>23.94</v>
+      </c>
+      <c r="H203" s="10"/>
     </row>
     <row r="204" spans="1:9">
       <c r="B204" s="9" t="s">
-        <v>39</v>
+        <v>191</v>
       </c>
       <c r="C204" s="9" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="D204" s="9" t="s">
-        <v>26</v>
+        <v>70</v>
       </c>
       <c r="E204" s="9" t="s">
-        <v>365</v>
+        <v>186</v>
       </c>
       <c r="F204" s="9" t="s">
-        <v>33</v>
-[...4 lines deleted...]
-      <c r="H204" s="11"/>
+        <v>352</v>
+      </c>
+      <c r="G204" s="10">
+        <v>23.94</v>
+      </c>
+      <c r="H204" s="10"/>
     </row>
     <row r="205" spans="1:9">
       <c r="B205" s="9" t="s">
-        <v>39</v>
+        <v>191</v>
       </c>
       <c r="C205" s="9" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="D205" s="9" t="s">
-        <v>26</v>
+        <v>70</v>
       </c>
       <c r="E205" s="9" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="F205" s="9" t="s">
-        <v>33</v>
-[...4 lines deleted...]
-      <c r="H205" s="11"/>
+        <v>352</v>
+      </c>
+      <c r="G205" s="10">
+        <v>23.94</v>
+      </c>
+      <c r="H205" s="10"/>
     </row>
     <row r="206" spans="1:9">
       <c r="B206" s="9" t="s">
-        <v>39</v>
+        <v>191</v>
       </c>
       <c r="C206" s="9" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="D206" s="9" t="s">
-        <v>26</v>
+        <v>70</v>
       </c>
       <c r="E206" s="9" t="s">
-        <v>88</v>
+        <v>370</v>
       </c>
       <c r="F206" s="9" t="s">
-        <v>33</v>
-[...4 lines deleted...]
-      <c r="H206" s="11"/>
+        <v>352</v>
+      </c>
+      <c r="G206" s="10">
+        <v>23.94</v>
+      </c>
+      <c r="H206" s="10"/>
     </row>
     <row r="207" spans="1:9">
       <c r="B207" s="9" t="s">
-        <v>39</v>
+        <v>191</v>
       </c>
       <c r="C207" s="9" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="D207" s="9" t="s">
-        <v>26</v>
+        <v>70</v>
       </c>
       <c r="E207" s="9" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="F207" s="9" t="s">
-        <v>33</v>
-[...4 lines deleted...]
-      <c r="H207" s="11"/>
+        <v>352</v>
+      </c>
+      <c r="G207" s="10">
+        <v>23.94</v>
+      </c>
+      <c r="H207" s="10"/>
     </row>
     <row r="208" spans="1:9">
       <c r="B208" s="9" t="s">
-        <v>39</v>
+        <v>191</v>
       </c>
       <c r="C208" s="9" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="D208" s="9" t="s">
-        <v>26</v>
+        <v>70</v>
       </c>
       <c r="E208" s="9" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="F208" s="9" t="s">
-        <v>33</v>
-[...4 lines deleted...]
-      <c r="H208" s="11"/>
+        <v>352</v>
+      </c>
+      <c r="G208" s="10">
+        <v>23.94</v>
+      </c>
+      <c r="H208" s="10"/>
     </row>
     <row r="209" spans="1:9">
       <c r="B209" s="9" t="s">
-        <v>39</v>
+        <v>191</v>
       </c>
       <c r="C209" s="9" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="D209" s="9" t="s">
-        <v>26</v>
+        <v>70</v>
       </c>
       <c r="E209" s="9" t="s">
-        <v>374</v>
+        <v>128</v>
       </c>
       <c r="F209" s="9" t="s">
-        <v>33</v>
-[...4 lines deleted...]
-      <c r="H209" s="11"/>
+        <v>352</v>
+      </c>
+      <c r="G209" s="10">
+        <v>35.03</v>
+      </c>
+      <c r="H209" s="10"/>
     </row>
     <row r="210" spans="1:9">
       <c r="B210" s="9" t="s">
-        <v>39</v>
+        <v>191</v>
       </c>
       <c r="C210" s="9" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="D210" s="9" t="s">
-        <v>26</v>
+        <v>70</v>
       </c>
       <c r="E210" s="9" t="s">
-        <v>256</v>
+        <v>377</v>
       </c>
       <c r="F210" s="9" t="s">
-        <v>33</v>
-[...4 lines deleted...]
-      <c r="H210" s="11"/>
+        <v>352</v>
+      </c>
+      <c r="G210" s="10">
+        <v>35.03</v>
+      </c>
+      <c r="H210" s="10"/>
     </row>
     <row r="211" spans="1:9">
       <c r="B211" s="9" t="s">
-        <v>39</v>
+        <v>191</v>
       </c>
       <c r="C211" s="9" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="D211" s="9" t="s">
-        <v>26</v>
+        <v>70</v>
       </c>
       <c r="E211" s="9" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="F211" s="9" t="s">
-        <v>33</v>
-[...4 lines deleted...]
-      <c r="H211" s="11"/>
+        <v>352</v>
+      </c>
+      <c r="G211" s="10">
+        <v>35.03</v>
+      </c>
+      <c r="H211" s="10"/>
     </row>
     <row r="212" spans="1:9">
       <c r="B212" s="9" t="s">
-        <v>39</v>
+        <v>191</v>
       </c>
       <c r="C212" s="9" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="D212" s="9" t="s">
         <v>26</v>
       </c>
       <c r="E212" s="9" t="s">
-        <v>167</v>
+        <v>96</v>
       </c>
       <c r="F212" s="9" t="s">
-        <v>379</v>
+        <v>352</v>
       </c>
       <c r="G212" s="10">
-        <v>58</v>
+        <v>41.83</v>
       </c>
       <c r="H212" s="10"/>
     </row>
     <row r="213" spans="1:9">
       <c r="B213" s="9" t="s">
-        <v>77</v>
+        <v>191</v>
       </c>
       <c r="C213" s="9" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="D213" s="9" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="E213" s="9" t="s">
-        <v>50</v>
+        <v>382</v>
       </c>
       <c r="F213" s="9" t="s">
-        <v>379</v>
-[...4 lines deleted...]
-      <c r="H213" s="10"/>
+        <v>352</v>
+      </c>
+      <c r="G213" s="11">
+        <v>41.83</v>
+      </c>
+      <c r="H213" s="11"/>
     </row>
     <row r="214" spans="1:9">
       <c r="B214" s="9" t="s">
-        <v>77</v>
+        <v>191</v>
       </c>
       <c r="C214" s="9" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="D214" s="9" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="E214" s="9" t="s">
-        <v>132</v>
+        <v>384</v>
       </c>
       <c r="F214" s="9" t="s">
-        <v>379</v>
-[...4 lines deleted...]
-      <c r="H214" s="10"/>
+        <v>352</v>
+      </c>
+      <c r="G214" s="11">
+        <v>41.83</v>
+      </c>
+      <c r="H214" s="11"/>
     </row>
     <row r="215" spans="1:9">
       <c r="B215" s="9" t="s">
-        <v>39</v>
+        <v>191</v>
       </c>
       <c r="C215" s="9" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="D215" s="9" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="E215" s="9" t="s">
-        <v>50</v>
+        <v>386</v>
       </c>
       <c r="F215" s="9" t="s">
-        <v>379</v>
+        <v>352</v>
       </c>
       <c r="G215" s="10">
-        <v>28</v>
+        <v>44.44</v>
       </c>
       <c r="H215" s="10"/>
     </row>
     <row r="216" spans="1:9">
       <c r="B216" s="9" t="s">
-        <v>39</v>
+        <v>191</v>
       </c>
       <c r="C216" s="9" t="s">
-        <v>383</v>
+        <v>387</v>
       </c>
       <c r="D216" s="9" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="E216" s="9" t="s">
-        <v>132</v>
+        <v>388</v>
       </c>
       <c r="F216" s="9" t="s">
-        <v>379</v>
+        <v>352</v>
       </c>
       <c r="G216" s="10">
-        <v>41</v>
+        <v>44.44</v>
       </c>
       <c r="H216" s="10"/>
     </row>
     <row r="217" spans="1:9">
       <c r="B217" s="9" t="s">
-        <v>77</v>
+        <v>191</v>
       </c>
       <c r="C217" s="9" t="s">
-        <v>384</v>
+        <v>389</v>
       </c>
       <c r="D217" s="9" t="s">
         <v>26</v>
       </c>
       <c r="E217" s="9" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
       <c r="F217" s="9" t="s">
-        <v>379</v>
+        <v>352</v>
       </c>
       <c r="G217" s="10">
-        <v>78.53</v>
+        <v>49.56</v>
       </c>
       <c r="H217" s="10"/>
     </row>
     <row r="218" spans="1:9">
       <c r="B218" s="9" t="s">
-        <v>39</v>
+        <v>191</v>
       </c>
       <c r="C218" s="9" t="s">
-        <v>385</v>
+        <v>390</v>
       </c>
       <c r="D218" s="9" t="s">
         <v>26</v>
       </c>
       <c r="E218" s="9" t="s">
-        <v>94</v>
+        <v>391</v>
       </c>
       <c r="F218" s="9" t="s">
-        <v>379</v>
-[...4 lines deleted...]
-      <c r="H218" s="11"/>
+        <v>352</v>
+      </c>
+      <c r="G218" s="10">
+        <v>49.56</v>
+      </c>
+      <c r="H218" s="10"/>
     </row>
     <row r="219" spans="1:9">
       <c r="B219" s="9" t="s">
-        <v>77</v>
+        <v>392</v>
       </c>
       <c r="C219" s="9" t="s">
-        <v>386</v>
+        <v>393</v>
       </c>
       <c r="D219" s="9" t="s">
-        <v>26</v>
+        <v>70</v>
       </c>
       <c r="E219" s="9" t="s">
-        <v>94</v>
+        <v>394</v>
       </c>
       <c r="F219" s="9" t="s">
-        <v>379</v>
+        <v>352</v>
       </c>
       <c r="G219" s="10">
-        <v>66.34999999999999</v>
+        <v>30.99</v>
       </c>
       <c r="H219" s="10"/>
     </row>
     <row r="220" spans="1:9">
       <c r="B220" s="9" t="s">
-        <v>39</v>
+        <v>392</v>
       </c>
       <c r="C220" s="9" t="s">
-        <v>387</v>
+        <v>395</v>
       </c>
       <c r="D220" s="9" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="E220" s="9" t="s">
-        <v>388</v>
+        <v>128</v>
       </c>
       <c r="F220" s="9" t="s">
-        <v>379</v>
+        <v>352</v>
       </c>
       <c r="G220" s="10">
-        <v>26.5</v>
+        <v>48.04</v>
       </c>
       <c r="H220" s="10"/>
     </row>
     <row r="221" spans="1:9">
       <c r="B221" s="9" t="s">
-        <v>39</v>
+        <v>392</v>
       </c>
       <c r="C221" s="9" t="s">
-        <v>389</v>
+        <v>396</v>
       </c>
       <c r="D221" s="9" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="E221" s="9" t="s">
-        <v>204</v>
+        <v>96</v>
       </c>
       <c r="F221" s="9" t="s">
-        <v>379</v>
+        <v>352</v>
       </c>
       <c r="G221" s="10">
-        <v>28</v>
+        <v>57.37</v>
       </c>
       <c r="H221" s="10"/>
     </row>
     <row r="222" spans="1:9">
       <c r="B222" s="9" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C222" s="9" t="s">
-        <v>390</v>
+        <v>397</v>
       </c>
       <c r="D222" s="9" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="E222" s="9" t="s">
-        <v>391</v>
+        <v>394</v>
       </c>
       <c r="F222" s="9" t="s">
-        <v>379</v>
+        <v>352</v>
       </c>
       <c r="G222" s="10">
-        <v>28</v>
+        <v>26.9</v>
       </c>
       <c r="H222" s="10"/>
     </row>
     <row r="223" spans="1:9">
       <c r="B223" s="9" t="s">
-        <v>77</v>
+        <v>42</v>
       </c>
       <c r="C223" s="9" t="s">
-        <v>392</v>
+        <v>398</v>
       </c>
       <c r="D223" s="9" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="E223" s="9" t="s">
-        <v>204</v>
+        <v>358</v>
       </c>
       <c r="F223" s="9" t="s">
-        <v>379</v>
+        <v>352</v>
       </c>
       <c r="G223" s="10">
-        <v>37.91</v>
+        <v>26.9</v>
       </c>
       <c r="H223" s="10"/>
     </row>
     <row r="224" spans="1:9">
       <c r="B224" s="9" t="s">
-        <v>77</v>
+        <v>42</v>
       </c>
       <c r="C224" s="9" t="s">
-        <v>393</v>
+        <v>399</v>
       </c>
       <c r="D224" s="9" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="E224" s="9" t="s">
-        <v>391</v>
+        <v>360</v>
       </c>
       <c r="F224" s="9" t="s">
-        <v>379</v>
+        <v>352</v>
       </c>
       <c r="G224" s="10">
-        <v>37.91</v>
+        <v>26.9</v>
       </c>
       <c r="H224" s="10"/>
     </row>
     <row r="225" spans="1:9">
       <c r="B225" s="9" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C225" s="9" t="s">
-        <v>394</v>
+        <v>400</v>
       </c>
       <c r="D225" s="9" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="E225" s="9" t="s">
-        <v>395</v>
+        <v>401</v>
       </c>
       <c r="F225" s="9" t="s">
-        <v>379</v>
+        <v>352</v>
       </c>
       <c r="G225" s="10">
-        <v>26.5</v>
+        <v>26.9</v>
       </c>
       <c r="H225" s="10"/>
     </row>
     <row r="226" spans="1:9">
       <c r="B226" s="9" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C226" s="9" t="s">
-        <v>396</v>
+        <v>402</v>
       </c>
       <c r="D226" s="9" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="E226" s="9" t="s">
-        <v>397</v>
+        <v>362</v>
       </c>
       <c r="F226" s="9" t="s">
-        <v>379</v>
+        <v>352</v>
       </c>
       <c r="G226" s="10">
-        <v>26.5</v>
+        <v>26.9</v>
       </c>
       <c r="H226" s="10"/>
     </row>
     <row r="227" spans="1:9">
       <c r="B227" s="9" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C227" s="9" t="s">
-        <v>398</v>
+        <v>403</v>
       </c>
       <c r="D227" s="9" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="E227" s="9" t="s">
-        <v>399</v>
+        <v>364</v>
       </c>
       <c r="F227" s="9" t="s">
-        <v>379</v>
+        <v>352</v>
       </c>
       <c r="G227" s="10">
-        <v>26.5</v>
+        <v>26.9</v>
       </c>
       <c r="H227" s="10"/>
     </row>
     <row r="228" spans="1:9">
       <c r="B228" s="9" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C228" s="9" t="s">
-        <v>400</v>
+        <v>404</v>
       </c>
       <c r="D228" s="9" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="E228" s="9" t="s">
-        <v>401</v>
+        <v>405</v>
       </c>
       <c r="F228" s="9" t="s">
-        <v>379</v>
+        <v>352</v>
       </c>
       <c r="G228" s="10">
-        <v>26.5</v>
+        <v>26.9</v>
       </c>
       <c r="H228" s="10"/>
     </row>
     <row r="229" spans="1:9">
       <c r="B229" s="9" t="s">
-        <v>77</v>
+        <v>42</v>
       </c>
       <c r="C229" s="9" t="s">
-        <v>402</v>
+        <v>406</v>
       </c>
       <c r="D229" s="9" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="E229" s="9" t="s">
-        <v>395</v>
+        <v>53</v>
       </c>
       <c r="F229" s="9" t="s">
-        <v>379</v>
+        <v>352</v>
       </c>
       <c r="G229" s="10">
-        <v>35.88</v>
+        <v>28.5</v>
       </c>
       <c r="H229" s="10"/>
     </row>
     <row r="230" spans="1:9">
       <c r="B230" s="9" t="s">
-        <v>77</v>
+        <v>42</v>
       </c>
       <c r="C230" s="9" t="s">
-        <v>403</v>
+        <v>407</v>
       </c>
       <c r="D230" s="9" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="E230" s="9" t="s">
-        <v>399</v>
+        <v>186</v>
       </c>
       <c r="F230" s="9" t="s">
-        <v>379</v>
+        <v>352</v>
       </c>
       <c r="G230" s="10">
-        <v>35.88</v>
+        <v>28.5</v>
       </c>
       <c r="H230" s="10"/>
     </row>
     <row r="231" spans="1:9">
       <c r="B231" s="9" t="s">
-        <v>77</v>
+        <v>42</v>
       </c>
       <c r="C231" s="9" t="s">
-        <v>404</v>
+        <v>408</v>
       </c>
       <c r="D231" s="9" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="E231" s="9" t="s">
-        <v>401</v>
+        <v>374</v>
       </c>
       <c r="F231" s="9" t="s">
-        <v>379</v>
+        <v>352</v>
       </c>
       <c r="G231" s="10">
-        <v>35.88</v>
+        <v>28.5</v>
       </c>
       <c r="H231" s="10"/>
     </row>
     <row r="232" spans="1:9">
       <c r="B232" s="9" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C232" s="9" t="s">
-        <v>405</v>
+        <v>409</v>
       </c>
       <c r="D232" s="9" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="E232" s="9" t="s">
-        <v>406</v>
+        <v>410</v>
       </c>
       <c r="F232" s="9" t="s">
-        <v>379</v>
+        <v>352</v>
       </c>
       <c r="G232" s="10">
-        <v>41</v>
+        <v>28.5</v>
       </c>
       <c r="H232" s="10"/>
     </row>
     <row r="233" spans="1:9">
       <c r="B233" s="9" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C233" s="9" t="s">
-        <v>407</v>
+        <v>411</v>
       </c>
       <c r="D233" s="9" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="E233" s="9" t="s">
-        <v>408</v>
+        <v>412</v>
       </c>
       <c r="F233" s="9" t="s">
-        <v>379</v>
+        <v>352</v>
       </c>
       <c r="G233" s="10">
-        <v>41</v>
+        <v>28.5</v>
       </c>
       <c r="H233" s="10"/>
     </row>
     <row r="234" spans="1:9">
       <c r="B234" s="9" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C234" s="9" t="s">
-        <v>409</v>
+        <v>413</v>
       </c>
       <c r="D234" s="9" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="E234" s="9" t="s">
-        <v>410</v>
+        <v>414</v>
       </c>
       <c r="F234" s="9" t="s">
-        <v>379</v>
+        <v>352</v>
       </c>
       <c r="G234" s="10">
-        <v>41</v>
+        <v>28.5</v>
       </c>
       <c r="H234" s="10"/>
     </row>
     <row r="235" spans="1:9">
       <c r="B235" s="9" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C235" s="9" t="s">
-        <v>411</v>
+        <v>415</v>
       </c>
       <c r="D235" s="9" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="E235" s="9" t="s">
-        <v>412</v>
+        <v>372</v>
       </c>
       <c r="F235" s="9" t="s">
-        <v>379</v>
+        <v>352</v>
       </c>
       <c r="G235" s="10">
-        <v>41</v>
+        <v>28.5</v>
       </c>
       <c r="H235" s="10"/>
     </row>
     <row r="236" spans="1:9">
       <c r="B236" s="9" t="s">
-        <v>77</v>
+        <v>42</v>
       </c>
       <c r="C236" s="9" t="s">
-        <v>413</v>
+        <v>416</v>
       </c>
       <c r="D236" s="9" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="E236" s="9" t="s">
-        <v>406</v>
+        <v>370</v>
       </c>
       <c r="F236" s="9" t="s">
-        <v>379</v>
+        <v>352</v>
       </c>
       <c r="G236" s="10">
-        <v>55.51</v>
+        <v>28.5</v>
       </c>
       <c r="H236" s="10"/>
     </row>
     <row r="237" spans="1:9">
       <c r="B237" s="9" t="s">
-        <v>77</v>
+        <v>42</v>
       </c>
       <c r="C237" s="9" t="s">
-        <v>414</v>
+        <v>417</v>
       </c>
       <c r="D237" s="9" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="E237" s="9" t="s">
-        <v>412</v>
+        <v>418</v>
       </c>
       <c r="F237" s="9" t="s">
-        <v>379</v>
+        <v>352</v>
       </c>
       <c r="G237" s="10">
-        <v>55.51</v>
+        <v>28.5</v>
       </c>
       <c r="H237" s="10"/>
     </row>
     <row r="238" spans="1:9">
       <c r="B238" s="9" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C238" s="9" t="s">
-        <v>415</v>
+        <v>419</v>
       </c>
       <c r="D238" s="9" t="s">
-        <v>26</v>
+        <v>70</v>
       </c>
       <c r="E238" s="9" t="s">
-        <v>177</v>
+        <v>420</v>
       </c>
       <c r="F238" s="9" t="s">
-        <v>379</v>
+        <v>352</v>
       </c>
       <c r="G238" s="10">
-        <v>58</v>
+        <v>28.5</v>
       </c>
       <c r="H238" s="10"/>
     </row>
     <row r="239" spans="1:9">
       <c r="B239" s="9" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C239" s="9" t="s">
-        <v>416</v>
+        <v>421</v>
       </c>
       <c r="D239" s="9" t="s">
-        <v>26</v>
+        <v>70</v>
       </c>
       <c r="E239" s="9" t="s">
-        <v>417</v>
+        <v>368</v>
       </c>
       <c r="F239" s="9" t="s">
-        <v>379</v>
-[...4 lines deleted...]
-      <c r="H239" s="11"/>
+        <v>352</v>
+      </c>
+      <c r="G239" s="10">
+        <v>28.5</v>
+      </c>
+      <c r="H239" s="10"/>
     </row>
     <row r="240" spans="1:9">
       <c r="B240" s="9" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C240" s="9" t="s">
-        <v>418</v>
+        <v>422</v>
       </c>
       <c r="D240" s="9" t="s">
-        <v>26</v>
+        <v>70</v>
       </c>
       <c r="E240" s="9" t="s">
-        <v>419</v>
+        <v>423</v>
       </c>
       <c r="F240" s="9" t="s">
-        <v>379</v>
+        <v>352</v>
       </c>
       <c r="G240" s="10">
-        <v>49</v>
+        <v>28.5</v>
       </c>
       <c r="H240" s="10"/>
     </row>
     <row r="241" spans="1:9">
       <c r="B241" s="9" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C241" s="9" t="s">
-        <v>420</v>
+        <v>424</v>
       </c>
       <c r="D241" s="9" t="s">
-        <v>26</v>
+        <v>70</v>
       </c>
       <c r="E241" s="9" t="s">
-        <v>421</v>
+        <v>425</v>
       </c>
       <c r="F241" s="9" t="s">
-        <v>379</v>
+        <v>352</v>
       </c>
       <c r="G241" s="10">
-        <v>49</v>
+        <v>28.5</v>
       </c>
       <c r="H241" s="10"/>
     </row>
     <row r="242" spans="1:9">
       <c r="B242" s="9" t="s">
-        <v>77</v>
+        <v>42</v>
       </c>
       <c r="C242" s="9" t="s">
-        <v>422</v>
+        <v>426</v>
       </c>
       <c r="D242" s="9" t="s">
-        <v>26</v>
+        <v>70</v>
       </c>
       <c r="E242" s="9" t="s">
-        <v>419</v>
+        <v>427</v>
       </c>
       <c r="F242" s="9" t="s">
-        <v>379</v>
+        <v>352</v>
       </c>
       <c r="G242" s="10">
-        <v>66.34999999999999</v>
+        <v>28.5</v>
       </c>
       <c r="H242" s="10"/>
     </row>
     <row r="243" spans="1:9">
       <c r="B243" s="9" t="s">
-        <v>121</v>
+        <v>42</v>
       </c>
       <c r="C243" s="9" t="s">
-        <v>423</v>
+        <v>428</v>
       </c>
       <c r="D243" s="9" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="E243" s="9" t="s">
-        <v>50</v>
+        <v>429</v>
       </c>
       <c r="F243" s="9" t="s">
-        <v>379</v>
+        <v>352</v>
       </c>
       <c r="G243" s="10">
-        <v>23.52</v>
+        <v>28.5</v>
       </c>
       <c r="H243" s="10"/>
     </row>
     <row r="244" spans="1:9">
       <c r="B244" s="9" t="s">
-        <v>121</v>
+        <v>42</v>
       </c>
       <c r="C244" s="9" t="s">
-        <v>424</v>
+        <v>430</v>
       </c>
       <c r="D244" s="9" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="E244" s="9" t="s">
-        <v>204</v>
+        <v>431</v>
       </c>
       <c r="F244" s="9" t="s">
-        <v>379</v>
+        <v>352</v>
       </c>
       <c r="G244" s="10">
-        <v>23.52</v>
+        <v>28.5</v>
       </c>
       <c r="H244" s="10"/>
     </row>
     <row r="245" spans="1:9">
       <c r="B245" s="9" t="s">
-        <v>121</v>
+        <v>42</v>
       </c>
       <c r="C245" s="9" t="s">
-        <v>425</v>
+        <v>432</v>
       </c>
       <c r="D245" s="9" t="s">
-        <v>26</v>
+        <v>70</v>
       </c>
       <c r="E245" s="9" t="s">
-        <v>167</v>
+        <v>128</v>
       </c>
       <c r="F245" s="9" t="s">
-        <v>379</v>
+        <v>352</v>
       </c>
       <c r="G245" s="10">
-        <v>48.72</v>
+        <v>41.7</v>
       </c>
       <c r="H245" s="10"/>
     </row>
     <row r="246" spans="1:9">
       <c r="B246" s="9" t="s">
-        <v>121</v>
+        <v>42</v>
       </c>
       <c r="C246" s="9" t="s">
-        <v>426</v>
+        <v>433</v>
       </c>
       <c r="D246" s="9" t="s">
-        <v>26</v>
+        <v>70</v>
       </c>
       <c r="E246" s="9" t="s">
-        <v>427</v>
+        <v>377</v>
       </c>
       <c r="F246" s="9" t="s">
-        <v>379</v>
+        <v>352</v>
       </c>
       <c r="G246" s="10">
-        <v>48.72</v>
+        <v>41.7</v>
       </c>
       <c r="H246" s="10"/>
     </row>
     <row r="247" spans="1:9">
       <c r="B247" s="9" t="s">
-        <v>121</v>
+        <v>42</v>
       </c>
       <c r="C247" s="9" t="s">
-        <v>428</v>
+        <v>434</v>
       </c>
       <c r="D247" s="9" t="s">
-        <v>26</v>
+        <v>70</v>
       </c>
       <c r="E247" s="9" t="s">
-        <v>94</v>
+        <v>379</v>
       </c>
       <c r="F247" s="9" t="s">
-        <v>379</v>
+        <v>352</v>
       </c>
       <c r="G247" s="10">
-        <v>41.16</v>
+        <v>41.7</v>
       </c>
       <c r="H247" s="10"/>
     </row>
     <row r="248" spans="1:9">
       <c r="B248" s="9" t="s">
-        <v>121</v>
+        <v>42</v>
       </c>
       <c r="C248" s="9" t="s">
-        <v>429</v>
+        <v>435</v>
       </c>
       <c r="D248" s="9" t="s">
-        <v>26</v>
+        <v>70</v>
       </c>
       <c r="E248" s="9" t="s">
-        <v>419</v>
+        <v>436</v>
       </c>
       <c r="F248" s="9" t="s">
-        <v>379</v>
-[...4 lines deleted...]
-      <c r="H248" s="11"/>
+        <v>352</v>
+      </c>
+      <c r="G248" s="10">
+        <v>41.7</v>
+      </c>
+      <c r="H248" s="10"/>
     </row>
     <row r="249" spans="1:9">
       <c r="B249" s="9" t="s">
-        <v>121</v>
+        <v>42</v>
       </c>
       <c r="C249" s="9" t="s">
-        <v>430</v>
+        <v>437</v>
       </c>
       <c r="D249" s="9" t="s">
-        <v>26</v>
+        <v>70</v>
       </c>
       <c r="E249" s="9" t="s">
-        <v>421</v>
+        <v>438</v>
       </c>
       <c r="F249" s="9" t="s">
-        <v>379</v>
-[...4 lines deleted...]
-      <c r="H249" s="11"/>
+        <v>352</v>
+      </c>
+      <c r="G249" s="10">
+        <v>41.7</v>
+      </c>
+      <c r="H249" s="10"/>
     </row>
     <row r="250" spans="1:9">
       <c r="B250" s="9" t="s">
-        <v>121</v>
+        <v>42</v>
       </c>
       <c r="C250" s="9" t="s">
-        <v>431</v>
+        <v>439</v>
       </c>
       <c r="D250" s="9" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="E250" s="9" t="s">
-        <v>432</v>
+        <v>440</v>
       </c>
       <c r="F250" s="9" t="s">
-        <v>379</v>
+        <v>352</v>
       </c>
       <c r="G250" s="10">
-        <v>22.26</v>
+        <v>41.7</v>
       </c>
       <c r="H250" s="10"/>
     </row>
     <row r="251" spans="1:9">
       <c r="B251" s="9" t="s">
-        <v>121</v>
+        <v>42</v>
       </c>
       <c r="C251" s="9" t="s">
-        <v>433</v>
+        <v>441</v>
       </c>
       <c r="D251" s="9" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="E251" s="9" t="s">
-        <v>395</v>
+        <v>442</v>
       </c>
       <c r="F251" s="9" t="s">
-        <v>379</v>
+        <v>352</v>
       </c>
       <c r="G251" s="10">
-        <v>22.26</v>
+        <v>42.2</v>
       </c>
       <c r="H251" s="10"/>
     </row>
     <row r="252" spans="1:9">
       <c r="B252" s="9" t="s">
-        <v>121</v>
+        <v>42</v>
       </c>
       <c r="C252" s="9" t="s">
-        <v>434</v>
+        <v>443</v>
       </c>
       <c r="D252" s="9" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="E252" s="9" t="s">
-        <v>397</v>
+        <v>444</v>
       </c>
       <c r="F252" s="9" t="s">
-        <v>379</v>
+        <v>352</v>
       </c>
       <c r="G252" s="10">
-        <v>22.26</v>
+        <v>42.2</v>
       </c>
       <c r="H252" s="10"/>
     </row>
     <row r="253" spans="1:9">
       <c r="B253" s="9" t="s">
-        <v>121</v>
+        <v>42</v>
       </c>
       <c r="C253" s="9" t="s">
-        <v>435</v>
+        <v>445</v>
       </c>
       <c r="D253" s="9" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="E253" s="9" t="s">
-        <v>132</v>
+        <v>446</v>
       </c>
       <c r="F253" s="9" t="s">
-        <v>379</v>
+        <v>352</v>
       </c>
       <c r="G253" s="10">
-        <v>34.44</v>
+        <v>44.7</v>
       </c>
       <c r="H253" s="10"/>
     </row>
     <row r="254" spans="1:9">
       <c r="B254" s="9" t="s">
-        <v>121</v>
+        <v>42</v>
       </c>
       <c r="C254" s="9" t="s">
-        <v>436</v>
+        <v>447</v>
       </c>
       <c r="D254" s="9" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="E254" s="9" t="s">
-        <v>406</v>
+        <v>448</v>
       </c>
       <c r="F254" s="9" t="s">
-        <v>379</v>
+        <v>352</v>
       </c>
       <c r="G254" s="10">
-        <v>34.44</v>
+        <v>44.7</v>
       </c>
       <c r="H254" s="10"/>
     </row>
     <row r="255" spans="1:9">
       <c r="B255" s="9" t="s">
-        <v>121</v>
+        <v>42</v>
       </c>
       <c r="C255" s="9" t="s">
-        <v>437</v>
+        <v>449</v>
       </c>
       <c r="D255" s="9" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="E255" s="9" t="s">
-        <v>408</v>
+        <v>388</v>
       </c>
       <c r="F255" s="9" t="s">
-        <v>379</v>
+        <v>352</v>
       </c>
       <c r="G255" s="10">
-        <v>34.44</v>
+        <v>52.9</v>
       </c>
       <c r="H255" s="10"/>
     </row>
     <row r="256" spans="1:9">
       <c r="B256" s="9" t="s">
-        <v>438</v>
+        <v>42</v>
       </c>
       <c r="C256" s="9" t="s">
-        <v>439</v>
+        <v>450</v>
       </c>
       <c r="D256" s="9" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="E256" s="9" t="s">
-        <v>132</v>
+        <v>451</v>
       </c>
       <c r="F256" s="9" t="s">
-        <v>379</v>
+        <v>352</v>
       </c>
       <c r="G256" s="10">
-        <v>47.23</v>
+        <v>52.9</v>
       </c>
       <c r="H256" s="10"/>
     </row>
     <row r="257" spans="1:9">
       <c r="B257" s="9" t="s">
-        <v>438</v>
+        <v>42</v>
       </c>
       <c r="C257" s="9" t="s">
-        <v>440</v>
+        <v>452</v>
       </c>
       <c r="D257" s="9" t="s">
-        <v>26</v>
+        <v>70</v>
       </c>
       <c r="E257" s="9" t="s">
-        <v>94</v>
+        <v>453</v>
       </c>
       <c r="F257" s="9" t="s">
-        <v>379</v>
+        <v>352</v>
       </c>
       <c r="G257" s="10">
-        <v>56.45</v>
+        <v>52.9</v>
       </c>
       <c r="H257" s="10"/>
     </row>
     <row r="258" spans="1:9">
       <c r="B258" s="9" t="s">
-        <v>438</v>
+        <v>42</v>
       </c>
       <c r="C258" s="9" t="s">
-        <v>441</v>
+        <v>454</v>
       </c>
       <c r="D258" s="9" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="E258" s="9" t="s">
-        <v>388</v>
+        <v>455</v>
       </c>
       <c r="F258" s="9" t="s">
-        <v>379</v>
+        <v>352</v>
       </c>
       <c r="G258" s="10">
-        <v>30.53</v>
+        <v>52.9</v>
       </c>
       <c r="H258" s="10"/>
     </row>
     <row r="259" spans="1:9">
       <c r="B259" s="9" t="s">
-        <v>442</v>
+        <v>42</v>
       </c>
       <c r="C259" s="9" t="s">
-        <v>443</v>
+        <v>456</v>
       </c>
       <c r="D259" s="9" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="E259" s="9" t="s">
-        <v>432</v>
+        <v>96</v>
       </c>
       <c r="F259" s="9" t="s">
-        <v>379</v>
-[...4 lines deleted...]
-      <c r="H259" s="10"/>
+        <v>352</v>
+      </c>
+      <c r="G259" s="11">
+        <v>49.8</v>
+      </c>
+      <c r="H259" s="11"/>
     </row>
     <row r="260" spans="1:9">
       <c r="B260" s="9" t="s">
-        <v>442</v>
+        <v>42</v>
       </c>
       <c r="C260" s="9" t="s">
-        <v>444</v>
+        <v>457</v>
       </c>
       <c r="D260" s="9" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="E260" s="9" t="s">
-        <v>132</v>
+        <v>458</v>
       </c>
       <c r="F260" s="9" t="s">
-        <v>379</v>
-[...4 lines deleted...]
-      <c r="H260" s="10"/>
+        <v>352</v>
+      </c>
+      <c r="G260" s="11">
+        <v>49.8</v>
+      </c>
+      <c r="H260" s="11"/>
     </row>
     <row r="261" spans="1:9">
       <c r="B261" s="9" t="s">
-        <v>442</v>
+        <v>42</v>
       </c>
       <c r="C261" s="9" t="s">
-        <v>445</v>
+        <v>459</v>
       </c>
       <c r="D261" s="9" t="s">
         <v>26</v>
       </c>
       <c r="E261" s="9" t="s">
-        <v>141</v>
+        <v>382</v>
       </c>
       <c r="F261" s="9" t="s">
-        <v>379</v>
+        <v>352</v>
       </c>
       <c r="G261" s="10">
-        <v>39.69</v>
+        <v>49.8</v>
       </c>
       <c r="H261" s="10"/>
     </row>
     <row r="262" spans="1:9">
       <c r="B262" s="9" t="s">
-        <v>442</v>
+        <v>42</v>
       </c>
       <c r="C262" s="9" t="s">
-        <v>446</v>
+        <v>460</v>
       </c>
       <c r="D262" s="9" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="E262" s="9" t="s">
-        <v>50</v>
+        <v>384</v>
       </c>
       <c r="F262" s="9" t="s">
-        <v>379</v>
-[...4 lines deleted...]
-      <c r="H262" s="11"/>
+        <v>352</v>
+      </c>
+      <c r="G262" s="10">
+        <v>49.8</v>
+      </c>
+      <c r="H262" s="10"/>
     </row>
     <row r="263" spans="1:9">
       <c r="B263" s="9" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C263" s="9" t="s">
-        <v>447</v>
+        <v>461</v>
       </c>
       <c r="D263" s="9" t="s">
-        <v>26</v>
+        <v>70</v>
       </c>
       <c r="E263" s="9" t="s">
-        <v>448</v>
+        <v>462</v>
       </c>
       <c r="F263" s="9" t="s">
-        <v>379</v>
+        <v>352</v>
       </c>
       <c r="G263" s="10">
-        <v>28</v>
+        <v>49.8</v>
       </c>
       <c r="H263" s="10"/>
     </row>
     <row r="264" spans="1:9">
       <c r="B264" s="9" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C264" s="9" t="s">
-        <v>449</v>
+        <v>463</v>
       </c>
       <c r="D264" s="9" t="s">
-        <v>26</v>
+        <v>70</v>
       </c>
       <c r="E264" s="9" t="s">
-        <v>450</v>
+        <v>464</v>
       </c>
       <c r="F264" s="9" t="s">
-        <v>379</v>
+        <v>352</v>
       </c>
       <c r="G264" s="10">
-        <v>28</v>
+        <v>49.8</v>
       </c>
       <c r="H264" s="10"/>
     </row>
     <row r="265" spans="1:9">
       <c r="B265" s="9" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C265" s="9" t="s">
-        <v>451</v>
+        <v>465</v>
       </c>
       <c r="D265" s="9" t="s">
         <v>26</v>
       </c>
       <c r="E265" s="9" t="s">
-        <v>452</v>
+        <v>162</v>
       </c>
       <c r="F265" s="9" t="s">
-        <v>379</v>
+        <v>352</v>
       </c>
       <c r="G265" s="10">
-        <v>28</v>
+        <v>59</v>
       </c>
       <c r="H265" s="10"/>
     </row>
     <row r="266" spans="1:9">
       <c r="B266" s="9" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C266" s="9" t="s">
-        <v>453</v>
+        <v>466</v>
       </c>
       <c r="D266" s="9" t="s">
         <v>26</v>
       </c>
       <c r="E266" s="9" t="s">
-        <v>454</v>
+        <v>157</v>
       </c>
       <c r="F266" s="9" t="s">
-        <v>379</v>
+        <v>352</v>
       </c>
       <c r="G266" s="10">
-        <v>28</v>
+        <v>59</v>
       </c>
       <c r="H266" s="10"/>
     </row>
     <row r="267" spans="1:9">
       <c r="B267" s="9" t="s">
-        <v>77</v>
+        <v>42</v>
       </c>
       <c r="C267" s="9" t="s">
-        <v>455</v>
+        <v>467</v>
       </c>
       <c r="D267" s="9" t="s">
-        <v>26</v>
+        <v>70</v>
       </c>
       <c r="E267" s="9" t="s">
-        <v>456</v>
+        <v>468</v>
       </c>
       <c r="F267" s="9" t="s">
-        <v>379</v>
+        <v>352</v>
       </c>
       <c r="G267" s="10">
-        <v>62.28</v>
+        <v>59</v>
       </c>
       <c r="H267" s="10"/>
     </row>
     <row r="268" spans="1:9">
       <c r="B268" s="9" t="s">
-        <v>39</v>
+        <v>77</v>
       </c>
       <c r="C268" s="9" t="s">
-        <v>457</v>
+        <v>469</v>
       </c>
       <c r="D268" s="9" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="E268" s="9" t="s">
-        <v>456</v>
+        <v>394</v>
       </c>
       <c r="F268" s="9" t="s">
-        <v>379</v>
+        <v>352</v>
       </c>
       <c r="G268" s="10">
-        <v>46</v>
+        <v>36.42</v>
       </c>
       <c r="H268" s="10"/>
     </row>
     <row r="269" spans="1:9">
       <c r="B269" s="9" t="s">
-        <v>39</v>
+        <v>77</v>
       </c>
       <c r="C269" s="9" t="s">
-        <v>458</v>
+        <v>470</v>
       </c>
       <c r="D269" s="9" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="E269" s="9" t="s">
-        <v>175</v>
+        <v>358</v>
       </c>
       <c r="F269" s="9" t="s">
-        <v>379</v>
+        <v>352</v>
       </c>
       <c r="G269" s="10">
-        <v>58</v>
+        <v>36.42</v>
       </c>
       <c r="H269" s="10"/>
     </row>
     <row r="270" spans="1:9">
       <c r="B270" s="9" t="s">
-        <v>39</v>
+        <v>77</v>
       </c>
       <c r="C270" s="9" t="s">
-        <v>459</v>
+        <v>471</v>
       </c>
       <c r="D270" s="9" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="E270" s="9" t="s">
-        <v>460</v>
+        <v>401</v>
       </c>
       <c r="F270" s="9" t="s">
-        <v>379</v>
+        <v>352</v>
       </c>
       <c r="G270" s="10">
-        <v>49</v>
+        <v>36.42</v>
       </c>
       <c r="H270" s="10"/>
     </row>
     <row r="271" spans="1:9">
       <c r="B271" s="9" t="s">
-        <v>39</v>
+        <v>77</v>
       </c>
       <c r="C271" s="9" t="s">
-        <v>461</v>
+        <v>472</v>
       </c>
       <c r="D271" s="9" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="E271" s="9" t="s">
-        <v>96</v>
+        <v>362</v>
       </c>
       <c r="F271" s="9" t="s">
-        <v>379</v>
+        <v>352</v>
       </c>
       <c r="G271" s="10">
-        <v>49</v>
+        <v>36.42</v>
       </c>
       <c r="H271" s="10"/>
     </row>
     <row r="272" spans="1:9">
       <c r="B272" s="9" t="s">
-        <v>39</v>
+        <v>77</v>
       </c>
       <c r="C272" s="9" t="s">
-        <v>462</v>
+        <v>473</v>
       </c>
       <c r="D272" s="9" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="E272" s="9" t="s">
-        <v>463</v>
+        <v>53</v>
       </c>
       <c r="F272" s="9" t="s">
-        <v>379</v>
+        <v>352</v>
       </c>
       <c r="G272" s="10">
-        <v>41.5</v>
+        <v>38.59</v>
       </c>
       <c r="H272" s="10"/>
     </row>
     <row r="273" spans="1:9">
       <c r="B273" s="9" t="s">
-        <v>39</v>
+        <v>77</v>
       </c>
       <c r="C273" s="9" t="s">
-        <v>464</v>
+        <v>474</v>
       </c>
       <c r="D273" s="9" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="E273" s="9" t="s">
-        <v>465</v>
+        <v>186</v>
       </c>
       <c r="F273" s="9" t="s">
-        <v>379</v>
+        <v>352</v>
       </c>
       <c r="G273" s="10">
-        <v>41.5</v>
+        <v>38.59</v>
       </c>
       <c r="H273" s="10"/>
     </row>
     <row r="274" spans="1:9">
       <c r="B274" s="9" t="s">
-        <v>39</v>
+        <v>77</v>
       </c>
       <c r="C274" s="9" t="s">
-        <v>466</v>
+        <v>475</v>
       </c>
       <c r="D274" s="9" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="E274" s="9" t="s">
-        <v>467</v>
+        <v>374</v>
       </c>
       <c r="F274" s="9" t="s">
-        <v>379</v>
+        <v>352</v>
       </c>
       <c r="G274" s="10">
-        <v>28</v>
+        <v>38.59</v>
       </c>
       <c r="H274" s="10"/>
     </row>
     <row r="275" spans="1:9">
       <c r="B275" s="9" t="s">
-        <v>39</v>
+        <v>77</v>
       </c>
       <c r="C275" s="9" t="s">
-        <v>468</v>
+        <v>476</v>
       </c>
       <c r="D275" s="9" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="E275" s="9" t="s">
-        <v>469</v>
+        <v>128</v>
       </c>
       <c r="F275" s="9" t="s">
-        <v>379</v>
+        <v>352</v>
       </c>
       <c r="G275" s="10">
-        <v>28</v>
+        <v>56.46</v>
       </c>
       <c r="H275" s="10"/>
     </row>
     <row r="276" spans="1:9">
       <c r="B276" s="9" t="s">
-        <v>39</v>
+        <v>77</v>
       </c>
       <c r="C276" s="9" t="s">
-        <v>470</v>
+        <v>477</v>
       </c>
       <c r="D276" s="9" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="E276" s="9" t="s">
-        <v>471</v>
+        <v>377</v>
       </c>
       <c r="F276" s="9" t="s">
-        <v>379</v>
+        <v>352</v>
       </c>
       <c r="G276" s="10">
-        <v>28</v>
+        <v>56.46</v>
       </c>
       <c r="H276" s="10"/>
     </row>
     <row r="277" spans="1:9">
       <c r="B277" s="9" t="s">
-        <v>39</v>
+        <v>77</v>
       </c>
       <c r="C277" s="9" t="s">
-        <v>472</v>
+        <v>478</v>
       </c>
       <c r="D277" s="9" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="E277" s="9" t="s">
-        <v>473</v>
+        <v>438</v>
       </c>
       <c r="F277" s="9" t="s">
-        <v>379</v>
+        <v>352</v>
       </c>
       <c r="G277" s="10">
-        <v>28</v>
+        <v>56.46</v>
       </c>
       <c r="H277" s="10"/>
     </row>
     <row r="278" spans="1:9">
       <c r="B278" s="9" t="s">
-        <v>39</v>
+        <v>77</v>
       </c>
       <c r="C278" s="9" t="s">
-        <v>474</v>
+        <v>479</v>
       </c>
       <c r="D278" s="9" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="E278" s="9" t="s">
-        <v>475</v>
+        <v>480</v>
       </c>
       <c r="F278" s="9" t="s">
-        <v>379</v>
+        <v>352</v>
       </c>
       <c r="G278" s="10">
-        <v>28</v>
+        <v>71.63</v>
       </c>
       <c r="H278" s="10"/>
     </row>
     <row r="279" spans="1:9">
       <c r="B279" s="9" t="s">
-        <v>39</v>
+        <v>77</v>
       </c>
       <c r="C279" s="9" t="s">
-        <v>476</v>
+        <v>481</v>
       </c>
       <c r="D279" s="9" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="E279" s="9" t="s">
-        <v>477</v>
+        <v>96</v>
       </c>
       <c r="F279" s="9" t="s">
-        <v>379</v>
+        <v>352</v>
       </c>
       <c r="G279" s="10">
-        <v>28</v>
+        <v>67.43000000000001</v>
       </c>
       <c r="H279" s="10"/>
     </row>
     <row r="280" spans="1:9">
       <c r="B280" s="9" t="s">
-        <v>39</v>
+        <v>77</v>
       </c>
       <c r="C280" s="9" t="s">
-        <v>478</v>
+        <v>482</v>
       </c>
       <c r="D280" s="9" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="E280" s="9" t="s">
-        <v>479</v>
+        <v>382</v>
       </c>
       <c r="F280" s="9" t="s">
-        <v>379</v>
+        <v>352</v>
       </c>
       <c r="G280" s="10">
-        <v>28</v>
+        <v>67.43000000000001</v>
       </c>
       <c r="H280" s="10"/>
     </row>
     <row r="281" spans="1:9">
       <c r="B281" s="9" t="s">
-        <v>39</v>
+        <v>77</v>
       </c>
       <c r="C281" s="9" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="D281" s="9" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="E281" s="9" t="s">
-        <v>481</v>
+        <v>162</v>
       </c>
       <c r="F281" s="9" t="s">
-        <v>379</v>
+        <v>352</v>
       </c>
       <c r="G281" s="10">
-        <v>28</v>
+        <v>79.89</v>
       </c>
       <c r="H281" s="10"/>
     </row>
     <row r="282" spans="1:9">
       <c r="B282" s="9" t="s">
-        <v>39</v>
+        <v>191</v>
       </c>
       <c r="C282" s="9" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="D282" s="9" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="E282" s="9" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="F282" s="9" t="s">
-        <v>379</v>
+        <v>72</v>
       </c>
       <c r="G282" s="10">
-        <v>28</v>
+        <v>44.5</v>
       </c>
       <c r="H282" s="10"/>
     </row>
     <row r="283" spans="1:9">
       <c r="B283" s="9" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C283" s="9" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="D283" s="9" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="E283" s="9" t="s">
-        <v>485</v>
+        <v>53</v>
       </c>
       <c r="F283" s="9" t="s">
-        <v>379</v>
+        <v>72</v>
       </c>
       <c r="G283" s="10">
-        <v>26.5</v>
+        <v>28.9</v>
       </c>
       <c r="H283" s="10"/>
     </row>
     <row r="284" spans="1:9">
       <c r="B284" s="9" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C284" s="9" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="D284" s="9" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="E284" s="9" t="s">
-        <v>487</v>
+        <v>186</v>
       </c>
       <c r="F284" s="9" t="s">
-        <v>379</v>
+        <v>72</v>
       </c>
       <c r="G284" s="10">
-        <v>26.5</v>
+        <v>28.9</v>
       </c>
       <c r="H284" s="10"/>
     </row>
     <row r="285" spans="1:9">
       <c r="B285" s="9" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C285" s="9" t="s">
         <v>488</v>
       </c>
       <c r="D285" s="9" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="E285" s="9" t="s">
-        <v>489</v>
+        <v>60</v>
       </c>
       <c r="F285" s="9" t="s">
-        <v>379</v>
+        <v>72</v>
       </c>
       <c r="G285" s="10">
-        <v>46</v>
+        <v>28.9</v>
       </c>
       <c r="H285" s="10"/>
     </row>
     <row r="286" spans="1:9">
       <c r="B286" s="9" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C286" s="9" t="s">
-        <v>490</v>
+        <v>489</v>
       </c>
       <c r="D286" s="9" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="E286" s="9" t="s">
-        <v>491</v>
+        <v>50</v>
       </c>
       <c r="F286" s="9" t="s">
-        <v>379</v>
+        <v>72</v>
       </c>
       <c r="G286" s="10">
-        <v>46</v>
+        <v>34</v>
       </c>
       <c r="H286" s="10"/>
     </row>
     <row r="287" spans="1:9">
       <c r="B287" s="9" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C287" s="9" t="s">
-        <v>492</v>
+        <v>490</v>
       </c>
       <c r="D287" s="9" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="E287" s="9" t="s">
-        <v>493</v>
+        <v>491</v>
       </c>
       <c r="F287" s="9" t="s">
-        <v>379</v>
+        <v>72</v>
       </c>
       <c r="G287" s="10">
-        <v>46</v>
+        <v>34</v>
       </c>
       <c r="H287" s="10"/>
     </row>
     <row r="288" spans="1:9">
       <c r="B288" s="9" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C288" s="9" t="s">
-        <v>494</v>
+        <v>492</v>
       </c>
       <c r="D288" s="9" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="E288" s="9" t="s">
-        <v>495</v>
+        <v>493</v>
       </c>
       <c r="F288" s="9" t="s">
-        <v>379</v>
+        <v>72</v>
       </c>
       <c r="G288" s="10">
-        <v>46</v>
+        <v>34</v>
       </c>
       <c r="H288" s="10"/>
     </row>
     <row r="289" spans="1:9">
       <c r="B289" s="9" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C289" s="9" t="s">
-        <v>496</v>
+        <v>494</v>
       </c>
       <c r="D289" s="9" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="E289" s="9" t="s">
-        <v>497</v>
+        <v>495</v>
       </c>
       <c r="F289" s="9" t="s">
-        <v>379</v>
+        <v>72</v>
       </c>
       <c r="G289" s="10">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="H289" s="10"/>
     </row>
     <row r="290" spans="1:9">
       <c r="B290" s="9" t="s">
-        <v>121</v>
+        <v>42</v>
       </c>
       <c r="C290" s="9" t="s">
-        <v>498</v>
+        <v>496</v>
       </c>
       <c r="D290" s="9" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="E290" s="9" t="s">
-        <v>401</v>
+        <v>128</v>
       </c>
       <c r="F290" s="9" t="s">
-        <v>379</v>
+        <v>72</v>
       </c>
       <c r="G290" s="10">
-        <v>22.26</v>
+        <v>41.7</v>
       </c>
       <c r="H290" s="10"/>
     </row>
     <row r="291" spans="1:9">
       <c r="B291" s="9" t="s">
-        <v>121</v>
+        <v>42</v>
       </c>
       <c r="C291" s="9" t="s">
-        <v>499</v>
+        <v>497</v>
       </c>
       <c r="D291" s="9" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="E291" s="9" t="s">
-        <v>467</v>
+        <v>377</v>
       </c>
       <c r="F291" s="9" t="s">
-        <v>379</v>
+        <v>72</v>
       </c>
       <c r="G291" s="10">
-        <v>23.52</v>
+        <v>41.7</v>
       </c>
       <c r="H291" s="10"/>
     </row>
     <row r="292" spans="1:9">
       <c r="B292" s="9" t="s">
-        <v>121</v>
+        <v>42</v>
       </c>
       <c r="C292" s="9" t="s">
-        <v>500</v>
+        <v>498</v>
       </c>
       <c r="D292" s="9" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="E292" s="9" t="s">
-        <v>454</v>
+        <v>440</v>
       </c>
       <c r="F292" s="9" t="s">
-        <v>379</v>
+        <v>72</v>
       </c>
       <c r="G292" s="10">
-        <v>23.52</v>
+        <v>41.7</v>
       </c>
       <c r="H292" s="10"/>
     </row>
     <row r="293" spans="1:9">
       <c r="B293" s="9" t="s">
-        <v>121</v>
+        <v>42</v>
       </c>
       <c r="C293" s="9" t="s">
-        <v>501</v>
+        <v>499</v>
       </c>
       <c r="D293" s="9" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="E293" s="9" t="s">
-        <v>391</v>
+        <v>464</v>
       </c>
       <c r="F293" s="9" t="s">
-        <v>379</v>
+        <v>72</v>
       </c>
       <c r="G293" s="10">
-        <v>23.52</v>
+        <v>50.8</v>
       </c>
       <c r="H293" s="10"/>
     </row>
     <row r="294" spans="1:9">
       <c r="B294" s="9" t="s">
-        <v>121</v>
+        <v>42</v>
       </c>
       <c r="C294" s="9" t="s">
-        <v>502</v>
+        <v>500</v>
       </c>
       <c r="D294" s="9" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="E294" s="9" t="s">
-        <v>485</v>
+        <v>382</v>
       </c>
       <c r="F294" s="9" t="s">
-        <v>379</v>
+        <v>72</v>
       </c>
       <c r="G294" s="10">
-        <v>22.26</v>
+        <v>50.8</v>
       </c>
       <c r="H294" s="10"/>
     </row>
     <row r="295" spans="1:9">
       <c r="B295" s="9" t="s">
-        <v>121</v>
+        <v>42</v>
       </c>
       <c r="C295" s="9" t="s">
-        <v>503</v>
+        <v>501</v>
       </c>
       <c r="D295" s="9" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="E295" s="9" t="s">
-        <v>473</v>
+        <v>502</v>
       </c>
       <c r="F295" s="9" t="s">
-        <v>379</v>
+        <v>72</v>
       </c>
       <c r="G295" s="10">
-        <v>23.52</v>
+        <v>52.9</v>
       </c>
       <c r="H295" s="10"/>
     </row>
     <row r="296" spans="1:9">
       <c r="B296" s="9" t="s">
-        <v>121</v>
+        <v>42</v>
       </c>
       <c r="C296" s="9" t="s">
+        <v>503</v>
+      </c>
+      <c r="D296" s="9" t="s">
+        <v>70</v>
+      </c>
+      <c r="E296" s="9" t="s">
         <v>504</v>
       </c>
-      <c r="D296" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F296" s="9" t="s">
-        <v>379</v>
+        <v>72</v>
       </c>
       <c r="G296" s="10">
-        <v>38.64</v>
+        <v>52.9</v>
       </c>
       <c r="H296" s="10"/>
     </row>
     <row r="297" spans="1:9">
       <c r="B297" s="9" t="s">
-        <v>121</v>
+        <v>42</v>
       </c>
       <c r="C297" s="9" t="s">
-        <v>506</v>
+        <v>505</v>
       </c>
       <c r="D297" s="9" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="E297" s="9" t="s">
-        <v>489</v>
+        <v>485</v>
       </c>
       <c r="F297" s="9" t="s">
-        <v>379</v>
+        <v>72</v>
       </c>
       <c r="G297" s="10">
-        <v>38.64</v>
+        <v>52.9</v>
       </c>
       <c r="H297" s="10"/>
     </row>
     <row r="298" spans="1:9">
       <c r="B298" s="9" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C298" s="9" t="s">
+        <v>506</v>
+      </c>
+      <c r="D298" s="9" t="s">
+        <v>70</v>
+      </c>
+      <c r="E298" s="9" t="s">
         <v>507</v>
       </c>
-      <c r="D298" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F298" s="9" t="s">
-        <v>379</v>
+        <v>72</v>
       </c>
       <c r="G298" s="10">
-        <v>44</v>
+        <v>52.9</v>
       </c>
       <c r="H298" s="10"/>
     </row>
     <row r="299" spans="1:9">
       <c r="B299" s="9" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C299" s="9" t="s">
+        <v>508</v>
+      </c>
+      <c r="D299" s="9" t="s">
+        <v>70</v>
+      </c>
+      <c r="E299" s="9" t="s">
         <v>509</v>
       </c>
-      <c r="D299" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F299" s="9" t="s">
-        <v>379</v>
+        <v>72</v>
       </c>
       <c r="G299" s="10">
-        <v>44</v>
+        <v>53.2</v>
       </c>
       <c r="H299" s="10"/>
     </row>
     <row r="300" spans="1:9">
       <c r="B300" s="9" t="s">
-        <v>77</v>
+        <v>42</v>
       </c>
       <c r="C300" s="9" t="s">
+        <v>510</v>
+      </c>
+      <c r="D300" s="9" t="s">
+        <v>70</v>
+      </c>
+      <c r="E300" s="9" t="s">
         <v>511</v>
       </c>
-      <c r="D300" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F300" s="9" t="s">
-        <v>379</v>
+        <v>72</v>
       </c>
       <c r="G300" s="10">
-        <v>35.88</v>
+        <v>53.2</v>
       </c>
       <c r="H300" s="10"/>
     </row>
     <row r="301" spans="1:9">
       <c r="B301" s="9" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C301" s="9" t="s">
         <v>512</v>
       </c>
       <c r="D301" s="9" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="E301" s="9" t="s">
-        <v>204</v>
+        <v>513</v>
       </c>
       <c r="F301" s="9" t="s">
-        <v>57</v>
+        <v>72</v>
       </c>
       <c r="G301" s="10">
-        <v>31.2</v>
+        <v>53.2</v>
       </c>
       <c r="H301" s="10"/>
     </row>
     <row r="302" spans="1:9">
       <c r="B302" s="9" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C302" s="9" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="D302" s="9" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="E302" s="9" t="s">
-        <v>47</v>
+        <v>162</v>
       </c>
       <c r="F302" s="9" t="s">
-        <v>57</v>
+        <v>72</v>
       </c>
       <c r="G302" s="10">
-        <v>30.4</v>
+        <v>59</v>
       </c>
       <c r="H302" s="10"/>
     </row>
     <row r="303" spans="1:9">
       <c r="B303" s="9" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C303" s="9" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="D303" s="9" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="E303" s="9" t="s">
-        <v>515</v>
+        <v>468</v>
       </c>
       <c r="F303" s="9" t="s">
-        <v>57</v>
+        <v>72</v>
       </c>
       <c r="G303" s="10">
-        <v>31.4</v>
+        <v>59</v>
       </c>
       <c r="H303" s="10"/>
     </row>
     <row r="304" spans="1:9">
       <c r="B304" s="9" t="s">
-        <v>39</v>
+        <v>77</v>
       </c>
       <c r="C304" s="9" t="s">
         <v>516</v>
       </c>
       <c r="D304" s="9" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="E304" s="9" t="s">
-        <v>132</v>
+        <v>53</v>
       </c>
       <c r="F304" s="9" t="s">
-        <v>57</v>
+        <v>72</v>
       </c>
       <c r="G304" s="10">
-        <v>41.4</v>
+        <v>39.88</v>
       </c>
       <c r="H304" s="10"/>
     </row>
     <row r="305" spans="1:9">
       <c r="B305" s="9" t="s">
-        <v>39</v>
+        <v>77</v>
       </c>
       <c r="C305" s="9" t="s">
         <v>517</v>
       </c>
       <c r="D305" s="9" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="E305" s="9" t="s">
-        <v>406</v>
+        <v>186</v>
       </c>
       <c r="F305" s="9" t="s">
-        <v>57</v>
+        <v>72</v>
       </c>
       <c r="G305" s="10">
-        <v>42.4</v>
+        <v>39.88</v>
       </c>
       <c r="H305" s="10"/>
     </row>
     <row r="306" spans="1:9">
       <c r="B306" s="9" t="s">
-        <v>39</v>
+        <v>77</v>
       </c>
       <c r="C306" s="9" t="s">
         <v>518</v>
       </c>
       <c r="D306" s="9" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="E306" s="9" t="s">
-        <v>456</v>
+        <v>60</v>
       </c>
       <c r="F306" s="9" t="s">
-        <v>57</v>
+        <v>72</v>
       </c>
       <c r="G306" s="10">
-        <v>51</v>
+        <v>39.88</v>
       </c>
       <c r="H306" s="10"/>
     </row>
     <row r="307" spans="1:9">
       <c r="B307" s="9" t="s">
-        <v>39</v>
+        <v>77</v>
       </c>
       <c r="C307" s="9" t="s">
         <v>519</v>
       </c>
       <c r="D307" s="9" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="E307" s="9" t="s">
-        <v>491</v>
+        <v>50</v>
       </c>
       <c r="F307" s="9" t="s">
-        <v>57</v>
+        <v>72</v>
       </c>
       <c r="G307" s="10">
-        <v>52</v>
+        <v>46.92</v>
       </c>
       <c r="H307" s="10"/>
     </row>
     <row r="308" spans="1:9">
       <c r="B308" s="9" t="s">
-        <v>39</v>
+        <v>77</v>
       </c>
       <c r="C308" s="9" t="s">
         <v>520</v>
       </c>
       <c r="D308" s="9" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="E308" s="9" t="s">
-        <v>521</v>
+        <v>491</v>
       </c>
       <c r="F308" s="9" t="s">
-        <v>57</v>
+        <v>72</v>
       </c>
       <c r="G308" s="10">
-        <v>34.1</v>
+        <v>46.92</v>
       </c>
       <c r="H308" s="10"/>
     </row>
     <row r="309" spans="1:9">
       <c r="B309" s="9" t="s">
-        <v>39</v>
+        <v>77</v>
       </c>
       <c r="C309" s="9" t="s">
-        <v>522</v>
+        <v>521</v>
       </c>
       <c r="D309" s="9" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="E309" s="9" t="s">
-        <v>167</v>
+        <v>82</v>
       </c>
       <c r="F309" s="9" t="s">
-        <v>57</v>
+        <v>72</v>
       </c>
       <c r="G309" s="10">
-        <v>57.24</v>
+        <v>46.92</v>
       </c>
       <c r="H309" s="10"/>
     </row>
     <row r="310" spans="1:9">
       <c r="B310" s="9" t="s">
         <v>77</v>
       </c>
       <c r="C310" s="9" t="s">
-        <v>523</v>
+        <v>522</v>
       </c>
       <c r="D310" s="9" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="E310" s="9" t="s">
-        <v>50</v>
+        <v>71</v>
       </c>
       <c r="F310" s="9" t="s">
-        <v>57</v>
+        <v>72</v>
       </c>
       <c r="G310" s="10">
-        <v>41.68</v>
+        <v>46.92</v>
       </c>
       <c r="H310" s="10"/>
     </row>
     <row r="311" spans="1:9">
       <c r="B311" s="9" t="s">
         <v>77</v>
       </c>
       <c r="C311" s="9" t="s">
-        <v>524</v>
+        <v>523</v>
       </c>
       <c r="D311" s="9" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="E311" s="9" t="s">
-        <v>204</v>
+        <v>493</v>
       </c>
       <c r="F311" s="9" t="s">
-        <v>57</v>
+        <v>72</v>
       </c>
       <c r="G311" s="10">
-        <v>43.06</v>
+        <v>46.92</v>
       </c>
       <c r="H311" s="10"/>
     </row>
     <row r="312" spans="1:9">
       <c r="B312" s="9" t="s">
         <v>77</v>
       </c>
       <c r="C312" s="9" t="s">
+        <v>524</v>
+      </c>
+      <c r="D312" s="9" t="s">
+        <v>70</v>
+      </c>
+      <c r="E312" s="9" t="s">
         <v>525</v>
       </c>
-      <c r="D312" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F312" s="9" t="s">
-        <v>57</v>
+        <v>72</v>
       </c>
       <c r="G312" s="10">
-        <v>70.38</v>
+        <v>48.3</v>
       </c>
       <c r="H312" s="10"/>
     </row>
     <row r="313" spans="1:9">
       <c r="B313" s="9" t="s">
         <v>77</v>
       </c>
       <c r="C313" s="9" t="s">
         <v>526</v>
       </c>
       <c r="D313" s="9" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="E313" s="9" t="s">
-        <v>491</v>
+        <v>128</v>
       </c>
       <c r="F313" s="9" t="s">
-        <v>57</v>
+        <v>72</v>
       </c>
       <c r="G313" s="10">
-        <v>71.76000000000001</v>
+        <v>57.55</v>
       </c>
       <c r="H313" s="10"/>
     </row>
     <row r="314" spans="1:9">
       <c r="B314" s="9" t="s">
         <v>77</v>
       </c>
       <c r="C314" s="9" t="s">
         <v>527</v>
       </c>
       <c r="D314" s="9" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="E314" s="9" t="s">
-        <v>132</v>
+        <v>377</v>
       </c>
       <c r="F314" s="9" t="s">
-        <v>57</v>
+        <v>72</v>
       </c>
       <c r="G314" s="10">
-        <v>57.13</v>
+        <v>57.55</v>
       </c>
       <c r="H314" s="10"/>
     </row>
     <row r="315" spans="1:9">
       <c r="B315" s="9" t="s">
         <v>77</v>
       </c>
       <c r="C315" s="9" t="s">
         <v>528</v>
       </c>
       <c r="D315" s="9" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="E315" s="9" t="s">
-        <v>406</v>
+        <v>529</v>
       </c>
       <c r="F315" s="9" t="s">
-        <v>57</v>
+        <v>72</v>
       </c>
       <c r="G315" s="10">
-        <v>58.51</v>
+        <v>57.55</v>
       </c>
       <c r="H315" s="10"/>
     </row>
     <row r="316" spans="1:9">
       <c r="B316" s="9" t="s">
         <v>77</v>
       </c>
       <c r="C316" s="9" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="D316" s="9" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="E316" s="9" t="s">
-        <v>47</v>
+        <v>502</v>
       </c>
       <c r="F316" s="9" t="s">
-        <v>57</v>
+        <v>72</v>
       </c>
       <c r="G316" s="10">
-        <v>41.45</v>
+        <v>73</v>
       </c>
       <c r="H316" s="10"/>
     </row>
     <row r="317" spans="1:9">
       <c r="B317" s="9" t="s">
         <v>77</v>
       </c>
       <c r="C317" s="9" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="D317" s="9" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="E317" s="9" t="s">
-        <v>515</v>
+        <v>504</v>
       </c>
       <c r="F317" s="9" t="s">
-        <v>57</v>
+        <v>72</v>
       </c>
       <c r="G317" s="10">
-        <v>43.33</v>
+        <v>73</v>
       </c>
       <c r="H317" s="10"/>
     </row>
     <row r="318" spans="1:9">
       <c r="B318" s="9" t="s">
-        <v>39</v>
+        <v>77</v>
       </c>
       <c r="C318" s="9" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="D318" s="9" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="E318" s="9" t="s">
-        <v>532</v>
+        <v>485</v>
       </c>
       <c r="F318" s="9" t="s">
-        <v>57</v>
+        <v>72</v>
       </c>
       <c r="G318" s="10">
-        <v>52</v>
+        <v>73</v>
       </c>
       <c r="H318" s="10"/>
     </row>
     <row r="319" spans="1:9">
       <c r="B319" s="9" t="s">
-        <v>121</v>
+        <v>77</v>
       </c>
       <c r="C319" s="9" t="s">
         <v>533</v>
       </c>
       <c r="D319" s="9" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="E319" s="9" t="s">
-        <v>532</v>
+        <v>507</v>
       </c>
       <c r="F319" s="9" t="s">
-        <v>57</v>
+        <v>72</v>
       </c>
       <c r="G319" s="10">
-        <v>43.68</v>
+        <v>73</v>
       </c>
       <c r="H319" s="10"/>
     </row>
     <row r="320" spans="1:9">
       <c r="B320" s="9" t="s">
-        <v>39</v>
+        <v>77</v>
       </c>
       <c r="C320" s="9" t="s">
         <v>534</v>
       </c>
       <c r="D320" s="9" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="E320" s="9" t="s">
-        <v>72</v>
+        <v>535</v>
       </c>
       <c r="F320" s="9" t="s">
-        <v>57</v>
+        <v>33</v>
       </c>
       <c r="G320" s="10">
-        <v>31.2</v>
+        <v>39.5</v>
       </c>
       <c r="H320" s="10"/>
     </row>
     <row r="321" spans="1:9">
       <c r="B321" s="9" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C321" s="9" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="D321" s="9" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="E321" s="9" t="s">
-        <v>497</v>
+        <v>537</v>
       </c>
       <c r="F321" s="9" t="s">
-        <v>57</v>
-[...4 lines deleted...]
-      <c r="H321" s="10"/>
+        <v>33</v>
+      </c>
+      <c r="G321" s="11">
+        <v>17.6</v>
+      </c>
+      <c r="H321" s="11"/>
     </row>
     <row r="322" spans="1:9">
       <c r="B322" s="9" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C322" s="9" t="s">
-        <v>536</v>
+        <v>538</v>
       </c>
       <c r="D322" s="9" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="E322" s="9" t="s">
-        <v>495</v>
+        <v>539</v>
       </c>
       <c r="F322" s="9" t="s">
-        <v>57</v>
-[...4 lines deleted...]
-      <c r="H322" s="10"/>
+        <v>33</v>
+      </c>
+      <c r="G322" s="11">
+        <v>17.6</v>
+      </c>
+      <c r="H322" s="11"/>
     </row>
     <row r="323" spans="1:9">
       <c r="B323" s="9" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C323" s="9" t="s">
-        <v>537</v>
+        <v>540</v>
       </c>
       <c r="D323" s="9" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="E323" s="9" t="s">
-        <v>175</v>
+        <v>541</v>
       </c>
       <c r="F323" s="9" t="s">
-        <v>57</v>
-[...4 lines deleted...]
-      <c r="H323" s="10"/>
+        <v>33</v>
+      </c>
+      <c r="G323" s="11">
+        <v>17.6</v>
+      </c>
+      <c r="H323" s="11"/>
     </row>
     <row r="324" spans="1:9">
       <c r="B324" s="9" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C324" s="9" t="s">
-        <v>538</v>
+        <v>542</v>
       </c>
       <c r="D324" s="9" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="E324" s="9" t="s">
-        <v>539</v>
+        <v>239</v>
       </c>
       <c r="F324" s="9" t="s">
-        <v>57</v>
-[...4 lines deleted...]
-      <c r="H324" s="10"/>
+        <v>33</v>
+      </c>
+      <c r="G324" s="11">
+        <v>17.6</v>
+      </c>
+      <c r="H324" s="11"/>
     </row>
     <row r="325" spans="1:9">
       <c r="B325" s="9" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C325" s="9" t="s">
-        <v>540</v>
+        <v>543</v>
       </c>
       <c r="D325" s="9" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="E325" s="9" t="s">
-        <v>541</v>
+        <v>544</v>
       </c>
       <c r="F325" s="9" t="s">
-        <v>57</v>
-[...4 lines deleted...]
-      <c r="H325" s="10"/>
+        <v>33</v>
+      </c>
+      <c r="G325" s="11">
+        <v>17.6</v>
+      </c>
+      <c r="H325" s="11"/>
     </row>
     <row r="326" spans="1:9">
       <c r="B326" s="9" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C326" s="9" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="D326" s="9" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="E326" s="9" t="s">
-        <v>96</v>
+        <v>535</v>
       </c>
       <c r="F326" s="9" t="s">
-        <v>57</v>
-[...4 lines deleted...]
-      <c r="H326" s="10"/>
+        <v>33</v>
+      </c>
+      <c r="G326" s="11">
+        <v>17.6</v>
+      </c>
+      <c r="H326" s="11"/>
     </row>
     <row r="327" spans="1:9">
       <c r="B327" s="9" t="s">
-        <v>39</v>
+        <v>77</v>
       </c>
       <c r="C327" s="9" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="D327" s="9" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="E327" s="9" t="s">
-        <v>419</v>
+        <v>90</v>
       </c>
       <c r="F327" s="9" t="s">
-        <v>57</v>
+        <v>33</v>
       </c>
       <c r="G327" s="10">
-        <v>50</v>
+        <v>39.5</v>
       </c>
       <c r="H327" s="10"/>
     </row>
     <row r="328" spans="1:9">
       <c r="B328" s="9" t="s">
         <v>77</v>
       </c>
       <c r="C328" s="9" t="s">
-        <v>544</v>
+        <v>547</v>
       </c>
       <c r="D328" s="9" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="E328" s="9" t="s">
-        <v>72</v>
+        <v>548</v>
       </c>
       <c r="F328" s="9" t="s">
-        <v>57</v>
+        <v>33</v>
       </c>
       <c r="G328" s="10">
-        <v>43.06</v>
+        <v>39.5</v>
       </c>
       <c r="H328" s="10"/>
     </row>
     <row r="329" spans="1:9">
       <c r="B329" s="9" t="s">
-        <v>39</v>
+        <v>77</v>
       </c>
       <c r="C329" s="9" t="s">
-        <v>545</v>
+        <v>549</v>
       </c>
       <c r="D329" s="9" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="E329" s="9" t="s">
-        <v>546</v>
+        <v>239</v>
       </c>
       <c r="F329" s="9" t="s">
-        <v>57</v>
+        <v>33</v>
       </c>
       <c r="G329" s="10">
-        <v>52.3</v>
+        <v>39.5</v>
       </c>
       <c r="H329" s="10"/>
     </row>
     <row r="330" spans="1:9">
       <c r="B330" s="9" t="s">
-        <v>39</v>
+        <v>77</v>
       </c>
       <c r="C330" s="9" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="D330" s="9" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="E330" s="9" t="s">
-        <v>548</v>
+        <v>544</v>
       </c>
       <c r="F330" s="9" t="s">
-        <v>57</v>
+        <v>33</v>
       </c>
       <c r="G330" s="10">
-        <v>52.3</v>
+        <v>39.5</v>
       </c>
       <c r="H330" s="10"/>
     </row>
     <row r="331" spans="1:9">
       <c r="B331" s="9" t="s">
         <v>77</v>
       </c>
       <c r="C331" s="9" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="D331" s="9" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="E331" s="9" t="s">
-        <v>53</v>
+        <v>537</v>
       </c>
       <c r="F331" s="9" t="s">
-        <v>57</v>
+        <v>33</v>
       </c>
       <c r="G331" s="10">
-        <v>43.33</v>
+        <v>39.5</v>
       </c>
       <c r="H331" s="10"/>
     </row>
     <row r="332" spans="1:9">
       <c r="B332" s="9" t="s">
         <v>77</v>
       </c>
       <c r="C332" s="9" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="D332" s="9" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="E332" s="9" t="s">
-        <v>70</v>
+        <v>539</v>
       </c>
       <c r="F332" s="9" t="s">
-        <v>57</v>
+        <v>33</v>
       </c>
       <c r="G332" s="10">
-        <v>44.71</v>
+        <v>39.5</v>
       </c>
       <c r="H332" s="10"/>
     </row>
     <row r="333" spans="1:9">
       <c r="B333" s="9" t="s">
         <v>77</v>
       </c>
       <c r="C333" s="9" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="D333" s="9" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="E333" s="9" t="s">
         <v>541</v>
       </c>
       <c r="F333" s="9" t="s">
-        <v>57</v>
+        <v>33</v>
       </c>
       <c r="G333" s="10">
-        <v>44.71</v>
+        <v>39.5</v>
       </c>
       <c r="H333" s="10"/>
     </row>
     <row r="334" spans="1:9">
       <c r="B334" s="9" t="s">
-        <v>77</v>
+        <v>42</v>
       </c>
       <c r="C334" s="9" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="D334" s="9" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="E334" s="9" t="s">
-        <v>532</v>
+        <v>480</v>
       </c>
       <c r="F334" s="9" t="s">
-        <v>57</v>
+        <v>352</v>
       </c>
       <c r="G334" s="10">
-        <v>71.76000000000001</v>
+        <v>52.9</v>
       </c>
       <c r="H334" s="10"/>
     </row>
     <row r="335" spans="1:9">
       <c r="B335" s="9" t="s">
-        <v>77</v>
+        <v>42</v>
       </c>
       <c r="C335" s="9" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="D335" s="9" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="E335" s="9" t="s">
-        <v>495</v>
+        <v>90</v>
       </c>
       <c r="F335" s="9" t="s">
-        <v>57</v>
-[...4 lines deleted...]
-      <c r="H335" s="10"/>
+        <v>33</v>
+      </c>
+      <c r="G335" s="11">
+        <v>17.6</v>
+      </c>
+      <c r="H335" s="11"/>
     </row>
     <row r="336" spans="1:9">
       <c r="B336" s="9" t="s">
-        <v>77</v>
+        <v>42</v>
       </c>
       <c r="C336" s="9" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="D336" s="9" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="E336" s="9" t="s">
-        <v>555</v>
+        <v>548</v>
       </c>
       <c r="F336" s="9" t="s">
-        <v>57</v>
-[...16 lines deleted...]
-      <c r="E337" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="G336" s="11">
+        <v>17.6</v>
+      </c>
+      <c r="H336" s="11"/>
+    </row>
+    <row r="338" spans="1:9">
+      <c r="B338" s="7" t="s">
         <v>557</v>
       </c>
-      <c r="F337" s="9" t="s">
-[...8 lines deleted...]
-      <c r="B338" s="9" t="s">
+      <c r="C338" s="0"/>
+      <c r="D338" s="0"/>
+      <c r="E338" s="0"/>
+      <c r="F338" s="0"/>
+      <c r="G338" s="0"/>
+    </row>
+    <row r="339" spans="1:9">
+      <c r="B339" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="C339" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="D339" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="E339" s="8" t="s">
+        <v>38</v>
+      </c>
+      <c r="F339" s="8" t="s">
+        <v>558</v>
+      </c>
+      <c r="G339" s="8" t="s">
         <v>39</v>
       </c>
-      <c r="C338" s="9" t="s">
-[...14 lines deleted...]
-      <c r="H338" s="10"/>
+      <c r="H339" s="8" t="s">
+        <v>40</v>
+      </c>
+      <c r="I339" s="8" t="s">
+        <v>41</v>
+      </c>
     </row>
     <row r="340" spans="1:9">
-      <c r="B340" s="7" t="s">
+      <c r="B340" s="9" t="s">
         <v>559</v>
       </c>
-      <c r="C340" s="0"/>
-[...3 lines deleted...]
-      <c r="G340" s="0"/>
+      <c r="C340" s="9" t="s">
+        <v>560</v>
+      </c>
+      <c r="D340" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="E340" s="9">
+        <v>0</v>
+      </c>
+      <c r="F340" s="9"/>
+      <c r="G340" s="9" t="s">
+        <v>17</v>
+      </c>
+      <c r="H340" s="10">
+        <v>30.72</v>
+      </c>
+      <c r="I340" s="10">
+        <v>45.72600240096038</v>
+      </c>
     </row>
     <row r="341" spans="1:9">
-      <c r="B341" s="8" t="s">
-[...21 lines deleted...]
-        <v>38</v>
+      <c r="B341" s="9" t="s">
+        <v>561</v>
+      </c>
+      <c r="C341" s="9" t="s">
+        <v>562</v>
+      </c>
+      <c r="D341" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="E341" s="9">
+        <v>1</v>
+      </c>
+      <c r="F341" s="9"/>
+      <c r="G341" s="9" t="s">
+        <v>17</v>
+      </c>
+      <c r="H341" s="10">
+        <v>30.72</v>
+      </c>
+      <c r="I341" s="10">
+        <v>45.72600240096038</v>
       </c>
     </row>
     <row r="342" spans="1:9">
       <c r="B342" s="9" t="s">
         <v>561</v>
       </c>
       <c r="C342" s="9" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="D342" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E342" s="9">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="F342" s="9"/>
       <c r="G342" s="9" t="s">
         <v>17</v>
       </c>
       <c r="H342" s="10">
         <v>30.72</v>
       </c>
       <c r="I342" s="10">
         <v>45.72600240096038</v>
       </c>
     </row>
     <row r="343" spans="1:9">
       <c r="B343" s="9" t="s">
-        <v>563</v>
+        <v>561</v>
       </c>
       <c r="C343" s="9" t="s">
         <v>564</v>
       </c>
       <c r="D343" s="9" t="s">
         <v>16</v>
       </c>
       <c r="E343" s="9">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F343" s="9"/>
       <c r="G343" s="9" t="s">
         <v>17</v>
       </c>
       <c r="H343" s="10">
         <v>30.72</v>
       </c>
       <c r="I343" s="10">
         <v>45.72600240096038</v>
       </c>
     </row>
     <row r="344" spans="1:9">
       <c r="B344" s="9" t="s">
-        <v>563</v>
+        <v>565</v>
       </c>
       <c r="C344" s="9" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="D344" s="9" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>23</v>
+      </c>
+      <c r="E344" s="9" t="s">
+        <v>128</v>
       </c>
       <c r="F344" s="9"/>
       <c r="G344" s="9" t="s">
-        <v>17</v>
+        <v>567</v>
       </c>
       <c r="H344" s="10">
-        <v>30.72</v>
-[...3 lines deleted...]
-      </c>
+        <v>94</v>
+      </c>
+      <c r="I344" s="10"/>
     </row>
     <row r="345" spans="1:9">
       <c r="B345" s="9" t="s">
-        <v>563</v>
+        <v>568</v>
       </c>
       <c r="C345" s="9" t="s">
-        <v>566</v>
+        <v>569</v>
       </c>
       <c r="D345" s="9" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>23</v>
+      </c>
+      <c r="E345" s="9" t="s">
+        <v>570</v>
       </c>
       <c r="F345" s="9"/>
       <c r="G345" s="9" t="s">
-        <v>17</v>
+        <v>567</v>
       </c>
       <c r="H345" s="10">
-        <v>30.72</v>
-[...3 lines deleted...]
-      </c>
+        <v>94</v>
+      </c>
+      <c r="I345" s="10"/>
     </row>
     <row r="346" spans="1:9">
       <c r="B346" s="9" t="s">
-        <v>567</v>
+        <v>571</v>
       </c>
       <c r="C346" s="9" t="s">
-        <v>568</v>
+        <v>572</v>
       </c>
       <c r="D346" s="9" t="s">
         <v>23</v>
       </c>
       <c r="E346" s="9" t="s">
-        <v>132</v>
+        <v>53</v>
       </c>
       <c r="F346" s="9"/>
       <c r="G346" s="9" t="s">
-        <v>569</v>
+        <v>567</v>
       </c>
       <c r="H346" s="10">
         <v>94</v>
       </c>
       <c r="I346" s="10"/>
     </row>
     <row r="347" spans="1:9">
       <c r="B347" s="9" t="s">
-        <v>570</v>
+        <v>573</v>
       </c>
       <c r="C347" s="9" t="s">
-        <v>571</v>
+        <v>574</v>
       </c>
       <c r="D347" s="9" t="s">
         <v>23</v>
       </c>
       <c r="E347" s="9" t="s">
-        <v>572</v>
+        <v>575</v>
       </c>
       <c r="F347" s="9"/>
       <c r="G347" s="9" t="s">
-        <v>569</v>
+        <v>567</v>
       </c>
       <c r="H347" s="10">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="I347" s="10"/>
     </row>
     <row r="348" spans="1:9">
       <c r="B348" s="9" t="s">
-        <v>573</v>
+        <v>576</v>
       </c>
       <c r="C348" s="9" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="D348" s="9" t="s">
         <v>23</v>
       </c>
       <c r="E348" s="9" t="s">
-        <v>50</v>
+        <v>575</v>
       </c>
       <c r="F348" s="9"/>
       <c r="G348" s="9" t="s">
-        <v>569</v>
+        <v>567</v>
       </c>
       <c r="H348" s="10">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="I348" s="10"/>
     </row>
     <row r="349" spans="1:9">
       <c r="B349" s="9" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="C349" s="9" t="s">
-        <v>576</v>
+        <v>579</v>
       </c>
       <c r="D349" s="9" t="s">
         <v>23</v>
       </c>
       <c r="E349" s="9" t="s">
-        <v>577</v>
+        <v>580</v>
       </c>
       <c r="F349" s="9"/>
       <c r="G349" s="9" t="s">
-        <v>569</v>
+        <v>567</v>
       </c>
       <c r="H349" s="10">
         <v>99</v>
       </c>
       <c r="I349" s="10"/>
     </row>
     <row r="350" spans="1:9">
       <c r="B350" s="9" t="s">
-        <v>578</v>
+        <v>581</v>
       </c>
       <c r="C350" s="9" t="s">
-        <v>579</v>
+        <v>582</v>
       </c>
       <c r="D350" s="9" t="s">
-        <v>23</v>
+        <v>583</v>
       </c>
       <c r="E350" s="9" t="s">
-        <v>577</v>
+        <v>53</v>
       </c>
       <c r="F350" s="9"/>
       <c r="G350" s="9" t="s">
-        <v>569</v>
+        <v>584</v>
       </c>
       <c r="H350" s="10">
-        <v>99</v>
+        <v>112.5</v>
       </c>
       <c r="I350" s="10"/>
     </row>
     <row r="351" spans="1:9">
       <c r="B351" s="9" t="s">
-        <v>580</v>
+        <v>585</v>
       </c>
       <c r="C351" s="9" t="s">
-        <v>581</v>
+        <v>586</v>
       </c>
       <c r="D351" s="9" t="s">
         <v>23</v>
       </c>
       <c r="E351" s="9" t="s">
-        <v>582</v>
+        <v>570</v>
       </c>
       <c r="F351" s="9"/>
       <c r="G351" s="9" t="s">
-        <v>569</v>
+        <v>587</v>
       </c>
       <c r="H351" s="10">
-        <v>99</v>
+        <v>113.4</v>
       </c>
       <c r="I351" s="10"/>
     </row>
     <row r="352" spans="1:9">
       <c r="B352" s="9" t="s">
-        <v>583</v>
+        <v>588</v>
       </c>
       <c r="C352" s="9" t="s">
-        <v>584</v>
+        <v>589</v>
       </c>
       <c r="D352" s="9" t="s">
-        <v>585</v>
+        <v>23</v>
       </c>
       <c r="E352" s="9" t="s">
-        <v>50</v>
+        <v>590</v>
       </c>
       <c r="F352" s="9"/>
       <c r="G352" s="9" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="H352" s="10">
-        <v>112.5</v>
+        <v>118.4</v>
       </c>
       <c r="I352" s="10"/>
     </row>
     <row r="353" spans="1:9">
       <c r="B353" s="9" t="s">
-        <v>587</v>
+        <v>591</v>
       </c>
       <c r="C353" s="9" t="s">
-        <v>588</v>
+        <v>592</v>
       </c>
       <c r="D353" s="9" t="s">
-        <v>23</v>
+        <v>583</v>
       </c>
       <c r="E353" s="9" t="s">
-        <v>572</v>
+        <v>53</v>
       </c>
       <c r="F353" s="9"/>
       <c r="G353" s="9" t="s">
-        <v>589</v>
+        <v>584</v>
       </c>
       <c r="H353" s="10">
-        <v>113.4</v>
+        <v>120.75</v>
       </c>
       <c r="I353" s="10"/>
     </row>
     <row r="354" spans="1:9">
       <c r="B354" s="9" t="s">
-        <v>590</v>
+        <v>593</v>
       </c>
       <c r="C354" s="9" t="s">
-        <v>591</v>
+        <v>594</v>
       </c>
       <c r="D354" s="9" t="s">
         <v>23</v>
       </c>
       <c r="E354" s="9" t="s">
-        <v>592</v>
+        <v>595</v>
       </c>
       <c r="F354" s="9"/>
       <c r="G354" s="9" t="s">
-        <v>589</v>
+        <v>587</v>
       </c>
       <c r="H354" s="10">
-        <v>118.4</v>
+        <v>138.4</v>
       </c>
       <c r="I354" s="10"/>
     </row>
     <row r="355" spans="1:9">
       <c r="B355" s="9" t="s">
-        <v>593</v>
+        <v>596</v>
       </c>
       <c r="C355" s="9" t="s">
-        <v>594</v>
+        <v>597</v>
       </c>
       <c r="D355" s="9" t="s">
-        <v>585</v>
+        <v>23</v>
       </c>
       <c r="E355" s="9" t="s">
-        <v>50</v>
+        <v>598</v>
       </c>
       <c r="F355" s="9"/>
       <c r="G355" s="9" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="H355" s="10">
-        <v>120.75</v>
+        <v>138.4</v>
       </c>
       <c r="I355" s="10"/>
     </row>
     <row r="356" spans="1:9">
       <c r="B356" s="9" t="s">
-        <v>595</v>
+        <v>599</v>
       </c>
       <c r="C356" s="9" t="s">
-        <v>596</v>
+        <v>600</v>
       </c>
       <c r="D356" s="9" t="s">
         <v>23</v>
       </c>
       <c r="E356" s="9" t="s">
-        <v>597</v>
+        <v>601</v>
       </c>
       <c r="F356" s="9"/>
       <c r="G356" s="9" t="s">
-        <v>589</v>
+        <v>587</v>
       </c>
       <c r="H356" s="10">
         <v>138.4</v>
       </c>
       <c r="I356" s="10"/>
     </row>
     <row r="357" spans="1:9">
       <c r="B357" s="9" t="s">
-        <v>598</v>
+        <v>602</v>
       </c>
       <c r="C357" s="9" t="s">
-        <v>599</v>
+        <v>603</v>
       </c>
       <c r="D357" s="9" t="s">
         <v>23</v>
       </c>
       <c r="E357" s="9" t="s">
-        <v>600</v>
+        <v>604</v>
       </c>
       <c r="F357" s="9"/>
       <c r="G357" s="9" t="s">
-        <v>589</v>
+        <v>587</v>
       </c>
       <c r="H357" s="10">
-        <v>138.4</v>
+        <v>148.4</v>
       </c>
       <c r="I357" s="10"/>
     </row>
     <row r="358" spans="1:9">
       <c r="B358" s="9" t="s">
-        <v>601</v>
+        <v>605</v>
       </c>
       <c r="C358" s="9" t="s">
-        <v>602</v>
+        <v>606</v>
       </c>
       <c r="D358" s="9" t="s">
         <v>23</v>
       </c>
       <c r="E358" s="9" t="s">
-        <v>603</v>
+        <v>607</v>
       </c>
       <c r="F358" s="9"/>
       <c r="G358" s="9" t="s">
-        <v>589</v>
+        <v>587</v>
       </c>
       <c r="H358" s="10">
-        <v>138.4</v>
+        <v>153.4</v>
       </c>
       <c r="I358" s="10"/>
     </row>
     <row r="359" spans="1:9">
       <c r="B359" s="9" t="s">
-        <v>604</v>
+        <v>608</v>
       </c>
       <c r="C359" s="9" t="s">
-        <v>605</v>
+        <v>609</v>
       </c>
       <c r="D359" s="9" t="s">
         <v>23</v>
       </c>
       <c r="E359" s="9" t="s">
-        <v>606</v>
+        <v>610</v>
       </c>
       <c r="F359" s="9"/>
       <c r="G359" s="9" t="s">
-        <v>589</v>
+        <v>587</v>
       </c>
       <c r="H359" s="10">
-        <v>148.4</v>
+        <v>153.4</v>
       </c>
       <c r="I359" s="10"/>
     </row>
     <row r="360" spans="1:9">
       <c r="B360" s="9" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="C360" s="9" t="s">
-        <v>608</v>
+        <v>612</v>
       </c>
       <c r="D360" s="9" t="s">
         <v>23</v>
       </c>
       <c r="E360" s="9" t="s">
-        <v>609</v>
+        <v>613</v>
       </c>
       <c r="F360" s="9"/>
       <c r="G360" s="9" t="s">
-        <v>589</v>
+        <v>587</v>
       </c>
       <c r="H360" s="10">
         <v>153.4</v>
       </c>
       <c r="I360" s="10"/>
     </row>
-    <row r="361" spans="1:9">
-[...20 lines deleted...]
-    </row>
     <row r="362" spans="1:9">
-      <c r="B362" s="9" t="s">
-[...2 lines deleted...]
-      <c r="C362" s="9" t="s">
+      <c r="B362" s="7" t="s">
         <v>614</v>
       </c>
-      <c r="D362" s="9" t="s">
-[...2 lines deleted...]
-      <c r="E362" s="9" t="s">
+      <c r="C362" s="0"/>
+      <c r="D362" s="0"/>
+      <c r="E362" s="0"/>
+      <c r="F362" s="0"/>
+      <c r="G362" s="0"/>
+    </row>
+    <row r="363" spans="1:9">
+      <c r="B363" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="C363" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="D363" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="E363" s="8" t="s">
+        <v>38</v>
+      </c>
+      <c r="F363" s="8" t="s">
+        <v>558</v>
+      </c>
+      <c r="G363" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="H363" s="8" t="s">
         <v>615</v>
       </c>
-      <c r="F362" s="9"/>
-[...9 lines deleted...]
-      <c r="B364" s="7" t="s">
+    </row>
+    <row r="365" spans="1:9">
+      <c r="B365" s="7" t="s">
         <v>616</v>
       </c>
-      <c r="C364" s="0"/>
-[...6 lines deleted...]
-      <c r="B365" s="8" t="s">
+      <c r="C365" s="0"/>
+      <c r="D365" s="0"/>
+      <c r="E365" s="0"/>
+      <c r="F365" s="0"/>
+      <c r="G365" s="0"/>
+    </row>
+    <row r="366" spans="1:9">
+      <c r="B366" s="8" t="s">
         <v>8</v>
       </c>
-      <c r="C365" s="8" t="s">
+      <c r="C366" s="8" t="s">
         <v>9</v>
       </c>
-      <c r="D365" s="8" t="s">
+      <c r="D366" s="8" t="s">
         <v>10</v>
       </c>
-      <c r="E365" s="8" t="s">
-[...5 lines deleted...]
-      <c r="G365" s="8" t="s">
+      <c r="E366" s="8" t="s">
+        <v>38</v>
+      </c>
+      <c r="F366" s="8" t="s">
         <v>11</v>
       </c>
-      <c r="H365" s="8" t="s">
+      <c r="G366" s="8" t="s">
+        <v>12</v>
+      </c>
+      <c r="H366" s="8" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="368" spans="1:9">
+      <c r="B368" s="7" t="s">
         <v>617</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B367" s="7" t="s">
+      <c r="C368" s="0"/>
+      <c r="D368" s="0"/>
+      <c r="E368" s="0"/>
+      <c r="F368" s="0"/>
+      <c r="G368" s="0"/>
+    </row>
+    <row r="369" spans="1:9">
+      <c r="B369" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="C369" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="D369" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="E369" s="8" t="s">
+        <v>38</v>
+      </c>
+      <c r="F369" s="8" t="s">
+        <v>39</v>
+      </c>
+      <c r="G369" s="8" t="s">
+        <v>40</v>
+      </c>
+      <c r="H369" s="8" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="371" spans="1:9">
+      <c r="B371" s="7" t="s">
         <v>618</v>
       </c>
-      <c r="C367" s="0"/>
-[...6 lines deleted...]
-      <c r="B368" s="8" t="s">
+      <c r="C371" s="0"/>
+      <c r="D371" s="0"/>
+      <c r="E371" s="0"/>
+      <c r="F371" s="0"/>
+      <c r="G371" s="0"/>
+    </row>
+    <row r="372" spans="1:9">
+      <c r="B372" s="8" t="s">
         <v>8</v>
       </c>
-      <c r="C368" s="8" t="s">
+      <c r="C372" s="8" t="s">
         <v>9</v>
       </c>
-      <c r="D368" s="8" t="s">
+      <c r="D372" s="8" t="s">
         <v>10</v>
       </c>
-      <c r="E368" s="8" t="s">
-[...2 lines deleted...]
-      <c r="F368" s="8" t="s">
+      <c r="E372" s="8" t="s">
+        <v>38</v>
+      </c>
+      <c r="F372" s="8" t="s">
         <v>11</v>
       </c>
-      <c r="G368" s="8" t="s">
+      <c r="G372" s="8" t="s">
         <v>12</v>
       </c>
-      <c r="H368" s="8" t="s">
+      <c r="H372" s="8" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="370" spans="1:9">
-      <c r="B370" s="7" t="s">
+    <row r="374" spans="1:9">
+      <c r="B374" s="7" t="s">
         <v>619</v>
       </c>
-      <c r="C370" s="0"/>
-[...6 lines deleted...]
-      <c r="B371" s="8" t="s">
+      <c r="C374" s="0"/>
+      <c r="D374" s="0"/>
+      <c r="E374" s="0"/>
+      <c r="F374" s="0"/>
+      <c r="G374" s="0"/>
+    </row>
+    <row r="375" spans="1:9">
+      <c r="B375" s="8" t="s">
         <v>8</v>
       </c>
-      <c r="C371" s="8" t="s">
+      <c r="C375" s="8" t="s">
         <v>9</v>
       </c>
-      <c r="D371" s="8" t="s">
+      <c r="D375" s="8" t="s">
         <v>10</v>
       </c>
-      <c r="E371" s="8" t="s">
-[...8 lines deleted...]
-      <c r="H371" s="8" t="s">
+      <c r="E375" s="8" t="s">
         <v>38</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B373" s="7" t="s">
+      <c r="F375" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G375" s="8" t="s">
         <v>620</v>
       </c>
-      <c r="C373" s="0"/>
-[...29 lines deleted...]
-      <c r="B376" s="7" t="s">
+      <c r="H375" s="8" t="s">
         <v>621</v>
-      </c>
-[...26 lines deleted...]
-        <v>623</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B1:G1"/>
     <mergeCell ref="B3:B5"/>
     <mergeCell ref="C3:D3"/>
     <mergeCell ref="E3:G3"/>
     <mergeCell ref="C5:D5"/>
     <mergeCell ref="E5:G5"/>
     <mergeCell ref="B9:G9"/>
-    <mergeCell ref="B22:G22"/>
-[...5 lines deleted...]
-    <mergeCell ref="B376:G376"/>
+    <mergeCell ref="B24:G24"/>
+    <mergeCell ref="B338:G338"/>
+    <mergeCell ref="B362:G362"/>
+    <mergeCell ref="B365:G365"/>
+    <mergeCell ref="B368:G368"/>
+    <mergeCell ref="B371:G371"/>
+    <mergeCell ref="B374:G374"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="F6" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" scale="100" fitToHeight="0" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
@@ -18501,97 +18524,97 @@
             </rPr>
             <t xml:space="preserve">Цены</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="14"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> для Пензы на: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFDE5705"/>
               <sz val="14"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">31.12.2025</t>
+            <t xml:space="preserve">16.02.2026</t>
           </r>
         </is>
       </c>
       <c r="F6" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="B7" s="6" t="s">
-        <v>2349</v>
+        <v>2381</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="B9" s="7" t="s">
-        <v>2350</v>
+        <v>2382</v>
       </c>
       <c r="C9" s="0"/>
       <c r="D9" s="0"/>
       <c r="E9" s="0"/>
       <c r="F9" s="0"/>
       <c r="G9" s="0"/>
     </row>
     <row r="10" spans="1:9">
       <c r="B10" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D10" s="8" t="s">
-        <v>664</v>
+        <v>662</v>
       </c>
       <c r="E10" s="8" t="s">
-        <v>665</v>
+        <v>663</v>
       </c>
       <c r="F10" s="8" t="s">
         <v>11</v>
       </c>
       <c r="G10" s="8" t="s">
-        <v>2351</v>
+        <v>2383</v>
       </c>
       <c r="H10" s="8" t="s">
-        <v>1304</v>
+        <v>1337</v>
       </c>
       <c r="I10" s="8" t="s">
-        <v>628</v>
+        <v>626</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B1:G1"/>
     <mergeCell ref="B3:B5"/>
     <mergeCell ref="C3:D3"/>
     <mergeCell ref="E3:G3"/>
     <mergeCell ref="C5:D5"/>
     <mergeCell ref="E5:G5"/>
     <mergeCell ref="B9:G9"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="F6" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" scale="100" fitToHeight="0" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
@@ -18701,163 +18724,163 @@
             </rPr>
             <t xml:space="preserve">Цены</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="14"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> для Пензы на: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFDE5705"/>
               <sz val="14"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">31.12.2025</t>
+            <t xml:space="preserve">16.02.2026</t>
           </r>
         </is>
       </c>
       <c r="F6" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="B7" s="6" t="s">
-        <v>2352</v>
+        <v>2384</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="B9" s="7" t="s">
-        <v>1302</v>
+        <v>1335</v>
       </c>
       <c r="C9" s="0"/>
       <c r="D9" s="0"/>
       <c r="E9" s="0"/>
       <c r="F9" s="0"/>
       <c r="G9" s="0"/>
     </row>
     <row r="10" spans="1:9">
       <c r="B10" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D10" s="8" t="s">
-        <v>664</v>
+        <v>662</v>
       </c>
       <c r="E10" s="8" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="F10" s="8" t="s">
         <v>11</v>
       </c>
       <c r="G10" s="8" t="s">
-        <v>1304</v>
+        <v>1337</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="B12" s="7" t="s">
-        <v>2353</v>
+        <v>2385</v>
       </c>
       <c r="C12" s="0"/>
       <c r="D12" s="0"/>
       <c r="E12" s="0"/>
       <c r="F12" s="0"/>
       <c r="G12" s="0"/>
     </row>
     <row r="13" spans="1:9">
       <c r="B13" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C13" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D13" s="8" t="s">
-        <v>664</v>
+        <v>662</v>
       </c>
       <c r="E13" s="8" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="F13" s="8" t="s">
         <v>11</v>
       </c>
       <c r="G13" s="8" t="s">
-        <v>2354</v>
+        <v>2386</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B1:G1"/>
     <mergeCell ref="B3:B5"/>
     <mergeCell ref="C3:D3"/>
     <mergeCell ref="E3:G3"/>
     <mergeCell ref="C5:D5"/>
     <mergeCell ref="E5:G5"/>
     <mergeCell ref="B9:G9"/>
     <mergeCell ref="B12:G12"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="F6" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" scale="100" fitToHeight="0" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:I51"/>
+  <dimension ref="A1:I52"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="G51" sqref="G51"/>
+      <selection activeCell="G52" sqref="G52"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="2.91" customWidth="true" style="0"/>
     <col min="2" max="2" width="52" customWidth="true" style="0"/>
     <col min="3" max="3" width="16" customWidth="true" style="0"/>
     <col min="4" max="4" width="16" customWidth="true" style="0"/>
     <col min="5" max="5" width="16" customWidth="true" style="0"/>
     <col min="6" max="6" width="16" customWidth="true" style="0"/>
     <col min="7" max="7" width="16" customWidth="true" style="0"/>
     <col min="8" max="8" width="16" customWidth="true" style="0"/>
     <col min="9" max="9" width="16" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" customHeight="1" ht="24">
       <c r="B1" s="1"/>
       <c r="C1" s="0"/>
       <c r="D1" s="0"/>
       <c r="E1" s="0"/>
       <c r="F1" s="0"/>
       <c r="G1" s="0"/>
     </row>
     <row r="2" spans="1:9" customHeight="1" ht="5"/>
     <row r="3" spans="1:9" customHeight="1" ht="30">
@@ -18926,915 +18949,939 @@
             </rPr>
             <t xml:space="preserve">Цены</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="14"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> для Пензы на: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFDE5705"/>
               <sz val="14"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">31.12.2025</t>
+            <t xml:space="preserve">16.02.2026</t>
           </r>
         </is>
       </c>
       <c r="F6" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="B7" s="6" t="s">
-        <v>2355</v>
+        <v>2387</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="B9" s="7" t="s">
-        <v>2356</v>
+        <v>2388</v>
       </c>
       <c r="C9" s="0"/>
       <c r="D9" s="0"/>
       <c r="E9" s="0"/>
       <c r="F9" s="0"/>
       <c r="G9" s="0"/>
     </row>
     <row r="10" spans="1:9">
       <c r="B10" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D10" s="8" t="s">
-        <v>664</v>
+        <v>662</v>
       </c>
       <c r="E10" s="8" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="F10" s="8" t="s">
-        <v>560</v>
+        <v>558</v>
       </c>
       <c r="G10" s="8" t="s">
         <v>11</v>
       </c>
       <c r="H10" s="8" t="s">
-        <v>1304</v>
+        <v>1337</v>
       </c>
       <c r="I10" s="8" t="s">
-        <v>698</v>
+        <v>696</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="B11" s="9" t="s">
-        <v>2357</v>
+        <v>2389</v>
       </c>
       <c r="C11" s="9" t="s">
-        <v>2358</v>
+        <v>2390</v>
       </c>
       <c r="D11" s="9" t="s">
-        <v>2359</v>
+        <v>2391</v>
       </c>
       <c r="E11" s="9" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="F11" s="9" t="s">
-        <v>2360</v>
+        <v>2392</v>
       </c>
       <c r="G11" s="9" t="s">
-        <v>2361</v>
+        <v>2393</v>
       </c>
       <c r="H11" s="10">
-        <v>1349</v>
+        <v>1371.5</v>
       </c>
       <c r="I11" s="10">
-        <v>134.9</v>
+        <v>137.15</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="B12" s="9" t="s">
-        <v>2362</v>
+        <v>2389</v>
       </c>
       <c r="C12" s="9" t="s">
-        <v>2363</v>
+        <v>2394</v>
       </c>
       <c r="D12" s="9" t="s">
-        <v>2359</v>
+        <v>2391</v>
       </c>
       <c r="E12" s="9" t="s">
-        <v>50</v>
+        <v>580</v>
       </c>
       <c r="F12" s="9" t="s">
-        <v>2364</v>
+        <v>2392</v>
       </c>
       <c r="G12" s="9" t="s">
-        <v>2361</v>
+        <v>2393</v>
       </c>
       <c r="H12" s="10">
-        <v>1349</v>
-[...3 lines deleted...]
-      </c>
+        <v>1371.5</v>
+      </c>
+      <c r="I12" s="10"/>
     </row>
     <row r="13" spans="1:9">
       <c r="B13" s="9" t="s">
-        <v>2362</v>
+        <v>2395</v>
       </c>
       <c r="C13" s="9" t="s">
-        <v>2365</v>
+        <v>2396</v>
       </c>
       <c r="D13" s="9" t="s">
-        <v>2359</v>
+        <v>2391</v>
       </c>
       <c r="E13" s="9" t="s">
-        <v>132</v>
+        <v>2397</v>
       </c>
       <c r="F13" s="9" t="s">
-        <v>2364</v>
+        <v>2398</v>
       </c>
       <c r="G13" s="9" t="s">
-        <v>2361</v>
+        <v>2393</v>
       </c>
       <c r="H13" s="10">
-        <v>1349</v>
+        <v>1371.5</v>
       </c>
       <c r="I13" s="10">
-        <v>134.9</v>
+        <v>137.15</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="B14" s="9" t="s">
-        <v>2362</v>
+        <v>2395</v>
       </c>
       <c r="C14" s="9" t="s">
-        <v>2366</v>
+        <v>2399</v>
       </c>
       <c r="D14" s="9" t="s">
-        <v>2359</v>
+        <v>2391</v>
       </c>
       <c r="E14" s="9" t="s">
-        <v>582</v>
+        <v>535</v>
       </c>
       <c r="F14" s="9" t="s">
-        <v>2364</v>
+        <v>2398</v>
       </c>
       <c r="G14" s="9" t="s">
-        <v>2361</v>
+        <v>2393</v>
       </c>
       <c r="H14" s="10">
-        <v>1349</v>
+        <v>1371.5</v>
       </c>
       <c r="I14" s="10">
-        <v>134.9</v>
+        <v>137.15</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="B15" s="9" t="s">
-        <v>2362</v>
+        <v>2389</v>
       </c>
       <c r="C15" s="9" t="s">
-        <v>2367</v>
+        <v>2400</v>
       </c>
       <c r="D15" s="9" t="s">
-        <v>2359</v>
+        <v>2391</v>
       </c>
       <c r="E15" s="9" t="s">
-        <v>167</v>
+        <v>535</v>
       </c>
       <c r="F15" s="9" t="s">
-        <v>2364</v>
+        <v>2392</v>
       </c>
       <c r="G15" s="9" t="s">
-        <v>2361</v>
+        <v>2393</v>
       </c>
       <c r="H15" s="10">
-        <v>1349</v>
+        <v>1371.5</v>
       </c>
       <c r="I15" s="10">
-        <v>134.9</v>
+        <v>137.15</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="B16" s="9" t="s">
-        <v>2362</v>
+        <v>2395</v>
       </c>
       <c r="C16" s="9" t="s">
-        <v>2368</v>
+        <v>2401</v>
       </c>
       <c r="D16" s="9" t="s">
-        <v>2359</v>
+        <v>2391</v>
       </c>
       <c r="E16" s="9" t="s">
-        <v>1778</v>
+        <v>1811</v>
       </c>
       <c r="F16" s="9" t="s">
-        <v>2364</v>
+        <v>2398</v>
       </c>
       <c r="G16" s="9" t="s">
-        <v>2361</v>
+        <v>2393</v>
       </c>
       <c r="H16" s="10">
-        <v>1349</v>
+        <v>1371.5</v>
       </c>
       <c r="I16" s="10">
-        <v>134.9</v>
+        <v>137.15</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="B17" s="9" t="s">
-        <v>2357</v>
+        <v>2395</v>
       </c>
       <c r="C17" s="9" t="s">
-        <v>2369</v>
+        <v>2402</v>
       </c>
       <c r="D17" s="9" t="s">
-        <v>2359</v>
+        <v>2391</v>
       </c>
       <c r="E17" s="9" t="s">
-        <v>367</v>
+        <v>162</v>
       </c>
       <c r="F17" s="9" t="s">
-        <v>2360</v>
+        <v>2398</v>
       </c>
       <c r="G17" s="9" t="s">
-        <v>2361</v>
+        <v>2393</v>
       </c>
       <c r="H17" s="10">
-        <v>1349</v>
+        <v>1371.5</v>
       </c>
       <c r="I17" s="10">
-        <v>134.9</v>
+        <v>137.15</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="B18" s="9" t="s">
-        <v>2357</v>
+        <v>2395</v>
       </c>
       <c r="C18" s="9" t="s">
-        <v>2370</v>
+        <v>2403</v>
       </c>
       <c r="D18" s="9" t="s">
-        <v>2359</v>
+        <v>2391</v>
       </c>
       <c r="E18" s="9" t="s">
-        <v>1778</v>
+        <v>580</v>
       </c>
       <c r="F18" s="9" t="s">
-        <v>2360</v>
+        <v>2398</v>
       </c>
       <c r="G18" s="9" t="s">
-        <v>2361</v>
+        <v>2393</v>
       </c>
       <c r="H18" s="10">
-        <v>1349</v>
+        <v>1371.5</v>
       </c>
       <c r="I18" s="10">
-        <v>134.9</v>
+        <v>137.15</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="B19" s="9" t="s">
-        <v>2362</v>
+        <v>2395</v>
       </c>
       <c r="C19" s="9" t="s">
-        <v>2371</v>
+        <v>2404</v>
       </c>
       <c r="D19" s="9" t="s">
-        <v>2359</v>
+        <v>2391</v>
       </c>
       <c r="E19" s="9" t="s">
-        <v>2372</v>
+        <v>128</v>
       </c>
       <c r="F19" s="9" t="s">
-        <v>2364</v>
+        <v>2398</v>
       </c>
       <c r="G19" s="9" t="s">
-        <v>2361</v>
+        <v>2393</v>
       </c>
       <c r="H19" s="10">
-        <v>1349</v>
+        <v>1371.5</v>
       </c>
       <c r="I19" s="10">
-        <v>134.9</v>
+        <v>137.15</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="B20" s="9" t="s">
-        <v>2362</v>
+        <v>2395</v>
       </c>
       <c r="C20" s="9" t="s">
-        <v>2373</v>
+        <v>2405</v>
       </c>
       <c r="D20" s="9" t="s">
-        <v>2359</v>
+        <v>2391</v>
       </c>
       <c r="E20" s="9" t="s">
-        <v>367</v>
+        <v>53</v>
       </c>
       <c r="F20" s="9" t="s">
-        <v>2364</v>
+        <v>2398</v>
       </c>
       <c r="G20" s="9" t="s">
-        <v>2361</v>
+        <v>2393</v>
       </c>
       <c r="H20" s="10">
-        <v>1349</v>
+        <v>1371.5</v>
       </c>
       <c r="I20" s="10">
-        <v>134.9</v>
+        <v>137.15</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="B21" s="9" t="s">
-        <v>2357</v>
+        <v>2389</v>
       </c>
       <c r="C21" s="9" t="s">
-        <v>2374</v>
+        <v>2406</v>
       </c>
       <c r="D21" s="9" t="s">
-        <v>2359</v>
+        <v>2391</v>
       </c>
       <c r="E21" s="9" t="s">
-        <v>2375</v>
+        <v>1811</v>
       </c>
       <c r="F21" s="9" t="s">
-        <v>2360</v>
+        <v>2392</v>
       </c>
       <c r="G21" s="9" t="s">
-        <v>2361</v>
+        <v>2393</v>
       </c>
       <c r="H21" s="10">
-        <v>1499</v>
+        <v>1371.5</v>
       </c>
       <c r="I21" s="10">
-        <v>149.9</v>
+        <v>137.15</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="B22" s="9" t="s">
-        <v>2362</v>
+        <v>2389</v>
       </c>
       <c r="C22" s="9" t="s">
-        <v>2376</v>
+        <v>2407</v>
       </c>
       <c r="D22" s="9" t="s">
-        <v>2359</v>
+        <v>2391</v>
       </c>
       <c r="E22" s="9" t="s">
-        <v>2377</v>
+        <v>2408</v>
       </c>
       <c r="F22" s="9" t="s">
-        <v>2364</v>
+        <v>2392</v>
       </c>
       <c r="G22" s="9" t="s">
-        <v>2361</v>
+        <v>2393</v>
       </c>
       <c r="H22" s="10">
-        <v>1499</v>
+        <v>1524</v>
       </c>
       <c r="I22" s="10">
-        <v>149.9</v>
+        <v>152.4</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="B23" s="9" t="s">
-        <v>2357</v>
+        <v>2395</v>
       </c>
       <c r="C23" s="9" t="s">
-        <v>2378</v>
+        <v>2409</v>
       </c>
       <c r="D23" s="9" t="s">
-        <v>2359</v>
+        <v>2391</v>
       </c>
       <c r="E23" s="9" t="s">
-        <v>146</v>
+        <v>2410</v>
       </c>
       <c r="F23" s="9" t="s">
-        <v>2360</v>
+        <v>2398</v>
       </c>
       <c r="G23" s="9" t="s">
-        <v>2361</v>
+        <v>2393</v>
       </c>
       <c r="H23" s="10">
-        <v>1549</v>
+        <v>1524</v>
       </c>
       <c r="I23" s="10">
-        <v>154.9</v>
+        <v>152.4</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="B24" s="9" t="s">
-        <v>2379</v>
+        <v>2389</v>
       </c>
       <c r="C24" s="9" t="s">
-        <v>2380</v>
+        <v>2411</v>
       </c>
       <c r="D24" s="9" t="s">
-        <v>2359</v>
+        <v>2391</v>
       </c>
       <c r="E24" s="9" t="s">
-        <v>1778</v>
+        <v>141</v>
       </c>
       <c r="F24" s="9" t="s">
-        <v>2381</v>
+        <v>2392</v>
       </c>
       <c r="G24" s="9" t="s">
-        <v>2361</v>
+        <v>2393</v>
       </c>
       <c r="H24" s="10">
-        <v>1799</v>
+        <v>1574.8</v>
       </c>
       <c r="I24" s="10">
-        <v>179.9</v>
+        <v>157.48</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="B25" s="9" t="s">
-        <v>2379</v>
+        <v>2412</v>
       </c>
       <c r="C25" s="9" t="s">
-        <v>2382</v>
+        <v>2413</v>
       </c>
       <c r="D25" s="9" t="s">
-        <v>2359</v>
+        <v>2391</v>
       </c>
       <c r="E25" s="9" t="s">
-        <v>50</v>
+        <v>1811</v>
       </c>
       <c r="F25" s="9" t="s">
-        <v>2381</v>
+        <v>2414</v>
       </c>
       <c r="G25" s="9" t="s">
-        <v>2361</v>
+        <v>2393</v>
       </c>
       <c r="H25" s="10">
-        <v>1799</v>
-[...1 lines deleted...]
-      <c r="I25" s="10"/>
+        <v>1829</v>
+      </c>
+      <c r="I25" s="10">
+        <v>182.9</v>
+      </c>
     </row>
     <row r="26" spans="1:9">
       <c r="B26" s="9" t="s">
-        <v>2379</v>
+        <v>2412</v>
       </c>
       <c r="C26" s="9" t="s">
-        <v>2383</v>
+        <v>2415</v>
       </c>
       <c r="D26" s="9" t="s">
-        <v>2359</v>
+        <v>2391</v>
       </c>
       <c r="E26" s="9" t="s">
-        <v>367</v>
+        <v>53</v>
       </c>
       <c r="F26" s="9" t="s">
-        <v>2381</v>
+        <v>2414</v>
       </c>
       <c r="G26" s="9" t="s">
-        <v>2361</v>
+        <v>2393</v>
       </c>
       <c r="H26" s="10">
-        <v>1799</v>
-[...3 lines deleted...]
-      </c>
+        <v>1829</v>
+      </c>
+      <c r="I26" s="10"/>
     </row>
     <row r="27" spans="1:9">
       <c r="B27" s="9" t="s">
-        <v>2379</v>
+        <v>2412</v>
       </c>
       <c r="C27" s="9" t="s">
-        <v>2384</v>
+        <v>2416</v>
       </c>
       <c r="D27" s="9" t="s">
-        <v>2359</v>
+        <v>2391</v>
       </c>
       <c r="E27" s="9" t="s">
-        <v>582</v>
+        <v>535</v>
       </c>
       <c r="F27" s="9" t="s">
-        <v>2381</v>
+        <v>2414</v>
       </c>
       <c r="G27" s="9" t="s">
-        <v>2361</v>
+        <v>2393</v>
       </c>
       <c r="H27" s="10">
-        <v>1799</v>
-[...11 lines deleted...]
-      <c r="G29" s="0"/>
+        <v>1829</v>
+      </c>
+      <c r="I27" s="10">
+        <v>182.9</v>
+      </c>
+    </row>
+    <row r="28" spans="1:9">
+      <c r="B28" s="9" t="s">
+        <v>2412</v>
+      </c>
+      <c r="C28" s="9" t="s">
+        <v>2417</v>
+      </c>
+      <c r="D28" s="9" t="s">
+        <v>2391</v>
+      </c>
+      <c r="E28" s="9" t="s">
+        <v>580</v>
+      </c>
+      <c r="F28" s="9" t="s">
+        <v>2414</v>
+      </c>
+      <c r="G28" s="9" t="s">
+        <v>2393</v>
+      </c>
+      <c r="H28" s="10">
+        <v>1829</v>
+      </c>
+      <c r="I28" s="10"/>
     </row>
     <row r="30" spans="1:9">
-      <c r="B30" s="8" t="s">
+      <c r="B30" s="7" t="s">
+        <v>2418</v>
+      </c>
+      <c r="C30" s="0"/>
+      <c r="D30" s="0"/>
+      <c r="E30" s="0"/>
+      <c r="F30" s="0"/>
+      <c r="G30" s="0"/>
+    </row>
+    <row r="31" spans="1:9">
+      <c r="B31" s="8" t="s">
         <v>8</v>
       </c>
-      <c r="C30" s="8" t="s">
+      <c r="C31" s="8" t="s">
         <v>9</v>
       </c>
-      <c r="D30" s="8" t="s">
-[...8 lines deleted...]
-      <c r="G30" s="8" t="s">
+      <c r="D31" s="8" t="s">
+        <v>662</v>
+      </c>
+      <c r="E31" s="8" t="s">
+        <v>38</v>
+      </c>
+      <c r="F31" s="8" t="s">
+        <v>2419</v>
+      </c>
+      <c r="G31" s="8" t="s">
         <v>11</v>
       </c>
-      <c r="H30" s="8" t="s">
-[...11 lines deleted...]
-      <c r="G32" s="0"/>
+      <c r="H31" s="8" t="s">
+        <v>1337</v>
+      </c>
     </row>
     <row r="33" spans="1:9">
-      <c r="B33" s="8" t="s">
+      <c r="B33" s="7" t="s">
+        <v>2420</v>
+      </c>
+      <c r="C33" s="0"/>
+      <c r="D33" s="0"/>
+      <c r="E33" s="0"/>
+      <c r="F33" s="0"/>
+      <c r="G33" s="0"/>
+    </row>
+    <row r="34" spans="1:9">
+      <c r="B34" s="8" t="s">
         <v>8</v>
       </c>
-      <c r="C33" s="8" t="s">
+      <c r="C34" s="8" t="s">
         <v>9</v>
       </c>
-      <c r="D33" s="8" t="s">
-[...8 lines deleted...]
-      <c r="G33" s="8" t="s">
+      <c r="D34" s="8" t="s">
+        <v>662</v>
+      </c>
+      <c r="E34" s="8" t="s">
+        <v>38</v>
+      </c>
+      <c r="F34" s="8" t="s">
+        <v>2419</v>
+      </c>
+      <c r="G34" s="8" t="s">
         <v>11</v>
       </c>
-      <c r="H33" s="8" t="s">
-[...23 lines deleted...]
-        <v>660</v>
+      <c r="H34" s="8" t="s">
+        <v>1337</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="B35" s="9" t="s">
-        <v>2394</v>
+        <v>2421</v>
       </c>
       <c r="C35" s="9" t="s">
-        <v>2395</v>
+        <v>2422</v>
       </c>
       <c r="D35" s="9" t="s">
-        <v>2390</v>
+        <v>2423</v>
       </c>
       <c r="E35" s="9" t="s">
-        <v>2396</v>
+        <v>2424</v>
       </c>
       <c r="F35" s="9" t="s">
-        <v>2392</v>
+        <v>2425</v>
       </c>
       <c r="G35" s="9" t="s">
-        <v>2393</v>
+        <v>2426</v>
       </c>
       <c r="H35" s="10">
         <v>660</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="B36" s="9" t="s">
-        <v>2394</v>
+        <v>2427</v>
       </c>
       <c r="C36" s="9" t="s">
-        <v>2397</v>
+        <v>2428</v>
       </c>
       <c r="D36" s="9" t="s">
-        <v>2390</v>
+        <v>2423</v>
       </c>
       <c r="E36" s="9" t="s">
-        <v>2398</v>
+        <v>2429</v>
       </c>
       <c r="F36" s="9" t="s">
-        <v>2392</v>
+        <v>2425</v>
       </c>
       <c r="G36" s="9" t="s">
-        <v>2393</v>
+        <v>2426</v>
       </c>
       <c r="H36" s="10">
         <v>660</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="B37" s="9" t="s">
-        <v>2394</v>
+        <v>2427</v>
       </c>
       <c r="C37" s="9" t="s">
-        <v>2399</v>
+        <v>2430</v>
       </c>
       <c r="D37" s="9" t="s">
-        <v>2390</v>
+        <v>2423</v>
       </c>
       <c r="E37" s="9" t="s">
-        <v>2400</v>
+        <v>2431</v>
       </c>
       <c r="F37" s="9" t="s">
-        <v>2392</v>
+        <v>2425</v>
       </c>
       <c r="G37" s="9" t="s">
-        <v>2393</v>
+        <v>2426</v>
       </c>
       <c r="H37" s="10">
         <v>660</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="B38" s="9" t="s">
-        <v>2394</v>
+        <v>2427</v>
       </c>
       <c r="C38" s="9" t="s">
-        <v>2401</v>
+        <v>2432</v>
       </c>
       <c r="D38" s="9" t="s">
-        <v>2390</v>
+        <v>2423</v>
       </c>
       <c r="E38" s="9" t="s">
-        <v>2402</v>
+        <v>2433</v>
       </c>
       <c r="F38" s="9" t="s">
-        <v>2392</v>
+        <v>2425</v>
       </c>
       <c r="G38" s="9" t="s">
-        <v>2393</v>
+        <v>2426</v>
       </c>
       <c r="H38" s="10">
         <v>660</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="B39" s="9" t="s">
-        <v>2388</v>
+        <v>2427</v>
       </c>
       <c r="C39" s="9" t="s">
-        <v>2403</v>
+        <v>2434</v>
       </c>
       <c r="D39" s="9" t="s">
-        <v>2390</v>
+        <v>2423</v>
       </c>
       <c r="E39" s="9" t="s">
-        <v>2396</v>
+        <v>2435</v>
       </c>
       <c r="F39" s="9" t="s">
-        <v>2392</v>
+        <v>2425</v>
       </c>
       <c r="G39" s="9" t="s">
-        <v>2393</v>
+        <v>2426</v>
       </c>
       <c r="H39" s="10">
-        <v>679</v>
+        <v>660</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="B40" s="9" t="s">
-        <v>2388</v>
+        <v>2421</v>
       </c>
       <c r="C40" s="9" t="s">
-        <v>2404</v>
+        <v>2436</v>
       </c>
       <c r="D40" s="9" t="s">
-        <v>2390</v>
+        <v>2423</v>
       </c>
       <c r="E40" s="9" t="s">
-        <v>2398</v>
+        <v>2429</v>
       </c>
       <c r="F40" s="9" t="s">
-        <v>2392</v>
+        <v>2425</v>
       </c>
       <c r="G40" s="9" t="s">
-        <v>2393</v>
+        <v>2426</v>
       </c>
       <c r="H40" s="10">
         <v>679</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="B41" s="9" t="s">
-        <v>2388</v>
+        <v>2421</v>
       </c>
       <c r="C41" s="9" t="s">
-        <v>2405</v>
+        <v>2437</v>
       </c>
       <c r="D41" s="9" t="s">
-        <v>2390</v>
+        <v>2423</v>
       </c>
       <c r="E41" s="9" t="s">
-        <v>2402</v>
+        <v>2431</v>
       </c>
       <c r="F41" s="9" t="s">
-        <v>2392</v>
+        <v>2425</v>
       </c>
       <c r="G41" s="9" t="s">
-        <v>2393</v>
+        <v>2426</v>
       </c>
       <c r="H41" s="10">
         <v>679</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="B42" s="9" t="s">
-        <v>2388</v>
+        <v>2421</v>
       </c>
       <c r="C42" s="9" t="s">
-        <v>2406</v>
+        <v>2438</v>
       </c>
       <c r="D42" s="9" t="s">
-        <v>2390</v>
+        <v>2423</v>
       </c>
       <c r="E42" s="9" t="s">
-        <v>2407</v>
+        <v>2435</v>
       </c>
       <c r="F42" s="9" t="s">
-        <v>2392</v>
+        <v>2425</v>
       </c>
       <c r="G42" s="9" t="s">
-        <v>2393</v>
+        <v>2426</v>
       </c>
       <c r="H42" s="10">
         <v>679</v>
       </c>
     </row>
-    <row r="44" spans="1:9">
-[...7 lines deleted...]
-      <c r="G44" s="0"/>
+    <row r="43" spans="1:9">
+      <c r="B43" s="9" t="s">
+        <v>2421</v>
+      </c>
+      <c r="C43" s="9" t="s">
+        <v>2439</v>
+      </c>
+      <c r="D43" s="9" t="s">
+        <v>2423</v>
+      </c>
+      <c r="E43" s="9" t="s">
+        <v>2440</v>
+      </c>
+      <c r="F43" s="9" t="s">
+        <v>2425</v>
+      </c>
+      <c r="G43" s="9" t="s">
+        <v>2426</v>
+      </c>
+      <c r="H43" s="10">
+        <v>679</v>
+      </c>
     </row>
     <row r="45" spans="1:9">
-      <c r="B45" s="8" t="s">
+      <c r="B45" s="7" t="s">
+        <v>2441</v>
+      </c>
+      <c r="C45" s="0"/>
+      <c r="D45" s="0"/>
+      <c r="E45" s="0"/>
+      <c r="F45" s="0"/>
+      <c r="G45" s="0"/>
+    </row>
+    <row r="46" spans="1:9">
+      <c r="B46" s="8" t="s">
         <v>8</v>
       </c>
-      <c r="C45" s="8" t="s">
+      <c r="C46" s="8" t="s">
         <v>9</v>
       </c>
-      <c r="D45" s="8" t="s">
-[...5 lines deleted...]
-      <c r="F45" s="8" t="s">
+      <c r="D46" s="8" t="s">
+        <v>2419</v>
+      </c>
+      <c r="E46" s="8" t="s">
+        <v>38</v>
+      </c>
+      <c r="F46" s="8" t="s">
         <v>11</v>
       </c>
-      <c r="G45" s="8" t="s">
-[...11 lines deleted...]
-      <c r="G47" s="0"/>
+      <c r="G46" s="8" t="s">
+        <v>2311</v>
+      </c>
     </row>
     <row r="48" spans="1:9">
-      <c r="B48" s="8" t="s">
+      <c r="B48" s="7" t="s">
+        <v>2442</v>
+      </c>
+      <c r="C48" s="0"/>
+      <c r="D48" s="0"/>
+      <c r="E48" s="0"/>
+      <c r="F48" s="0"/>
+      <c r="G48" s="0"/>
+    </row>
+    <row r="49" spans="1:9">
+      <c r="B49" s="8" t="s">
         <v>8</v>
       </c>
-      <c r="C48" s="8" t="s">
+      <c r="C49" s="8" t="s">
         <v>9</v>
       </c>
-      <c r="D48" s="8" t="s">
-[...5 lines deleted...]
-      <c r="F48" s="8" t="s">
+      <c r="D49" s="8" t="s">
+        <v>662</v>
+      </c>
+      <c r="E49" s="8" t="s">
+        <v>2419</v>
+      </c>
+      <c r="F49" s="8" t="s">
         <v>11</v>
       </c>
-      <c r="G48" s="8" t="s">
-[...11 lines deleted...]
-      <c r="G50" s="0"/>
+      <c r="G49" s="8" t="s">
+        <v>2443</v>
+      </c>
     </row>
     <row r="51" spans="1:9">
-      <c r="B51" s="8" t="s">
+      <c r="B51" s="7" t="s">
+        <v>2444</v>
+      </c>
+      <c r="C51" s="0"/>
+      <c r="D51" s="0"/>
+      <c r="E51" s="0"/>
+      <c r="F51" s="0"/>
+      <c r="G51" s="0"/>
+    </row>
+    <row r="52" spans="1:9">
+      <c r="B52" s="8" t="s">
         <v>8</v>
       </c>
-      <c r="C51" s="8" t="s">
+      <c r="C52" s="8" t="s">
         <v>9</v>
       </c>
-      <c r="D51" s="8" t="s">
-[...5 lines deleted...]
-      <c r="F51" s="8" t="s">
+      <c r="D52" s="8" t="s">
+        <v>662</v>
+      </c>
+      <c r="E52" s="8" t="s">
+        <v>2445</v>
+      </c>
+      <c r="F52" s="8" t="s">
         <v>11</v>
       </c>
-      <c r="G51" s="8" t="s">
-        <v>698</v>
+      <c r="G52" s="8" t="s">
+        <v>696</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B1:G1"/>
     <mergeCell ref="B3:B5"/>
     <mergeCell ref="C3:D3"/>
     <mergeCell ref="E3:G3"/>
     <mergeCell ref="C5:D5"/>
     <mergeCell ref="E5:G5"/>
     <mergeCell ref="B9:G9"/>
-    <mergeCell ref="B29:G29"/>
-[...3 lines deleted...]
-    <mergeCell ref="B50:G50"/>
+    <mergeCell ref="B30:G30"/>
+    <mergeCell ref="B33:G33"/>
+    <mergeCell ref="B45:G45"/>
+    <mergeCell ref="B48:G48"/>
+    <mergeCell ref="B51:G51"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="F6" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" scale="100" fitToHeight="0" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
@@ -19932,391 +19979,391 @@
             </rPr>
             <t xml:space="preserve">Цены</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="14"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> для Пензы на: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFDE5705"/>
               <sz val="14"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">31.12.2025</t>
+            <t xml:space="preserve">16.02.2026</t>
           </r>
         </is>
       </c>
       <c r="F6" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="B7" s="6" t="s">
-        <v>2413</v>
+        <v>2446</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="B9" s="7" t="s">
-        <v>2414</v>
+        <v>2447</v>
       </c>
       <c r="C9" s="0"/>
       <c r="D9" s="0"/>
       <c r="E9" s="0"/>
       <c r="F9" s="0"/>
       <c r="G9" s="0"/>
     </row>
     <row r="10" spans="1:9">
       <c r="B10" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D10" s="8" t="s">
-        <v>664</v>
+        <v>662</v>
       </c>
       <c r="E10" s="8" t="s">
-        <v>2412</v>
+        <v>2445</v>
       </c>
       <c r="F10" s="8" t="s">
         <v>11</v>
       </c>
       <c r="G10" s="8" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="H10" s="8" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="B12" s="7" t="s">
-        <v>2415</v>
+        <v>2448</v>
       </c>
       <c r="C12" s="0"/>
       <c r="D12" s="0"/>
       <c r="E12" s="0"/>
       <c r="F12" s="0"/>
       <c r="G12" s="0"/>
     </row>
     <row r="13" spans="1:9">
       <c r="B13" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C13" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D13" s="8" t="s">
-        <v>664</v>
+        <v>662</v>
       </c>
       <c r="E13" s="8" t="s">
-        <v>2412</v>
+        <v>2445</v>
       </c>
       <c r="F13" s="8" t="s">
         <v>11</v>
       </c>
       <c r="G13" s="8" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="H13" s="8" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="B15" s="7" t="s">
-        <v>2416</v>
+        <v>2449</v>
       </c>
       <c r="C15" s="0"/>
       <c r="D15" s="0"/>
       <c r="E15" s="0"/>
       <c r="F15" s="0"/>
       <c r="G15" s="0"/>
     </row>
     <row r="16" spans="1:9">
       <c r="B16" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C16" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D16" s="8" t="s">
-        <v>664</v>
+        <v>662</v>
       </c>
       <c r="E16" s="8" t="s">
-        <v>2412</v>
+        <v>2445</v>
       </c>
       <c r="F16" s="8" t="s">
         <v>11</v>
       </c>
       <c r="G16" s="8" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="H16" s="8" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="B18" s="7" t="s">
-        <v>2417</v>
+        <v>2450</v>
       </c>
       <c r="C18" s="0"/>
       <c r="D18" s="0"/>
       <c r="E18" s="0"/>
       <c r="F18" s="0"/>
       <c r="G18" s="0"/>
     </row>
     <row r="19" spans="1:9">
       <c r="B19" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C19" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D19" s="8" t="s">
-        <v>664</v>
+        <v>662</v>
       </c>
       <c r="E19" s="8" t="s">
-        <v>2412</v>
+        <v>2445</v>
       </c>
       <c r="F19" s="8" t="s">
         <v>11</v>
       </c>
       <c r="G19" s="8" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="H19" s="8" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="B21" s="7" t="s">
-        <v>2418</v>
+        <v>2451</v>
       </c>
       <c r="C21" s="0"/>
       <c r="D21" s="0"/>
       <c r="E21" s="0"/>
       <c r="F21" s="0"/>
       <c r="G21" s="0"/>
     </row>
     <row r="22" spans="1:9">
       <c r="B22" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C22" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D22" s="8" t="s">
-        <v>664</v>
+        <v>662</v>
       </c>
       <c r="E22" s="8" t="s">
-        <v>2412</v>
+        <v>2445</v>
       </c>
       <c r="F22" s="8" t="s">
         <v>11</v>
       </c>
       <c r="G22" s="8" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="H22" s="8" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="B24" s="7" t="s">
-        <v>2419</v>
+        <v>2452</v>
       </c>
       <c r="C24" s="0"/>
       <c r="D24" s="0"/>
       <c r="E24" s="0"/>
       <c r="F24" s="0"/>
       <c r="G24" s="0"/>
     </row>
     <row r="25" spans="1:9">
       <c r="B25" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C25" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D25" s="8" t="s">
-        <v>664</v>
+        <v>662</v>
       </c>
       <c r="E25" s="8" t="s">
-        <v>2412</v>
+        <v>2445</v>
       </c>
       <c r="F25" s="8" t="s">
         <v>11</v>
       </c>
       <c r="G25" s="8" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="H25" s="8" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="B27" s="7" t="s">
-        <v>2420</v>
+        <v>2453</v>
       </c>
       <c r="C27" s="0"/>
       <c r="D27" s="0"/>
       <c r="E27" s="0"/>
       <c r="F27" s="0"/>
       <c r="G27" s="0"/>
     </row>
     <row r="28" spans="1:9">
       <c r="B28" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C28" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D28" s="8" t="s">
-        <v>664</v>
+        <v>662</v>
       </c>
       <c r="E28" s="8" t="s">
-        <v>2412</v>
+        <v>2445</v>
       </c>
       <c r="F28" s="8" t="s">
         <v>11</v>
       </c>
       <c r="G28" s="8" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="H28" s="8" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="B30" s="7" t="s">
-        <v>2421</v>
+        <v>2454</v>
       </c>
       <c r="C30" s="0"/>
       <c r="D30" s="0"/>
       <c r="E30" s="0"/>
       <c r="F30" s="0"/>
       <c r="G30" s="0"/>
     </row>
     <row r="31" spans="1:9">
       <c r="B31" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C31" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D31" s="8" t="s">
-        <v>664</v>
+        <v>662</v>
       </c>
       <c r="E31" s="8" t="s">
-        <v>2412</v>
+        <v>2445</v>
       </c>
       <c r="F31" s="8" t="s">
         <v>11</v>
       </c>
       <c r="G31" s="8" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="H31" s="8" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="B33" s="7" t="s">
-        <v>2422</v>
+        <v>2455</v>
       </c>
       <c r="C33" s="0"/>
       <c r="D33" s="0"/>
       <c r="E33" s="0"/>
       <c r="F33" s="0"/>
       <c r="G33" s="0"/>
     </row>
     <row r="34" spans="1:9">
       <c r="B34" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C34" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D34" s="8" t="s">
-        <v>664</v>
+        <v>662</v>
       </c>
       <c r="E34" s="8" t="s">
-        <v>2412</v>
+        <v>2445</v>
       </c>
       <c r="F34" s="8" t="s">
         <v>11</v>
       </c>
       <c r="G34" s="8" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="H34" s="8" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="B36" s="7" t="s">
-        <v>2423</v>
+        <v>2456</v>
       </c>
       <c r="C36" s="0"/>
       <c r="D36" s="0"/>
       <c r="E36" s="0"/>
       <c r="F36" s="0"/>
       <c r="G36" s="0"/>
     </row>
     <row r="37" spans="1:9">
       <c r="B37" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C37" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D37" s="8" t="s">
-        <v>664</v>
+        <v>662</v>
       </c>
       <c r="E37" s="8" t="s">
-        <v>2412</v>
+        <v>2445</v>
       </c>
       <c r="F37" s="8" t="s">
         <v>11</v>
       </c>
       <c r="G37" s="8" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="H37" s="8" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B1:G1"/>
     <mergeCell ref="B3:B5"/>
     <mergeCell ref="C3:D3"/>
     <mergeCell ref="E3:G3"/>
     <mergeCell ref="C5:D5"/>
     <mergeCell ref="E5:G5"/>
     <mergeCell ref="B9:G9"/>
     <mergeCell ref="B12:G12"/>
     <mergeCell ref="B15:G15"/>
     <mergeCell ref="B18:G18"/>
     <mergeCell ref="B21:G21"/>
     <mergeCell ref="B24:G24"/>
     <mergeCell ref="B27:G27"/>
     <mergeCell ref="B30:G30"/>
     <mergeCell ref="B33:G33"/>
     <mergeCell ref="B36:G36"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="F6" r:id="rId_hyperlink_1"/>
   </hyperlinks>
@@ -20435,635 +20482,635 @@
             </rPr>
             <t xml:space="preserve">Цены</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="14"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> для Пензы на: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFDE5705"/>
               <sz val="14"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">31.12.2025</t>
+            <t xml:space="preserve">16.02.2026</t>
           </r>
         </is>
       </c>
       <c r="F6" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="B7" s="6" t="s">
-        <v>2424</v>
+        <v>2457</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="B9" s="7" t="s">
-        <v>2425</v>
+        <v>2458</v>
       </c>
       <c r="C9" s="0"/>
       <c r="D9" s="0"/>
       <c r="E9" s="0"/>
       <c r="F9" s="0"/>
       <c r="G9" s="0"/>
     </row>
     <row r="10" spans="1:9">
       <c r="B10" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D10" s="8" t="s">
-        <v>2426</v>
+        <v>2459</v>
       </c>
       <c r="E10" s="8" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="F10" s="8" t="s">
         <v>11</v>
       </c>
       <c r="G10" s="8" t="s">
-        <v>685</v>
+        <v>683</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="B12" s="7" t="s">
-        <v>2427</v>
+        <v>2460</v>
       </c>
       <c r="C12" s="0"/>
       <c r="D12" s="0"/>
       <c r="E12" s="0"/>
       <c r="F12" s="0"/>
       <c r="G12" s="0"/>
     </row>
     <row r="13" spans="1:9">
       <c r="B13" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C13" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D13" s="8" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="E13" s="8" t="s">
-        <v>2426</v>
+        <v>2459</v>
       </c>
       <c r="F13" s="8" t="s">
         <v>11</v>
       </c>
       <c r="G13" s="8" t="s">
-        <v>685</v>
+        <v>683</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="B14" s="9" t="s">
-        <v>2428</v>
+        <v>2461</v>
       </c>
       <c r="C14" s="9" t="s">
-        <v>2429</v>
+        <v>2462</v>
       </c>
       <c r="D14" s="9" t="s">
-        <v>582</v>
+        <v>580</v>
       </c>
       <c r="E14" s="9">
         <v>700</v>
       </c>
       <c r="F14" s="9" t="s">
-        <v>2430</v>
+        <v>2463</v>
       </c>
       <c r="G14" s="10">
         <v>7490</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="B15" s="9" t="s">
-        <v>2431</v>
+        <v>2464</v>
       </c>
       <c r="C15" s="9" t="s">
-        <v>2432</v>
+        <v>2465</v>
       </c>
       <c r="D15" s="9" t="s">
-        <v>582</v>
+        <v>580</v>
       </c>
       <c r="E15" s="9">
         <v>500</v>
       </c>
       <c r="F15" s="9" t="s">
-        <v>2430</v>
+        <v>2463</v>
       </c>
       <c r="G15" s="10">
         <v>6930</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="B16" s="9" t="s">
-        <v>2433</v>
+        <v>2466</v>
       </c>
       <c r="C16" s="9" t="s">
-        <v>2434</v>
+        <v>2467</v>
       </c>
       <c r="D16" s="9" t="s">
-        <v>582</v>
+        <v>580</v>
       </c>
       <c r="E16" s="9">
         <v>700</v>
       </c>
       <c r="F16" s="9" t="s">
-        <v>2430</v>
+        <v>2463</v>
       </c>
       <c r="G16" s="10">
         <v>14550</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="B17" s="9" t="s">
-        <v>2435</v>
+        <v>2468</v>
       </c>
       <c r="C17" s="9" t="s">
-        <v>2436</v>
+        <v>2469</v>
       </c>
       <c r="D17" s="9" t="s">
-        <v>582</v>
+        <v>580</v>
       </c>
       <c r="E17" s="9">
         <v>500</v>
       </c>
       <c r="F17" s="9" t="s">
-        <v>2430</v>
+        <v>2463</v>
       </c>
       <c r="G17" s="10">
         <v>13850</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="B18" s="9" t="s">
-        <v>2437</v>
+        <v>2470</v>
       </c>
       <c r="C18" s="9" t="s">
-        <v>2438</v>
+        <v>2471</v>
       </c>
       <c r="D18" s="9" t="s">
-        <v>582</v>
+        <v>580</v>
       </c>
       <c r="E18" s="9">
         <v>700</v>
       </c>
       <c r="F18" s="9" t="s">
-        <v>2430</v>
+        <v>2463</v>
       </c>
       <c r="G18" s="10">
         <v>26400</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="B19" s="9" t="s">
-        <v>2439</v>
+        <v>2472</v>
       </c>
       <c r="C19" s="9" t="s">
-        <v>2440</v>
+        <v>2473</v>
       </c>
       <c r="D19" s="9" t="s">
-        <v>582</v>
+        <v>580</v>
       </c>
       <c r="E19" s="9">
         <v>500</v>
       </c>
       <c r="F19" s="9" t="s">
-        <v>2430</v>
+        <v>2463</v>
       </c>
       <c r="G19" s="10">
         <v>25400</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="B21" s="7" t="s">
-        <v>2441</v>
+        <v>2474</v>
       </c>
       <c r="C21" s="0"/>
       <c r="D21" s="0"/>
       <c r="E21" s="0"/>
       <c r="F21" s="0"/>
       <c r="G21" s="0"/>
     </row>
     <row r="22" spans="1:9">
       <c r="B22" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C22" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D22" s="8" t="s">
-        <v>697</v>
+        <v>695</v>
       </c>
       <c r="E22" s="8" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="F22" s="8" t="s">
-        <v>2442</v>
+        <v>2475</v>
       </c>
       <c r="G22" s="8" t="s">
-        <v>560</v>
+        <v>558</v>
       </c>
       <c r="H22" s="8" t="s">
-        <v>685</v>
+        <v>683</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="B23" s="9" t="s">
-        <v>2443</v>
+        <v>2476</v>
       </c>
       <c r="C23" s="9" t="s">
-        <v>2444</v>
+        <v>2477</v>
       </c>
       <c r="D23" s="9" t="s">
-        <v>2445</v>
+        <v>2478</v>
       </c>
       <c r="E23" s="9" t="s">
-        <v>582</v>
+        <v>580</v>
       </c>
       <c r="F23" s="9" t="s">
-        <v>2446</v>
+        <v>2479</v>
       </c>
       <c r="G23" s="9" t="s">
-        <v>2447</v>
+        <v>2480</v>
       </c>
       <c r="H23" s="10">
         <v>1960</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="B24" s="9" t="s">
-        <v>2443</v>
+        <v>2476</v>
       </c>
       <c r="C24" s="9" t="s">
-        <v>2448</v>
+        <v>2481</v>
       </c>
       <c r="D24" s="9" t="s">
-        <v>2449</v>
+        <v>2482</v>
       </c>
       <c r="E24" s="9" t="s">
-        <v>582</v>
+        <v>580</v>
       </c>
       <c r="F24" s="9"/>
       <c r="G24" s="9" t="s">
-        <v>2450</v>
+        <v>2483</v>
       </c>
       <c r="H24" s="10">
         <v>610</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="B26" s="7" t="s">
-        <v>2451</v>
+        <v>2484</v>
       </c>
       <c r="C26" s="0"/>
       <c r="D26" s="0"/>
       <c r="E26" s="0"/>
       <c r="F26" s="0"/>
       <c r="G26" s="0"/>
     </row>
     <row r="27" spans="1:9">
       <c r="B27" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C27" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D27" s="8" t="s">
-        <v>697</v>
+        <v>695</v>
       </c>
       <c r="E27" s="8" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="F27" s="8" t="s">
-        <v>560</v>
+        <v>558</v>
       </c>
       <c r="G27" s="8" t="s">
-        <v>685</v>
+        <v>683</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="B28" s="9" t="s">
-        <v>2452</v>
+        <v>2485</v>
       </c>
       <c r="C28" s="9" t="s">
-        <v>2453</v>
+        <v>2486</v>
       </c>
       <c r="D28" s="9" t="s">
-        <v>2454</v>
+        <v>2487</v>
       </c>
       <c r="E28" s="9" t="s">
-        <v>582</v>
+        <v>580</v>
       </c>
       <c r="F28" s="9" t="s">
-        <v>2455</v>
+        <v>2488</v>
       </c>
       <c r="G28" s="10">
         <v>23650</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="B30" s="7" t="s">
-        <v>2456</v>
+        <v>2489</v>
       </c>
       <c r="C30" s="0"/>
       <c r="D30" s="0"/>
       <c r="E30" s="0"/>
       <c r="F30" s="0"/>
       <c r="G30" s="0"/>
     </row>
     <row r="31" spans="1:9">
       <c r="B31" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C31" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D31" s="8" t="s">
-        <v>697</v>
+        <v>695</v>
       </c>
       <c r="E31" s="8" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="F31" s="8" t="s">
-        <v>2442</v>
+        <v>2475</v>
       </c>
       <c r="G31" s="8" t="s">
-        <v>685</v>
+        <v>683</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="B32" s="9" t="s">
-        <v>2457</v>
+        <v>2490</v>
       </c>
       <c r="C32" s="9" t="s">
-        <v>2458</v>
+        <v>2491</v>
       </c>
       <c r="D32" s="9" t="s">
-        <v>2459</v>
+        <v>2492</v>
       </c>
       <c r="E32" s="9" t="s">
-        <v>582</v>
+        <v>580</v>
       </c>
       <c r="F32" s="9" t="s">
-        <v>2460</v>
+        <v>2493</v>
       </c>
       <c r="G32" s="10">
         <v>1390</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="B33" s="9" t="s">
-        <v>2461</v>
+        <v>2494</v>
       </c>
       <c r="C33" s="9" t="s">
-        <v>2462</v>
+        <v>2495</v>
       </c>
       <c r="D33" s="9" t="s">
-        <v>2463</v>
+        <v>2496</v>
       </c>
       <c r="E33" s="9" t="s">
-        <v>582</v>
+        <v>580</v>
       </c>
       <c r="F33" s="9" t="s">
-        <v>2464</v>
+        <v>2497</v>
       </c>
       <c r="G33" s="10">
         <v>8980</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="B34" s="9" t="s">
-        <v>2465</v>
+        <v>2498</v>
       </c>
       <c r="C34" s="9" t="s">
-        <v>2466</v>
+        <v>2499</v>
       </c>
       <c r="D34" s="9" t="s">
-        <v>2467</v>
+        <v>2500</v>
       </c>
       <c r="E34" s="9" t="s">
-        <v>582</v>
+        <v>580</v>
       </c>
       <c r="F34" s="9"/>
       <c r="G34" s="10">
         <v>2090</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="B35" s="9" t="s">
-        <v>2468</v>
+        <v>2501</v>
       </c>
       <c r="C35" s="9" t="s">
-        <v>2469</v>
+        <v>2502</v>
       </c>
       <c r="D35" s="9" t="s">
-        <v>2470</v>
+        <v>2503</v>
       </c>
       <c r="E35" s="9" t="s">
-        <v>582</v>
+        <v>580</v>
       </c>
       <c r="F35" s="9"/>
       <c r="G35" s="10">
         <v>4480</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="B36" s="9" t="s">
-        <v>2471</v>
+        <v>2504</v>
       </c>
       <c r="C36" s="9" t="s">
-        <v>2472</v>
+        <v>2505</v>
       </c>
       <c r="D36" s="9" t="s">
-        <v>2473</v>
+        <v>2506</v>
       </c>
       <c r="E36" s="9" t="s">
-        <v>976</v>
+        <v>971</v>
       </c>
       <c r="F36" s="9"/>
       <c r="G36" s="10">
         <v>2290</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="B38" s="7" t="s">
-        <v>2474</v>
+        <v>2507</v>
       </c>
       <c r="C38" s="0"/>
       <c r="D38" s="0"/>
       <c r="E38" s="0"/>
       <c r="F38" s="0"/>
       <c r="G38" s="0"/>
     </row>
     <row r="39" spans="1:9">
       <c r="B39" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C39" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D39" s="8" t="s">
-        <v>2426</v>
+        <v>2459</v>
       </c>
       <c r="E39" s="8" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="F39" s="8" t="s">
-        <v>685</v>
+        <v>683</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="B40" s="9" t="s">
-        <v>2475</v>
+        <v>2508</v>
       </c>
       <c r="C40" s="9" t="s">
-        <v>2476</v>
+        <v>2509</v>
       </c>
       <c r="D40" s="9">
         <v>1026</v>
       </c>
       <c r="E40" s="9" t="s">
-        <v>582</v>
+        <v>580</v>
       </c>
       <c r="F40" s="10">
         <v>6200</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="B41" s="9" t="s">
-        <v>2477</v>
+        <v>2510</v>
       </c>
       <c r="C41" s="9" t="s">
-        <v>2478</v>
+        <v>2511</v>
       </c>
       <c r="D41" s="9">
         <v>445</v>
       </c>
       <c r="E41" s="9" t="s">
-        <v>582</v>
+        <v>580</v>
       </c>
       <c r="F41" s="10">
         <v>3300</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="B42" s="9" t="s">
-        <v>2479</v>
+        <v>2512</v>
       </c>
       <c r="C42" s="9" t="s">
-        <v>2480</v>
+        <v>2513</v>
       </c>
       <c r="D42" s="9">
         <v>880</v>
       </c>
       <c r="E42" s="9" t="s">
-        <v>582</v>
+        <v>580</v>
       </c>
       <c r="F42" s="10">
         <v>6900</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="B43" s="9" t="s">
-        <v>2475</v>
+        <v>2508</v>
       </c>
       <c r="C43" s="9" t="s">
-        <v>2481</v>
+        <v>2514</v>
       </c>
       <c r="D43" s="9">
         <v>1026</v>
       </c>
       <c r="E43" s="9" t="s">
-        <v>606</v>
+        <v>604</v>
       </c>
       <c r="F43" s="10">
         <v>6200</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="B44" s="9" t="s">
-        <v>2477</v>
+        <v>2510</v>
       </c>
       <c r="C44" s="9" t="s">
-        <v>2482</v>
+        <v>2515</v>
       </c>
       <c r="D44" s="9">
         <v>445</v>
       </c>
       <c r="E44" s="9" t="s">
-        <v>606</v>
+        <v>604</v>
       </c>
       <c r="F44" s="10">
         <v>3300</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="B45" s="9" t="s">
-        <v>2483</v>
+        <v>2516</v>
       </c>
       <c r="C45" s="9" t="s">
-        <v>2484</v>
+        <v>2517</v>
       </c>
       <c r="D45" s="9">
         <v>885</v>
       </c>
       <c r="E45" s="9" t="s">
-        <v>606</v>
+        <v>604</v>
       </c>
       <c r="F45" s="10">
         <v>5300</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="B46" s="9" t="s">
-        <v>2483</v>
+        <v>2516</v>
       </c>
       <c r="C46" s="9" t="s">
-        <v>2485</v>
+        <v>2518</v>
       </c>
       <c r="D46" s="9">
         <v>885</v>
       </c>
       <c r="E46" s="9" t="s">
-        <v>582</v>
+        <v>580</v>
       </c>
       <c r="F46" s="10">
         <v>5300</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B1:G1"/>
     <mergeCell ref="B3:B5"/>
     <mergeCell ref="C3:D3"/>
     <mergeCell ref="E3:G3"/>
     <mergeCell ref="C5:D5"/>
     <mergeCell ref="E5:G5"/>
     <mergeCell ref="B9:G9"/>
     <mergeCell ref="B12:G12"/>
     <mergeCell ref="B21:G21"/>
     <mergeCell ref="B26:G26"/>
     <mergeCell ref="B30:G30"/>
     <mergeCell ref="B38:G38"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="F6" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
@@ -21181,181 +21228,181 @@
             </rPr>
             <t xml:space="preserve">Цены</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="14"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> для Пензы на: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFDE5705"/>
               <sz val="14"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">31.12.2025</t>
+            <t xml:space="preserve">16.02.2026</t>
           </r>
         </is>
       </c>
       <c r="F6" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="B7" s="6" t="s">
-        <v>2486</v>
+        <v>2519</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="B9" s="7" t="s">
-        <v>2487</v>
+        <v>2520</v>
       </c>
       <c r="C9" s="0"/>
       <c r="D9" s="0"/>
       <c r="E9" s="0"/>
       <c r="F9" s="0"/>
       <c r="G9" s="0"/>
     </row>
     <row r="10" spans="1:9">
       <c r="B10" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D10" s="8" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="E10" s="8" t="s">
-        <v>664</v>
+        <v>662</v>
       </c>
       <c r="F10" s="8" t="s">
         <v>11</v>
       </c>
       <c r="G10" s="8" t="s">
-        <v>698</v>
+        <v>696</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="B12" s="7" t="s">
-        <v>2488</v>
+        <v>2521</v>
       </c>
       <c r="C12" s="0"/>
       <c r="D12" s="0"/>
       <c r="E12" s="0"/>
       <c r="F12" s="0"/>
       <c r="G12" s="0"/>
     </row>
     <row r="13" spans="1:9">
       <c r="B13" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C13" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D13" s="8" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="E13" s="8" t="s">
-        <v>664</v>
+        <v>662</v>
       </c>
       <c r="F13" s="8" t="s">
         <v>11</v>
       </c>
       <c r="G13" s="8" t="s">
-        <v>698</v>
+        <v>696</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="B15" s="7" t="s">
-        <v>2489</v>
+        <v>2522</v>
       </c>
       <c r="C15" s="0"/>
       <c r="D15" s="0"/>
       <c r="E15" s="0"/>
       <c r="F15" s="0"/>
       <c r="G15" s="0"/>
     </row>
     <row r="16" spans="1:9">
       <c r="B16" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C16" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D16" s="8" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="E16" s="8" t="s">
-        <v>664</v>
+        <v>662</v>
       </c>
       <c r="F16" s="8" t="s">
         <v>11</v>
       </c>
       <c r="G16" s="8" t="s">
-        <v>698</v>
+        <v>696</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="B18" s="7" t="s">
-        <v>2490</v>
+        <v>2523</v>
       </c>
       <c r="C18" s="0"/>
       <c r="D18" s="0"/>
       <c r="E18" s="0"/>
       <c r="F18" s="0"/>
       <c r="G18" s="0"/>
     </row>
     <row r="19" spans="1:9">
       <c r="B19" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C19" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D19" s="8" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="E19" s="8" t="s">
-        <v>664</v>
+        <v>662</v>
       </c>
       <c r="F19" s="8" t="s">
         <v>11</v>
       </c>
       <c r="G19" s="8" t="s">
-        <v>698</v>
+        <v>696</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B1:G1"/>
     <mergeCell ref="B3:B5"/>
     <mergeCell ref="C3:D3"/>
     <mergeCell ref="E3:G3"/>
     <mergeCell ref="C5:D5"/>
     <mergeCell ref="E5:G5"/>
     <mergeCell ref="B9:G9"/>
     <mergeCell ref="B12:G12"/>
     <mergeCell ref="B15:G15"/>
     <mergeCell ref="B18:G18"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="F6" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" scale="100" fitToHeight="0" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
@@ -21468,1151 +21515,1153 @@
             </rPr>
             <t xml:space="preserve">Цены</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="14"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> для Пензы на: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFDE5705"/>
               <sz val="14"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">31.12.2025</t>
+            <t xml:space="preserve">16.02.2026</t>
           </r>
         </is>
       </c>
       <c r="F6" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:10">
       <c r="B7" s="6" t="s">
-        <v>624</v>
+        <v>622</v>
       </c>
     </row>
     <row r="9" spans="1:10">
       <c r="B9" s="7" t="s">
-        <v>625</v>
+        <v>623</v>
       </c>
       <c r="C9" s="0"/>
       <c r="D9" s="0"/>
       <c r="E9" s="0"/>
       <c r="F9" s="0"/>
       <c r="G9" s="0"/>
     </row>
     <row r="10" spans="1:10">
       <c r="B10" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D10" s="8" t="s">
+        <v>624</v>
+      </c>
+      <c r="E10" s="8" t="s">
+        <v>39</v>
+      </c>
+      <c r="F10" s="8" t="s">
+        <v>625</v>
+      </c>
+      <c r="G10" s="8" t="s">
         <v>626</v>
-      </c>
-[...7 lines deleted...]
-        <v>628</v>
       </c>
       <c r="H10" s="8" t="s">
         <v>13</v>
       </c>
       <c r="I10" s="8" t="s">
-        <v>629</v>
+        <v>627</v>
       </c>
     </row>
     <row r="11" spans="1:10">
       <c r="B11" s="9" t="s">
+        <v>628</v>
+      </c>
+      <c r="C11" s="9" t="s">
+        <v>629</v>
+      </c>
+      <c r="D11" s="9" t="s">
         <v>630</v>
       </c>
-      <c r="C11" s="9" t="s">
+      <c r="E11" s="9" t="s">
         <v>631</v>
       </c>
-      <c r="D11" s="9" t="s">
+      <c r="F11" s="9" t="s">
         <v>632</v>
       </c>
-      <c r="E11" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G11" s="10">
-        <v>4800</v>
+        <v>4950</v>
       </c>
       <c r="H11" s="10"/>
       <c r="I11" s="10"/>
     </row>
     <row r="12" spans="1:10">
       <c r="B12" s="9" t="s">
-        <v>630</v>
+        <v>628</v>
       </c>
       <c r="C12" s="9" t="s">
-        <v>635</v>
+        <v>633</v>
       </c>
       <c r="D12" s="9" t="s">
-        <v>636</v>
+        <v>634</v>
       </c>
       <c r="E12" s="9" t="s">
-        <v>633</v>
+        <v>631</v>
       </c>
       <c r="F12" s="9" t="s">
-        <v>634</v>
+        <v>632</v>
       </c>
       <c r="G12" s="10">
-        <v>4800</v>
+        <v>4950</v>
       </c>
       <c r="H12" s="10"/>
       <c r="I12" s="10"/>
     </row>
     <row r="13" spans="1:10">
       <c r="B13" s="9" t="s">
-        <v>630</v>
+        <v>628</v>
       </c>
       <c r="C13" s="9" t="s">
-        <v>637</v>
+        <v>635</v>
       </c>
       <c r="D13" s="9" t="s">
-        <v>638</v>
+        <v>636</v>
       </c>
       <c r="E13" s="9" t="s">
-        <v>633</v>
+        <v>631</v>
       </c>
       <c r="F13" s="9" t="s">
-        <v>634</v>
+        <v>632</v>
       </c>
       <c r="G13" s="10">
-        <v>4800</v>
+        <v>4950</v>
       </c>
       <c r="H13" s="10"/>
       <c r="I13" s="10"/>
     </row>
     <row r="14" spans="1:10">
       <c r="B14" s="9" t="s">
+        <v>637</v>
+      </c>
+      <c r="C14" s="9" t="s">
+        <v>638</v>
+      </c>
+      <c r="D14" s="9" t="s">
         <v>639</v>
       </c>
-      <c r="C14" s="9" t="s">
+      <c r="E14" s="9" t="s">
+        <v>631</v>
+      </c>
+      <c r="F14" s="9" t="s">
         <v>640</v>
       </c>
-      <c r="D14" s="9" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G14" s="10">
-        <v>4800</v>
+        <v>5050</v>
       </c>
       <c r="H14" s="10"/>
       <c r="I14" s="10"/>
     </row>
     <row r="15" spans="1:10">
       <c r="B15" s="9" t="s">
-        <v>630</v>
+        <v>628</v>
       </c>
       <c r="C15" s="9" t="s">
-        <v>643</v>
+        <v>641</v>
       </c>
       <c r="D15" s="9" t="s">
-        <v>644</v>
+        <v>642</v>
       </c>
       <c r="E15" s="9" t="s">
-        <v>633</v>
+        <v>631</v>
       </c>
       <c r="F15" s="9">
         <v>32</v>
       </c>
       <c r="G15" s="10">
-        <v>4800</v>
+        <v>4950</v>
       </c>
       <c r="H15" s="10"/>
       <c r="I15" s="10"/>
     </row>
     <row r="16" spans="1:10">
       <c r="B16" s="9" t="s">
-        <v>639</v>
+        <v>637</v>
       </c>
       <c r="C16" s="9" t="s">
-        <v>645</v>
+        <v>643</v>
       </c>
       <c r="D16" s="9" t="s">
-        <v>646</v>
+        <v>644</v>
       </c>
       <c r="E16" s="9" t="s">
-        <v>633</v>
+        <v>631</v>
       </c>
       <c r="F16" s="9" t="s">
-        <v>634</v>
+        <v>632</v>
       </c>
       <c r="G16" s="10">
-        <v>4800</v>
+        <v>4950</v>
       </c>
       <c r="H16" s="10"/>
       <c r="I16" s="10"/>
     </row>
     <row r="17" spans="1:10">
       <c r="B17" s="9" t="s">
-        <v>639</v>
+        <v>637</v>
       </c>
       <c r="C17" s="9" t="s">
-        <v>647</v>
+        <v>645</v>
       </c>
       <c r="D17" s="9" t="s">
-        <v>648</v>
+        <v>646</v>
       </c>
       <c r="E17" s="9" t="s">
-        <v>633</v>
+        <v>631</v>
       </c>
       <c r="F17" s="9" t="s">
-        <v>642</v>
+        <v>640</v>
       </c>
       <c r="G17" s="10">
-        <v>4800</v>
+        <v>4950</v>
       </c>
       <c r="H17" s="10"/>
       <c r="I17" s="10"/>
     </row>
     <row r="18" spans="1:10">
       <c r="B18" s="9" t="s">
-        <v>639</v>
+        <v>637</v>
       </c>
       <c r="C18" s="9" t="s">
+        <v>647</v>
+      </c>
+      <c r="D18" s="9" t="s">
+        <v>648</v>
+      </c>
+      <c r="E18" s="9" t="s">
+        <v>631</v>
+      </c>
+      <c r="F18" s="9" t="s">
         <v>649</v>
       </c>
-      <c r="D18" s="9" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G18" s="10">
-        <v>4800</v>
+        <v>5050</v>
       </c>
       <c r="H18" s="10"/>
       <c r="I18" s="10"/>
     </row>
     <row r="19" spans="1:10">
       <c r="B19" s="9" t="s">
-        <v>630</v>
+        <v>628</v>
       </c>
       <c r="C19" s="9" t="s">
+        <v>650</v>
+      </c>
+      <c r="D19" s="9" t="s">
+        <v>651</v>
+      </c>
+      <c r="E19" s="9" t="s">
+        <v>631</v>
+      </c>
+      <c r="F19" s="9" t="s">
         <v>652</v>
       </c>
-      <c r="D19" s="9" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G19" s="10">
-        <v>4800</v>
+        <v>4950</v>
       </c>
       <c r="H19" s="10"/>
       <c r="I19" s="10"/>
     </row>
     <row r="20" spans="1:10">
       <c r="B20" s="9" t="s">
-        <v>630</v>
+        <v>628</v>
       </c>
       <c r="C20" s="9" t="s">
+        <v>653</v>
+      </c>
+      <c r="D20" s="9" t="s">
+        <v>654</v>
+      </c>
+      <c r="E20" s="9" t="s">
+        <v>631</v>
+      </c>
+      <c r="F20" s="9" t="s">
         <v>655</v>
       </c>
-      <c r="D20" s="9" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G20" s="10">
-        <v>4800</v>
+        <v>4950</v>
       </c>
       <c r="H20" s="10"/>
       <c r="I20" s="10"/>
     </row>
     <row r="21" spans="1:10">
       <c r="B21" s="9" t="s">
-        <v>630</v>
+        <v>628</v>
       </c>
       <c r="C21" s="9" t="s">
+        <v>656</v>
+      </c>
+      <c r="D21" s="9" t="s">
+        <v>657</v>
+      </c>
+      <c r="E21" s="9" t="s">
+        <v>631</v>
+      </c>
+      <c r="F21" s="9" t="s">
         <v>658</v>
       </c>
-      <c r="D21" s="9" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G21" s="10">
-        <v>4800</v>
+        <v>4950</v>
       </c>
       <c r="H21" s="10"/>
       <c r="I21" s="10"/>
     </row>
     <row r="22" spans="1:10">
       <c r="B22" s="9" t="s">
-        <v>639</v>
+        <v>637</v>
       </c>
       <c r="C22" s="9" t="s">
-        <v>661</v>
+        <v>659</v>
       </c>
       <c r="D22" s="9" t="s">
-        <v>662</v>
+        <v>660</v>
       </c>
       <c r="E22" s="9" t="s">
-        <v>633</v>
+        <v>631</v>
       </c>
       <c r="F22" s="9" t="s">
-        <v>642</v>
+        <v>640</v>
       </c>
       <c r="G22" s="10">
-        <v>4800</v>
+        <v>5050</v>
       </c>
       <c r="H22" s="10"/>
       <c r="I22" s="10"/>
     </row>
     <row r="24" spans="1:10">
       <c r="B24" s="7" t="s">
-        <v>663</v>
+        <v>661</v>
       </c>
       <c r="C24" s="0"/>
       <c r="D24" s="0"/>
       <c r="E24" s="0"/>
       <c r="F24" s="0"/>
       <c r="G24" s="0"/>
     </row>
     <row r="25" spans="1:10">
       <c r="B25" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C25" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D25" s="8" t="s">
-        <v>664</v>
+        <v>662</v>
       </c>
       <c r="E25" s="8" t="s">
-        <v>665</v>
+        <v>663</v>
       </c>
       <c r="F25" s="8" t="s">
         <v>11</v>
       </c>
       <c r="G25" s="8" t="s">
-        <v>666</v>
+        <v>664</v>
       </c>
     </row>
     <row r="27" spans="1:10">
       <c r="B27" s="7" t="s">
-        <v>667</v>
+        <v>665</v>
       </c>
       <c r="C27" s="0"/>
       <c r="D27" s="0"/>
       <c r="E27" s="0"/>
       <c r="F27" s="0"/>
       <c r="G27" s="0"/>
     </row>
     <row r="28" spans="1:10">
       <c r="B28" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C28" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D28" s="8" t="s">
-        <v>664</v>
+        <v>662</v>
       </c>
       <c r="E28" s="8" t="s">
-        <v>665</v>
+        <v>663</v>
       </c>
       <c r="F28" s="8" t="s">
         <v>11</v>
       </c>
       <c r="G28" s="8" t="s">
-        <v>666</v>
+        <v>664</v>
       </c>
     </row>
     <row r="29" spans="1:10">
       <c r="B29" s="9" t="s">
+        <v>666</v>
+      </c>
+      <c r="C29" s="9" t="s">
+        <v>667</v>
+      </c>
+      <c r="D29" s="9" t="s">
         <v>668</v>
-      </c>
-[...4 lines deleted...]
-        <v>670</v>
       </c>
       <c r="E29" s="9">
         <v>500</v>
       </c>
       <c r="F29" s="9" t="s">
-        <v>671</v>
+        <v>669</v>
       </c>
       <c r="G29" s="10">
         <v>825</v>
       </c>
     </row>
     <row r="30" spans="1:10">
       <c r="B30" s="9" t="s">
-        <v>672</v>
+        <v>670</v>
       </c>
       <c r="C30" s="9" t="s">
-        <v>673</v>
+        <v>671</v>
       </c>
       <c r="D30" s="9" t="s">
-        <v>670</v>
+        <v>668</v>
       </c>
       <c r="E30" s="9">
         <v>500</v>
       </c>
       <c r="F30" s="9" t="s">
-        <v>671</v>
+        <v>669</v>
       </c>
       <c r="G30" s="10">
         <v>825</v>
       </c>
     </row>
     <row r="31" spans="1:10">
       <c r="B31" s="9" t="s">
+        <v>672</v>
+      </c>
+      <c r="C31" s="9" t="s">
+        <v>673</v>
+      </c>
+      <c r="D31" s="9" t="s">
         <v>674</v>
-      </c>
-[...4 lines deleted...]
-        <v>676</v>
       </c>
       <c r="E31" s="9">
         <v>500</v>
       </c>
       <c r="F31" s="9" t="s">
-        <v>671</v>
+        <v>669</v>
       </c>
       <c r="G31" s="10">
         <v>825</v>
       </c>
     </row>
     <row r="32" spans="1:10">
       <c r="B32" s="9" t="s">
-        <v>677</v>
+        <v>675</v>
       </c>
       <c r="C32" s="9" t="s">
-        <v>678</v>
+        <v>676</v>
       </c>
       <c r="D32" s="9" t="s">
-        <v>676</v>
+        <v>674</v>
       </c>
       <c r="E32" s="9">
         <v>500</v>
       </c>
       <c r="F32" s="9" t="s">
-        <v>671</v>
+        <v>669</v>
       </c>
       <c r="G32" s="10">
         <v>825</v>
       </c>
     </row>
     <row r="33" spans="1:10">
       <c r="B33" s="9" t="s">
-        <v>679</v>
+        <v>677</v>
       </c>
       <c r="C33" s="9" t="s">
-        <v>680</v>
+        <v>678</v>
       </c>
       <c r="D33" s="9" t="s">
-        <v>676</v>
+        <v>674</v>
       </c>
       <c r="E33" s="9">
         <v>500</v>
       </c>
       <c r="F33" s="9" t="s">
-        <v>671</v>
+        <v>669</v>
       </c>
       <c r="G33" s="10">
         <v>825</v>
       </c>
     </row>
     <row r="34" spans="1:10">
       <c r="B34" s="9" t="s">
-        <v>674</v>
+        <v>672</v>
       </c>
       <c r="C34" s="9" t="s">
-        <v>681</v>
+        <v>679</v>
       </c>
       <c r="D34" s="9" t="s">
-        <v>682</v>
+        <v>680</v>
       </c>
       <c r="E34" s="9">
         <v>500</v>
       </c>
       <c r="F34" s="9" t="s">
-        <v>671</v>
+        <v>669</v>
       </c>
       <c r="G34" s="10">
         <v>825</v>
       </c>
     </row>
     <row r="35" spans="1:10">
       <c r="B35" s="9" t="s">
-        <v>677</v>
+        <v>675</v>
       </c>
       <c r="C35" s="9" t="s">
-        <v>683</v>
+        <v>681</v>
       </c>
       <c r="D35" s="9" t="s">
-        <v>676</v>
+        <v>674</v>
       </c>
       <c r="E35" s="9">
         <v>500</v>
       </c>
       <c r="F35" s="9" t="s">
-        <v>671</v>
+        <v>669</v>
       </c>
       <c r="G35" s="10">
         <v>825</v>
       </c>
     </row>
     <row r="37" spans="1:10">
       <c r="B37" s="7" t="s">
-        <v>684</v>
+        <v>682</v>
       </c>
       <c r="C37" s="0"/>
       <c r="D37" s="0"/>
       <c r="E37" s="0"/>
       <c r="F37" s="0"/>
       <c r="G37" s="0"/>
     </row>
     <row r="38" spans="1:10">
       <c r="B38" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C38" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D38" s="8" t="s">
-        <v>664</v>
+        <v>662</v>
       </c>
       <c r="E38" s="8" t="s">
-        <v>665</v>
+        <v>663</v>
       </c>
       <c r="F38" s="8" t="s">
         <v>11</v>
       </c>
       <c r="G38" s="8" t="s">
-        <v>685</v>
+        <v>683</v>
       </c>
     </row>
     <row r="40" spans="1:10">
       <c r="B40" s="7" t="s">
-        <v>686</v>
+        <v>684</v>
       </c>
       <c r="C40" s="0"/>
       <c r="D40" s="0"/>
       <c r="E40" s="0"/>
       <c r="F40" s="0"/>
       <c r="G40" s="0"/>
     </row>
     <row r="41" spans="1:10">
       <c r="B41" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C41" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D41" s="8" t="s">
-        <v>664</v>
+        <v>662</v>
       </c>
       <c r="E41" s="8" t="s">
-        <v>687</v>
+        <v>685</v>
       </c>
       <c r="F41" s="8" t="s">
         <v>11</v>
       </c>
       <c r="G41" s="8" t="s">
-        <v>685</v>
+        <v>683</v>
       </c>
     </row>
     <row r="43" spans="1:10">
       <c r="B43" s="7" t="s">
-        <v>688</v>
+        <v>686</v>
       </c>
       <c r="C43" s="0"/>
       <c r="D43" s="0"/>
       <c r="E43" s="0"/>
       <c r="F43" s="0"/>
       <c r="G43" s="0"/>
     </row>
     <row r="44" spans="1:10">
       <c r="B44" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C44" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D44" s="8" t="s">
+        <v>662</v>
+      </c>
+      <c r="E44" s="8" t="s">
+        <v>663</v>
+      </c>
+      <c r="F44" s="8" t="s">
+        <v>39</v>
+      </c>
+      <c r="G44" s="8" t="s">
         <v>664</v>
-      </c>
-[...7 lines deleted...]
-        <v>666</v>
       </c>
     </row>
     <row r="46" spans="1:10">
       <c r="B46" s="7" t="s">
-        <v>689</v>
+        <v>687</v>
       </c>
       <c r="C46" s="0"/>
       <c r="D46" s="0"/>
       <c r="E46" s="0"/>
       <c r="F46" s="0"/>
       <c r="G46" s="0"/>
     </row>
     <row r="47" spans="1:10">
       <c r="B47" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C47" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D47" s="8" t="s">
-        <v>690</v>
+        <v>688</v>
       </c>
       <c r="E47" s="8" t="s">
         <v>11</v>
       </c>
       <c r="F47" s="8" t="s">
+        <v>689</v>
+      </c>
+      <c r="G47" s="8" t="s">
+        <v>690</v>
+      </c>
+      <c r="H47" s="8" t="s">
         <v>691</v>
       </c>
-      <c r="G47" s="8" t="s">
+      <c r="I47" s="8" t="s">
         <v>692</v>
       </c>
-      <c r="H47" s="8" t="s">
+      <c r="J47" s="8" t="s">
         <v>693</v>
-      </c>
-[...4 lines deleted...]
-        <v>695</v>
       </c>
     </row>
     <row r="49" spans="1:10">
       <c r="B49" s="7" t="s">
-        <v>696</v>
+        <v>694</v>
       </c>
       <c r="C49" s="0"/>
       <c r="D49" s="0"/>
       <c r="E49" s="0"/>
       <c r="F49" s="0"/>
       <c r="G49" s="0"/>
     </row>
     <row r="50" spans="1:10">
       <c r="B50" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C50" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D50" s="8" t="s">
-        <v>697</v>
+        <v>695</v>
       </c>
       <c r="E50" s="8" t="s">
         <v>11</v>
       </c>
       <c r="F50" s="8" t="s">
-        <v>698</v>
+        <v>696</v>
       </c>
     </row>
     <row r="52" spans="1:10">
       <c r="B52" s="7" t="s">
-        <v>699</v>
+        <v>697</v>
       </c>
       <c r="C52" s="0"/>
       <c r="D52" s="0"/>
       <c r="E52" s="0"/>
       <c r="F52" s="0"/>
       <c r="G52" s="0"/>
     </row>
     <row r="53" spans="1:10">
       <c r="B53" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C53" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D53" s="8" t="s">
         <v>10</v>
       </c>
       <c r="E53" s="8" t="s">
-        <v>700</v>
+        <v>698</v>
       </c>
       <c r="F53" s="8" t="s">
         <v>11</v>
       </c>
       <c r="G53" s="8" t="s">
-        <v>701</v>
+        <v>699</v>
       </c>
       <c r="H53" s="8" t="s">
         <v>12</v>
       </c>
       <c r="I53" s="8" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="55" spans="1:10">
       <c r="B55" s="7" t="s">
-        <v>702</v>
+        <v>700</v>
       </c>
       <c r="C55" s="0"/>
       <c r="D55" s="0"/>
       <c r="E55" s="0"/>
       <c r="F55" s="0"/>
       <c r="G55" s="0"/>
     </row>
     <row r="56" spans="1:10">
       <c r="B56" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C56" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D56" s="8" t="s">
-        <v>664</v>
+        <v>662</v>
       </c>
       <c r="E56" s="8" t="s">
         <v>11</v>
       </c>
       <c r="F56" s="8" t="s">
-        <v>692</v>
+        <v>690</v>
       </c>
     </row>
     <row r="57" spans="1:10">
       <c r="B57" s="9" t="s">
+        <v>701</v>
+      </c>
+      <c r="C57" s="9" t="s">
+        <v>702</v>
+      </c>
+      <c r="D57" s="9" t="s">
         <v>703</v>
       </c>
-      <c r="C57" s="9" t="s">
+      <c r="E57" s="9" t="s">
         <v>704</v>
       </c>
-      <c r="D57" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F57" s="10">
-        <v>1121.6</v>
+        <v>1140.3</v>
       </c>
     </row>
     <row r="58" spans="1:10">
       <c r="B58" s="9" t="s">
+        <v>705</v>
+      </c>
+      <c r="C58" s="9" t="s">
+        <v>706</v>
+      </c>
+      <c r="D58" s="9" t="s">
         <v>707</v>
       </c>
-      <c r="C58" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E58" s="9" t="s">
-        <v>706</v>
+        <v>704</v>
       </c>
       <c r="F58" s="10">
-        <v>1245.1</v>
+        <v>1265.8</v>
       </c>
     </row>
     <row r="59" spans="1:10">
       <c r="B59" s="9" t="s">
-        <v>703</v>
+        <v>701</v>
       </c>
       <c r="C59" s="9" t="s">
-        <v>710</v>
+        <v>708</v>
       </c>
       <c r="D59" s="9" t="s">
-        <v>711</v>
+        <v>709</v>
       </c>
       <c r="E59" s="9" t="s">
-        <v>706</v>
+        <v>704</v>
       </c>
       <c r="F59" s="10">
-        <v>1372.1</v>
+        <v>1395</v>
       </c>
     </row>
     <row r="60" spans="1:10">
       <c r="B60" s="9" t="s">
+        <v>710</v>
+      </c>
+      <c r="C60" s="9" t="s">
+        <v>711</v>
+      </c>
+      <c r="D60" s="9" t="s">
         <v>712</v>
       </c>
-      <c r="C60" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E60" s="9" t="s">
-        <v>706</v>
+        <v>704</v>
       </c>
       <c r="F60" s="10">
-        <v>1493.8</v>
+        <v>1518.7</v>
       </c>
     </row>
     <row r="61" spans="1:10">
       <c r="B61" s="9" t="s">
+        <v>713</v>
+      </c>
+      <c r="C61" s="9" t="s">
+        <v>714</v>
+      </c>
+      <c r="D61" s="9" t="s">
         <v>715</v>
       </c>
-      <c r="C61" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E61" s="9" t="s">
-        <v>706</v>
+        <v>704</v>
       </c>
       <c r="F61" s="10">
-        <v>1621.5</v>
+        <v>1648.5</v>
       </c>
     </row>
     <row r="63" spans="1:10">
       <c r="B63" s="7" t="s">
-        <v>718</v>
+        <v>716</v>
       </c>
       <c r="C63" s="0"/>
       <c r="D63" s="0"/>
       <c r="E63" s="0"/>
       <c r="F63" s="0"/>
       <c r="G63" s="0"/>
     </row>
     <row r="64" spans="1:10">
       <c r="B64" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C64" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D64" s="8" t="s">
-        <v>697</v>
+        <v>695</v>
       </c>
       <c r="E64" s="8" t="s">
         <v>11</v>
       </c>
       <c r="F64" s="8" t="s">
-        <v>698</v>
+        <v>696</v>
       </c>
     </row>
     <row r="65" spans="1:10">
       <c r="B65" s="9" t="s">
+        <v>717</v>
+      </c>
+      <c r="C65" s="9" t="s">
+        <v>718</v>
+      </c>
+      <c r="D65" s="9" t="s">
         <v>719</v>
       </c>
-      <c r="C65" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E65" s="9" t="s">
-        <v>706</v>
+        <v>704</v>
       </c>
       <c r="F65" s="10">
-        <v>4073.5</v>
+        <v>4140.9</v>
       </c>
     </row>
     <row r="66" spans="1:10">
       <c r="B66" s="9" t="s">
+        <v>720</v>
+      </c>
+      <c r="C66" s="9" t="s">
+        <v>721</v>
+      </c>
+      <c r="D66" s="9" t="s">
         <v>722</v>
       </c>
-      <c r="C66" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E66" s="9" t="s">
-        <v>706</v>
+        <v>704</v>
       </c>
       <c r="F66" s="10">
-        <v>5116.7</v>
+        <v>5202</v>
       </c>
     </row>
     <row r="67" spans="1:10">
       <c r="B67" s="9" t="s">
+        <v>723</v>
+      </c>
+      <c r="C67" s="9" t="s">
+        <v>724</v>
+      </c>
+      <c r="D67" s="9" t="s">
         <v>725</v>
       </c>
-      <c r="C67" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E67" s="9" t="s">
-        <v>706</v>
+        <v>704</v>
       </c>
       <c r="F67" s="10">
-        <v>5350.3</v>
+        <v>5439.2</v>
       </c>
     </row>
     <row r="68" spans="1:10">
       <c r="B68" s="9" t="s">
+        <v>726</v>
+      </c>
+      <c r="C68" s="9" t="s">
+        <v>727</v>
+      </c>
+      <c r="D68" s="9" t="s">
         <v>728</v>
       </c>
-      <c r="C68" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E68" s="9" t="s">
-        <v>706</v>
+        <v>704</v>
       </c>
       <c r="F68" s="10">
-        <v>5802.9</v>
+        <v>5899.6</v>
       </c>
     </row>
     <row r="69" spans="1:10">
       <c r="B69" s="9" t="s">
+        <v>729</v>
+      </c>
+      <c r="C69" s="9" t="s">
+        <v>730</v>
+      </c>
+      <c r="D69" s="9" t="s">
         <v>731</v>
       </c>
-      <c r="C69" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E69" s="9" t="s">
-        <v>706</v>
+        <v>704</v>
       </c>
       <c r="F69" s="10">
-        <v>7426.6</v>
+        <v>7550.4</v>
       </c>
     </row>
     <row r="70" spans="1:10">
       <c r="B70" s="9" t="s">
+        <v>732</v>
+      </c>
+      <c r="C70" s="9" t="s">
+        <v>733</v>
+      </c>
+      <c r="D70" s="9" t="s">
         <v>734</v>
       </c>
-      <c r="C70" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E70" s="9" t="s">
-        <v>706</v>
+        <v>704</v>
       </c>
       <c r="F70" s="10">
-        <v>1790.5</v>
+        <v>1820.4</v>
       </c>
     </row>
     <row r="71" spans="1:10">
       <c r="B71" s="9" t="s">
+        <v>735</v>
+      </c>
+      <c r="C71" s="9" t="s">
+        <v>736</v>
+      </c>
+      <c r="D71" s="9" t="s">
         <v>737</v>
       </c>
-      <c r="C71" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E71" s="9" t="s">
-        <v>706</v>
+        <v>704</v>
       </c>
       <c r="F71" s="10">
-        <v>1350.8</v>
+        <v>1373.3</v>
       </c>
     </row>
     <row r="72" spans="1:10">
       <c r="B72" s="9" t="s">
+        <v>738</v>
+      </c>
+      <c r="C72" s="9" t="s">
+        <v>739</v>
+      </c>
+      <c r="D72" s="9" t="s">
         <v>740</v>
       </c>
-      <c r="C72" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E72" s="9" t="s">
-        <v>706</v>
-[...1 lines deleted...]
-      <c r="F72" s="10"/>
+        <v>704</v>
+      </c>
+      <c r="F72" s="10">
+        <v>3788.1</v>
+      </c>
     </row>
     <row r="74" spans="1:10">
       <c r="B74" s="7" t="s">
-        <v>743</v>
+        <v>741</v>
       </c>
       <c r="C74" s="0"/>
       <c r="D74" s="0"/>
       <c r="E74" s="0"/>
       <c r="F74" s="0"/>
       <c r="G74" s="0"/>
     </row>
     <row r="75" spans="1:10">
       <c r="B75" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C75" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D75" s="8" t="s">
-        <v>665</v>
+        <v>663</v>
       </c>
       <c r="E75" s="8" t="s">
-        <v>664</v>
+        <v>662</v>
       </c>
       <c r="F75" s="8" t="s">
         <v>11</v>
       </c>
       <c r="G75" s="8" t="s">
-        <v>744</v>
+        <v>742</v>
       </c>
       <c r="H75" s="8" t="s">
-        <v>622</v>
+        <v>620</v>
       </c>
       <c r="I75" s="8" t="s">
-        <v>623</v>
+        <v>621</v>
       </c>
     </row>
     <row r="77" spans="1:10">
       <c r="B77" s="7" t="s">
-        <v>745</v>
+        <v>743</v>
       </c>
       <c r="C77" s="0"/>
       <c r="D77" s="0"/>
       <c r="E77" s="0"/>
       <c r="F77" s="0"/>
       <c r="G77" s="0"/>
     </row>
     <row r="78" spans="1:10">
       <c r="B78" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C78" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D78" s="8" t="s">
-        <v>665</v>
+        <v>663</v>
       </c>
       <c r="E78" s="8" t="s">
-        <v>664</v>
+        <v>662</v>
       </c>
       <c r="F78" s="8" t="s">
         <v>11</v>
       </c>
       <c r="G78" s="8" t="s">
-        <v>746</v>
+        <v>744</v>
       </c>
       <c r="H78" s="8" t="s">
-        <v>622</v>
+        <v>620</v>
       </c>
       <c r="I78" s="8" t="s">
-        <v>623</v>
+        <v>621</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B1:G1"/>
     <mergeCell ref="B3:B5"/>
     <mergeCell ref="C3:D3"/>
     <mergeCell ref="E3:G3"/>
     <mergeCell ref="C5:D5"/>
     <mergeCell ref="E5:G5"/>
     <mergeCell ref="B9:G9"/>
     <mergeCell ref="B24:G24"/>
     <mergeCell ref="B27:G27"/>
     <mergeCell ref="B37:G37"/>
     <mergeCell ref="B40:G40"/>
     <mergeCell ref="B43:G43"/>
     <mergeCell ref="B46:G46"/>
     <mergeCell ref="B49:G49"/>
     <mergeCell ref="B52:G52"/>
     <mergeCell ref="B55:G55"/>
     <mergeCell ref="B63:G63"/>
     <mergeCell ref="B74:G74"/>
     <mergeCell ref="B77:G77"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="F6" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" scale="100" fitToHeight="0" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:J246"/>
+  <dimension ref="A1:J245"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="H246" sqref="H246"/>
+      <selection activeCell="H245" sqref="H245"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="2.91" customWidth="true" style="0"/>
     <col min="2" max="2" width="52" customWidth="true" style="0"/>
     <col min="3" max="3" width="16" customWidth="true" style="0"/>
     <col min="4" max="4" width="16" customWidth="true" style="0"/>
     <col min="5" max="5" width="16" customWidth="true" style="0"/>
     <col min="6" max="6" width="16" customWidth="true" style="0"/>
     <col min="7" max="7" width="16" customWidth="true" style="0"/>
     <col min="8" max="8" width="16" customWidth="true" style="0"/>
     <col min="9" max="9" width="16" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" customHeight="1" ht="24">
       <c r="B1" s="1"/>
       <c r="C1" s="0"/>
       <c r="D1" s="0"/>
       <c r="E1" s="0"/>
       <c r="F1" s="0"/>
       <c r="G1" s="0"/>
     </row>
     <row r="2" spans="1:10" customHeight="1" ht="5"/>
     <row r="3" spans="1:10" customHeight="1" ht="30">
@@ -22681,5419 +22730,5392 @@
             </rPr>
             <t xml:space="preserve">Цены</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="14"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> для Пензы на: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFDE5705"/>
               <sz val="14"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">31.12.2025</t>
+            <t xml:space="preserve">16.02.2026</t>
           </r>
         </is>
       </c>
       <c r="F6" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:10">
       <c r="B7" s="6" t="s">
-        <v>747</v>
+        <v>745</v>
       </c>
     </row>
     <row r="9" spans="1:10">
       <c r="B9" s="7" t="s">
-        <v>748</v>
+        <v>746</v>
       </c>
       <c r="C9" s="0"/>
       <c r="D9" s="0"/>
       <c r="E9" s="0"/>
       <c r="F9" s="0"/>
       <c r="G9" s="0"/>
     </row>
     <row r="10" spans="1:10">
       <c r="B10" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D10" s="8" t="s">
-        <v>749</v>
+        <v>747</v>
       </c>
       <c r="E10" s="8" t="s">
         <v>11</v>
       </c>
       <c r="F10" s="8" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="G10" s="8" t="s">
-        <v>750</v>
+        <v>748</v>
       </c>
       <c r="H10" s="8" t="s">
-        <v>617</v>
+        <v>615</v>
       </c>
       <c r="I10" s="8" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="12" spans="1:10">
       <c r="B12" s="7" t="s">
-        <v>751</v>
+        <v>749</v>
       </c>
       <c r="C12" s="0"/>
       <c r="D12" s="0"/>
       <c r="E12" s="0"/>
       <c r="F12" s="0"/>
       <c r="G12" s="0"/>
     </row>
     <row r="13" spans="1:10">
       <c r="B13" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C13" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D13" s="8" t="s">
-        <v>749</v>
+        <v>747</v>
       </c>
       <c r="E13" s="8" t="s">
         <v>11</v>
       </c>
       <c r="F13" s="8" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="G13" s="8" t="s">
-        <v>750</v>
+        <v>748</v>
       </c>
       <c r="H13" s="8" t="s">
-        <v>617</v>
+        <v>615</v>
       </c>
       <c r="I13" s="8" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="14" spans="1:10">
       <c r="B14" s="9" t="s">
+        <v>750</v>
+      </c>
+      <c r="C14" s="9" t="s">
+        <v>751</v>
+      </c>
+      <c r="D14" s="9" t="s">
         <v>752</v>
       </c>
-      <c r="C14" s="9" t="s">
+      <c r="E14" s="9" t="s">
         <v>753</v>
       </c>
-      <c r="D14" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F14" s="9" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
       <c r="G14" s="9">
         <v>40</v>
       </c>
       <c r="H14" s="10">
         <v>358</v>
       </c>
       <c r="I14" s="10"/>
     </row>
     <row r="15" spans="1:10">
       <c r="B15" s="9" t="s">
+        <v>754</v>
+      </c>
+      <c r="C15" s="9" t="s">
+        <v>755</v>
+      </c>
+      <c r="D15" s="9" t="s">
         <v>756</v>
       </c>
-      <c r="C15" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E15" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F15" s="9" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
       <c r="G15" s="9">
         <v>40</v>
       </c>
       <c r="H15" s="10">
         <v>370</v>
       </c>
       <c r="I15" s="10"/>
     </row>
     <row r="16" spans="1:10">
       <c r="B16" s="9" t="s">
-        <v>759</v>
+        <v>757</v>
       </c>
       <c r="C16" s="9" t="s">
-        <v>760</v>
+        <v>758</v>
       </c>
       <c r="D16" s="9" t="s">
-        <v>758</v>
+        <v>756</v>
       </c>
       <c r="E16" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F16" s="9" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
       <c r="G16" s="9">
         <v>40</v>
       </c>
       <c r="H16" s="10">
         <v>420</v>
       </c>
       <c r="I16" s="10"/>
     </row>
     <row r="18" spans="1:10">
       <c r="B18" s="7" t="s">
-        <v>761</v>
+        <v>759</v>
       </c>
       <c r="C18" s="0"/>
       <c r="D18" s="0"/>
       <c r="E18" s="0"/>
       <c r="F18" s="0"/>
       <c r="G18" s="0"/>
     </row>
     <row r="19" spans="1:10">
       <c r="B19" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C19" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D19" s="8" t="s">
-        <v>749</v>
+        <v>747</v>
       </c>
       <c r="E19" s="8" t="s">
         <v>11</v>
       </c>
       <c r="F19" s="8" t="s">
-        <v>762</v>
+        <v>760</v>
       </c>
       <c r="G19" s="8" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="H19" s="8" t="s">
-        <v>750</v>
+        <v>748</v>
       </c>
       <c r="I19" s="8" t="s">
-        <v>763</v>
+        <v>761</v>
       </c>
       <c r="J19" s="8" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
     </row>
     <row r="20" spans="1:10">
       <c r="B20" s="9" t="s">
+        <v>762</v>
+      </c>
+      <c r="C20" s="9" t="s">
+        <v>763</v>
+      </c>
+      <c r="D20" s="9" t="s">
         <v>764</v>
       </c>
-      <c r="C20" s="9" t="s">
+      <c r="E20" s="9" t="s">
+        <v>753</v>
+      </c>
+      <c r="F20" s="9" t="s">
         <v>765</v>
       </c>
-      <c r="D20" s="9" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G20" s="9" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
       <c r="H20" s="9">
         <v>30</v>
       </c>
       <c r="I20" s="10">
-        <v>513</v>
+        <v>521</v>
       </c>
       <c r="J20" s="10"/>
     </row>
     <row r="21" spans="1:10">
       <c r="B21" s="9" t="s">
-        <v>768</v>
+        <v>766</v>
       </c>
       <c r="C21" s="9" t="s">
-        <v>769</v>
+        <v>767</v>
       </c>
       <c r="D21" s="9" t="s">
-        <v>766</v>
+        <v>764</v>
       </c>
       <c r="E21" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F21" s="9" t="s">
-        <v>767</v>
+        <v>765</v>
       </c>
       <c r="G21" s="9" t="s">
-        <v>456</v>
+        <v>502</v>
       </c>
       <c r="H21" s="9">
         <v>30</v>
       </c>
       <c r="I21" s="10">
-        <v>529</v>
+        <v>538</v>
       </c>
       <c r="J21" s="10"/>
     </row>
     <row r="22" spans="1:10">
       <c r="B22" s="9" t="s">
+        <v>768</v>
+      </c>
+      <c r="C22" s="9" t="s">
+        <v>769</v>
+      </c>
+      <c r="D22" s="9" t="s">
         <v>770</v>
       </c>
-      <c r="C22" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E22" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F22" s="9" t="s">
-        <v>767</v>
+        <v>765</v>
       </c>
       <c r="G22" s="9" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
       <c r="H22" s="9">
         <v>30</v>
       </c>
       <c r="I22" s="10">
-        <v>550</v>
+        <v>559</v>
       </c>
       <c r="J22" s="10"/>
     </row>
     <row r="23" spans="1:10">
       <c r="B23" s="9" t="s">
+        <v>771</v>
+      </c>
+      <c r="C23" s="9" t="s">
+        <v>772</v>
+      </c>
+      <c r="D23" s="9" t="s">
         <v>773</v>
       </c>
-      <c r="C23" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E23" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F23" s="9" t="s">
-        <v>767</v>
+        <v>765</v>
       </c>
       <c r="G23" s="9" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
       <c r="H23" s="9">
         <v>30</v>
       </c>
       <c r="I23" s="10">
-        <v>571</v>
+        <v>580</v>
       </c>
       <c r="J23" s="10"/>
     </row>
     <row r="24" spans="1:10">
       <c r="B24" s="9" t="s">
-        <v>776</v>
+        <v>774</v>
       </c>
       <c r="C24" s="9" t="s">
-        <v>777</v>
+        <v>775</v>
       </c>
       <c r="D24" s="9" t="s">
-        <v>772</v>
+        <v>770</v>
       </c>
       <c r="E24" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F24" s="9" t="s">
-        <v>767</v>
+        <v>765</v>
       </c>
       <c r="G24" s="9" t="s">
-        <v>456</v>
+        <v>502</v>
       </c>
       <c r="H24" s="9">
         <v>30</v>
       </c>
       <c r="I24" s="10">
-        <v>595</v>
+        <v>605</v>
       </c>
       <c r="J24" s="10"/>
     </row>
     <row r="25" spans="1:10">
       <c r="B25" s="9" t="s">
+        <v>776</v>
+      </c>
+      <c r="C25" s="9" t="s">
+        <v>777</v>
+      </c>
+      <c r="D25" s="9" t="s">
         <v>778</v>
       </c>
-      <c r="C25" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E25" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F25" s="9" t="s">
-        <v>767</v>
+        <v>765</v>
       </c>
       <c r="G25" s="9" t="s">
-        <v>456</v>
+        <v>502</v>
       </c>
       <c r="H25" s="9">
         <v>30</v>
       </c>
       <c r="I25" s="10">
-        <v>601</v>
+        <v>611</v>
       </c>
       <c r="J25" s="10"/>
     </row>
     <row r="26" spans="1:10">
       <c r="B26" s="9" t="s">
+        <v>779</v>
+      </c>
+      <c r="C26" s="9" t="s">
+        <v>780</v>
+      </c>
+      <c r="D26" s="9" t="s">
         <v>781</v>
       </c>
-      <c r="C26" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E26" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F26" s="9" t="s">
-        <v>767</v>
+        <v>765</v>
       </c>
       <c r="G26" s="9" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
       <c r="H26" s="9">
         <v>30</v>
       </c>
       <c r="I26" s="10">
-        <v>856</v>
+        <v>870</v>
       </c>
       <c r="J26" s="10"/>
     </row>
     <row r="28" spans="1:10">
       <c r="B28" s="7" t="s">
-        <v>784</v>
+        <v>782</v>
       </c>
       <c r="C28" s="0"/>
       <c r="D28" s="0"/>
       <c r="E28" s="0"/>
       <c r="F28" s="0"/>
       <c r="G28" s="0"/>
     </row>
     <row r="29" spans="1:10">
       <c r="B29" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C29" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D29" s="8" t="s">
-        <v>749</v>
+        <v>747</v>
       </c>
       <c r="E29" s="8" t="s">
         <v>11</v>
       </c>
       <c r="F29" s="8" t="s">
-        <v>762</v>
+        <v>760</v>
       </c>
       <c r="G29" s="8" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="H29" s="8" t="s">
-        <v>750</v>
+        <v>748</v>
       </c>
       <c r="I29" s="8" t="s">
-        <v>617</v>
+        <v>615</v>
       </c>
       <c r="J29" s="8" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="30" spans="1:10">
       <c r="B30" s="9" t="s">
+        <v>783</v>
+      </c>
+      <c r="C30" s="9" t="s">
+        <v>784</v>
+      </c>
+      <c r="D30" s="9" t="s">
         <v>785</v>
       </c>
-      <c r="C30" s="9" t="s">
+      <c r="E30" s="9" t="s">
+        <v>753</v>
+      </c>
+      <c r="F30" s="9" t="s">
         <v>786</v>
       </c>
-      <c r="D30" s="9" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G30" s="9" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
       <c r="H30" s="9">
         <v>25</v>
       </c>
       <c r="I30" s="10">
-        <v>322</v>
+        <v>399</v>
       </c>
       <c r="J30" s="10"/>
     </row>
     <row r="31" spans="1:10">
       <c r="B31" s="9" t="s">
+        <v>787</v>
+      </c>
+      <c r="C31" s="9" t="s">
+        <v>788</v>
+      </c>
+      <c r="D31" s="9" t="s">
         <v>789</v>
       </c>
-      <c r="C31" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E31" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F31" s="9" t="s">
-        <v>788</v>
+        <v>786</v>
       </c>
       <c r="G31" s="9" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
       <c r="H31" s="9">
         <v>25</v>
       </c>
       <c r="I31" s="10">
-        <v>410</v>
+        <v>416</v>
       </c>
       <c r="J31" s="10"/>
     </row>
     <row r="32" spans="1:10">
       <c r="B32" s="9" t="s">
-        <v>792</v>
+        <v>790</v>
       </c>
       <c r="C32" s="9" t="s">
-        <v>793</v>
+        <v>791</v>
       </c>
       <c r="D32" s="9" t="s">
-        <v>791</v>
+        <v>789</v>
       </c>
       <c r="E32" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F32" s="9" t="s">
-        <v>788</v>
+        <v>786</v>
       </c>
       <c r="G32" s="9" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
       <c r="H32" s="9">
         <v>25</v>
       </c>
       <c r="I32" s="10">
-        <v>491</v>
+        <v>499</v>
       </c>
       <c r="J32" s="10"/>
     </row>
     <row r="33" spans="1:10">
       <c r="B33" s="9" t="s">
-        <v>794</v>
+        <v>792</v>
       </c>
       <c r="C33" s="9" t="s">
-        <v>795</v>
+        <v>793</v>
       </c>
       <c r="D33" s="9" t="s">
-        <v>791</v>
+        <v>789</v>
       </c>
       <c r="E33" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F33" s="9" t="s">
-        <v>788</v>
+        <v>786</v>
       </c>
       <c r="G33" s="9" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
       <c r="H33" s="9">
         <v>25</v>
       </c>
       <c r="I33" s="10">
-        <v>545</v>
+        <v>555</v>
       </c>
       <c r="J33" s="10"/>
     </row>
     <row r="34" spans="1:10">
       <c r="B34" s="9" t="s">
+        <v>794</v>
+      </c>
+      <c r="C34" s="9" t="s">
+        <v>795</v>
+      </c>
+      <c r="D34" s="9" t="s">
         <v>796</v>
       </c>
-      <c r="C34" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E34" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F34" s="9" t="s">
-        <v>788</v>
+        <v>786</v>
       </c>
       <c r="G34" s="9" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
       <c r="H34" s="9">
         <v>25</v>
       </c>
       <c r="I34" s="10">
-        <v>559</v>
+        <v>568</v>
       </c>
       <c r="J34" s="10"/>
     </row>
     <row r="35" spans="1:10">
       <c r="B35" s="9" t="s">
+        <v>797</v>
+      </c>
+      <c r="C35" s="9" t="s">
+        <v>798</v>
+      </c>
+      <c r="D35" s="9" t="s">
         <v>799</v>
       </c>
-      <c r="C35" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E35" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F35" s="9" t="s">
-        <v>788</v>
+        <v>786</v>
       </c>
       <c r="G35" s="9" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
       <c r="H35" s="9">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="I35" s="10">
-        <v>570</v>
+        <v>580</v>
       </c>
       <c r="J35" s="10"/>
     </row>
     <row r="36" spans="1:10">
       <c r="B36" s="9" t="s">
+        <v>800</v>
+      </c>
+      <c r="C36" s="9" t="s">
         <v>801</v>
       </c>
-      <c r="C36" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D36" s="9" t="s">
-        <v>803</v>
+        <v>796</v>
       </c>
       <c r="E36" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F36" s="9" t="s">
-        <v>788</v>
+        <v>786</v>
       </c>
       <c r="G36" s="9" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
       <c r="H36" s="9">
-        <v>40</v>
+        <v>25</v>
       </c>
       <c r="I36" s="10">
-        <v>571</v>
+        <v>580</v>
       </c>
       <c r="J36" s="10"/>
     </row>
     <row r="37" spans="1:10">
       <c r="B37" s="9" t="s">
-        <v>804</v>
+        <v>802</v>
       </c>
       <c r="C37" s="9" t="s">
-        <v>805</v>
+        <v>803</v>
       </c>
       <c r="D37" s="9" t="s">
-        <v>798</v>
+        <v>796</v>
       </c>
       <c r="E37" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F37" s="9" t="s">
-        <v>788</v>
+        <v>786</v>
       </c>
       <c r="G37" s="9" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
       <c r="H37" s="9">
         <v>30</v>
       </c>
       <c r="I37" s="10">
-        <v>574</v>
+        <v>584</v>
       </c>
       <c r="J37" s="10"/>
     </row>
     <row r="38" spans="1:10">
       <c r="B38" s="9" t="s">
-        <v>806</v>
+        <v>804</v>
       </c>
       <c r="C38" s="9" t="s">
-        <v>807</v>
+        <v>805</v>
       </c>
       <c r="D38" s="9" t="s">
-        <v>798</v>
+        <v>796</v>
       </c>
       <c r="E38" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F38" s="9" t="s">
-        <v>788</v>
+        <v>786</v>
       </c>
       <c r="G38" s="9" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
       <c r="H38" s="9">
         <v>25</v>
       </c>
       <c r="I38" s="10">
-        <v>606</v>
+        <v>617</v>
       </c>
       <c r="J38" s="10"/>
     </row>
     <row r="39" spans="1:10">
       <c r="B39" s="9" t="s">
+        <v>806</v>
+      </c>
+      <c r="C39" s="9" t="s">
+        <v>807</v>
+      </c>
+      <c r="D39" s="9" t="s">
         <v>808</v>
       </c>
-      <c r="C39" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E39" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F39" s="9" t="s">
-        <v>788</v>
+        <v>786</v>
       </c>
       <c r="G39" s="9" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
       <c r="H39" s="9">
         <v>30</v>
       </c>
       <c r="I39" s="10">
-        <v>634</v>
+        <v>645</v>
       </c>
       <c r="J39" s="10"/>
     </row>
     <row r="40" spans="1:10">
       <c r="B40" s="9" t="s">
-        <v>811</v>
+        <v>809</v>
       </c>
       <c r="C40" s="9" t="s">
-        <v>812</v>
+        <v>810</v>
       </c>
       <c r="D40" s="9" t="s">
-        <v>798</v>
+        <v>796</v>
       </c>
       <c r="E40" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F40" s="9" t="s">
-        <v>788</v>
+        <v>786</v>
       </c>
       <c r="G40" s="9" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
       <c r="H40" s="9">
         <v>25</v>
       </c>
       <c r="I40" s="10">
-        <v>642</v>
+        <v>652</v>
       </c>
       <c r="J40" s="10"/>
     </row>
     <row r="41" spans="1:10">
       <c r="B41" s="9" t="s">
+        <v>811</v>
+      </c>
+      <c r="C41" s="9" t="s">
+        <v>812</v>
+      </c>
+      <c r="D41" s="9" t="s">
         <v>813</v>
       </c>
-      <c r="C41" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E41" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F41" s="9" t="s">
-        <v>788</v>
+        <v>786</v>
       </c>
       <c r="G41" s="9" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
       <c r="H41" s="9">
         <v>40</v>
       </c>
       <c r="I41" s="10">
-        <v>647</v>
+        <v>657</v>
       </c>
       <c r="J41" s="10"/>
     </row>
     <row r="42" spans="1:10">
       <c r="B42" s="9" t="s">
-        <v>816</v>
+        <v>814</v>
       </c>
       <c r="C42" s="9" t="s">
-        <v>817</v>
+        <v>815</v>
       </c>
       <c r="D42" s="9" t="s">
-        <v>798</v>
+        <v>796</v>
       </c>
       <c r="E42" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F42" s="9" t="s">
-        <v>788</v>
+        <v>786</v>
       </c>
       <c r="G42" s="9" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
       <c r="H42" s="9">
         <v>30</v>
       </c>
       <c r="I42" s="10">
-        <v>668</v>
+        <v>679</v>
       </c>
       <c r="J42" s="10"/>
     </row>
     <row r="43" spans="1:10">
       <c r="B43" s="9" t="s">
+        <v>816</v>
+      </c>
+      <c r="C43" s="9" t="s">
+        <v>817</v>
+      </c>
+      <c r="D43" s="9" t="s">
         <v>818</v>
       </c>
-      <c r="C43" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E43" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F43" s="9" t="s">
-        <v>788</v>
+        <v>786</v>
       </c>
       <c r="G43" s="9" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
       <c r="H43" s="9">
         <v>40</v>
       </c>
       <c r="I43" s="10">
-        <v>696</v>
+        <v>707</v>
       </c>
       <c r="J43" s="10"/>
     </row>
     <row r="44" spans="1:10">
       <c r="B44" s="9" t="s">
-        <v>821</v>
+        <v>819</v>
       </c>
       <c r="C44" s="9" t="s">
-        <v>822</v>
+        <v>820</v>
       </c>
       <c r="D44" s="9" t="s">
-        <v>815</v>
+        <v>813</v>
       </c>
       <c r="E44" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F44" s="9" t="s">
-        <v>788</v>
+        <v>786</v>
       </c>
       <c r="G44" s="9" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
       <c r="H44" s="9">
         <v>40</v>
       </c>
       <c r="I44" s="10">
-        <v>722</v>
+        <v>734</v>
       </c>
       <c r="J44" s="10"/>
     </row>
     <row r="45" spans="1:10">
       <c r="B45" s="9" t="s">
-        <v>823</v>
+        <v>821</v>
       </c>
       <c r="C45" s="9" t="s">
-        <v>824</v>
+        <v>822</v>
       </c>
       <c r="D45" s="9" t="s">
-        <v>810</v>
+        <v>808</v>
       </c>
       <c r="E45" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F45" s="9" t="s">
-        <v>788</v>
+        <v>786</v>
       </c>
       <c r="G45" s="9" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
       <c r="H45" s="9">
         <v>30</v>
       </c>
       <c r="I45" s="10">
-        <v>768</v>
+        <v>780</v>
       </c>
       <c r="J45" s="10"/>
     </row>
     <row r="47" spans="1:10">
       <c r="B47" s="7" t="s">
-        <v>825</v>
+        <v>823</v>
       </c>
       <c r="C47" s="0"/>
       <c r="D47" s="0"/>
       <c r="E47" s="0"/>
       <c r="F47" s="0"/>
       <c r="G47" s="0"/>
     </row>
     <row r="48" spans="1:10">
       <c r="B48" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C48" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D48" s="8" t="s">
-        <v>749</v>
+        <v>747</v>
       </c>
       <c r="E48" s="8" t="s">
         <v>11</v>
       </c>
       <c r="F48" s="8" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="G48" s="8" t="s">
-        <v>750</v>
+        <v>748</v>
       </c>
       <c r="H48" s="8" t="s">
-        <v>826</v>
+        <v>824</v>
       </c>
       <c r="I48" s="8" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="49" spans="1:10">
       <c r="B49" s="9" t="s">
+        <v>825</v>
+      </c>
+      <c r="C49" s="9" t="s">
+        <v>826</v>
+      </c>
+      <c r="D49" s="9" t="s">
         <v>827</v>
       </c>
-      <c r="C49" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E49" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F49" s="9" t="s">
-        <v>456</v>
+        <v>502</v>
       </c>
       <c r="G49" s="9">
         <v>25</v>
       </c>
       <c r="H49" s="10">
-        <v>804</v>
+        <v>817</v>
       </c>
       <c r="I49" s="10"/>
     </row>
     <row r="50" spans="1:10">
       <c r="B50" s="9" t="s">
-        <v>830</v>
+        <v>828</v>
       </c>
       <c r="C50" s="9" t="s">
-        <v>831</v>
+        <v>829</v>
       </c>
       <c r="D50" s="9" t="s">
-        <v>829</v>
+        <v>827</v>
       </c>
       <c r="E50" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F50" s="9" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
       <c r="G50" s="9">
         <v>25</v>
       </c>
       <c r="H50" s="10">
-        <v>808</v>
+        <v>821</v>
       </c>
       <c r="I50" s="10"/>
     </row>
     <row r="51" spans="1:10">
       <c r="B51" s="9" t="s">
+        <v>830</v>
+      </c>
+      <c r="C51" s="9" t="s">
+        <v>831</v>
+      </c>
+      <c r="D51" s="9" t="s">
         <v>832</v>
       </c>
-      <c r="C51" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E51" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F51" s="9" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
       <c r="G51" s="9">
         <v>25</v>
       </c>
       <c r="H51" s="10">
-        <v>956</v>
+        <v>972</v>
       </c>
       <c r="I51" s="10"/>
     </row>
     <row r="52" spans="1:10">
       <c r="B52" s="9" t="s">
-        <v>835</v>
+        <v>833</v>
       </c>
       <c r="C52" s="9" t="s">
-        <v>836</v>
+        <v>834</v>
       </c>
       <c r="D52" s="9" t="s">
-        <v>834</v>
+        <v>832</v>
       </c>
       <c r="E52" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F52" s="9" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
       <c r="G52" s="9">
         <v>25</v>
       </c>
       <c r="H52" s="10">
-        <v>972</v>
+        <v>988</v>
       </c>
       <c r="I52" s="10"/>
     </row>
     <row r="53" spans="1:10">
       <c r="B53" s="9" t="s">
-        <v>837</v>
+        <v>835</v>
       </c>
       <c r="C53" s="9" t="s">
-        <v>838</v>
+        <v>836</v>
       </c>
       <c r="D53" s="9" t="s">
-        <v>834</v>
+        <v>832</v>
       </c>
       <c r="E53" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F53" s="9" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
       <c r="G53" s="9">
         <v>25</v>
       </c>
       <c r="H53" s="10">
-        <v>1042</v>
+        <v>1059</v>
       </c>
       <c r="I53" s="10"/>
     </row>
     <row r="54" spans="1:10">
       <c r="B54" s="9" t="s">
-        <v>839</v>
+        <v>837</v>
       </c>
       <c r="C54" s="9" t="s">
-        <v>840</v>
+        <v>838</v>
       </c>
       <c r="D54" s="9" t="s">
-        <v>829</v>
+        <v>827</v>
       </c>
       <c r="E54" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F54" s="9" t="s">
-        <v>456</v>
+        <v>502</v>
       </c>
       <c r="G54" s="9">
         <v>25</v>
       </c>
       <c r="H54" s="10">
-        <v>1101</v>
+        <v>1119</v>
       </c>
       <c r="I54" s="10"/>
     </row>
     <row r="55" spans="1:10">
       <c r="B55" s="9" t="s">
-        <v>841</v>
+        <v>839</v>
       </c>
       <c r="C55" s="9" t="s">
-        <v>842</v>
+        <v>840</v>
       </c>
       <c r="D55" s="9" t="s">
-        <v>834</v>
+        <v>832</v>
       </c>
       <c r="E55" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F55" s="9" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
       <c r="G55" s="9">
         <v>25</v>
       </c>
       <c r="H55" s="10">
-        <v>1192</v>
+        <v>1212</v>
       </c>
       <c r="I55" s="10"/>
     </row>
     <row r="57" spans="1:10">
       <c r="B57" s="7" t="s">
-        <v>843</v>
+        <v>841</v>
       </c>
       <c r="C57" s="0"/>
       <c r="D57" s="0"/>
       <c r="E57" s="0"/>
       <c r="F57" s="0"/>
       <c r="G57" s="0"/>
     </row>
     <row r="58" spans="1:10">
       <c r="B58" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C58" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D58" s="8" t="s">
-        <v>749</v>
+        <v>747</v>
       </c>
       <c r="E58" s="8" t="s">
         <v>11</v>
       </c>
       <c r="F58" s="8" t="s">
-        <v>762</v>
+        <v>760</v>
       </c>
       <c r="G58" s="8" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="H58" s="8" t="s">
-        <v>750</v>
+        <v>748</v>
       </c>
       <c r="I58" s="8" t="s">
-        <v>617</v>
+        <v>615</v>
       </c>
       <c r="J58" s="8" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="59" spans="1:10">
       <c r="B59" s="9" t="s">
+        <v>842</v>
+      </c>
+      <c r="C59" s="9" t="s">
+        <v>843</v>
+      </c>
+      <c r="D59" s="9" t="s">
         <v>844</v>
       </c>
-      <c r="C59" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E59" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F59" s="9" t="s">
-        <v>767</v>
+        <v>765</v>
       </c>
       <c r="G59" s="9" t="s">
-        <v>456</v>
+        <v>502</v>
       </c>
       <c r="H59" s="9">
         <v>20</v>
       </c>
       <c r="I59" s="10">
-        <v>581</v>
+        <v>590</v>
       </c>
       <c r="J59" s="10"/>
     </row>
     <row r="60" spans="1:10">
       <c r="B60" s="9" t="s">
+        <v>845</v>
+      </c>
+      <c r="C60" s="9" t="s">
+        <v>846</v>
+      </c>
+      <c r="D60" s="9" t="s">
         <v>847</v>
       </c>
-      <c r="C60" s="9" t="s">
+      <c r="E60" s="9" t="s">
+        <v>753</v>
+      </c>
+      <c r="F60" s="9" t="s">
         <v>848</v>
       </c>
-      <c r="D60" s="9" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G60" s="9" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
       <c r="H60" s="9">
         <v>20</v>
       </c>
       <c r="I60" s="10">
-        <v>621</v>
+        <v>631</v>
       </c>
       <c r="J60" s="10"/>
     </row>
     <row r="61" spans="1:10">
       <c r="B61" s="9" t="s">
+        <v>849</v>
+      </c>
+      <c r="C61" s="9" t="s">
+        <v>850</v>
+      </c>
+      <c r="D61" s="9" t="s">
         <v>851</v>
       </c>
-      <c r="C61" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E61" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F61" s="9" t="s">
-        <v>767</v>
+        <v>765</v>
       </c>
       <c r="G61" s="9" t="s">
-        <v>456</v>
+        <v>502</v>
       </c>
       <c r="H61" s="9">
         <v>20</v>
       </c>
       <c r="I61" s="10">
-        <v>673</v>
+        <v>685</v>
       </c>
       <c r="J61" s="10"/>
     </row>
     <row r="62" spans="1:10">
       <c r="B62" s="9" t="s">
+        <v>852</v>
+      </c>
+      <c r="C62" s="9" t="s">
+        <v>853</v>
+      </c>
+      <c r="D62" s="9" t="s">
         <v>854</v>
       </c>
-      <c r="C62" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E62" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F62" s="9" t="s">
-        <v>767</v>
+        <v>765</v>
       </c>
       <c r="G62" s="9" t="s">
-        <v>456</v>
+        <v>502</v>
       </c>
       <c r="H62" s="9">
         <v>20</v>
       </c>
       <c r="I62" s="10">
-        <v>683</v>
+        <v>694</v>
       </c>
       <c r="J62" s="10"/>
     </row>
     <row r="63" spans="1:10">
       <c r="B63" s="9" t="s">
+        <v>855</v>
+      </c>
+      <c r="C63" s="9" t="s">
+        <v>856</v>
+      </c>
+      <c r="D63" s="9" t="s">
         <v>857</v>
       </c>
-      <c r="C63" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E63" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F63" s="9" t="s">
-        <v>850</v>
+        <v>848</v>
       </c>
       <c r="G63" s="9" t="s">
-        <v>456</v>
+        <v>502</v>
       </c>
       <c r="H63" s="9">
         <v>20</v>
       </c>
       <c r="I63" s="10">
-        <v>773</v>
+        <v>787</v>
       </c>
       <c r="J63" s="10"/>
     </row>
     <row r="64" spans="1:10">
       <c r="B64" s="9" t="s">
+        <v>858</v>
+      </c>
+      <c r="C64" s="9" t="s">
+        <v>859</v>
+      </c>
+      <c r="D64" s="9" t="s">
         <v>860</v>
       </c>
-      <c r="C64" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E64" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F64" s="9" t="s">
-        <v>850</v>
+        <v>848</v>
       </c>
       <c r="G64" s="9" t="s">
-        <v>456</v>
+        <v>502</v>
       </c>
       <c r="H64" s="9">
         <v>25</v>
       </c>
       <c r="I64" s="10">
-        <v>792</v>
+        <v>805</v>
       </c>
       <c r="J64" s="10"/>
     </row>
     <row r="65" spans="1:10">
       <c r="B65" s="9" t="s">
-        <v>863</v>
+        <v>861</v>
       </c>
       <c r="C65" s="9" t="s">
-        <v>864</v>
+        <v>862</v>
       </c>
       <c r="D65" s="9" t="s">
-        <v>856</v>
+        <v>854</v>
       </c>
       <c r="E65" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F65" s="9" t="s">
-        <v>767</v>
+        <v>765</v>
       </c>
       <c r="G65" s="9" t="s">
-        <v>456</v>
+        <v>502</v>
       </c>
       <c r="H65" s="9">
         <v>20</v>
       </c>
       <c r="I65" s="10">
-        <v>836</v>
+        <v>850</v>
       </c>
       <c r="J65" s="10"/>
     </row>
     <row r="66" spans="1:10">
       <c r="B66" s="9" t="s">
-        <v>865</v>
+        <v>863</v>
       </c>
       <c r="C66" s="9" t="s">
-        <v>866</v>
+        <v>864</v>
       </c>
       <c r="D66" s="9" t="s">
-        <v>862</v>
+        <v>860</v>
       </c>
       <c r="E66" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F66" s="9" t="s">
-        <v>850</v>
+        <v>848</v>
       </c>
       <c r="G66" s="9" t="s">
-        <v>456</v>
+        <v>502</v>
       </c>
       <c r="H66" s="9">
         <v>25</v>
       </c>
       <c r="I66" s="10">
-        <v>908</v>
+        <v>923</v>
       </c>
       <c r="J66" s="10"/>
     </row>
     <row r="67" spans="1:10">
       <c r="B67" s="9" t="s">
+        <v>865</v>
+      </c>
+      <c r="C67" s="9" t="s">
+        <v>866</v>
+      </c>
+      <c r="D67" s="9" t="s">
         <v>867</v>
       </c>
-      <c r="C67" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E67" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F67" s="9" t="s">
-        <v>767</v>
+        <v>765</v>
       </c>
       <c r="G67" s="9" t="s">
-        <v>456</v>
+        <v>502</v>
       </c>
       <c r="H67" s="9">
         <v>25</v>
       </c>
       <c r="I67" s="10">
-        <v>1285</v>
+        <v>1306</v>
       </c>
       <c r="J67" s="10"/>
     </row>
     <row r="68" spans="1:10">
       <c r="B68" s="9" t="s">
+        <v>868</v>
+      </c>
+      <c r="C68" s="9" t="s">
+        <v>869</v>
+      </c>
+      <c r="D68" s="9" t="s">
         <v>870</v>
       </c>
-      <c r="C68" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E68" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F68" s="9" t="s">
-        <v>767</v>
+        <v>765</v>
       </c>
       <c r="G68" s="9" t="s">
-        <v>456</v>
+        <v>502</v>
       </c>
       <c r="H68" s="9">
         <v>28</v>
       </c>
       <c r="I68" s="10">
-        <v>1649</v>
+        <v>1676</v>
       </c>
       <c r="J68" s="10"/>
     </row>
     <row r="70" spans="1:10">
       <c r="B70" s="7" t="s">
-        <v>873</v>
+        <v>871</v>
       </c>
       <c r="C70" s="0"/>
       <c r="D70" s="0"/>
       <c r="E70" s="0"/>
       <c r="F70" s="0"/>
       <c r="G70" s="0"/>
     </row>
     <row r="71" spans="1:10">
       <c r="B71" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C71" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D71" s="8" t="s">
-        <v>749</v>
+        <v>747</v>
       </c>
       <c r="E71" s="8" t="s">
         <v>11</v>
       </c>
       <c r="F71" s="8" t="s">
-        <v>762</v>
+        <v>760</v>
       </c>
       <c r="G71" s="8" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="H71" s="8" t="s">
-        <v>750</v>
+        <v>748</v>
       </c>
       <c r="I71" s="8" t="s">
-        <v>617</v>
+        <v>615</v>
       </c>
       <c r="J71" s="8" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="72" spans="1:10">
       <c r="B72" s="9" t="s">
+        <v>872</v>
+      </c>
+      <c r="C72" s="9" t="s">
+        <v>873</v>
+      </c>
+      <c r="D72" s="9" t="s">
         <v>874</v>
       </c>
-      <c r="C72" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E72" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F72" s="9" t="s">
-        <v>788</v>
+        <v>786</v>
       </c>
       <c r="G72" s="9" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
       <c r="H72" s="9">
         <v>25</v>
       </c>
       <c r="I72" s="10">
-        <v>448</v>
+        <v>456</v>
       </c>
       <c r="J72" s="10"/>
     </row>
     <row r="73" spans="1:10">
       <c r="B73" s="9" t="s">
-        <v>877</v>
+        <v>875</v>
       </c>
       <c r="C73" s="9" t="s">
-        <v>878</v>
+        <v>876</v>
       </c>
       <c r="D73" s="9" t="s">
-        <v>876</v>
+        <v>874</v>
       </c>
       <c r="E73" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F73" s="9" t="s">
-        <v>788</v>
+        <v>786</v>
       </c>
       <c r="G73" s="9" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
       <c r="H73" s="9">
         <v>40</v>
       </c>
       <c r="I73" s="10">
-        <v>530</v>
+        <v>539</v>
       </c>
       <c r="J73" s="10"/>
     </row>
     <row r="74" spans="1:10">
       <c r="B74" s="9" t="s">
+        <v>877</v>
+      </c>
+      <c r="C74" s="9" t="s">
+        <v>878</v>
+      </c>
+      <c r="D74" s="9" t="s">
         <v>879</v>
       </c>
-      <c r="C74" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E74" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F74" s="9" t="s">
-        <v>788</v>
+        <v>786</v>
       </c>
       <c r="G74" s="9" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
       <c r="H74" s="9">
         <v>25</v>
       </c>
       <c r="I74" s="10">
-        <v>544</v>
+        <v>553</v>
       </c>
       <c r="J74" s="10"/>
     </row>
     <row r="75" spans="1:10">
       <c r="B75" s="9" t="s">
-        <v>882</v>
+        <v>880</v>
       </c>
       <c r="C75" s="9" t="s">
-        <v>883</v>
+        <v>881</v>
       </c>
       <c r="D75" s="9" t="s">
-        <v>876</v>
+        <v>874</v>
       </c>
       <c r="E75" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F75" s="9" t="s">
-        <v>788</v>
+        <v>786</v>
       </c>
       <c r="G75" s="9" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
       <c r="H75" s="9">
         <v>40</v>
       </c>
       <c r="I75" s="10">
-        <v>596</v>
+        <v>605</v>
       </c>
       <c r="J75" s="10"/>
     </row>
     <row r="77" spans="1:10">
       <c r="B77" s="7" t="s">
-        <v>884</v>
+        <v>882</v>
       </c>
       <c r="C77" s="0"/>
       <c r="D77" s="0"/>
       <c r="E77" s="0"/>
       <c r="F77" s="0"/>
       <c r="G77" s="0"/>
     </row>
     <row r="78" spans="1:10">
       <c r="B78" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C78" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D78" s="8" t="s">
-        <v>749</v>
+        <v>747</v>
       </c>
       <c r="E78" s="8" t="s">
         <v>11</v>
       </c>
       <c r="F78" s="8" t="s">
-        <v>762</v>
+        <v>760</v>
       </c>
       <c r="G78" s="8" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="H78" s="8" t="s">
-        <v>750</v>
+        <v>748</v>
       </c>
       <c r="I78" s="8" t="s">
-        <v>617</v>
+        <v>615</v>
       </c>
       <c r="J78" s="8" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="79" spans="1:10">
       <c r="B79" s="9" t="s">
+        <v>883</v>
+      </c>
+      <c r="C79" s="9" t="s">
+        <v>884</v>
+      </c>
+      <c r="D79" s="9" t="s">
         <v>885</v>
       </c>
-      <c r="C79" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E79" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F79" s="9" t="s">
-        <v>788</v>
+        <v>786</v>
       </c>
       <c r="G79" s="9" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
       <c r="H79" s="9">
         <v>30</v>
       </c>
       <c r="I79" s="10">
-        <v>643</v>
+        <v>654</v>
       </c>
       <c r="J79" s="10"/>
     </row>
     <row r="81" spans="1:10">
       <c r="B81" s="7" t="s">
-        <v>888</v>
+        <v>886</v>
       </c>
       <c r="C81" s="0"/>
       <c r="D81" s="0"/>
       <c r="E81" s="0"/>
       <c r="F81" s="0"/>
       <c r="G81" s="0"/>
     </row>
     <row r="82" spans="1:10">
       <c r="B82" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C82" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D82" s="8" t="s">
-        <v>749</v>
+        <v>747</v>
       </c>
       <c r="E82" s="8" t="s">
         <v>11</v>
       </c>
       <c r="F82" s="8" t="s">
-        <v>750</v>
+        <v>748</v>
       </c>
       <c r="G82" s="8" t="s">
-        <v>617</v>
+        <v>615</v>
       </c>
       <c r="H82" s="8" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="83" spans="1:10">
       <c r="B83" s="9" t="s">
+        <v>887</v>
+      </c>
+      <c r="C83" s="9" t="s">
+        <v>888</v>
+      </c>
+      <c r="D83" s="9" t="s">
         <v>889</v>
       </c>
-      <c r="C83" s="9" t="s">
+      <c r="E83" s="9" t="s">
+        <v>753</v>
+      </c>
+      <c r="F83" s="9" t="s">
         <v>890</v>
       </c>
-      <c r="D83" s="9" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G83" s="10">
-        <v>742</v>
+        <v>754</v>
       </c>
       <c r="H83" s="10"/>
     </row>
     <row r="84" spans="1:10">
       <c r="B84" s="9" t="s">
-        <v>893</v>
+        <v>891</v>
       </c>
       <c r="C84" s="9" t="s">
-        <v>894</v>
+        <v>892</v>
       </c>
       <c r="D84" s="9" t="s">
-        <v>891</v>
+        <v>889</v>
       </c>
       <c r="E84" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F84" s="9">
         <v>25</v>
       </c>
       <c r="G84" s="10">
-        <v>791</v>
+        <v>804</v>
       </c>
       <c r="H84" s="10"/>
     </row>
     <row r="85" spans="1:10">
       <c r="B85" s="9" t="s">
+        <v>893</v>
+      </c>
+      <c r="C85" s="9" t="s">
+        <v>894</v>
+      </c>
+      <c r="D85" s="9" t="s">
         <v>895</v>
       </c>
-      <c r="C85" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E85" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F85" s="9">
         <v>25</v>
       </c>
       <c r="G85" s="10">
-        <v>902</v>
+        <v>917</v>
       </c>
       <c r="H85" s="10"/>
     </row>
     <row r="87" spans="1:10">
       <c r="B87" s="7" t="s">
-        <v>898</v>
+        <v>896</v>
       </c>
       <c r="C87" s="0"/>
       <c r="D87" s="0"/>
       <c r="E87" s="0"/>
       <c r="F87" s="0"/>
       <c r="G87" s="0"/>
     </row>
     <row r="88" spans="1:10">
       <c r="B88" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C88" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D88" s="8" t="s">
-        <v>749</v>
+        <v>747</v>
       </c>
       <c r="E88" s="8" t="s">
         <v>11</v>
       </c>
       <c r="F88" s="8" t="s">
-        <v>762</v>
+        <v>760</v>
       </c>
       <c r="G88" s="8" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="H88" s="8" t="s">
-        <v>750</v>
+        <v>748</v>
       </c>
       <c r="I88" s="8" t="s">
-        <v>617</v>
+        <v>615</v>
       </c>
       <c r="J88" s="8" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="89" spans="1:10">
       <c r="B89" s="9" t="s">
+        <v>897</v>
+      </c>
+      <c r="C89" s="9" t="s">
+        <v>898</v>
+      </c>
+      <c r="D89" s="9" t="s">
         <v>899</v>
       </c>
-      <c r="C89" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E89" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F89" s="9" t="s">
-        <v>788</v>
+        <v>786</v>
       </c>
       <c r="G89" s="9" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
       <c r="H89" s="9">
         <v>25</v>
       </c>
       <c r="I89" s="10">
-        <v>459</v>
+        <v>467</v>
       </c>
       <c r="J89" s="10"/>
     </row>
     <row r="90" spans="1:10">
       <c r="B90" s="9" t="s">
+        <v>900</v>
+      </c>
+      <c r="C90" s="9" t="s">
+        <v>901</v>
+      </c>
+      <c r="D90" s="9" t="s">
         <v>902</v>
       </c>
-      <c r="C90" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E90" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F90" s="9" t="s">
-        <v>788</v>
+        <v>786</v>
       </c>
       <c r="G90" s="9" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
       <c r="H90" s="9">
         <v>25</v>
       </c>
       <c r="I90" s="10">
-        <v>609</v>
+        <v>620</v>
       </c>
       <c r="J90" s="10"/>
     </row>
     <row r="91" spans="1:10">
       <c r="B91" s="9" t="s">
-        <v>905</v>
+        <v>903</v>
       </c>
       <c r="C91" s="9" t="s">
-        <v>906</v>
+        <v>904</v>
       </c>
       <c r="D91" s="9" t="s">
-        <v>904</v>
+        <v>902</v>
       </c>
       <c r="E91" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F91" s="9" t="s">
-        <v>788</v>
+        <v>786</v>
       </c>
       <c r="G91" s="9" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
       <c r="H91" s="9">
         <v>25</v>
       </c>
       <c r="I91" s="10">
-        <v>643</v>
+        <v>654</v>
       </c>
       <c r="J91" s="10"/>
     </row>
     <row r="92" spans="1:10">
       <c r="B92" s="9" t="s">
+        <v>905</v>
+      </c>
+      <c r="C92" s="9" t="s">
+        <v>906</v>
+      </c>
+      <c r="D92" s="9" t="s">
         <v>907</v>
       </c>
-      <c r="C92" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E92" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F92" s="9" t="s">
-        <v>788</v>
+        <v>786</v>
       </c>
       <c r="G92" s="9" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
       <c r="H92" s="9">
         <v>25</v>
       </c>
       <c r="I92" s="10">
-        <v>683</v>
+        <v>694</v>
       </c>
       <c r="J92" s="10"/>
     </row>
     <row r="93" spans="1:10">
       <c r="B93" s="9" t="s">
-        <v>910</v>
+        <v>908</v>
       </c>
       <c r="C93" s="9" t="s">
-        <v>911</v>
+        <v>909</v>
       </c>
       <c r="D93" s="9" t="s">
-        <v>904</v>
+        <v>907</v>
       </c>
       <c r="E93" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F93" s="9" t="s">
-        <v>788</v>
+        <v>786</v>
       </c>
       <c r="G93" s="9" t="s">
-        <v>167</v>
+        <v>502</v>
       </c>
       <c r="H93" s="9">
         <v>25</v>
       </c>
       <c r="I93" s="10">
-        <v>797</v>
+        <v>983</v>
       </c>
       <c r="J93" s="10"/>
     </row>
     <row r="94" spans="1:10">
       <c r="B94" s="9" t="s">
+        <v>910</v>
+      </c>
+      <c r="C94" s="9" t="s">
+        <v>911</v>
+      </c>
+      <c r="D94" s="9" t="s">
         <v>912</v>
       </c>
-      <c r="C94" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E94" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F94" s="9" t="s">
-        <v>788</v>
+        <v>786</v>
       </c>
       <c r="G94" s="9" t="s">
-        <v>456</v>
+        <v>162</v>
       </c>
       <c r="H94" s="9">
         <v>25</v>
       </c>
       <c r="I94" s="10">
-        <v>966</v>
+        <v>1009</v>
       </c>
       <c r="J94" s="10"/>
     </row>
     <row r="95" spans="1:10">
       <c r="B95" s="9" t="s">
+        <v>913</v>
+      </c>
+      <c r="C95" s="9" t="s">
         <v>914</v>
       </c>
-      <c r="C95" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D95" s="9" t="s">
-        <v>916</v>
+        <v>912</v>
       </c>
       <c r="E95" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F95" s="9" t="s">
-        <v>788</v>
+        <v>786</v>
       </c>
       <c r="G95" s="9" t="s">
-        <v>167</v>
+        <v>502</v>
       </c>
       <c r="H95" s="9">
         <v>25</v>
       </c>
       <c r="I95" s="10">
-        <v>993</v>
+        <v>1058</v>
       </c>
       <c r="J95" s="10"/>
     </row>
     <row r="96" spans="1:10">
       <c r="B96" s="9" t="s">
+        <v>915</v>
+      </c>
+      <c r="C96" s="9" t="s">
+        <v>916</v>
+      </c>
+      <c r="D96" s="9" t="s">
         <v>917</v>
       </c>
-      <c r="C96" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E96" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F96" s="9" t="s">
-        <v>788</v>
+        <v>786</v>
       </c>
       <c r="G96" s="9" t="s">
-        <v>456</v>
+        <v>162</v>
       </c>
       <c r="H96" s="9">
         <v>25</v>
       </c>
       <c r="I96" s="10">
-        <v>1041</v>
+        <v>1060</v>
       </c>
       <c r="J96" s="10"/>
     </row>
     <row r="97" spans="1:10">
       <c r="B97" s="9" t="s">
+        <v>918</v>
+      </c>
+      <c r="C97" s="9" t="s">
         <v>919</v>
       </c>
-      <c r="C97" s="9" t="s">
+      <c r="D97" s="9" t="s">
         <v>920</v>
       </c>
-      <c r="D97" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E97" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F97" s="9" t="s">
-        <v>788</v>
+        <v>786</v>
       </c>
       <c r="G97" s="9" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
       <c r="H97" s="9">
         <v>25</v>
       </c>
       <c r="I97" s="10">
-        <v>1043</v>
+        <v>1063</v>
       </c>
       <c r="J97" s="10"/>
     </row>
     <row r="98" spans="1:10">
       <c r="B98" s="9" t="s">
+        <v>921</v>
+      </c>
+      <c r="C98" s="9" t="s">
         <v>922</v>
       </c>
-      <c r="C98" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D98" s="9" t="s">
-        <v>916</v>
+        <v>912</v>
       </c>
       <c r="E98" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F98" s="9" t="s">
-        <v>788</v>
+        <v>786</v>
       </c>
       <c r="G98" s="9" t="s">
-        <v>456</v>
+        <v>502</v>
       </c>
       <c r="H98" s="9">
         <v>25</v>
       </c>
       <c r="I98" s="10">
-        <v>1136</v>
+        <v>1156</v>
       </c>
       <c r="J98" s="10"/>
     </row>
     <row r="99" spans="1:10">
       <c r="B99" s="9" t="s">
+        <v>923</v>
+      </c>
+      <c r="C99" s="9" t="s">
         <v>924</v>
       </c>
-      <c r="C99" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D99" s="9" t="s">
-        <v>926</v>
+        <v>902</v>
       </c>
       <c r="E99" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F99" s="9" t="s">
-        <v>788</v>
+        <v>786</v>
       </c>
       <c r="G99" s="9" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
       <c r="H99" s="9">
         <v>25</v>
       </c>
       <c r="I99" s="10">
-        <v>1257</v>
+        <v>1447</v>
       </c>
       <c r="J99" s="10"/>
     </row>
     <row r="101" spans="1:10">
       <c r="B101" s="7" t="s">
-        <v>927</v>
+        <v>925</v>
       </c>
       <c r="C101" s="0"/>
       <c r="D101" s="0"/>
       <c r="E101" s="0"/>
       <c r="F101" s="0"/>
       <c r="G101" s="0"/>
     </row>
     <row r="102" spans="1:10">
       <c r="B102" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C102" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D102" s="8" t="s">
-        <v>749</v>
+        <v>747</v>
       </c>
       <c r="E102" s="8" t="s">
         <v>11</v>
       </c>
       <c r="F102" s="8" t="s">
-        <v>762</v>
+        <v>760</v>
       </c>
       <c r="G102" s="8" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="H102" s="8" t="s">
-        <v>750</v>
+        <v>748</v>
       </c>
       <c r="I102" s="8" t="s">
-        <v>617</v>
+        <v>615</v>
       </c>
       <c r="J102" s="8" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="103" spans="1:10">
       <c r="B103" s="9" t="s">
+        <v>926</v>
+      </c>
+      <c r="C103" s="9" t="s">
+        <v>927</v>
+      </c>
+      <c r="D103" s="9" t="s">
         <v>928</v>
       </c>
-      <c r="C103" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E103" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F103" s="9" t="s">
-        <v>767</v>
+        <v>765</v>
       </c>
       <c r="G103" s="9" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
       <c r="H103" s="9">
         <v>25</v>
       </c>
       <c r="I103" s="10">
-        <v>346</v>
+        <v>351</v>
       </c>
       <c r="J103" s="10"/>
     </row>
     <row r="104" spans="1:10">
       <c r="B104" s="9" t="s">
+        <v>929</v>
+      </c>
+      <c r="C104" s="9" t="s">
+        <v>930</v>
+      </c>
+      <c r="D104" s="9" t="s">
         <v>931</v>
       </c>
-      <c r="C104" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E104" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F104" s="9" t="s">
-        <v>767</v>
+        <v>765</v>
       </c>
       <c r="G104" s="9" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
       <c r="H104" s="9">
         <v>20</v>
       </c>
       <c r="I104" s="10">
-        <v>445</v>
+        <v>453</v>
       </c>
       <c r="J104" s="10"/>
     </row>
     <row r="105" spans="1:10">
       <c r="B105" s="9" t="s">
+        <v>932</v>
+      </c>
+      <c r="C105" s="9" t="s">
+        <v>933</v>
+      </c>
+      <c r="D105" s="9" t="s">
         <v>934</v>
       </c>
-      <c r="C105" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E105" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F105" s="9" t="s">
-        <v>767</v>
+        <v>765</v>
       </c>
       <c r="G105" s="9" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
       <c r="H105" s="9">
         <v>20</v>
       </c>
       <c r="I105" s="10">
-        <v>480</v>
+        <v>488</v>
       </c>
       <c r="J105" s="10"/>
     </row>
     <row r="106" spans="1:10">
       <c r="B106" s="9" t="s">
-        <v>937</v>
+        <v>935</v>
       </c>
       <c r="C106" s="9" t="s">
-        <v>938</v>
+        <v>936</v>
       </c>
       <c r="D106" s="9" t="s">
-        <v>930</v>
+        <v>928</v>
       </c>
       <c r="E106" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F106" s="9" t="s">
-        <v>767</v>
+        <v>765</v>
       </c>
       <c r="G106" s="9" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
       <c r="H106" s="9">
         <v>25</v>
       </c>
       <c r="I106" s="10">
-        <v>535</v>
+        <v>543</v>
       </c>
       <c r="J106" s="10"/>
     </row>
     <row r="107" spans="1:10">
       <c r="B107" s="9" t="s">
+        <v>937</v>
+      </c>
+      <c r="C107" s="9" t="s">
+        <v>938</v>
+      </c>
+      <c r="D107" s="9" t="s">
         <v>939</v>
       </c>
-      <c r="C107" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E107" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F107" s="9" t="s">
-        <v>767</v>
+        <v>765</v>
       </c>
       <c r="G107" s="9" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
       <c r="H107" s="9">
         <v>25</v>
       </c>
       <c r="I107" s="10">
-        <v>609</v>
+        <v>620</v>
       </c>
       <c r="J107" s="10"/>
     </row>
     <row r="108" spans="1:10">
       <c r="B108" s="9" t="s">
+        <v>940</v>
+      </c>
+      <c r="C108" s="9" t="s">
+        <v>941</v>
+      </c>
+      <c r="D108" s="9" t="s">
         <v>942</v>
       </c>
-      <c r="C108" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E108" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F108" s="9" t="s">
-        <v>767</v>
+        <v>765</v>
       </c>
       <c r="G108" s="9" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
       <c r="H108" s="9">
         <v>20</v>
       </c>
       <c r="I108" s="10">
-        <v>683</v>
+        <v>694</v>
       </c>
       <c r="J108" s="10"/>
     </row>
     <row r="109" spans="1:10">
       <c r="B109" s="9" t="s">
+        <v>943</v>
+      </c>
+      <c r="C109" s="9" t="s">
+        <v>944</v>
+      </c>
+      <c r="D109" s="9" t="s">
         <v>945</v>
       </c>
-      <c r="C109" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E109" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F109" s="9" t="s">
-        <v>767</v>
+        <v>765</v>
       </c>
       <c r="G109" s="9" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
       <c r="H109" s="9">
         <v>25</v>
       </c>
       <c r="I109" s="10">
-        <v>752</v>
+        <v>765</v>
       </c>
       <c r="J109" s="10"/>
     </row>
     <row r="110" spans="1:10">
       <c r="B110" s="9" t="s">
-        <v>948</v>
+        <v>946</v>
       </c>
       <c r="C110" s="9" t="s">
-        <v>949</v>
+        <v>947</v>
       </c>
       <c r="D110" s="9" t="s">
-        <v>950</v>
+        <v>945</v>
       </c>
       <c r="E110" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F110" s="9" t="s">
-        <v>767</v>
+        <v>765</v>
       </c>
       <c r="G110" s="9" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
       <c r="H110" s="9">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="I110" s="10">
-        <v>828</v>
+        <v>909</v>
       </c>
       <c r="J110" s="10"/>
     </row>
     <row r="111" spans="1:10">
       <c r="B111" s="9" t="s">
-        <v>951</v>
+        <v>948</v>
       </c>
       <c r="C111" s="9" t="s">
-        <v>952</v>
+        <v>949</v>
       </c>
       <c r="D111" s="9" t="s">
-        <v>947</v>
+        <v>950</v>
       </c>
       <c r="E111" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F111" s="9" t="s">
-        <v>767</v>
+        <v>765</v>
       </c>
       <c r="G111" s="9" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
       <c r="H111" s="9">
         <v>25</v>
       </c>
       <c r="I111" s="10">
-        <v>894</v>
+        <v>1423</v>
       </c>
       <c r="J111" s="10"/>
     </row>
-    <row r="112" spans="1:10">
-      <c r="B112" s="9" t="s">
+    <row r="113" spans="1:10">
+      <c r="B113" s="7" t="s">
+        <v>951</v>
+      </c>
+      <c r="C113" s="0"/>
+      <c r="D113" s="0"/>
+      <c r="E113" s="0"/>
+      <c r="F113" s="0"/>
+      <c r="G113" s="0"/>
+    </row>
+    <row r="114" spans="1:10">
+      <c r="B114" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="C114" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="D114" s="8" t="s">
+        <v>747</v>
+      </c>
+      <c r="E114" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="F114" s="8" t="s">
+        <v>38</v>
+      </c>
+      <c r="G114" s="8" t="s">
+        <v>748</v>
+      </c>
+      <c r="H114" s="8" t="s">
+        <v>615</v>
+      </c>
+      <c r="I114" s="8" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="115" spans="1:10">
+      <c r="B115" s="9" t="s">
+        <v>952</v>
+      </c>
+      <c r="C115" s="9" t="s">
         <v>953</v>
       </c>
-      <c r="C112" s="9" t="s">
+      <c r="D115" s="9" t="s">
         <v>954</v>
       </c>
-      <c r="D112" s="9" t="s">
+      <c r="E115" s="9" t="s">
         <v>955</v>
       </c>
-      <c r="E112" s="9" t="s">
-[...17 lines deleted...]
-      <c r="B114" s="7" t="s">
+      <c r="F115" s="9" t="s">
         <v>956</v>
       </c>
-      <c r="C114" s="0"/>
-[...28 lines deleted...]
-        <v>13</v>
+      <c r="G115" s="9">
+        <v>50</v>
+      </c>
+      <c r="H115" s="10">
+        <v>919</v>
+      </c>
+      <c r="I115" s="10">
+        <v>1127</v>
       </c>
     </row>
     <row r="116" spans="1:10">
       <c r="B116" s="9" t="s">
         <v>957</v>
       </c>
       <c r="C116" s="9" t="s">
         <v>958</v>
       </c>
       <c r="D116" s="9" t="s">
         <v>959</v>
       </c>
       <c r="E116" s="9" t="s">
-        <v>960</v>
+        <v>753</v>
       </c>
       <c r="F116" s="9" t="s">
-        <v>961</v>
+        <v>580</v>
       </c>
       <c r="G116" s="9">
         <v>50</v>
       </c>
       <c r="H116" s="10">
-        <v>919</v>
-[...3 lines deleted...]
-      </c>
+        <v>1595</v>
+      </c>
+      <c r="I116" s="10"/>
     </row>
     <row r="117" spans="1:10">
       <c r="B117" s="9" t="s">
-        <v>962</v>
+        <v>957</v>
       </c>
       <c r="C117" s="9" t="s">
-        <v>963</v>
+        <v>960</v>
       </c>
       <c r="D117" s="9" t="s">
-        <v>964</v>
+        <v>959</v>
       </c>
       <c r="E117" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F117" s="9" t="s">
-        <v>582</v>
+        <v>961</v>
       </c>
       <c r="G117" s="9">
         <v>50</v>
       </c>
       <c r="H117" s="10">
-        <v>1569</v>
+        <v>1013</v>
       </c>
       <c r="I117" s="10"/>
     </row>
     <row r="118" spans="1:10">
       <c r="B118" s="9" t="s">
+        <v>957</v>
+      </c>
+      <c r="C118" s="9" t="s">
         <v>962</v>
       </c>
-      <c r="C118" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D118" s="9" t="s">
-        <v>964</v>
+        <v>959</v>
       </c>
       <c r="E118" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F118" s="9" t="s">
-        <v>966</v>
+        <v>963</v>
       </c>
       <c r="G118" s="9">
         <v>50</v>
       </c>
       <c r="H118" s="10">
-        <v>997</v>
+        <v>1110</v>
       </c>
       <c r="I118" s="10"/>
     </row>
     <row r="119" spans="1:10">
       <c r="B119" s="9" t="s">
-        <v>962</v>
+        <v>964</v>
       </c>
       <c r="C119" s="9" t="s">
+        <v>965</v>
+      </c>
+      <c r="D119" s="9" t="s">
+        <v>966</v>
+      </c>
+      <c r="E119" s="9" t="s">
+        <v>753</v>
+      </c>
+      <c r="F119" s="9" t="s">
         <v>967</v>
-      </c>
-[...7 lines deleted...]
-        <v>968</v>
       </c>
       <c r="G119" s="9">
         <v>50</v>
       </c>
       <c r="H119" s="10">
-        <v>1092</v>
+        <v>1383</v>
       </c>
       <c r="I119" s="10"/>
     </row>
     <row r="120" spans="1:10">
       <c r="B120" s="9" t="s">
-        <v>969</v>
+        <v>957</v>
       </c>
       <c r="C120" s="9" t="s">
-        <v>970</v>
+        <v>968</v>
       </c>
       <c r="D120" s="9" t="s">
-        <v>971</v>
+        <v>959</v>
       </c>
       <c r="E120" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F120" s="9" t="s">
-        <v>972</v>
+        <v>502</v>
       </c>
       <c r="G120" s="9">
         <v>50</v>
       </c>
       <c r="H120" s="10">
-        <v>1360</v>
+        <v>974</v>
       </c>
       <c r="I120" s="10"/>
     </row>
     <row r="121" spans="1:10">
       <c r="B121" s="9" t="s">
-        <v>962</v>
+        <v>957</v>
       </c>
       <c r="C121" s="9" t="s">
-        <v>973</v>
+        <v>969</v>
       </c>
       <c r="D121" s="9" t="s">
-        <v>964</v>
+        <v>959</v>
       </c>
       <c r="E121" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F121" s="9" t="s">
-        <v>456</v>
+        <v>570</v>
       </c>
       <c r="G121" s="9">
         <v>50</v>
       </c>
       <c r="H121" s="10">
-        <v>958</v>
+        <v>997</v>
       </c>
       <c r="I121" s="10"/>
     </row>
     <row r="122" spans="1:10">
       <c r="B122" s="9" t="s">
-        <v>962</v>
+        <v>957</v>
       </c>
       <c r="C122" s="9" t="s">
-        <v>974</v>
+        <v>970</v>
       </c>
       <c r="D122" s="9" t="s">
-        <v>964</v>
+        <v>959</v>
       </c>
       <c r="E122" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F122" s="9" t="s">
-        <v>572</v>
+        <v>971</v>
       </c>
       <c r="G122" s="9">
         <v>50</v>
       </c>
       <c r="H122" s="10">
-        <v>981</v>
+        <v>1442</v>
       </c>
       <c r="I122" s="10"/>
     </row>
     <row r="123" spans="1:10">
       <c r="B123" s="9" t="s">
-        <v>962</v>
+        <v>957</v>
       </c>
       <c r="C123" s="9" t="s">
-        <v>975</v>
+        <v>972</v>
       </c>
       <c r="D123" s="9" t="s">
-        <v>964</v>
+        <v>959</v>
       </c>
       <c r="E123" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F123" s="9" t="s">
-        <v>976</v>
+        <v>162</v>
       </c>
       <c r="G123" s="9">
         <v>50</v>
       </c>
       <c r="H123" s="10">
-        <v>1418</v>
+        <v>960</v>
       </c>
       <c r="I123" s="10"/>
     </row>
     <row r="124" spans="1:10">
       <c r="B124" s="9" t="s">
-        <v>962</v>
+        <v>957</v>
       </c>
       <c r="C124" s="9" t="s">
-        <v>977</v>
+        <v>973</v>
       </c>
       <c r="D124" s="9" t="s">
-        <v>964</v>
+        <v>959</v>
       </c>
       <c r="E124" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F124" s="9" t="s">
-        <v>167</v>
+        <v>974</v>
       </c>
       <c r="G124" s="9">
         <v>50</v>
       </c>
       <c r="H124" s="10">
-        <v>944</v>
+        <v>985</v>
       </c>
       <c r="I124" s="10"/>
     </row>
     <row r="125" spans="1:10">
       <c r="B125" s="9" t="s">
-        <v>962</v>
+        <v>957</v>
       </c>
       <c r="C125" s="9" t="s">
-        <v>978</v>
+        <v>975</v>
       </c>
       <c r="D125" s="9" t="s">
-        <v>964</v>
+        <v>959</v>
       </c>
       <c r="E125" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F125" s="9" t="s">
-        <v>979</v>
+        <v>967</v>
       </c>
       <c r="G125" s="9">
         <v>50</v>
       </c>
       <c r="H125" s="10">
-        <v>968</v>
+        <v>1202</v>
       </c>
       <c r="I125" s="10"/>
     </row>
     <row r="126" spans="1:10">
       <c r="B126" s="9" t="s">
-        <v>962</v>
+        <v>957</v>
       </c>
       <c r="C126" s="9" t="s">
-        <v>980</v>
+        <v>976</v>
       </c>
       <c r="D126" s="9" t="s">
-        <v>964</v>
+        <v>959</v>
       </c>
       <c r="E126" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F126" s="9" t="s">
-        <v>972</v>
+        <v>128</v>
       </c>
       <c r="G126" s="9">
         <v>50</v>
       </c>
       <c r="H126" s="10">
-        <v>1182</v>
+        <v>1384</v>
       </c>
       <c r="I126" s="10"/>
     </row>
     <row r="127" spans="1:10">
       <c r="B127" s="9" t="s">
-        <v>962</v>
+        <v>977</v>
       </c>
       <c r="C127" s="9" t="s">
-        <v>981</v>
+        <v>978</v>
       </c>
       <c r="D127" s="9" t="s">
-        <v>964</v>
+        <v>979</v>
       </c>
       <c r="E127" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F127" s="9" t="s">
-        <v>132</v>
+        <v>980</v>
       </c>
       <c r="G127" s="9">
         <v>50</v>
       </c>
       <c r="H127" s="10">
-        <v>1361</v>
+        <v>1253</v>
       </c>
       <c r="I127" s="10"/>
     </row>
     <row r="128" spans="1:10">
       <c r="B128" s="9" t="s">
+        <v>981</v>
+      </c>
+      <c r="C128" s="9" t="s">
         <v>982</v>
       </c>
-      <c r="C128" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D128" s="9" t="s">
-        <v>984</v>
+        <v>954</v>
       </c>
       <c r="E128" s="9" t="s">
-        <v>755</v>
+        <v>955</v>
       </c>
       <c r="F128" s="9" t="s">
-        <v>985</v>
+        <v>162</v>
       </c>
       <c r="G128" s="9">
         <v>50</v>
       </c>
       <c r="H128" s="10">
-        <v>1232</v>
+        <v>844</v>
       </c>
       <c r="I128" s="10"/>
     </row>
     <row r="129" spans="1:10">
       <c r="B129" s="9" t="s">
-        <v>986</v>
+        <v>983</v>
       </c>
       <c r="C129" s="9" t="s">
-        <v>987</v>
+        <v>984</v>
       </c>
       <c r="D129" s="9" t="s">
-        <v>959</v>
+        <v>985</v>
       </c>
       <c r="E129" s="9" t="s">
-        <v>960</v>
+        <v>753</v>
       </c>
       <c r="F129" s="9" t="s">
-        <v>167</v>
+        <v>580</v>
       </c>
       <c r="G129" s="9">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="H129" s="10">
-        <v>844</v>
+        <v>1147</v>
       </c>
       <c r="I129" s="10"/>
     </row>
     <row r="130" spans="1:10">
       <c r="B130" s="9" t="s">
-        <v>988</v>
+        <v>983</v>
       </c>
       <c r="C130" s="9" t="s">
-        <v>989</v>
+        <v>986</v>
       </c>
       <c r="D130" s="9" t="s">
-        <v>990</v>
+        <v>985</v>
       </c>
       <c r="E130" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F130" s="9" t="s">
-        <v>582</v>
+        <v>971</v>
       </c>
       <c r="G130" s="9">
         <v>25</v>
       </c>
       <c r="H130" s="10">
-        <v>1128</v>
+        <v>1173</v>
       </c>
       <c r="I130" s="10"/>
     </row>
     <row r="131" spans="1:10">
       <c r="B131" s="9" t="s">
-        <v>988</v>
+        <v>983</v>
       </c>
       <c r="C131" s="9" t="s">
-        <v>991</v>
+        <v>987</v>
       </c>
       <c r="D131" s="9" t="s">
-        <v>990</v>
+        <v>985</v>
       </c>
       <c r="E131" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F131" s="9" t="s">
-        <v>976</v>
+        <v>53</v>
       </c>
       <c r="G131" s="9">
         <v>25</v>
       </c>
       <c r="H131" s="10">
-        <v>1154</v>
+        <v>1026</v>
       </c>
       <c r="I131" s="10"/>
     </row>
     <row r="132" spans="1:10">
       <c r="B132" s="9" t="s">
+        <v>983</v>
+      </c>
+      <c r="C132" s="9" t="s">
         <v>988</v>
       </c>
-      <c r="C132" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D132" s="9" t="s">
-        <v>990</v>
+        <v>985</v>
       </c>
       <c r="E132" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F132" s="9" t="s">
-        <v>50</v>
+        <v>967</v>
       </c>
       <c r="G132" s="9">
         <v>25</v>
       </c>
       <c r="H132" s="10">
-        <v>1008</v>
+        <v>918</v>
       </c>
       <c r="I132" s="10"/>
     </row>
     <row r="133" spans="1:10">
       <c r="B133" s="9" t="s">
-        <v>988</v>
+        <v>983</v>
       </c>
       <c r="C133" s="9" t="s">
-        <v>993</v>
+        <v>989</v>
       </c>
       <c r="D133" s="9" t="s">
-        <v>990</v>
+        <v>985</v>
       </c>
       <c r="E133" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F133" s="9" t="s">
-        <v>972</v>
+        <v>128</v>
       </c>
       <c r="G133" s="9">
         <v>25</v>
       </c>
       <c r="H133" s="10">
-        <v>814</v>
+        <v>1086</v>
       </c>
       <c r="I133" s="10"/>
     </row>
     <row r="134" spans="1:10">
       <c r="B134" s="9" t="s">
-        <v>988</v>
+        <v>983</v>
       </c>
       <c r="C134" s="9" t="s">
-        <v>994</v>
+        <v>990</v>
       </c>
       <c r="D134" s="9" t="s">
-        <v>990</v>
+        <v>985</v>
       </c>
       <c r="E134" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F134" s="9" t="s">
-        <v>132</v>
+        <v>991</v>
       </c>
       <c r="G134" s="9">
         <v>25</v>
       </c>
       <c r="H134" s="10">
-        <v>1068</v>
+        <v>1253</v>
       </c>
       <c r="I134" s="10"/>
     </row>
     <row r="135" spans="1:10">
       <c r="B135" s="9" t="s">
-        <v>988</v>
+        <v>983</v>
       </c>
       <c r="C135" s="9" t="s">
-        <v>995</v>
+        <v>992</v>
       </c>
       <c r="D135" s="9" t="s">
-        <v>990</v>
+        <v>985</v>
       </c>
       <c r="E135" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F135" s="9" t="s">
-        <v>996</v>
+        <v>166</v>
       </c>
       <c r="G135" s="9">
         <v>25</v>
       </c>
       <c r="H135" s="10">
-        <v>1232</v>
+        <v>932</v>
       </c>
       <c r="I135" s="10"/>
     </row>
     <row r="136" spans="1:10">
       <c r="B136" s="9" t="s">
-        <v>988</v>
+        <v>993</v>
       </c>
       <c r="C136" s="9" t="s">
-        <v>997</v>
+        <v>994</v>
       </c>
       <c r="D136" s="9" t="s">
-        <v>990</v>
+        <v>954</v>
       </c>
       <c r="E136" s="9" t="s">
-        <v>755</v>
+        <v>955</v>
       </c>
       <c r="F136" s="9" t="s">
-        <v>184</v>
+        <v>967</v>
       </c>
       <c r="G136" s="9">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="H136" s="10">
-        <v>917</v>
+        <v>1125</v>
       </c>
       <c r="I136" s="10"/>
     </row>
     <row r="137" spans="1:10">
       <c r="B137" s="9" t="s">
-        <v>998</v>
+        <v>977</v>
       </c>
       <c r="C137" s="9" t="s">
-        <v>999</v>
+        <v>995</v>
       </c>
       <c r="D137" s="9" t="s">
-        <v>959</v>
+        <v>979</v>
       </c>
       <c r="E137" s="9" t="s">
-        <v>960</v>
+        <v>753</v>
       </c>
       <c r="F137" s="9" t="s">
-        <v>972</v>
+        <v>996</v>
       </c>
       <c r="G137" s="9">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="H137" s="10">
-        <v>1125</v>
+        <v>1093</v>
       </c>
       <c r="I137" s="10"/>
     </row>
     <row r="138" spans="1:10">
       <c r="B138" s="9" t="s">
-        <v>982</v>
+        <v>977</v>
       </c>
       <c r="C138" s="9" t="s">
-        <v>1000</v>
+        <v>997</v>
       </c>
       <c r="D138" s="9" t="s">
-        <v>984</v>
+        <v>979</v>
       </c>
       <c r="E138" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F138" s="9" t="s">
-        <v>1001</v>
+        <v>998</v>
       </c>
       <c r="G138" s="9">
         <v>25</v>
       </c>
       <c r="H138" s="10">
-        <v>1074</v>
+        <v>838</v>
       </c>
       <c r="I138" s="10"/>
     </row>
     <row r="139" spans="1:10">
       <c r="B139" s="9" t="s">
-        <v>982</v>
+        <v>977</v>
       </c>
       <c r="C139" s="9" t="s">
-        <v>1002</v>
+        <v>999</v>
       </c>
       <c r="D139" s="9" t="s">
-        <v>984</v>
+        <v>979</v>
       </c>
       <c r="E139" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F139" s="9" t="s">
-        <v>1003</v>
+        <v>998</v>
       </c>
       <c r="G139" s="9">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="H139" s="10">
-        <v>825</v>
+        <v>1384</v>
       </c>
       <c r="I139" s="10"/>
     </row>
     <row r="140" spans="1:10">
       <c r="B140" s="9" t="s">
-        <v>982</v>
+        <v>977</v>
       </c>
       <c r="C140" s="9" t="s">
-        <v>1004</v>
+        <v>1000</v>
       </c>
       <c r="D140" s="9" t="s">
-        <v>984</v>
+        <v>979</v>
       </c>
       <c r="E140" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F140" s="9" t="s">
-        <v>1003</v>
+        <v>1001</v>
       </c>
       <c r="G140" s="9">
         <v>50</v>
       </c>
       <c r="H140" s="10">
-        <v>1361</v>
+        <v>1430</v>
       </c>
       <c r="I140" s="10"/>
     </row>
     <row r="141" spans="1:10">
       <c r="B141" s="9" t="s">
-        <v>982</v>
+        <v>1002</v>
       </c>
       <c r="C141" s="9" t="s">
-        <v>1005</v>
+        <v>1003</v>
       </c>
       <c r="D141" s="9" t="s">
-        <v>984</v>
+        <v>954</v>
       </c>
       <c r="E141" s="9" t="s">
-        <v>755</v>
+        <v>955</v>
       </c>
       <c r="F141" s="9" t="s">
-        <v>1006</v>
+        <v>120</v>
       </c>
       <c r="G141" s="9">
         <v>50</v>
       </c>
       <c r="H141" s="10">
-        <v>1406</v>
+        <v>1205</v>
       </c>
       <c r="I141" s="10"/>
     </row>
     <row r="142" spans="1:10">
       <c r="B142" s="9" t="s">
-        <v>1007</v>
+        <v>1004</v>
       </c>
       <c r="C142" s="9" t="s">
-        <v>1008</v>
+        <v>1005</v>
       </c>
       <c r="D142" s="9" t="s">
-        <v>959</v>
+        <v>954</v>
       </c>
       <c r="E142" s="9" t="s">
-        <v>960</v>
+        <v>955</v>
       </c>
       <c r="F142" s="9" t="s">
-        <v>120</v>
+        <v>166</v>
       </c>
       <c r="G142" s="9">
         <v>50</v>
       </c>
       <c r="H142" s="10">
-        <v>1205</v>
+        <v>1012</v>
       </c>
       <c r="I142" s="10"/>
     </row>
     <row r="143" spans="1:10">
       <c r="B143" s="9" t="s">
-        <v>1009</v>
+        <v>1006</v>
       </c>
       <c r="C143" s="9" t="s">
-        <v>1010</v>
+        <v>1007</v>
       </c>
       <c r="D143" s="9" t="s">
-        <v>959</v>
+        <v>954</v>
       </c>
       <c r="E143" s="9" t="s">
-        <v>960</v>
+        <v>955</v>
       </c>
       <c r="F143" s="9" t="s">
-        <v>184</v>
+        <v>1008</v>
       </c>
       <c r="G143" s="9">
         <v>50</v>
       </c>
       <c r="H143" s="10">
-        <v>1012</v>
+        <v>947</v>
       </c>
       <c r="I143" s="10"/>
     </row>
     <row r="144" spans="1:10">
       <c r="B144" s="9" t="s">
-        <v>1011</v>
+        <v>1009</v>
       </c>
       <c r="C144" s="9" t="s">
-        <v>1012</v>
+        <v>1010</v>
       </c>
       <c r="D144" s="9" t="s">
-        <v>959</v>
+        <v>954</v>
       </c>
       <c r="E144" s="9" t="s">
-        <v>960</v>
+        <v>955</v>
       </c>
       <c r="F144" s="9" t="s">
-        <v>1013</v>
+        <v>956</v>
       </c>
       <c r="G144" s="9">
         <v>50</v>
       </c>
       <c r="H144" s="10">
-        <v>947</v>
+        <v>959</v>
       </c>
       <c r="I144" s="10"/>
     </row>
     <row r="145" spans="1:10">
       <c r="B145" s="9" t="s">
-        <v>1014</v>
+        <v>1011</v>
       </c>
       <c r="C145" s="9" t="s">
-        <v>1015</v>
+        <v>1012</v>
       </c>
       <c r="D145" s="9" t="s">
-        <v>959</v>
+        <v>954</v>
       </c>
       <c r="E145" s="9" t="s">
-        <v>960</v>
+        <v>955</v>
       </c>
       <c r="F145" s="9" t="s">
         <v>961</v>
       </c>
       <c r="G145" s="9">
         <v>50</v>
       </c>
       <c r="H145" s="10">
-        <v>959</v>
+        <v>940</v>
       </c>
       <c r="I145" s="10"/>
     </row>
     <row r="146" spans="1:10">
       <c r="B146" s="9" t="s">
-        <v>1016</v>
+        <v>1013</v>
       </c>
       <c r="C146" s="9" t="s">
-        <v>1017</v>
+        <v>1014</v>
       </c>
       <c r="D146" s="9" t="s">
-        <v>959</v>
+        <v>954</v>
       </c>
       <c r="E146" s="9" t="s">
-        <v>960</v>
+        <v>955</v>
       </c>
       <c r="F146" s="9" t="s">
-        <v>966</v>
+        <v>502</v>
       </c>
       <c r="G146" s="9">
         <v>50</v>
       </c>
       <c r="H146" s="10">
-        <v>940</v>
+        <v>910</v>
       </c>
       <c r="I146" s="10"/>
     </row>
     <row r="147" spans="1:10">
       <c r="B147" s="9" t="s">
-        <v>1018</v>
+        <v>983</v>
       </c>
       <c r="C147" s="9" t="s">
-        <v>1019</v>
+        <v>1015</v>
       </c>
       <c r="D147" s="9" t="s">
-        <v>959</v>
+        <v>985</v>
       </c>
       <c r="E147" s="9" t="s">
-        <v>960</v>
+        <v>753</v>
       </c>
       <c r="F147" s="9" t="s">
-        <v>456</v>
+        <v>1016</v>
       </c>
       <c r="G147" s="9">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="H147" s="10">
-        <v>910</v>
+        <v>1240</v>
       </c>
       <c r="I147" s="10"/>
     </row>
     <row r="148" spans="1:10">
       <c r="B148" s="9" t="s">
-        <v>988</v>
+        <v>964</v>
       </c>
       <c r="C148" s="9" t="s">
-        <v>1020</v>
+        <v>1017</v>
       </c>
       <c r="D148" s="9" t="s">
-        <v>990</v>
+        <v>966</v>
       </c>
       <c r="E148" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F148" s="9" t="s">
-        <v>1021</v>
+        <v>580</v>
       </c>
       <c r="G148" s="9">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="H148" s="10">
-        <v>1220</v>
+        <v>1709</v>
       </c>
       <c r="I148" s="10"/>
     </row>
     <row r="149" spans="1:10">
       <c r="B149" s="9" t="s">
-        <v>969</v>
+        <v>964</v>
       </c>
       <c r="C149" s="9" t="s">
-        <v>1022</v>
+        <v>1018</v>
       </c>
       <c r="D149" s="9" t="s">
-        <v>971</v>
+        <v>966</v>
       </c>
       <c r="E149" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F149" s="9" t="s">
-        <v>582</v>
+        <v>502</v>
       </c>
       <c r="G149" s="9">
         <v>50</v>
       </c>
       <c r="H149" s="10">
-        <v>1682</v>
+        <v>1164</v>
       </c>
       <c r="I149" s="10"/>
     </row>
     <row r="150" spans="1:10">
       <c r="B150" s="9" t="s">
-        <v>969</v>
+        <v>964</v>
       </c>
       <c r="C150" s="9" t="s">
-        <v>1023</v>
+        <v>1019</v>
       </c>
       <c r="D150" s="9" t="s">
-        <v>971</v>
+        <v>966</v>
       </c>
       <c r="E150" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F150" s="9" t="s">
-        <v>456</v>
+        <v>961</v>
       </c>
       <c r="G150" s="9">
         <v>50</v>
       </c>
       <c r="H150" s="10">
-        <v>1145</v>
+        <v>1123</v>
       </c>
       <c r="I150" s="10"/>
     </row>
     <row r="151" spans="1:10">
       <c r="B151" s="9" t="s">
-        <v>969</v>
+        <v>964</v>
       </c>
       <c r="C151" s="9" t="s">
-        <v>1024</v>
+        <v>1020</v>
       </c>
       <c r="D151" s="9" t="s">
-        <v>971</v>
+        <v>966</v>
       </c>
       <c r="E151" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F151" s="9" t="s">
-        <v>966</v>
+        <v>570</v>
       </c>
       <c r="G151" s="9">
         <v>50</v>
       </c>
       <c r="H151" s="10">
-        <v>1105</v>
+        <v>1139</v>
       </c>
       <c r="I151" s="10"/>
     </row>
     <row r="152" spans="1:10">
       <c r="B152" s="9" t="s">
-        <v>969</v>
+        <v>964</v>
       </c>
       <c r="C152" s="9" t="s">
-        <v>1025</v>
+        <v>1021</v>
       </c>
       <c r="D152" s="9" t="s">
-        <v>971</v>
+        <v>966</v>
       </c>
       <c r="E152" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F152" s="9" t="s">
-        <v>572</v>
+        <v>963</v>
       </c>
       <c r="G152" s="9">
         <v>50</v>
       </c>
       <c r="H152" s="10">
-        <v>1120</v>
+        <v>1258</v>
       </c>
       <c r="I152" s="10"/>
     </row>
     <row r="153" spans="1:10">
       <c r="B153" s="9" t="s">
-        <v>969</v>
+        <v>964</v>
       </c>
       <c r="C153" s="9" t="s">
-        <v>1026</v>
+        <v>1022</v>
       </c>
       <c r="D153" s="9" t="s">
-        <v>971</v>
+        <v>966</v>
       </c>
       <c r="E153" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F153" s="9" t="s">
-        <v>968</v>
+        <v>974</v>
       </c>
       <c r="G153" s="9">
         <v>50</v>
       </c>
       <c r="H153" s="10">
-        <v>1236</v>
+        <v>1127</v>
       </c>
       <c r="I153" s="10"/>
     </row>
     <row r="154" spans="1:10">
       <c r="B154" s="9" t="s">
-        <v>969</v>
+        <v>964</v>
       </c>
       <c r="C154" s="9" t="s">
-        <v>1027</v>
+        <v>1023</v>
       </c>
       <c r="D154" s="9" t="s">
+        <v>959</v>
+      </c>
+      <c r="E154" s="9" t="s">
+        <v>753</v>
+      </c>
+      <c r="F154" s="9" t="s">
         <v>971</v>
-      </c>
-[...4 lines deleted...]
-        <v>979</v>
       </c>
       <c r="G154" s="9">
         <v>50</v>
       </c>
       <c r="H154" s="10">
-        <v>1109</v>
+        <v>1627</v>
       </c>
       <c r="I154" s="10"/>
     </row>
     <row r="155" spans="1:10">
       <c r="B155" s="9" t="s">
-        <v>969</v>
+        <v>964</v>
       </c>
       <c r="C155" s="9" t="s">
-        <v>1028</v>
+        <v>1024</v>
       </c>
       <c r="D155" s="9" t="s">
-        <v>964</v>
+        <v>966</v>
       </c>
       <c r="E155" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F155" s="9" t="s">
-        <v>976</v>
+        <v>128</v>
       </c>
       <c r="G155" s="9">
         <v>50</v>
       </c>
       <c r="H155" s="10">
-        <v>1601</v>
+        <v>1648</v>
       </c>
       <c r="I155" s="10"/>
     </row>
     <row r="156" spans="1:10">
       <c r="B156" s="9" t="s">
-        <v>969</v>
+        <v>964</v>
       </c>
       <c r="C156" s="9" t="s">
-        <v>1029</v>
+        <v>1025</v>
       </c>
       <c r="D156" s="9" t="s">
-        <v>971</v>
+        <v>966</v>
       </c>
       <c r="E156" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F156" s="9" t="s">
-        <v>132</v>
+        <v>162</v>
       </c>
       <c r="G156" s="9">
         <v>50</v>
       </c>
       <c r="H156" s="10">
-        <v>1622</v>
+        <v>1020</v>
       </c>
       <c r="I156" s="10"/>
     </row>
     <row r="157" spans="1:10">
       <c r="B157" s="9" t="s">
-        <v>969</v>
+        <v>977</v>
       </c>
       <c r="C157" s="9" t="s">
-        <v>1030</v>
+        <v>1026</v>
       </c>
       <c r="D157" s="9" t="s">
-        <v>971</v>
+        <v>979</v>
       </c>
       <c r="E157" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F157" s="9" t="s">
-        <v>167</v>
+        <v>1016</v>
       </c>
       <c r="G157" s="9">
         <v>50</v>
       </c>
       <c r="H157" s="10">
-        <v>1003</v>
+        <v>1375</v>
       </c>
       <c r="I157" s="10"/>
     </row>
     <row r="158" spans="1:10">
       <c r="B158" s="9" t="s">
-        <v>982</v>
+        <v>977</v>
       </c>
       <c r="C158" s="9" t="s">
-        <v>1031</v>
+        <v>1027</v>
       </c>
       <c r="D158" s="9" t="s">
-        <v>984</v>
+        <v>979</v>
       </c>
       <c r="E158" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F158" s="9" t="s">
-        <v>1021</v>
+        <v>502</v>
       </c>
       <c r="G158" s="9">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="H158" s="10">
-        <v>1353</v>
+        <v>720</v>
       </c>
       <c r="I158" s="10"/>
     </row>
     <row r="159" spans="1:10">
       <c r="B159" s="9" t="s">
-        <v>982</v>
+        <v>977</v>
       </c>
       <c r="C159" s="9" t="s">
-        <v>1032</v>
+        <v>1028</v>
       </c>
       <c r="D159" s="9" t="s">
-        <v>984</v>
+        <v>979</v>
       </c>
       <c r="E159" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F159" s="9" t="s">
-        <v>456</v>
+        <v>162</v>
       </c>
       <c r="G159" s="9">
         <v>25</v>
       </c>
-      <c r="H159" s="10">
-[...2 lines deleted...]
-      <c r="I159" s="10"/>
+      <c r="H159" s="11">
+        <v>719</v>
+      </c>
+      <c r="I159" s="11"/>
     </row>
     <row r="160" spans="1:10">
       <c r="B160" s="9" t="s">
-        <v>982</v>
+        <v>977</v>
       </c>
       <c r="C160" s="9" t="s">
-        <v>1033</v>
+        <v>1029</v>
       </c>
       <c r="D160" s="9" t="s">
-        <v>984</v>
+        <v>979</v>
       </c>
       <c r="E160" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F160" s="9" t="s">
-        <v>167</v>
+        <v>580</v>
       </c>
       <c r="G160" s="9">
-        <v>25</v>
-[...4 lines deleted...]
-      <c r="I160" s="11"/>
+        <v>50</v>
+      </c>
+      <c r="H160" s="10">
+        <v>1711</v>
+      </c>
+      <c r="I160" s="10"/>
     </row>
     <row r="161" spans="1:10">
       <c r="B161" s="9" t="s">
-        <v>982</v>
+        <v>977</v>
       </c>
       <c r="C161" s="9" t="s">
-        <v>1034</v>
+        <v>1030</v>
       </c>
       <c r="D161" s="9" t="s">
-        <v>984</v>
+        <v>979</v>
       </c>
       <c r="E161" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F161" s="9" t="s">
-        <v>582</v>
+        <v>971</v>
       </c>
       <c r="G161" s="9">
         <v>50</v>
       </c>
       <c r="H161" s="10">
-        <v>1684</v>
+        <v>1550</v>
       </c>
       <c r="I161" s="10"/>
     </row>
     <row r="162" spans="1:10">
       <c r="B162" s="9" t="s">
-        <v>982</v>
+        <v>977</v>
       </c>
       <c r="C162" s="9" t="s">
-        <v>1035</v>
+        <v>1031</v>
       </c>
       <c r="D162" s="9" t="s">
-        <v>984</v>
+        <v>979</v>
       </c>
       <c r="E162" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F162" s="9" t="s">
-        <v>976</v>
+        <v>53</v>
       </c>
       <c r="G162" s="9">
         <v>50</v>
       </c>
       <c r="H162" s="10">
-        <v>1524</v>
+        <v>1550</v>
       </c>
       <c r="I162" s="10"/>
     </row>
     <row r="163" spans="1:10">
       <c r="B163" s="9" t="s">
-        <v>982</v>
+        <v>977</v>
       </c>
       <c r="C163" s="9" t="s">
-        <v>1036</v>
+        <v>1032</v>
       </c>
       <c r="D163" s="9" t="s">
-        <v>984</v>
+        <v>979</v>
       </c>
       <c r="E163" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F163" s="9" t="s">
-        <v>50</v>
+        <v>967</v>
       </c>
       <c r="G163" s="9">
         <v>50</v>
       </c>
       <c r="H163" s="10">
-        <v>1524</v>
+        <v>1377</v>
       </c>
       <c r="I163" s="10"/>
     </row>
     <row r="164" spans="1:10">
       <c r="B164" s="9" t="s">
-        <v>982</v>
+        <v>977</v>
       </c>
       <c r="C164" s="9" t="s">
-        <v>1037</v>
+        <v>1033</v>
       </c>
       <c r="D164" s="9" t="s">
-        <v>984</v>
+        <v>979</v>
       </c>
       <c r="E164" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F164" s="9" t="s">
-        <v>972</v>
+        <v>128</v>
       </c>
       <c r="G164" s="9">
         <v>50</v>
       </c>
       <c r="H164" s="10">
-        <v>1354</v>
+        <v>1729</v>
       </c>
       <c r="I164" s="10"/>
     </row>
     <row r="165" spans="1:10">
       <c r="B165" s="9" t="s">
-        <v>982</v>
+        <v>977</v>
       </c>
       <c r="C165" s="9" t="s">
-        <v>1038</v>
+        <v>1034</v>
       </c>
       <c r="D165" s="9" t="s">
-        <v>984</v>
+        <v>979</v>
       </c>
       <c r="E165" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F165" s="9" t="s">
-        <v>132</v>
+        <v>991</v>
       </c>
       <c r="G165" s="9">
         <v>50</v>
       </c>
       <c r="H165" s="10">
-        <v>1700</v>
+        <v>1837</v>
       </c>
       <c r="I165" s="10"/>
     </row>
     <row r="166" spans="1:10">
       <c r="B166" s="9" t="s">
-        <v>982</v>
+        <v>977</v>
       </c>
       <c r="C166" s="9" t="s">
-        <v>1039</v>
+        <v>1035</v>
       </c>
       <c r="D166" s="9" t="s">
-        <v>984</v>
+        <v>979</v>
       </c>
       <c r="E166" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F166" s="9" t="s">
-        <v>996</v>
+        <v>166</v>
       </c>
       <c r="G166" s="9">
         <v>50</v>
       </c>
       <c r="H166" s="10">
-        <v>1807</v>
+        <v>1232</v>
       </c>
       <c r="I166" s="10"/>
     </row>
     <row r="167" spans="1:10">
       <c r="B167" s="9" t="s">
-        <v>982</v>
+        <v>977</v>
       </c>
       <c r="C167" s="9" t="s">
-        <v>1040</v>
+        <v>1036</v>
       </c>
       <c r="D167" s="9" t="s">
-        <v>984</v>
+        <v>979</v>
       </c>
       <c r="E167" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F167" s="9" t="s">
-        <v>184</v>
+        <v>570</v>
       </c>
       <c r="G167" s="9">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="H167" s="10">
-        <v>1212</v>
+        <v>736</v>
       </c>
       <c r="I167" s="10"/>
     </row>
     <row r="168" spans="1:10">
       <c r="B168" s="9" t="s">
-        <v>982</v>
+        <v>977</v>
       </c>
       <c r="C168" s="9" t="s">
-        <v>1041</v>
+        <v>1037</v>
       </c>
       <c r="D168" s="9" t="s">
-        <v>984</v>
+        <v>979</v>
       </c>
       <c r="E168" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F168" s="9" t="s">
-        <v>572</v>
+        <v>963</v>
       </c>
       <c r="G168" s="9">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="H168" s="10">
-        <v>723</v>
+        <v>1226</v>
       </c>
       <c r="I168" s="10"/>
     </row>
     <row r="169" spans="1:10">
       <c r="B169" s="9" t="s">
-        <v>982</v>
+        <v>977</v>
       </c>
       <c r="C169" s="9" t="s">
-        <v>1042</v>
+        <v>1038</v>
       </c>
       <c r="D169" s="9" t="s">
-        <v>984</v>
+        <v>979</v>
       </c>
       <c r="E169" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F169" s="9" t="s">
-        <v>968</v>
+        <v>604</v>
       </c>
       <c r="G169" s="9">
         <v>50</v>
       </c>
       <c r="H169" s="10">
-        <v>1206</v>
+        <v>1121</v>
       </c>
       <c r="I169" s="10"/>
     </row>
     <row r="170" spans="1:10">
       <c r="B170" s="9" t="s">
-        <v>982</v>
+        <v>977</v>
       </c>
       <c r="C170" s="9" t="s">
-        <v>1043</v>
+        <v>1039</v>
       </c>
       <c r="D170" s="9" t="s">
-        <v>984</v>
+        <v>979</v>
       </c>
       <c r="E170" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F170" s="9" t="s">
-        <v>606</v>
+        <v>162</v>
       </c>
       <c r="G170" s="9">
         <v>50</v>
       </c>
       <c r="H170" s="10">
-        <v>1103</v>
+        <v>1118</v>
       </c>
       <c r="I170" s="10"/>
     </row>
     <row r="171" spans="1:10">
       <c r="B171" s="9" t="s">
-        <v>982</v>
+        <v>977</v>
       </c>
       <c r="C171" s="9" t="s">
-        <v>1044</v>
+        <v>1040</v>
       </c>
       <c r="D171" s="9" t="s">
-        <v>984</v>
+        <v>979</v>
       </c>
       <c r="E171" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F171" s="9" t="s">
-        <v>167</v>
+        <v>1041</v>
       </c>
       <c r="G171" s="9">
         <v>50</v>
       </c>
       <c r="H171" s="10">
-        <v>1100</v>
+        <v>1441</v>
       </c>
       <c r="I171" s="10"/>
     </row>
     <row r="172" spans="1:10">
       <c r="B172" s="9" t="s">
-        <v>982</v>
+        <v>977</v>
       </c>
       <c r="C172" s="9" t="s">
-        <v>1045</v>
+        <v>1042</v>
       </c>
       <c r="D172" s="9" t="s">
-        <v>984</v>
+        <v>979</v>
       </c>
       <c r="E172" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F172" s="9" t="s">
-        <v>1046</v>
+        <v>1008</v>
       </c>
       <c r="G172" s="9">
         <v>50</v>
       </c>
       <c r="H172" s="10">
-        <v>1417</v>
+        <v>1245</v>
       </c>
       <c r="I172" s="10"/>
     </row>
     <row r="173" spans="1:10">
       <c r="B173" s="9" t="s">
-        <v>982</v>
+        <v>977</v>
       </c>
       <c r="C173" s="9" t="s">
-        <v>1047</v>
+        <v>1043</v>
       </c>
       <c r="D173" s="9" t="s">
-        <v>984</v>
+        <v>979</v>
       </c>
       <c r="E173" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F173" s="9" t="s">
-        <v>1013</v>
+        <v>1044</v>
       </c>
       <c r="G173" s="9">
         <v>50</v>
       </c>
       <c r="H173" s="10">
-        <v>1225</v>
+        <v>1314</v>
       </c>
       <c r="I173" s="10"/>
     </row>
     <row r="174" spans="1:10">
       <c r="B174" s="9" t="s">
-        <v>982</v>
+        <v>977</v>
       </c>
       <c r="C174" s="9" t="s">
-        <v>1048</v>
+        <v>1045</v>
       </c>
       <c r="D174" s="9" t="s">
-        <v>984</v>
+        <v>979</v>
       </c>
       <c r="E174" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F174" s="9" t="s">
-        <v>1049</v>
+        <v>956</v>
       </c>
       <c r="G174" s="9">
         <v>50</v>
       </c>
       <c r="H174" s="10">
-        <v>1292</v>
+        <v>1287</v>
       </c>
       <c r="I174" s="10"/>
     </row>
     <row r="175" spans="1:10">
       <c r="B175" s="9" t="s">
-        <v>982</v>
+        <v>977</v>
       </c>
       <c r="C175" s="9" t="s">
-        <v>1050</v>
+        <v>1046</v>
       </c>
       <c r="D175" s="9" t="s">
-        <v>984</v>
+        <v>979</v>
       </c>
       <c r="E175" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F175" s="9" t="s">
         <v>961</v>
       </c>
       <c r="G175" s="9">
         <v>50</v>
       </c>
       <c r="H175" s="10">
-        <v>1266</v>
+        <v>1184</v>
       </c>
       <c r="I175" s="10"/>
     </row>
     <row r="176" spans="1:10">
       <c r="B176" s="9" t="s">
-        <v>982</v>
+        <v>977</v>
       </c>
       <c r="C176" s="9" t="s">
-        <v>1051</v>
+        <v>1047</v>
       </c>
       <c r="D176" s="9" t="s">
-        <v>984</v>
+        <v>979</v>
       </c>
       <c r="E176" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F176" s="9" t="s">
-        <v>966</v>
+        <v>570</v>
       </c>
       <c r="G176" s="9">
         <v>50</v>
       </c>
       <c r="H176" s="10">
-        <v>1165</v>
+        <v>1219</v>
       </c>
       <c r="I176" s="10"/>
     </row>
     <row r="177" spans="1:10">
       <c r="B177" s="9" t="s">
-        <v>982</v>
+        <v>983</v>
       </c>
       <c r="C177" s="9" t="s">
-        <v>1052</v>
+        <v>1048</v>
       </c>
       <c r="D177" s="9" t="s">
-        <v>984</v>
+        <v>985</v>
       </c>
       <c r="E177" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F177" s="9" t="s">
-        <v>572</v>
+        <v>502</v>
       </c>
       <c r="G177" s="9">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="H177" s="10">
-        <v>1200</v>
+        <v>827</v>
       </c>
       <c r="I177" s="10"/>
     </row>
     <row r="178" spans="1:10">
       <c r="B178" s="9" t="s">
-        <v>988</v>
+        <v>983</v>
       </c>
       <c r="C178" s="9" t="s">
-        <v>1053</v>
+        <v>1049</v>
       </c>
       <c r="D178" s="9" t="s">
-        <v>990</v>
+        <v>985</v>
       </c>
       <c r="E178" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F178" s="9" t="s">
-        <v>456</v>
+        <v>963</v>
       </c>
       <c r="G178" s="9">
         <v>25</v>
       </c>
       <c r="H178" s="10">
-        <v>814</v>
+        <v>860</v>
       </c>
       <c r="I178" s="10"/>
     </row>
     <row r="179" spans="1:10">
       <c r="B179" s="9" t="s">
-        <v>988</v>
+        <v>983</v>
       </c>
       <c r="C179" s="9" t="s">
-        <v>1054</v>
+        <v>1050</v>
       </c>
       <c r="D179" s="9" t="s">
-        <v>990</v>
+        <v>985</v>
       </c>
       <c r="E179" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F179" s="9" t="s">
-        <v>968</v>
+        <v>604</v>
       </c>
       <c r="G179" s="9">
         <v>25</v>
       </c>
       <c r="H179" s="10">
-        <v>845</v>
+        <v>746</v>
       </c>
       <c r="I179" s="10"/>
     </row>
     <row r="180" spans="1:10">
       <c r="B180" s="9" t="s">
-        <v>988</v>
+        <v>983</v>
       </c>
       <c r="C180" s="9" t="s">
-        <v>1055</v>
+        <v>1051</v>
       </c>
       <c r="D180" s="9" t="s">
-        <v>990</v>
+        <v>985</v>
       </c>
       <c r="E180" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F180" s="9" t="s">
-        <v>606</v>
+        <v>162</v>
       </c>
       <c r="G180" s="9">
         <v>25</v>
       </c>
       <c r="H180" s="10">
-        <v>733</v>
+        <v>772</v>
       </c>
       <c r="I180" s="10"/>
     </row>
     <row r="181" spans="1:10">
       <c r="B181" s="9" t="s">
-        <v>988</v>
+        <v>983</v>
       </c>
       <c r="C181" s="9" t="s">
-        <v>1056</v>
+        <v>1052</v>
       </c>
       <c r="D181" s="9" t="s">
-        <v>990</v>
+        <v>985</v>
       </c>
       <c r="E181" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F181" s="9" t="s">
-        <v>167</v>
+        <v>1041</v>
       </c>
       <c r="G181" s="9">
         <v>25</v>
       </c>
       <c r="H181" s="10">
-        <v>759</v>
+        <v>981</v>
       </c>
       <c r="I181" s="10"/>
     </row>
     <row r="182" spans="1:10">
       <c r="B182" s="9" t="s">
-        <v>988</v>
+        <v>983</v>
       </c>
       <c r="C182" s="9" t="s">
-        <v>1057</v>
+        <v>1053</v>
       </c>
       <c r="D182" s="9" t="s">
-        <v>990</v>
+        <v>985</v>
       </c>
       <c r="E182" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F182" s="9" t="s">
-        <v>1046</v>
+        <v>1008</v>
       </c>
       <c r="G182" s="9">
         <v>25</v>
       </c>
       <c r="H182" s="10">
-        <v>965</v>
+        <v>798</v>
       </c>
       <c r="I182" s="10"/>
     </row>
     <row r="183" spans="1:10">
       <c r="B183" s="9" t="s">
-        <v>988</v>
+        <v>983</v>
       </c>
       <c r="C183" s="9" t="s">
-        <v>1058</v>
+        <v>1054</v>
       </c>
       <c r="D183" s="9" t="s">
-        <v>990</v>
+        <v>985</v>
       </c>
       <c r="E183" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F183" s="9" t="s">
-        <v>1013</v>
+        <v>1044</v>
       </c>
       <c r="G183" s="9">
         <v>25</v>
       </c>
       <c r="H183" s="10">
-        <v>782</v>
+        <v>1089</v>
       </c>
       <c r="I183" s="10"/>
     </row>
     <row r="184" spans="1:10">
       <c r="B184" s="9" t="s">
-        <v>988</v>
+        <v>983</v>
       </c>
       <c r="C184" s="9" t="s">
-        <v>1059</v>
+        <v>1055</v>
       </c>
       <c r="D184" s="9" t="s">
-        <v>990</v>
+        <v>985</v>
       </c>
       <c r="E184" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F184" s="9" t="s">
-        <v>1049</v>
+        <v>956</v>
       </c>
       <c r="G184" s="9">
         <v>25</v>
       </c>
       <c r="H184" s="10">
-        <v>1071</v>
+        <v>811</v>
       </c>
       <c r="I184" s="10"/>
     </row>
     <row r="185" spans="1:10">
       <c r="B185" s="9" t="s">
-        <v>988</v>
+        <v>983</v>
       </c>
       <c r="C185" s="9" t="s">
-        <v>1060</v>
+        <v>1056</v>
       </c>
       <c r="D185" s="9" t="s">
-        <v>990</v>
+        <v>985</v>
       </c>
       <c r="E185" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F185" s="9" t="s">
         <v>961</v>
       </c>
       <c r="G185" s="9">
         <v>25</v>
       </c>
       <c r="H185" s="10">
-        <v>797</v>
+        <v>835</v>
       </c>
       <c r="I185" s="10"/>
     </row>
     <row r="186" spans="1:10">
       <c r="B186" s="9" t="s">
-        <v>988</v>
+        <v>983</v>
       </c>
       <c r="C186" s="9" t="s">
-        <v>1061</v>
+        <v>1057</v>
       </c>
       <c r="D186" s="9" t="s">
-        <v>990</v>
+        <v>985</v>
       </c>
       <c r="E186" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F186" s="9" t="s">
-        <v>966</v>
+        <v>570</v>
       </c>
       <c r="G186" s="9">
         <v>25</v>
       </c>
       <c r="H186" s="10">
-        <v>821</v>
+        <v>808</v>
       </c>
       <c r="I186" s="10"/>
     </row>
     <row r="187" spans="1:10">
       <c r="B187" s="9" t="s">
-        <v>988</v>
+        <v>977</v>
       </c>
       <c r="C187" s="9" t="s">
-        <v>1062</v>
+        <v>1058</v>
       </c>
       <c r="D187" s="9" t="s">
-        <v>990</v>
+        <v>979</v>
       </c>
       <c r="E187" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F187" s="9" t="s">
-        <v>572</v>
+        <v>502</v>
       </c>
       <c r="G187" s="9">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="H187" s="10">
-        <v>795</v>
+        <v>1154</v>
       </c>
       <c r="I187" s="10"/>
     </row>
     <row r="188" spans="1:10">
       <c r="B188" s="9" t="s">
-        <v>982</v>
+        <v>1059</v>
       </c>
       <c r="C188" s="9" t="s">
-        <v>1063</v>
+        <v>1060</v>
       </c>
       <c r="D188" s="9" t="s">
-        <v>984</v>
+        <v>954</v>
       </c>
       <c r="E188" s="9" t="s">
-        <v>755</v>
+        <v>955</v>
       </c>
       <c r="F188" s="9" t="s">
-        <v>456</v>
+        <v>963</v>
       </c>
       <c r="G188" s="9">
         <v>50</v>
       </c>
       <c r="H188" s="10">
-        <v>1135</v>
+        <v>1054</v>
       </c>
       <c r="I188" s="10"/>
     </row>
     <row r="189" spans="1:10">
       <c r="B189" s="9" t="s">
-        <v>1064</v>
+        <v>1061</v>
       </c>
       <c r="C189" s="9" t="s">
-        <v>1065</v>
+        <v>1062</v>
       </c>
       <c r="D189" s="9" t="s">
-        <v>959</v>
+        <v>954</v>
       </c>
       <c r="E189" s="9" t="s">
-        <v>960</v>
+        <v>955</v>
       </c>
       <c r="F189" s="9" t="s">
-        <v>968</v>
+        <v>967</v>
       </c>
       <c r="G189" s="9">
         <v>50</v>
       </c>
       <c r="H189" s="10">
-        <v>1054</v>
+        <v>1085</v>
       </c>
       <c r="I189" s="10"/>
     </row>
     <row r="190" spans="1:10">
       <c r="B190" s="9" t="s">
-        <v>1066</v>
+        <v>1063</v>
       </c>
       <c r="C190" s="9" t="s">
-        <v>1067</v>
+        <v>1064</v>
       </c>
       <c r="D190" s="9" t="s">
-        <v>959</v>
+        <v>954</v>
       </c>
       <c r="E190" s="9" t="s">
-        <v>960</v>
+        <v>955</v>
       </c>
       <c r="F190" s="9" t="s">
-        <v>972</v>
+        <v>53</v>
       </c>
       <c r="G190" s="9">
         <v>50</v>
       </c>
       <c r="H190" s="10">
-        <v>1085</v>
+        <v>1342</v>
       </c>
       <c r="I190" s="10"/>
     </row>
     <row r="191" spans="1:10">
       <c r="B191" s="9" t="s">
-        <v>1068</v>
+        <v>1065</v>
       </c>
       <c r="C191" s="9" t="s">
-        <v>1069</v>
+        <v>1066</v>
       </c>
       <c r="D191" s="9" t="s">
-        <v>959</v>
+        <v>954</v>
       </c>
       <c r="E191" s="9" t="s">
-        <v>960</v>
+        <v>955</v>
       </c>
       <c r="F191" s="9" t="s">
-        <v>50</v>
+        <v>580</v>
       </c>
       <c r="G191" s="9">
         <v>50</v>
       </c>
       <c r="H191" s="10">
-        <v>1342</v>
+        <v>1394</v>
       </c>
       <c r="I191" s="10"/>
     </row>
     <row r="192" spans="1:10">
       <c r="B192" s="9" t="s">
-        <v>1070</v>
+        <v>1067</v>
       </c>
       <c r="C192" s="9" t="s">
-        <v>1071</v>
+        <v>1068</v>
       </c>
       <c r="D192" s="9" t="s">
-        <v>959</v>
+        <v>954</v>
       </c>
       <c r="E192" s="9" t="s">
-        <v>960</v>
+        <v>955</v>
       </c>
       <c r="F192" s="9" t="s">
-        <v>582</v>
+        <v>120</v>
       </c>
       <c r="G192" s="9">
         <v>50</v>
       </c>
       <c r="H192" s="10">
-        <v>1394</v>
+        <v>1165</v>
       </c>
       <c r="I192" s="10"/>
     </row>
     <row r="193" spans="1:10">
       <c r="B193" s="9" t="s">
-        <v>1072</v>
+        <v>1069</v>
       </c>
       <c r="C193" s="9" t="s">
-        <v>1073</v>
+        <v>1070</v>
       </c>
       <c r="D193" s="9" t="s">
-        <v>959</v>
+        <v>954</v>
       </c>
       <c r="E193" s="9" t="s">
-        <v>960</v>
+        <v>955</v>
       </c>
       <c r="F193" s="9" t="s">
-        <v>120</v>
+        <v>980</v>
       </c>
       <c r="G193" s="9">
         <v>50</v>
       </c>
       <c r="H193" s="10">
-        <v>1165</v>
+        <v>1033</v>
       </c>
       <c r="I193" s="10"/>
     </row>
     <row r="194" spans="1:10">
       <c r="B194" s="9" t="s">
-        <v>1074</v>
+        <v>1071</v>
       </c>
       <c r="C194" s="9" t="s">
-        <v>1075</v>
+        <v>1072</v>
       </c>
       <c r="D194" s="9" t="s">
-        <v>959</v>
+        <v>954</v>
       </c>
       <c r="E194" s="9" t="s">
-        <v>960</v>
+        <v>955</v>
       </c>
       <c r="F194" s="9" t="s">
-        <v>985</v>
+        <v>1008</v>
       </c>
       <c r="G194" s="9">
         <v>50</v>
       </c>
       <c r="H194" s="10">
-        <v>1033</v>
+        <v>907</v>
       </c>
       <c r="I194" s="10"/>
     </row>
     <row r="195" spans="1:10">
       <c r="B195" s="9" t="s">
-        <v>1076</v>
+        <v>1073</v>
       </c>
       <c r="C195" s="9" t="s">
-        <v>1077</v>
+        <v>1074</v>
       </c>
       <c r="D195" s="9" t="s">
-        <v>959</v>
+        <v>954</v>
       </c>
       <c r="E195" s="9" t="s">
-        <v>960</v>
+        <v>955</v>
       </c>
       <c r="F195" s="9" t="s">
-        <v>1013</v>
+        <v>502</v>
       </c>
       <c r="G195" s="9">
         <v>50</v>
       </c>
       <c r="H195" s="10">
-        <v>907</v>
+        <v>870</v>
       </c>
       <c r="I195" s="10"/>
     </row>
     <row r="196" spans="1:10">
       <c r="B196" s="9" t="s">
-        <v>1078</v>
+        <v>1075</v>
       </c>
       <c r="C196" s="9" t="s">
-        <v>1079</v>
+        <v>1076</v>
       </c>
       <c r="D196" s="9" t="s">
-        <v>959</v>
+        <v>954</v>
       </c>
       <c r="E196" s="9" t="s">
-        <v>960</v>
+        <v>955</v>
       </c>
       <c r="F196" s="9" t="s">
-        <v>456</v>
+        <v>570</v>
       </c>
       <c r="G196" s="9">
         <v>50</v>
       </c>
       <c r="H196" s="10">
-        <v>870</v>
+        <v>919</v>
       </c>
       <c r="I196" s="10"/>
     </row>
-    <row r="197" spans="1:10">
-      <c r="B197" s="9" t="s">
+    <row r="198" spans="1:10">
+      <c r="B198" s="7" t="s">
+        <v>1077</v>
+      </c>
+      <c r="C198" s="0"/>
+      <c r="D198" s="0"/>
+      <c r="E198" s="0"/>
+      <c r="F198" s="0"/>
+      <c r="G198" s="0"/>
+    </row>
+    <row r="199" spans="1:10">
+      <c r="B199" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="C199" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="D199" s="8" t="s">
+        <v>747</v>
+      </c>
+      <c r="E199" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="F199" s="8" t="s">
+        <v>760</v>
+      </c>
+      <c r="G199" s="8" t="s">
+        <v>38</v>
+      </c>
+      <c r="H199" s="8" t="s">
+        <v>748</v>
+      </c>
+      <c r="I199" s="8" t="s">
+        <v>615</v>
+      </c>
+      <c r="J199" s="8" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="200" spans="1:10">
+      <c r="B200" s="9" t="s">
+        <v>1078</v>
+      </c>
+      <c r="C200" s="9" t="s">
+        <v>1079</v>
+      </c>
+      <c r="D200" s="9" t="s">
         <v>1080</v>
       </c>
-      <c r="C197" s="9" t="s">
-[...56 lines deleted...]
-      </c>
+      <c r="E200" s="9" t="s">
+        <v>753</v>
+      </c>
+      <c r="F200" s="9" t="s">
+        <v>786</v>
+      </c>
+      <c r="G200" s="9" t="s">
+        <v>502</v>
+      </c>
+      <c r="H200" s="9">
+        <v>25</v>
+      </c>
+      <c r="I200" s="10">
+        <v>1173</v>
+      </c>
+      <c r="J200" s="10"/>
     </row>
     <row r="201" spans="1:10">
       <c r="B201" s="9" t="s">
-        <v>1083</v>
+        <v>1078</v>
       </c>
       <c r="C201" s="9" t="s">
-        <v>1084</v>
+        <v>1081</v>
       </c>
       <c r="D201" s="9" t="s">
-        <v>1085</v>
+        <v>1080</v>
       </c>
       <c r="E201" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F201" s="9" t="s">
-        <v>788</v>
+        <v>786</v>
       </c>
       <c r="G201" s="9" t="s">
-        <v>456</v>
+        <v>961</v>
       </c>
       <c r="H201" s="9">
         <v>25</v>
       </c>
       <c r="I201" s="10">
-        <v>1154</v>
+        <v>1277</v>
       </c>
       <c r="J201" s="10"/>
     </row>
     <row r="202" spans="1:10">
       <c r="B202" s="9" t="s">
-        <v>1083</v>
+        <v>1078</v>
       </c>
       <c r="C202" s="9" t="s">
-        <v>1086</v>
+        <v>1082</v>
       </c>
       <c r="D202" s="9" t="s">
-        <v>1085</v>
+        <v>1080</v>
       </c>
       <c r="E202" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F202" s="9" t="s">
-        <v>788</v>
+        <v>786</v>
       </c>
       <c r="G202" s="9" t="s">
-        <v>966</v>
+        <v>604</v>
       </c>
       <c r="H202" s="9">
         <v>25</v>
       </c>
       <c r="I202" s="10">
-        <v>1256</v>
+        <v>1279</v>
       </c>
       <c r="J202" s="10"/>
     </row>
     <row r="203" spans="1:10">
       <c r="B203" s="9" t="s">
+        <v>1078</v>
+      </c>
+      <c r="C203" s="9" t="s">
         <v>1083</v>
       </c>
-      <c r="C203" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D203" s="9" t="s">
-        <v>1085</v>
+        <v>1080</v>
       </c>
       <c r="E203" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F203" s="9" t="s">
-        <v>788</v>
+        <v>786</v>
       </c>
       <c r="G203" s="9" t="s">
-        <v>606</v>
+        <v>162</v>
       </c>
       <c r="H203" s="9">
         <v>25</v>
       </c>
       <c r="I203" s="10">
-        <v>1258</v>
+        <v>1310</v>
       </c>
       <c r="J203" s="10"/>
     </row>
     <row r="204" spans="1:10">
       <c r="B204" s="9" t="s">
-        <v>1083</v>
+        <v>1078</v>
       </c>
       <c r="C204" s="9" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="D204" s="9" t="s">
-        <v>1085</v>
+        <v>1080</v>
       </c>
       <c r="E204" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F204" s="9" t="s">
-        <v>788</v>
+        <v>786</v>
       </c>
       <c r="G204" s="9" t="s">
-        <v>167</v>
+        <v>967</v>
       </c>
       <c r="H204" s="9">
         <v>25</v>
       </c>
       <c r="I204" s="10">
-        <v>1288</v>
+        <v>1358</v>
       </c>
       <c r="J204" s="10"/>
     </row>
     <row r="205" spans="1:10">
       <c r="B205" s="9" t="s">
-        <v>1083</v>
+        <v>1078</v>
       </c>
       <c r="C205" s="9" t="s">
-        <v>1089</v>
+        <v>1085</v>
       </c>
       <c r="D205" s="9" t="s">
-        <v>1085</v>
+        <v>1080</v>
       </c>
       <c r="E205" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F205" s="9" t="s">
-        <v>788</v>
+        <v>786</v>
       </c>
       <c r="G205" s="9" t="s">
-        <v>972</v>
+        <v>570</v>
       </c>
       <c r="H205" s="9">
         <v>25</v>
       </c>
       <c r="I205" s="10">
-        <v>1336</v>
+        <v>1375</v>
       </c>
       <c r="J205" s="10"/>
     </row>
     <row r="206" spans="1:10">
       <c r="B206" s="9" t="s">
-        <v>1083</v>
+        <v>1078</v>
       </c>
       <c r="C206" s="9" t="s">
-        <v>1090</v>
+        <v>1086</v>
       </c>
       <c r="D206" s="9" t="s">
-        <v>1085</v>
+        <v>1080</v>
       </c>
       <c r="E206" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F206" s="9" t="s">
-        <v>788</v>
+        <v>786</v>
       </c>
       <c r="G206" s="9" t="s">
-        <v>572</v>
+        <v>1041</v>
       </c>
       <c r="H206" s="9">
         <v>25</v>
       </c>
       <c r="I206" s="10">
-        <v>1352</v>
+        <v>1397</v>
       </c>
       <c r="J206" s="10"/>
     </row>
     <row r="207" spans="1:10">
       <c r="B207" s="9" t="s">
-        <v>1083</v>
+        <v>1078</v>
       </c>
       <c r="C207" s="9" t="s">
-        <v>1091</v>
+        <v>1087</v>
       </c>
       <c r="D207" s="9" t="s">
-        <v>1085</v>
+        <v>1080</v>
       </c>
       <c r="E207" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F207" s="9" t="s">
-        <v>788</v>
+        <v>786</v>
       </c>
       <c r="G207" s="9" t="s">
-        <v>1046</v>
+        <v>963</v>
       </c>
       <c r="H207" s="9">
         <v>25</v>
       </c>
       <c r="I207" s="10">
-        <v>1374</v>
+        <v>1401</v>
       </c>
       <c r="J207" s="10"/>
     </row>
     <row r="208" spans="1:10">
       <c r="B208" s="9" t="s">
-        <v>1083</v>
+        <v>1078</v>
       </c>
       <c r="C208" s="9" t="s">
-        <v>1092</v>
+        <v>1088</v>
       </c>
       <c r="D208" s="9" t="s">
-        <v>1085</v>
+        <v>1080</v>
       </c>
       <c r="E208" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F208" s="9" t="s">
-        <v>788</v>
+        <v>786</v>
       </c>
       <c r="G208" s="9" t="s">
-        <v>968</v>
+        <v>956</v>
       </c>
       <c r="H208" s="9">
         <v>25</v>
       </c>
       <c r="I208" s="10">
-        <v>1378</v>
+        <v>1473</v>
       </c>
       <c r="J208" s="10"/>
     </row>
     <row r="209" spans="1:10">
       <c r="B209" s="9" t="s">
-        <v>1083</v>
+        <v>1078</v>
       </c>
       <c r="C209" s="9" t="s">
-        <v>1093</v>
+        <v>1089</v>
       </c>
       <c r="D209" s="9" t="s">
-        <v>1085</v>
+        <v>1080</v>
       </c>
       <c r="E209" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F209" s="9" t="s">
-        <v>788</v>
+        <v>786</v>
       </c>
       <c r="G209" s="9" t="s">
-        <v>961</v>
+        <v>1008</v>
       </c>
       <c r="H209" s="9">
         <v>25</v>
       </c>
       <c r="I209" s="10">
-        <v>1449</v>
+        <v>1475</v>
       </c>
       <c r="J209" s="10"/>
     </row>
     <row r="210" spans="1:10">
       <c r="B210" s="9" t="s">
-        <v>1083</v>
+        <v>1078</v>
       </c>
       <c r="C210" s="9" t="s">
-        <v>1094</v>
+        <v>1090</v>
       </c>
       <c r="D210" s="9" t="s">
-        <v>1085</v>
+        <v>1080</v>
       </c>
       <c r="E210" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F210" s="9" t="s">
-        <v>788</v>
+        <v>786</v>
       </c>
       <c r="G210" s="9" t="s">
-        <v>1013</v>
+        <v>1044</v>
       </c>
       <c r="H210" s="9">
         <v>25</v>
       </c>
       <c r="I210" s="10">
-        <v>1451</v>
+        <v>1528</v>
       </c>
       <c r="J210" s="10"/>
     </row>
     <row r="211" spans="1:10">
       <c r="B211" s="9" t="s">
-        <v>1083</v>
+        <v>1078</v>
       </c>
       <c r="C211" s="9" t="s">
-        <v>1095</v>
+        <v>1091</v>
       </c>
       <c r="D211" s="9" t="s">
-        <v>1085</v>
+        <v>1080</v>
       </c>
       <c r="E211" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F211" s="9" t="s">
-        <v>788</v>
+        <v>786</v>
       </c>
       <c r="G211" s="9" t="s">
-        <v>1049</v>
+        <v>128</v>
       </c>
       <c r="H211" s="9">
         <v>25</v>
       </c>
       <c r="I211" s="10">
-        <v>1503</v>
+        <v>1545</v>
       </c>
       <c r="J211" s="10"/>
     </row>
     <row r="212" spans="1:10">
       <c r="B212" s="9" t="s">
-        <v>1083</v>
+        <v>1078</v>
       </c>
       <c r="C212" s="9" t="s">
-        <v>1096</v>
+        <v>1092</v>
       </c>
       <c r="D212" s="9" t="s">
-        <v>1085</v>
+        <v>1080</v>
       </c>
       <c r="E212" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F212" s="9" t="s">
-        <v>788</v>
+        <v>786</v>
       </c>
       <c r="G212" s="9" t="s">
-        <v>132</v>
+        <v>166</v>
       </c>
       <c r="H212" s="9">
         <v>25</v>
       </c>
       <c r="I212" s="10">
-        <v>1519</v>
+        <v>1551</v>
       </c>
       <c r="J212" s="10"/>
     </row>
     <row r="213" spans="1:10">
       <c r="B213" s="9" t="s">
-        <v>1083</v>
+        <v>1078</v>
       </c>
       <c r="C213" s="9" t="s">
-        <v>1097</v>
+        <v>1093</v>
       </c>
       <c r="D213" s="9" t="s">
-        <v>1085</v>
+        <v>1080</v>
       </c>
       <c r="E213" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F213" s="9" t="s">
-        <v>788</v>
+        <v>786</v>
       </c>
       <c r="G213" s="9" t="s">
-        <v>184</v>
+        <v>991</v>
       </c>
       <c r="H213" s="9">
         <v>25</v>
       </c>
       <c r="I213" s="10">
-        <v>1525</v>
+        <v>1564</v>
       </c>
       <c r="J213" s="10"/>
     </row>
     <row r="214" spans="1:10">
       <c r="B214" s="9" t="s">
-        <v>1083</v>
+        <v>1078</v>
       </c>
       <c r="C214" s="9" t="s">
-        <v>1098</v>
+        <v>1094</v>
       </c>
       <c r="D214" s="9" t="s">
-        <v>1085</v>
+        <v>1080</v>
       </c>
       <c r="E214" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F214" s="9" t="s">
-        <v>788</v>
+        <v>786</v>
       </c>
       <c r="G214" s="9" t="s">
-        <v>996</v>
+        <v>1016</v>
       </c>
       <c r="H214" s="9">
         <v>25</v>
       </c>
       <c r="I214" s="10">
-        <v>1539</v>
+        <v>1583</v>
       </c>
       <c r="J214" s="10"/>
     </row>
     <row r="215" spans="1:10">
       <c r="B215" s="9" t="s">
-        <v>1083</v>
+        <v>1078</v>
       </c>
       <c r="C215" s="9" t="s">
-        <v>1099</v>
+        <v>1095</v>
       </c>
       <c r="D215" s="9" t="s">
-        <v>1085</v>
+        <v>1080</v>
       </c>
       <c r="E215" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F215" s="9" t="s">
-        <v>788</v>
+        <v>786</v>
       </c>
       <c r="G215" s="9" t="s">
-        <v>1021</v>
+        <v>580</v>
       </c>
       <c r="H215" s="9">
         <v>25</v>
       </c>
       <c r="I215" s="10">
-        <v>1558</v>
+        <v>1730</v>
       </c>
       <c r="J215" s="10"/>
     </row>
     <row r="216" spans="1:10">
       <c r="B216" s="9" t="s">
-        <v>1083</v>
+        <v>1078</v>
       </c>
       <c r="C216" s="9" t="s">
-        <v>1100</v>
+        <v>1096</v>
       </c>
       <c r="D216" s="9" t="s">
-        <v>1085</v>
+        <v>1080</v>
       </c>
       <c r="E216" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F216" s="9" t="s">
-        <v>788</v>
+        <v>786</v>
       </c>
       <c r="G216" s="9" t="s">
-        <v>582</v>
+        <v>53</v>
       </c>
       <c r="H216" s="9">
         <v>25</v>
       </c>
       <c r="I216" s="10">
-        <v>1701</v>
+        <v>1762</v>
       </c>
       <c r="J216" s="10"/>
     </row>
     <row r="217" spans="1:10">
       <c r="B217" s="9" t="s">
-        <v>1083</v>
+        <v>1078</v>
       </c>
       <c r="C217" s="9" t="s">
-        <v>1101</v>
+        <v>1097</v>
       </c>
       <c r="D217" s="9" t="s">
-        <v>1085</v>
+        <v>1080</v>
       </c>
       <c r="E217" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F217" s="9" t="s">
-        <v>788</v>
+        <v>786</v>
       </c>
       <c r="G217" s="9" t="s">
-        <v>50</v>
+        <v>971</v>
       </c>
       <c r="H217" s="9">
         <v>25</v>
       </c>
       <c r="I217" s="10">
-        <v>1733</v>
+        <v>1950</v>
       </c>
       <c r="J217" s="10"/>
     </row>
-    <row r="218" spans="1:10">
-[...24 lines deleted...]
-      <c r="J218" s="10"/>
+    <row r="219" spans="1:10">
+      <c r="B219" s="7" t="s">
+        <v>1098</v>
+      </c>
+      <c r="C219" s="0"/>
+      <c r="D219" s="0"/>
+      <c r="E219" s="0"/>
+      <c r="F219" s="0"/>
+      <c r="G219" s="0"/>
     </row>
     <row r="220" spans="1:10">
-      <c r="B220" s="7" t="s">
-[...6 lines deleted...]
-      <c r="G220" s="0"/>
+      <c r="B220" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="C220" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="D220" s="8" t="s">
+        <v>747</v>
+      </c>
+      <c r="E220" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="F220" s="8" t="s">
+        <v>748</v>
+      </c>
+      <c r="G220" s="8" t="s">
+        <v>615</v>
+      </c>
+      <c r="H220" s="8" t="s">
+        <v>13</v>
+      </c>
     </row>
     <row r="221" spans="1:10">
-      <c r="B221" s="8" t="s">
-[...19 lines deleted...]
-      </c>
+      <c r="B221" s="9" t="s">
+        <v>1099</v>
+      </c>
+      <c r="C221" s="9" t="s">
+        <v>1100</v>
+      </c>
+      <c r="D221" s="9" t="s">
+        <v>1101</v>
+      </c>
+      <c r="E221" s="9" t="s">
+        <v>704</v>
+      </c>
+      <c r="F221" s="9">
+        <v>20</v>
+      </c>
+      <c r="G221" s="10">
+        <v>705.5</v>
+      </c>
+      <c r="H221" s="10"/>
     </row>
     <row r="222" spans="1:10">
       <c r="B222" s="9" t="s">
+        <v>1102</v>
+      </c>
+      <c r="C222" s="9" t="s">
+        <v>1103</v>
+      </c>
+      <c r="D222" s="9" t="s">
         <v>1104</v>
       </c>
-      <c r="C222" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E222" s="9" t="s">
-        <v>706</v>
+        <v>753</v>
       </c>
       <c r="F222" s="9">
         <v>20</v>
       </c>
       <c r="G222" s="10">
-        <v>637</v>
+        <v>817</v>
       </c>
       <c r="H222" s="10"/>
     </row>
     <row r="223" spans="1:10">
       <c r="B223" s="9" t="s">
-        <v>1107</v>
+        <v>1105</v>
       </c>
       <c r="C223" s="9" t="s">
-        <v>1108</v>
+        <v>1106</v>
       </c>
       <c r="D223" s="9" t="s">
-        <v>1109</v>
+        <v>1101</v>
       </c>
       <c r="E223" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F223" s="9">
         <v>20</v>
       </c>
       <c r="G223" s="10">
-        <v>804</v>
+        <v>669</v>
       </c>
       <c r="H223" s="10"/>
     </row>
     <row r="224" spans="1:10">
       <c r="B224" s="9" t="s">
-        <v>1110</v>
+        <v>1107</v>
       </c>
       <c r="C224" s="9" t="s">
-        <v>1111</v>
+        <v>1108</v>
       </c>
       <c r="D224" s="9" t="s">
-        <v>1106</v>
+        <v>1101</v>
       </c>
       <c r="E224" s="9" t="s">
-        <v>755</v>
+        <v>704</v>
       </c>
       <c r="F224" s="9">
         <v>20</v>
       </c>
       <c r="G224" s="10">
-        <v>658</v>
+        <v>838.6</v>
       </c>
       <c r="H224" s="10"/>
     </row>
-    <row r="225" spans="1:10">
-      <c r="B225" s="9" t="s">
+    <row r="226" spans="1:10">
+      <c r="B226" s="7" t="s">
+        <v>1109</v>
+      </c>
+      <c r="C226" s="0"/>
+      <c r="D226" s="0"/>
+      <c r="E226" s="0"/>
+      <c r="F226" s="0"/>
+      <c r="G226" s="0"/>
+    </row>
+    <row r="227" spans="1:10">
+      <c r="B227" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="C227" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="D227" s="8" t="s">
+        <v>747</v>
+      </c>
+      <c r="E227" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="F227" s="8" t="s">
+        <v>38</v>
+      </c>
+      <c r="G227" s="8" t="s">
+        <v>748</v>
+      </c>
+      <c r="H227" s="8" t="s">
+        <v>615</v>
+      </c>
+      <c r="I227" s="8" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="228" spans="1:10">
+      <c r="B228" s="9" t="s">
+        <v>1110</v>
+      </c>
+      <c r="C228" s="9" t="s">
+        <v>1111</v>
+      </c>
+      <c r="D228" s="9" t="s">
         <v>1112</v>
       </c>
-      <c r="C225" s="9" t="s">
-[...50 lines deleted...]
-      </c>
+      <c r="E228" s="9" t="s">
+        <v>753</v>
+      </c>
+      <c r="F228" s="9" t="s">
+        <v>162</v>
+      </c>
+      <c r="G228" s="9">
+        <v>25</v>
+      </c>
+      <c r="H228" s="10">
+        <v>1369</v>
+      </c>
+      <c r="I228" s="10"/>
     </row>
     <row r="229" spans="1:10">
       <c r="B229" s="9" t="s">
+        <v>1113</v>
+      </c>
+      <c r="C229" s="9" t="s">
+        <v>1114</v>
+      </c>
+      <c r="D229" s="9" t="s">
         <v>1115</v>
       </c>
-      <c r="C229" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E229" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F229" s="9" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
       <c r="G229" s="9">
         <v>25</v>
       </c>
       <c r="H229" s="10">
-        <v>1347</v>
+        <v>2112</v>
       </c>
       <c r="I229" s="10"/>
     </row>
     <row r="230" spans="1:10">
       <c r="B230" s="9" t="s">
-        <v>1118</v>
+        <v>1113</v>
       </c>
       <c r="C230" s="9" t="s">
-        <v>1119</v>
+        <v>1116</v>
       </c>
       <c r="D230" s="9" t="s">
-        <v>1120</v>
+        <v>1115</v>
       </c>
       <c r="E230" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F230" s="9" t="s">
-        <v>167</v>
+        <v>971</v>
       </c>
       <c r="G230" s="9">
         <v>25</v>
       </c>
       <c r="H230" s="10">
-        <v>2077</v>
+        <v>2493</v>
       </c>
       <c r="I230" s="10"/>
     </row>
     <row r="231" spans="1:10">
       <c r="B231" s="9" t="s">
-        <v>1118</v>
+        <v>1113</v>
       </c>
       <c r="C231" s="9" t="s">
-        <v>1121</v>
+        <v>1117</v>
       </c>
       <c r="D231" s="9" t="s">
-        <v>1120</v>
+        <v>1115</v>
       </c>
       <c r="E231" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F231" s="9" t="s">
-        <v>976</v>
+        <v>580</v>
       </c>
       <c r="G231" s="9">
         <v>25</v>
       </c>
       <c r="H231" s="10">
-        <v>2452</v>
+        <v>2770</v>
       </c>
       <c r="I231" s="10"/>
     </row>
-    <row r="232" spans="1:10">
-      <c r="B232" s="9" t="s">
+    <row r="233" spans="1:10">
+      <c r="B233" s="7" t="s">
         <v>1118</v>
       </c>
-      <c r="C232" s="9" t="s">
+      <c r="C233" s="0"/>
+      <c r="D233" s="0"/>
+      <c r="E233" s="0"/>
+      <c r="F233" s="0"/>
+      <c r="G233" s="0"/>
+    </row>
+    <row r="234" spans="1:10">
+      <c r="B234" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="C234" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="D234" s="8" t="s">
+        <v>747</v>
+      </c>
+      <c r="E234" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="F234" s="8" t="s">
+        <v>760</v>
+      </c>
+      <c r="G234" s="8" t="s">
+        <v>748</v>
+      </c>
+      <c r="H234" s="8" t="s">
+        <v>615</v>
+      </c>
+      <c r="I234" s="8" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="235" spans="1:10">
+      <c r="B235" s="9" t="s">
+        <v>1119</v>
+      </c>
+      <c r="C235" s="9" t="s">
+        <v>1120</v>
+      </c>
+      <c r="D235" s="9" t="s">
+        <v>1121</v>
+      </c>
+      <c r="E235" s="9" t="s">
+        <v>753</v>
+      </c>
+      <c r="F235" s="9" t="s">
+        <v>786</v>
+      </c>
+      <c r="G235" s="9">
+        <v>20</v>
+      </c>
+      <c r="H235" s="10">
+        <v>1737</v>
+      </c>
+      <c r="I235" s="10"/>
+    </row>
+    <row r="237" spans="1:10">
+      <c r="B237" s="7" t="s">
         <v>1122</v>
       </c>
-      <c r="D232" s="9" t="s">
-[...17 lines deleted...]
-      <c r="B234" s="7" t="s">
+      <c r="C237" s="0"/>
+      <c r="D237" s="0"/>
+      <c r="E237" s="0"/>
+      <c r="F237" s="0"/>
+      <c r="G237" s="0"/>
+    </row>
+    <row r="238" spans="1:10">
+      <c r="B238" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="C238" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="D238" s="8" t="s">
+        <v>747</v>
+      </c>
+      <c r="E238" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="F238" s="8" t="s">
         <v>1123</v>
       </c>
-      <c r="C234" s="0"/>
-[...27 lines deleted...]
-      <c r="I235" s="8" t="s">
+      <c r="G238" s="8" t="s">
+        <v>615</v>
+      </c>
+      <c r="H238" s="8" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="236" spans="1:10">
-      <c r="B236" s="9" t="s">
+    <row r="239" spans="1:10">
+      <c r="B239" s="9" t="s">
         <v>1124</v>
       </c>
-      <c r="C236" s="9" t="s">
+      <c r="C239" s="9" t="s">
         <v>1125</v>
       </c>
-      <c r="D236" s="9" t="s">
+      <c r="D239" s="9" t="s">
         <v>1126</v>
       </c>
-      <c r="E236" s="9" t="s">
-[...14 lines deleted...]
-      <c r="B238" s="7" t="s">
+      <c r="E239" s="9" t="s">
+        <v>753</v>
+      </c>
+      <c r="F239" s="9" t="s">
         <v>1127</v>
       </c>
-      <c r="C238" s="0"/>
-[...26 lines deleted...]
-      </c>
+      <c r="G239" s="10">
+        <v>781</v>
+      </c>
+      <c r="H239" s="10"/>
     </row>
     <row r="240" spans="1:10">
       <c r="B240" s="9" t="s">
+        <v>1128</v>
+      </c>
+      <c r="C240" s="9" t="s">
         <v>1129</v>
       </c>
-      <c r="C240" s="9" t="s">
+      <c r="D240" s="9" t="s">
         <v>1130</v>
       </c>
-      <c r="D240" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E240" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F240" s="9" t="s">
-        <v>1132</v>
+        <v>1127</v>
       </c>
       <c r="G240" s="10">
-        <v>769</v>
+        <v>1108</v>
       </c>
       <c r="H240" s="10"/>
     </row>
     <row r="241" spans="1:10">
       <c r="B241" s="9" t="s">
+        <v>1131</v>
+      </c>
+      <c r="C241" s="9" t="s">
+        <v>1132</v>
+      </c>
+      <c r="D241" s="9" t="s">
         <v>1133</v>
       </c>
-      <c r="C241" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E241" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F241" s="9" t="s">
-        <v>1132</v>
+        <v>1127</v>
       </c>
       <c r="G241" s="10">
-        <v>936</v>
+        <v>1108</v>
       </c>
       <c r="H241" s="10"/>
     </row>
     <row r="242" spans="1:10">
       <c r="B242" s="9" t="s">
-        <v>1136</v>
+        <v>1134</v>
       </c>
       <c r="C242" s="9" t="s">
-        <v>1137</v>
+        <v>1135</v>
       </c>
       <c r="D242" s="9" t="s">
-        <v>1138</v>
+        <v>1133</v>
       </c>
       <c r="E242" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F242" s="9" t="s">
-        <v>1132</v>
+        <v>1127</v>
       </c>
       <c r="G242" s="10">
-        <v>1090</v>
+        <v>1692</v>
       </c>
       <c r="H242" s="10"/>
     </row>
     <row r="243" spans="1:10">
       <c r="B243" s="9" t="s">
-        <v>1139</v>
+        <v>1136</v>
       </c>
       <c r="C243" s="9" t="s">
-        <v>1140</v>
+        <v>1137</v>
       </c>
       <c r="D243" s="9" t="s">
-        <v>1138</v>
+        <v>1133</v>
       </c>
       <c r="E243" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F243" s="9" t="s">
-        <v>1132</v>
+        <v>1127</v>
       </c>
       <c r="G243" s="10">
-        <v>1664</v>
+        <v>2899</v>
       </c>
       <c r="H243" s="10"/>
     </row>
     <row r="244" spans="1:10">
       <c r="B244" s="9" t="s">
-        <v>1141</v>
+        <v>1134</v>
       </c>
       <c r="C244" s="9" t="s">
-        <v>1142</v>
+        <v>1138</v>
       </c>
       <c r="D244" s="9" t="s">
-        <v>1138</v>
+        <v>1133</v>
       </c>
       <c r="E244" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F244" s="9" t="s">
-        <v>1132</v>
+        <v>1139</v>
       </c>
       <c r="G244" s="10">
-        <v>2852</v>
+        <v>3002</v>
       </c>
       <c r="H244" s="10"/>
     </row>
     <row r="245" spans="1:10">
       <c r="B245" s="9" t="s">
-        <v>1139</v>
+        <v>1140</v>
       </c>
       <c r="C245" s="9" t="s">
-        <v>1143</v>
+        <v>1141</v>
       </c>
       <c r="D245" s="9" t="s">
-        <v>1138</v>
+        <v>1142</v>
       </c>
       <c r="E245" s="9" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="F245" s="9" t="s">
-        <v>1144</v>
+        <v>1127</v>
       </c>
       <c r="G245" s="10">
-        <v>2952</v>
+        <v>4141</v>
       </c>
       <c r="H245" s="10"/>
-    </row>
-[...19 lines deleted...]
-      <c r="H246" s="10"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B1:G1"/>
     <mergeCell ref="B3:B5"/>
     <mergeCell ref="C3:D3"/>
     <mergeCell ref="E3:G3"/>
     <mergeCell ref="C5:D5"/>
     <mergeCell ref="E5:G5"/>
     <mergeCell ref="B9:G9"/>
     <mergeCell ref="B12:G12"/>
     <mergeCell ref="B18:G18"/>
     <mergeCell ref="B28:G28"/>
     <mergeCell ref="B47:G47"/>
     <mergeCell ref="B57:G57"/>
     <mergeCell ref="B70:G70"/>
     <mergeCell ref="B77:G77"/>
     <mergeCell ref="B81:G81"/>
     <mergeCell ref="B87:G87"/>
     <mergeCell ref="B101:G101"/>
-    <mergeCell ref="B114:G114"/>
-[...4 lines deleted...]
-    <mergeCell ref="B238:G238"/>
+    <mergeCell ref="B113:G113"/>
+    <mergeCell ref="B198:G198"/>
+    <mergeCell ref="B219:G219"/>
+    <mergeCell ref="B226:G226"/>
+    <mergeCell ref="B233:G233"/>
+    <mergeCell ref="B237:G237"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="F6" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" scale="100" fitToHeight="0" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
@@ -28191,233 +28213,233 @@
             </rPr>
             <t xml:space="preserve">Цены</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="14"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> для Пензы на: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFDE5705"/>
               <sz val="14"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">31.12.2025</t>
+            <t xml:space="preserve">16.02.2026</t>
           </r>
         </is>
       </c>
       <c r="F6" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="B7" s="6" t="s">
-        <v>1148</v>
+        <v>1143</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="B9" s="7" t="s">
-        <v>1149</v>
+        <v>1144</v>
       </c>
       <c r="C9" s="0"/>
       <c r="D9" s="0"/>
       <c r="E9" s="0"/>
       <c r="F9" s="0"/>
       <c r="G9" s="0"/>
     </row>
     <row r="10" spans="1:9">
       <c r="B10" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D10" s="8" t="s">
-        <v>1150</v>
+        <v>1145</v>
       </c>
       <c r="E10" s="8" t="s">
-        <v>1151</v>
+        <v>1146</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="B11" s="9" t="s">
-        <v>1152</v>
+        <v>1147</v>
       </c>
       <c r="C11" s="9" t="s">
-        <v>1153</v>
+        <v>1148</v>
       </c>
       <c r="D11" s="9">
         <v>200</v>
       </c>
       <c r="E11" s="10">
         <v>14.7</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="B12" s="9" t="s">
-        <v>1154</v>
+        <v>1149</v>
       </c>
       <c r="C12" s="9" t="s">
-        <v>1155</v>
+        <v>1150</v>
       </c>
       <c r="D12" s="9">
         <v>160</v>
       </c>
       <c r="E12" s="10">
         <v>19.46</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="B14" s="7" t="s">
-        <v>1156</v>
+        <v>1151</v>
       </c>
       <c r="C14" s="0"/>
       <c r="D14" s="0"/>
       <c r="E14" s="0"/>
       <c r="F14" s="0"/>
       <c r="G14" s="0"/>
     </row>
     <row r="15" spans="1:9">
       <c r="B15" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C15" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D15" s="8" t="s">
-        <v>1157</v>
+        <v>1152</v>
       </c>
       <c r="E15" s="8" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="F15" s="8" t="s">
-        <v>698</v>
+        <v>696</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="B16" s="9" t="s">
-        <v>1158</v>
+        <v>1153</v>
       </c>
       <c r="C16" s="9" t="s">
-        <v>1159</v>
+        <v>1154</v>
       </c>
       <c r="D16" s="9" t="s">
-        <v>1160</v>
+        <v>1155</v>
       </c>
       <c r="E16" s="9" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
       <c r="F16" s="10">
         <v>49</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="B17" s="9" t="s">
-        <v>1158</v>
+        <v>1153</v>
       </c>
       <c r="C17" s="9" t="s">
-        <v>1161</v>
+        <v>1156</v>
       </c>
       <c r="D17" s="9" t="s">
-        <v>1160</v>
+        <v>1155</v>
       </c>
       <c r="E17" s="9" t="s">
-        <v>456</v>
+        <v>502</v>
       </c>
       <c r="F17" s="10">
         <v>49</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="B18" s="9" t="s">
-        <v>1158</v>
+        <v>1153</v>
       </c>
       <c r="C18" s="9" t="s">
-        <v>1162</v>
+        <v>1157</v>
       </c>
       <c r="D18" s="9" t="s">
-        <v>1160</v>
+        <v>1155</v>
       </c>
       <c r="E18" s="9" t="s">
-        <v>572</v>
+        <v>570</v>
       </c>
       <c r="F18" s="10">
         <v>49</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B1:G1"/>
     <mergeCell ref="B3:B5"/>
     <mergeCell ref="C3:D3"/>
     <mergeCell ref="E3:G3"/>
     <mergeCell ref="C5:D5"/>
     <mergeCell ref="E5:G5"/>
     <mergeCell ref="B9:G9"/>
     <mergeCell ref="B14:G14"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="F6" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" scale="100" fitToHeight="0" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:I213"/>
+  <dimension ref="A1:I224"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="H213" sqref="H213"/>
+      <selection activeCell="H224" sqref="H224"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="2.91" customWidth="true" style="0"/>
     <col min="2" max="2" width="52" customWidth="true" style="0"/>
     <col min="3" max="3" width="16" customWidth="true" style="0"/>
     <col min="4" max="4" width="16" customWidth="true" style="0"/>
     <col min="5" max="5" width="16" customWidth="true" style="0"/>
     <col min="6" max="6" width="16" customWidth="true" style="0"/>
     <col min="7" max="7" width="16" customWidth="true" style="0"/>
     <col min="8" max="8" width="16" customWidth="true" style="0"/>
     <col min="9" max="9" width="16" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" customHeight="1" ht="24">
       <c r="B1" s="1"/>
       <c r="C1" s="0"/>
       <c r="D1" s="0"/>
       <c r="E1" s="0"/>
       <c r="F1" s="0"/>
       <c r="G1" s="0"/>
     </row>
     <row r="2" spans="1:9" customHeight="1" ht="5"/>
     <row r="3" spans="1:9" customHeight="1" ht="30">
@@ -28486,4640 +28508,4893 @@
             </rPr>
             <t xml:space="preserve">Цены</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="14"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> для Пензы на: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFDE5705"/>
               <sz val="14"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">31.12.2025</t>
+            <t xml:space="preserve">16.02.2026</t>
           </r>
         </is>
       </c>
       <c r="F6" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="B7" s="6" t="s">
-        <v>1163</v>
+        <v>1158</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="B9" s="7" t="s">
-        <v>1164</v>
+        <v>1159</v>
       </c>
       <c r="C9" s="0"/>
       <c r="D9" s="0"/>
       <c r="E9" s="0"/>
       <c r="F9" s="0"/>
       <c r="G9" s="0"/>
     </row>
     <row r="10" spans="1:9">
       <c r="B10" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D10" s="8" t="s">
-        <v>664</v>
+        <v>662</v>
       </c>
       <c r="E10" s="8" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="F10" s="8" t="s">
-        <v>560</v>
+        <v>558</v>
       </c>
       <c r="G10" s="8" t="s">
         <v>11</v>
       </c>
       <c r="H10" s="8" t="s">
-        <v>617</v>
+        <v>615</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="B11" s="9" t="s">
-        <v>1165</v>
+        <v>1160</v>
       </c>
       <c r="C11" s="9" t="s">
-        <v>1166</v>
+        <v>1161</v>
       </c>
       <c r="D11" s="9" t="s">
-        <v>1167</v>
+        <v>1162</v>
       </c>
       <c r="E11" s="9" t="s">
-        <v>164</v>
+        <v>154</v>
       </c>
       <c r="F11" s="9" t="s">
-        <v>1168</v>
+        <v>1163</v>
       </c>
       <c r="G11" s="9" t="s">
-        <v>1169</v>
+        <v>1164</v>
       </c>
       <c r="H11" s="10">
         <v>590</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="B12" s="9" t="s">
-        <v>1170</v>
+        <v>1165</v>
       </c>
       <c r="C12" s="9" t="s">
-        <v>1171</v>
+        <v>1166</v>
       </c>
       <c r="D12" s="9" t="s">
-        <v>1172</v>
+        <v>1167</v>
       </c>
       <c r="E12" s="9" t="s">
+        <v>1163</v>
+      </c>
+      <c r="F12" s="9" t="s">
+        <v>1163</v>
+      </c>
+      <c r="G12" s="9" t="s">
         <v>1168</v>
-      </c>
-[...4 lines deleted...]
-        <v>1173</v>
       </c>
       <c r="H12" s="11">
         <v>1200</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="B13" s="9" t="s">
+        <v>1169</v>
+      </c>
+      <c r="C13" s="9" t="s">
+        <v>1170</v>
+      </c>
+      <c r="D13" s="9" t="s">
+        <v>1171</v>
+      </c>
+      <c r="E13" s="9" t="s">
+        <v>1172</v>
+      </c>
+      <c r="F13" s="9" t="s">
+        <v>1173</v>
+      </c>
+      <c r="G13" s="9" t="s">
         <v>1174</v>
       </c>
-      <c r="C13" s="9" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H13" s="10">
-        <v>1990</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="B14" s="9" t="s">
-        <v>1180</v>
+        <v>1175</v>
       </c>
       <c r="C14" s="9" t="s">
-        <v>1181</v>
+        <v>1176</v>
       </c>
       <c r="D14" s="9" t="s">
-        <v>1176</v>
+        <v>1171</v>
       </c>
       <c r="E14" s="9" t="s">
-        <v>1182</v>
+        <v>1177</v>
       </c>
       <c r="F14" s="9" t="s">
         <v>1178</v>
       </c>
       <c r="G14" s="9" t="s">
-        <v>1179</v>
+        <v>1174</v>
       </c>
       <c r="H14" s="10">
-        <v>1990</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="B15" s="9" t="s">
-        <v>1183</v>
+        <v>1179</v>
       </c>
       <c r="C15" s="9" t="s">
-        <v>1184</v>
+        <v>1180</v>
       </c>
       <c r="D15" s="9" t="s">
-        <v>1176</v>
+        <v>1171</v>
       </c>
       <c r="E15" s="9" t="s">
-        <v>1185</v>
+        <v>1181</v>
       </c>
       <c r="F15" s="9" t="s">
         <v>1178</v>
       </c>
       <c r="G15" s="9" t="s">
-        <v>1179</v>
+        <v>1174</v>
       </c>
       <c r="H15" s="10">
-        <v>1990</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="B16" s="9" t="s">
-        <v>1186</v>
+        <v>1182</v>
       </c>
       <c r="C16" s="9" t="s">
-        <v>1187</v>
+        <v>1183</v>
       </c>
       <c r="D16" s="9" t="s">
-        <v>1188</v>
+        <v>1171</v>
       </c>
       <c r="E16" s="9" t="s">
-        <v>1189</v>
-[...1 lines deleted...]
-      <c r="F16" s="9"/>
+        <v>1184</v>
+      </c>
+      <c r="F16" s="9" t="s">
+        <v>1185</v>
+      </c>
       <c r="G16" s="9" t="s">
-        <v>1173</v>
+        <v>1174</v>
       </c>
       <c r="H16" s="10">
-        <v>2200</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="B17" s="9" t="s">
-        <v>1190</v>
+        <v>1186</v>
       </c>
       <c r="C17" s="9" t="s">
-        <v>1191</v>
+        <v>1187</v>
       </c>
       <c r="D17" s="9" t="s">
-        <v>1192</v>
+        <v>1171</v>
       </c>
       <c r="E17" s="9" t="s">
-        <v>1193</v>
+        <v>1188</v>
       </c>
       <c r="F17" s="9" t="s">
-        <v>1194</v>
+        <v>1189</v>
       </c>
       <c r="G17" s="9" t="s">
-        <v>1173</v>
+        <v>1174</v>
       </c>
       <c r="H17" s="10">
-        <v>2200</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="B18" s="9" t="s">
-        <v>1195</v>
+        <v>1190</v>
       </c>
       <c r="C18" s="9" t="s">
-        <v>1196</v>
+        <v>1191</v>
       </c>
       <c r="D18" s="9" t="s">
+        <v>1171</v>
+      </c>
+      <c r="E18" s="9" t="s">
         <v>1192</v>
       </c>
-      <c r="E18" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F18" s="9" t="s">
-        <v>1194</v>
+        <v>1189</v>
       </c>
       <c r="G18" s="9" t="s">
-        <v>1173</v>
+        <v>1174</v>
       </c>
       <c r="H18" s="10">
-        <v>2200</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="B19" s="9" t="s">
-        <v>1198</v>
+        <v>1193</v>
       </c>
       <c r="C19" s="9" t="s">
-        <v>1199</v>
+        <v>1194</v>
       </c>
       <c r="D19" s="9" t="s">
-        <v>1200</v>
+        <v>1171</v>
       </c>
       <c r="E19" s="9" t="s">
-        <v>1197</v>
+        <v>1195</v>
       </c>
       <c r="F19" s="9" t="s">
-        <v>1201</v>
+        <v>1189</v>
       </c>
       <c r="G19" s="9" t="s">
-        <v>1173</v>
+        <v>1174</v>
       </c>
       <c r="H19" s="10">
-        <v>2200</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="B20" s="9" t="s">
-        <v>1202</v>
+        <v>1196</v>
       </c>
       <c r="C20" s="9" t="s">
-        <v>1203</v>
+        <v>1197</v>
       </c>
       <c r="D20" s="9" t="s">
-        <v>1188</v>
+        <v>1171</v>
       </c>
       <c r="E20" s="9" t="s">
-        <v>1204</v>
+        <v>1198</v>
       </c>
       <c r="F20" s="9" t="s">
-        <v>1205</v>
+        <v>1199</v>
       </c>
       <c r="G20" s="9" t="s">
-        <v>1173</v>
-[...2 lines deleted...]
-        <v>2200</v>
+        <v>1174</v>
+      </c>
+      <c r="H20" s="10">
+        <v>1950</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="B21" s="9" t="s">
-        <v>1206</v>
+        <v>1200</v>
       </c>
       <c r="C21" s="9" t="s">
-        <v>1207</v>
+        <v>1201</v>
       </c>
       <c r="D21" s="9" t="s">
-        <v>1188</v>
+        <v>1171</v>
       </c>
       <c r="E21" s="9" t="s">
-        <v>1208</v>
+        <v>1202</v>
       </c>
       <c r="F21" s="9" t="s">
-        <v>1205</v>
+        <v>1199</v>
       </c>
       <c r="G21" s="9" t="s">
-        <v>1173</v>
-[...2 lines deleted...]
-        <v>2200</v>
+        <v>1174</v>
+      </c>
+      <c r="H21" s="10">
+        <v>1950</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="B22" s="9" t="s">
-        <v>1209</v>
+        <v>1203</v>
       </c>
       <c r="C22" s="9" t="s">
-        <v>1210</v>
+        <v>1204</v>
       </c>
       <c r="D22" s="9" t="s">
-        <v>1188</v>
+        <v>1171</v>
       </c>
       <c r="E22" s="9" t="s">
-        <v>1211</v>
+        <v>1205</v>
       </c>
       <c r="F22" s="9" t="s">
-        <v>1212</v>
+        <v>1199</v>
       </c>
       <c r="G22" s="9" t="s">
-        <v>1173</v>
+        <v>1174</v>
       </c>
       <c r="H22" s="10">
-        <v>2200</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="B23" s="9" t="s">
-        <v>1213</v>
+        <v>1206</v>
       </c>
       <c r="C23" s="9" t="s">
-        <v>1214</v>
+        <v>1207</v>
       </c>
       <c r="D23" s="9" t="s">
-        <v>1188</v>
+        <v>1171</v>
       </c>
       <c r="E23" s="9" t="s">
-        <v>1215</v>
+        <v>1208</v>
       </c>
       <c r="F23" s="9" t="s">
-        <v>1216</v>
+        <v>1209</v>
       </c>
       <c r="G23" s="9" t="s">
-        <v>1173</v>
+        <v>1174</v>
       </c>
       <c r="H23" s="10">
-        <v>2200</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="B24" s="9" t="s">
-        <v>1217</v>
+        <v>1210</v>
       </c>
       <c r="C24" s="9" t="s">
-        <v>1218</v>
+        <v>1211</v>
       </c>
       <c r="D24" s="9" t="s">
-        <v>1188</v>
+        <v>1212</v>
       </c>
       <c r="E24" s="9" t="s">
-        <v>1219</v>
+        <v>1213</v>
       </c>
       <c r="F24" s="9" t="s">
-        <v>1205</v>
+        <v>1209</v>
       </c>
       <c r="G24" s="9" t="s">
-        <v>1173</v>
-[...2 lines deleted...]
-        <v>2200</v>
+        <v>1174</v>
+      </c>
+      <c r="H24" s="10">
+        <v>1990</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="B25" s="9" t="s">
-        <v>1220</v>
+        <v>1214</v>
       </c>
       <c r="C25" s="9" t="s">
-        <v>1221</v>
+        <v>1215</v>
       </c>
       <c r="D25" s="9" t="s">
-        <v>1188</v>
+        <v>1212</v>
       </c>
       <c r="E25" s="9" t="s">
-        <v>1222</v>
+        <v>1216</v>
       </c>
       <c r="F25" s="9" t="s">
-        <v>1216</v>
+        <v>1209</v>
       </c>
       <c r="G25" s="9" t="s">
-        <v>1173</v>
+        <v>1174</v>
       </c>
       <c r="H25" s="10">
-        <v>2200</v>
+        <v>1990</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="B26" s="9" t="s">
-        <v>1223</v>
+        <v>1217</v>
       </c>
       <c r="C26" s="9" t="s">
-        <v>1224</v>
+        <v>1218</v>
       </c>
       <c r="D26" s="9" t="s">
-        <v>1225</v>
+        <v>1212</v>
       </c>
       <c r="E26" s="9" t="s">
-        <v>1226</v>
+        <v>1219</v>
       </c>
       <c r="F26" s="9" t="s">
-        <v>1227</v>
+        <v>1209</v>
       </c>
       <c r="G26" s="9" t="s">
-        <v>1228</v>
+        <v>1174</v>
       </c>
       <c r="H26" s="10">
-        <v>2300</v>
+        <v>1990</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="B27" s="9" t="s">
-        <v>1229</v>
+        <v>1220</v>
       </c>
       <c r="C27" s="9" t="s">
-        <v>1230</v>
+        <v>1221</v>
       </c>
       <c r="D27" s="9" t="s">
-        <v>1225</v>
+        <v>1222</v>
       </c>
       <c r="E27" s="9" t="s">
-        <v>1231</v>
+        <v>1223</v>
       </c>
       <c r="F27" s="9" t="s">
-        <v>1227</v>
+        <v>1224</v>
       </c>
       <c r="G27" s="9" t="s">
-        <v>1228</v>
+        <v>1168</v>
       </c>
       <c r="H27" s="10">
-        <v>2300</v>
+        <v>2200</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="B28" s="9" t="s">
-        <v>1232</v>
+        <v>1225</v>
       </c>
       <c r="C28" s="9" t="s">
-        <v>1233</v>
+        <v>1226</v>
       </c>
       <c r="D28" s="9" t="s">
-        <v>1234</v>
+        <v>1227</v>
       </c>
       <c r="E28" s="9" t="s">
-        <v>1235</v>
+        <v>1223</v>
       </c>
       <c r="F28" s="9" t="s">
-        <v>1235</v>
+        <v>1228</v>
       </c>
       <c r="G28" s="9" t="s">
-        <v>1228</v>
+        <v>1168</v>
       </c>
       <c r="H28" s="10">
-        <v>2300</v>
+        <v>2200</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="B29" s="9" t="s">
-        <v>1236</v>
+        <v>1229</v>
       </c>
       <c r="C29" s="9" t="s">
-        <v>1237</v>
+        <v>1230</v>
       </c>
       <c r="D29" s="9" t="s">
-        <v>1238</v>
+        <v>1227</v>
       </c>
       <c r="E29" s="9" t="s">
-        <v>1239</v>
+        <v>1231</v>
       </c>
       <c r="F29" s="9" t="s">
-        <v>1239</v>
+        <v>1228</v>
       </c>
       <c r="G29" s="9" t="s">
-        <v>1228</v>
+        <v>1168</v>
       </c>
       <c r="H29" s="10">
-        <v>2300</v>
+        <v>2200</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="B30" s="9" t="s">
-        <v>1240</v>
+        <v>1232</v>
       </c>
       <c r="C30" s="9" t="s">
-        <v>1241</v>
+        <v>1233</v>
       </c>
       <c r="D30" s="9" t="s">
-        <v>1238</v>
+        <v>1171</v>
       </c>
       <c r="E30" s="9" t="s">
-        <v>1242</v>
+        <v>1234</v>
       </c>
       <c r="F30" s="9" t="s">
-        <v>1242</v>
+        <v>1235</v>
       </c>
       <c r="G30" s="9" t="s">
-        <v>1228</v>
+        <v>1168</v>
       </c>
       <c r="H30" s="10">
-        <v>2300</v>
+        <v>2200</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="B31" s="9" t="s">
-        <v>1243</v>
+        <v>1236</v>
       </c>
       <c r="C31" s="9" t="s">
-        <v>1244</v>
+        <v>1237</v>
       </c>
       <c r="D31" s="9" t="s">
+        <v>1171</v>
+      </c>
+      <c r="E31" s="9" t="s">
         <v>1238</v>
       </c>
-      <c r="E31" s="9" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F31" s="9"/>
       <c r="G31" s="9" t="s">
-        <v>1228</v>
+        <v>1168</v>
       </c>
       <c r="H31" s="10">
-        <v>2300</v>
+        <v>2200</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="B32" s="9" t="s">
-        <v>1247</v>
+        <v>1239</v>
       </c>
       <c r="C32" s="9" t="s">
-        <v>1248</v>
+        <v>1240</v>
       </c>
       <c r="D32" s="9" t="s">
-        <v>1249</v>
+        <v>1171</v>
       </c>
       <c r="E32" s="9" t="s">
-        <v>1250</v>
+        <v>1241</v>
       </c>
       <c r="F32" s="9" t="s">
-        <v>1251</v>
+        <v>1242</v>
       </c>
       <c r="G32" s="9" t="s">
-        <v>1252</v>
+        <v>1168</v>
       </c>
       <c r="H32" s="10">
-        <v>2560</v>
+        <v>2200</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="B33" s="9" t="s">
-        <v>1253</v>
+        <v>1243</v>
       </c>
       <c r="C33" s="9" t="s">
-        <v>1254</v>
+        <v>1244</v>
       </c>
       <c r="D33" s="9" t="s">
-        <v>1249</v>
+        <v>1171</v>
       </c>
       <c r="E33" s="9" t="s">
-        <v>1255</v>
+        <v>1245</v>
       </c>
       <c r="F33" s="9" t="s">
-        <v>1251</v>
+        <v>1242</v>
       </c>
       <c r="G33" s="9" t="s">
-        <v>1252</v>
+        <v>1168</v>
       </c>
       <c r="H33" s="10">
-        <v>2560</v>
+        <v>2200</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="B34" s="9" t="s">
-        <v>1256</v>
+        <v>1246</v>
       </c>
       <c r="C34" s="9" t="s">
-        <v>1257</v>
+        <v>1247</v>
       </c>
       <c r="D34" s="9" t="s">
+        <v>1171</v>
+      </c>
+      <c r="E34" s="9" t="s">
+        <v>1248</v>
+      </c>
+      <c r="F34" s="9" t="s">
         <v>1249</v>
       </c>
-      <c r="E34" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G34" s="9" t="s">
-        <v>1252</v>
-[...2 lines deleted...]
-        <v>2560</v>
+        <v>1168</v>
+      </c>
+      <c r="H34" s="11">
+        <v>2200</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="B35" s="9" t="s">
-        <v>1259</v>
+        <v>1250</v>
       </c>
       <c r="C35" s="9" t="s">
-        <v>1260</v>
+        <v>1251</v>
       </c>
       <c r="D35" s="9" t="s">
+        <v>1171</v>
+      </c>
+      <c r="E35" s="9" t="s">
+        <v>1252</v>
+      </c>
+      <c r="F35" s="9" t="s">
         <v>1249</v>
       </c>
-      <c r="E35" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G35" s="9" t="s">
-        <v>1252</v>
-[...2 lines deleted...]
-        <v>2560</v>
+        <v>1168</v>
+      </c>
+      <c r="H35" s="11">
+        <v>2200</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="B36" s="9" t="s">
-        <v>1262</v>
+        <v>1253</v>
       </c>
       <c r="C36" s="9" t="s">
-        <v>1263</v>
+        <v>1254</v>
       </c>
       <c r="D36" s="9" t="s">
+        <v>1171</v>
+      </c>
+      <c r="E36" s="9" t="s">
+        <v>1255</v>
+      </c>
+      <c r="F36" s="9" t="s">
         <v>1249</v>
       </c>
-      <c r="E36" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G36" s="9" t="s">
-        <v>1252</v>
-[...2 lines deleted...]
-        <v>2560</v>
+        <v>1168</v>
+      </c>
+      <c r="H36" s="11">
+        <v>2200</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="B37" s="9" t="s">
-        <v>1265</v>
+        <v>1256</v>
       </c>
       <c r="C37" s="9" t="s">
-        <v>1266</v>
+        <v>1257</v>
       </c>
       <c r="D37" s="9" t="s">
-        <v>1267</v>
+        <v>1258</v>
       </c>
       <c r="E37" s="9" t="s">
-        <v>1268</v>
+        <v>1259</v>
       </c>
       <c r="F37" s="9" t="s">
-        <v>1269</v>
+        <v>1259</v>
       </c>
       <c r="G37" s="9" t="s">
-        <v>1252</v>
+        <v>1260</v>
       </c>
       <c r="H37" s="10">
-        <v>2700</v>
+        <v>2300</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="B38" s="9" t="s">
-        <v>1270</v>
+        <v>1261</v>
       </c>
       <c r="C38" s="9" t="s">
-        <v>1271</v>
+        <v>1262</v>
       </c>
       <c r="D38" s="9" t="s">
-        <v>1267</v>
+        <v>1258</v>
       </c>
       <c r="E38" s="9" t="s">
-        <v>1272</v>
+        <v>1263</v>
       </c>
       <c r="F38" s="9" t="s">
-        <v>1269</v>
+        <v>1264</v>
       </c>
       <c r="G38" s="9" t="s">
-        <v>1252</v>
+        <v>1260</v>
       </c>
       <c r="H38" s="10">
-        <v>2700</v>
+        <v>2300</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="B39" s="9" t="s">
-        <v>1273</v>
+        <v>1265</v>
       </c>
       <c r="C39" s="9" t="s">
-        <v>1274</v>
+        <v>1266</v>
       </c>
       <c r="D39" s="9" t="s">
+        <v>1258</v>
+      </c>
+      <c r="E39" s="9" t="s">
         <v>1267</v>
       </c>
-      <c r="E39" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F39" s="9" t="s">
-        <v>1269</v>
+        <v>1267</v>
       </c>
       <c r="G39" s="9" t="s">
-        <v>1252</v>
+        <v>1260</v>
       </c>
       <c r="H39" s="10">
-        <v>2700</v>
+        <v>2300</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="B40" s="9" t="s">
-        <v>1276</v>
+        <v>1268</v>
       </c>
       <c r="C40" s="9" t="s">
-        <v>1277</v>
+        <v>1269</v>
       </c>
       <c r="D40" s="9" t="s">
-        <v>1278</v>
+        <v>1270</v>
       </c>
       <c r="E40" s="9" t="s">
-        <v>1279</v>
+        <v>1271</v>
       </c>
       <c r="F40" s="9" t="s">
-        <v>1269</v>
+        <v>1272</v>
       </c>
       <c r="G40" s="9" t="s">
-        <v>1252</v>
+        <v>1260</v>
       </c>
       <c r="H40" s="10">
-        <v>2700</v>
+        <v>2300</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="B41" s="9" t="s">
+        <v>1273</v>
+      </c>
+      <c r="C41" s="9" t="s">
+        <v>1274</v>
+      </c>
+      <c r="D41" s="9" t="s">
+        <v>1270</v>
+      </c>
+      <c r="E41" s="9" t="s">
+        <v>1275</v>
+      </c>
+      <c r="F41" s="9" t="s">
+        <v>1272</v>
+      </c>
+      <c r="G41" s="9" t="s">
+        <v>1260</v>
+      </c>
+      <c r="H41" s="10">
+        <v>2300</v>
+      </c>
+    </row>
+    <row r="42" spans="1:9">
+      <c r="B42" s="9" t="s">
+        <v>1276</v>
+      </c>
+      <c r="C42" s="9" t="s">
+        <v>1277</v>
+      </c>
+      <c r="D42" s="9" t="s">
+        <v>1278</v>
+      </c>
+      <c r="E42" s="9" t="s">
+        <v>1279</v>
+      </c>
+      <c r="F42" s="9" t="s">
+        <v>1279</v>
+      </c>
+      <c r="G42" s="9" t="s">
+        <v>1260</v>
+      </c>
+      <c r="H42" s="10">
+        <v>2300</v>
+      </c>
+    </row>
+    <row r="43" spans="1:9">
+      <c r="B43" s="9" t="s">
         <v>1280</v>
       </c>
-      <c r="C41" s="9" t="s">
+      <c r="C43" s="9" t="s">
         <v>1281</v>
       </c>
-      <c r="D41" s="9" t="s">
-[...2 lines deleted...]
-      <c r="E41" s="9" t="s">
+      <c r="D43" s="9" t="s">
         <v>1282</v>
       </c>
-      <c r="F41" s="9" t="s">
-[...10 lines deleted...]
-      <c r="B43" s="7" t="s">
+      <c r="E43" s="9" t="s">
         <v>1283</v>
       </c>
-      <c r="C43" s="0"/>
-[...3 lines deleted...]
-      <c r="G43" s="0"/>
+      <c r="F43" s="9" t="s">
+        <v>1284</v>
+      </c>
+      <c r="G43" s="9" t="s">
+        <v>1285</v>
+      </c>
+      <c r="H43" s="10">
+        <v>2560</v>
+      </c>
     </row>
     <row r="44" spans="1:9">
-      <c r="B44" s="8" t="s">
-[...15 lines deleted...]
-        <v>617</v>
+      <c r="B44" s="9" t="s">
+        <v>1286</v>
+      </c>
+      <c r="C44" s="9" t="s">
+        <v>1287</v>
+      </c>
+      <c r="D44" s="9" t="s">
+        <v>1282</v>
+      </c>
+      <c r="E44" s="9" t="s">
+        <v>1288</v>
+      </c>
+      <c r="F44" s="9" t="s">
+        <v>1284</v>
+      </c>
+      <c r="G44" s="9" t="s">
+        <v>1285</v>
+      </c>
+      <c r="H44" s="10">
+        <v>2560</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="B45" s="9" t="s">
+        <v>1289</v>
+      </c>
+      <c r="C45" s="9" t="s">
+        <v>1290</v>
+      </c>
+      <c r="D45" s="9" t="s">
+        <v>1282</v>
+      </c>
+      <c r="E45" s="9" t="s">
+        <v>1291</v>
+      </c>
+      <c r="F45" s="9" t="s">
         <v>1284</v>
       </c>
-      <c r="C45" s="9" t="s">
+      <c r="G45" s="9" t="s">
         <v>1285</v>
       </c>
-      <c r="D45" s="9" t="s">
-[...9 lines deleted...]
-        <v>1800</v>
+      <c r="H45" s="10">
+        <v>2560</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="B46" s="9" t="s">
-        <v>1289</v>
+        <v>1292</v>
       </c>
       <c r="C46" s="9" t="s">
-        <v>1290</v>
+        <v>1293</v>
       </c>
       <c r="D46" s="9" t="s">
-        <v>1286</v>
+        <v>1282</v>
       </c>
       <c r="E46" s="9" t="s">
-        <v>1291</v>
+        <v>1294</v>
       </c>
       <c r="F46" s="9" t="s">
-        <v>1288</v>
-[...2 lines deleted...]
-        <v>1800</v>
+        <v>1284</v>
+      </c>
+      <c r="G46" s="9" t="s">
+        <v>1285</v>
+      </c>
+      <c r="H46" s="10">
+        <v>2560</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="B47" s="9" t="s">
-        <v>1292</v>
+        <v>1295</v>
       </c>
       <c r="C47" s="9" t="s">
-        <v>1293</v>
+        <v>1296</v>
       </c>
       <c r="D47" s="9" t="s">
-        <v>1294</v>
+        <v>1282</v>
       </c>
       <c r="E47" s="9" t="s">
-        <v>1295</v>
+        <v>1297</v>
       </c>
       <c r="F47" s="9" t="s">
-        <v>1179</v>
-[...2 lines deleted...]
-        <v>9240</v>
+        <v>1284</v>
+      </c>
+      <c r="G47" s="9" t="s">
+        <v>1285</v>
+      </c>
+      <c r="H47" s="10">
+        <v>2560</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="B48" s="9" t="s">
-        <v>1296</v>
+        <v>1298</v>
       </c>
       <c r="C48" s="9" t="s">
-        <v>1297</v>
+        <v>1299</v>
       </c>
       <c r="D48" s="9" t="s">
-        <v>1294</v>
+        <v>1300</v>
       </c>
       <c r="E48" s="9" t="s">
-        <v>1298</v>
+        <v>1301</v>
       </c>
       <c r="F48" s="9" t="s">
-        <v>1179</v>
-[...2 lines deleted...]
-        <v>9240</v>
+        <v>1302</v>
+      </c>
+      <c r="G48" s="9" t="s">
+        <v>1285</v>
+      </c>
+      <c r="H48" s="10">
+        <v>2700</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="B49" s="9" t="s">
-        <v>1299</v>
+        <v>1303</v>
       </c>
       <c r="C49" s="9" t="s">
-        <v>1300</v>
+        <v>1304</v>
       </c>
       <c r="D49" s="9" t="s">
-        <v>1294</v>
+        <v>1305</v>
       </c>
       <c r="E49" s="9" t="s">
-        <v>1301</v>
+        <v>1306</v>
       </c>
       <c r="F49" s="9" t="s">
-        <v>1179</v>
-[...2 lines deleted...]
-        <v>9240</v>
+        <v>1302</v>
+      </c>
+      <c r="G49" s="9" t="s">
+        <v>1285</v>
+      </c>
+      <c r="H49" s="10">
+        <v>2700</v>
+      </c>
+    </row>
+    <row r="50" spans="1:9">
+      <c r="B50" s="9" t="s">
+        <v>1307</v>
+      </c>
+      <c r="C50" s="9" t="s">
+        <v>1308</v>
+      </c>
+      <c r="D50" s="9" t="s">
+        <v>1305</v>
+      </c>
+      <c r="E50" s="9" t="s">
+        <v>1309</v>
+      </c>
+      <c r="F50" s="9" t="s">
+        <v>1302</v>
+      </c>
+      <c r="G50" s="9" t="s">
+        <v>1285</v>
+      </c>
+      <c r="H50" s="10">
+        <v>2700</v>
       </c>
     </row>
     <row r="51" spans="1:9">
-      <c r="B51" s="7" t="s">
+      <c r="B51" s="9" t="s">
+        <v>1310</v>
+      </c>
+      <c r="C51" s="9" t="s">
+        <v>1311</v>
+      </c>
+      <c r="D51" s="9" t="s">
+        <v>1305</v>
+      </c>
+      <c r="E51" s="9" t="s">
+        <v>1312</v>
+      </c>
+      <c r="F51" s="9" t="s">
         <v>1302</v>
       </c>
-      <c r="C51" s="0"/>
-[...3 lines deleted...]
-      <c r="G51" s="0"/>
+      <c r="G51" s="9" t="s">
+        <v>1285</v>
+      </c>
+      <c r="H51" s="10">
+        <v>2700</v>
+      </c>
     </row>
     <row r="52" spans="1:9">
-      <c r="B52" s="8" t="s">
+      <c r="B52" s="9" t="s">
+        <v>1313</v>
+      </c>
+      <c r="C52" s="9" t="s">
+        <v>1314</v>
+      </c>
+      <c r="D52" s="9" t="s">
+        <v>1305</v>
+      </c>
+      <c r="E52" s="9" t="s">
+        <v>1315</v>
+      </c>
+      <c r="F52" s="9" t="s">
+        <v>1302</v>
+      </c>
+      <c r="G52" s="9" t="s">
+        <v>1285</v>
+      </c>
+      <c r="H52" s="10">
+        <v>2700</v>
+      </c>
+    </row>
+    <row r="54" spans="1:9">
+      <c r="B54" s="7" t="s">
+        <v>1316</v>
+      </c>
+      <c r="C54" s="0"/>
+      <c r="D54" s="0"/>
+      <c r="E54" s="0"/>
+      <c r="F54" s="0"/>
+      <c r="G54" s="0"/>
+    </row>
+    <row r="55" spans="1:9">
+      <c r="B55" s="8" t="s">
         <v>8</v>
       </c>
-      <c r="C52" s="8" t="s">
+      <c r="C55" s="8" t="s">
         <v>9</v>
       </c>
-      <c r="D52" s="8" t="s">
-[...8 lines deleted...]
-      <c r="G52" s="8" t="s">
+      <c r="D55" s="8" t="s">
+        <v>662</v>
+      </c>
+      <c r="E55" s="8" t="s">
+        <v>38</v>
+      </c>
+      <c r="F55" s="8" t="s">
         <v>11</v>
       </c>
-      <c r="H52" s="8" t="s">
-[...69 lines deleted...]
-        <v>4195</v>
+      <c r="G55" s="8" t="s">
+        <v>615</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="B56" s="9" t="s">
+        <v>1317</v>
+      </c>
+      <c r="C56" s="9" t="s">
+        <v>1318</v>
+      </c>
+      <c r="D56" s="9" t="s">
         <v>1319</v>
       </c>
-      <c r="C56" s="9" t="s">
+      <c r="E56" s="9" t="s">
         <v>1320</v>
       </c>
-      <c r="D56" s="9" t="s">
-[...2 lines deleted...]
-      <c r="E56" s="9" t="s">
+      <c r="F56" s="9" t="s">
         <v>1321</v>
       </c>
-      <c r="F56" s="9" t="s">
-[...6 lines deleted...]
-        <v>4920</v>
+      <c r="G56" s="10">
+        <v>1800</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="B57" s="9" t="s">
         <v>1322</v>
       </c>
       <c r="C57" s="9" t="s">
         <v>1323</v>
       </c>
       <c r="D57" s="9" t="s">
-        <v>1307</v>
+        <v>1319</v>
       </c>
       <c r="E57" s="9" t="s">
         <v>1324</v>
       </c>
       <c r="F57" s="9" t="s">
-        <v>1309</v>
-[...5 lines deleted...]
-        <v>4920</v>
+        <v>1321</v>
+      </c>
+      <c r="G57" s="10">
+        <v>1800</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="B58" s="9" t="s">
         <v>1325</v>
       </c>
       <c r="C58" s="9" t="s">
         <v>1326</v>
       </c>
       <c r="D58" s="9" t="s">
-        <v>1307</v>
+        <v>1327</v>
       </c>
       <c r="E58" s="9" t="s">
-        <v>1327</v>
+        <v>1328</v>
       </c>
       <c r="F58" s="9" t="s">
-        <v>1309</v>
-[...5 lines deleted...]
-        <v>4920</v>
+        <v>1174</v>
+      </c>
+      <c r="G58" s="10">
+        <v>9240</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="B59" s="9" t="s">
-        <v>1328</v>
+        <v>1329</v>
       </c>
       <c r="C59" s="9" t="s">
-        <v>1329</v>
+        <v>1330</v>
       </c>
       <c r="D59" s="9" t="s">
-        <v>1330</v>
+        <v>1327</v>
       </c>
       <c r="E59" s="9" t="s">
         <v>1331</v>
       </c>
       <c r="F59" s="9" t="s">
-        <v>1332</v>
-[...5 lines deleted...]
-        <v>5000</v>
+        <v>1174</v>
+      </c>
+      <c r="G59" s="10">
+        <v>9240</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="B60" s="9" t="s">
+        <v>1332</v>
+      </c>
+      <c r="C60" s="9" t="s">
         <v>1333</v>
       </c>
-      <c r="C60" s="9" t="s">
+      <c r="D60" s="9" t="s">
+        <v>1327</v>
+      </c>
+      <c r="E60" s="9" t="s">
         <v>1334</v>
       </c>
-      <c r="D60" s="9" t="s">
-[...2 lines deleted...]
-      <c r="E60" s="9" t="s">
+      <c r="F60" s="9" t="s">
+        <v>1174</v>
+      </c>
+      <c r="G60" s="10">
+        <v>9240</v>
+      </c>
+    </row>
+    <row r="62" spans="1:9">
+      <c r="B62" s="7" t="s">
         <v>1335</v>
       </c>
-      <c r="F60" s="9" t="s">
-[...10 lines deleted...]
-      <c r="B61" s="9" t="s">
+      <c r="C62" s="0"/>
+      <c r="D62" s="0"/>
+      <c r="E62" s="0"/>
+      <c r="F62" s="0"/>
+      <c r="G62" s="0"/>
+    </row>
+    <row r="63" spans="1:9">
+      <c r="B63" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="C63" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="D63" s="8" t="s">
+        <v>662</v>
+      </c>
+      <c r="E63" s="8" t="s">
+        <v>38</v>
+      </c>
+      <c r="F63" s="8" t="s">
         <v>1336</v>
       </c>
-      <c r="C61" s="9" t="s">
+      <c r="G63" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="H63" s="8" t="s">
         <v>1337</v>
-      </c>
-[...59 lines deleted...]
-        <v>5000</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="B64" s="9" t="s">
-        <v>1345</v>
+        <v>1338</v>
       </c>
       <c r="C64" s="9" t="s">
-        <v>1346</v>
+        <v>1339</v>
       </c>
       <c r="D64" s="9" t="s">
-        <v>1347</v>
+        <v>1340</v>
       </c>
       <c r="E64" s="9" t="s">
-        <v>1348</v>
+        <v>1341</v>
       </c>
       <c r="F64" s="9" t="s">
-        <v>1349</v>
+        <v>1342</v>
       </c>
       <c r="G64" s="9" t="s">
-        <v>1310</v>
+        <v>1343</v>
       </c>
       <c r="H64" s="10">
-        <v>5138</v>
+        <v>4000</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="B65" s="9" t="s">
-        <v>1350</v>
+        <v>1344</v>
       </c>
       <c r="C65" s="9" t="s">
-        <v>1351</v>
+        <v>1345</v>
       </c>
       <c r="D65" s="9" t="s">
-        <v>1330</v>
+        <v>1340</v>
       </c>
       <c r="E65" s="9" t="s">
-        <v>1352</v>
+        <v>1346</v>
       </c>
       <c r="F65" s="9" t="s">
-        <v>1318</v>
+        <v>1347</v>
       </c>
       <c r="G65" s="9" t="s">
-        <v>1310</v>
+        <v>1343</v>
       </c>
       <c r="H65" s="10">
-        <v>5195</v>
+        <v>4071</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="B66" s="9" t="s">
-        <v>1353</v>
+        <v>1348</v>
       </c>
       <c r="C66" s="9" t="s">
-        <v>1354</v>
+        <v>1349</v>
       </c>
       <c r="D66" s="9" t="s">
-        <v>1355</v>
+        <v>1340</v>
       </c>
       <c r="E66" s="9" t="s">
-        <v>1356</v>
+        <v>1350</v>
       </c>
       <c r="F66" s="9" t="s">
-        <v>1357</v>
+        <v>1351</v>
       </c>
       <c r="G66" s="9" t="s">
-        <v>1358</v>
+        <v>1343</v>
       </c>
       <c r="H66" s="10">
-        <v>5338</v>
+        <v>4195</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="B67" s="9" t="s">
-        <v>1359</v>
+        <v>1352</v>
       </c>
       <c r="C67" s="9" t="s">
-        <v>1360</v>
+        <v>1353</v>
       </c>
       <c r="D67" s="9" t="s">
-        <v>1355</v>
+        <v>1340</v>
       </c>
       <c r="E67" s="9" t="s">
-        <v>1361</v>
+        <v>1354</v>
       </c>
       <c r="F67" s="9" t="s">
-        <v>1357</v>
+        <v>1342</v>
       </c>
       <c r="G67" s="9" t="s">
-        <v>1358</v>
+        <v>1343</v>
       </c>
       <c r="H67" s="10">
-        <v>5338</v>
+        <v>4920</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="B68" s="9" t="s">
-        <v>1362</v>
+        <v>1355</v>
       </c>
       <c r="C68" s="9" t="s">
-        <v>1363</v>
+        <v>1356</v>
       </c>
       <c r="D68" s="9" t="s">
-        <v>1355</v>
+        <v>1340</v>
       </c>
       <c r="E68" s="9" t="s">
-        <v>1364</v>
+        <v>1357</v>
       </c>
       <c r="F68" s="9" t="s">
-        <v>1357</v>
+        <v>1342</v>
       </c>
       <c r="G68" s="9" t="s">
-        <v>1358</v>
+        <v>1343</v>
       </c>
       <c r="H68" s="10">
-        <v>5338</v>
+        <v>4920</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="B69" s="9" t="s">
-        <v>1365</v>
+        <v>1358</v>
       </c>
       <c r="C69" s="9" t="s">
-        <v>1366</v>
+        <v>1359</v>
       </c>
       <c r="D69" s="9" t="s">
-        <v>1307</v>
+        <v>1340</v>
       </c>
       <c r="E69" s="9" t="s">
-        <v>1367</v>
+        <v>1360</v>
       </c>
       <c r="F69" s="9" t="s">
-        <v>1368</v>
+        <v>1342</v>
       </c>
       <c r="G69" s="9" t="s">
-        <v>1310</v>
+        <v>1343</v>
       </c>
       <c r="H69" s="10">
-        <v>5451</v>
+        <v>4920</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="B70" s="9" t="s">
-        <v>1369</v>
+        <v>1361</v>
       </c>
       <c r="C70" s="9" t="s">
-        <v>1370</v>
+        <v>1362</v>
       </c>
       <c r="D70" s="9" t="s">
-        <v>1307</v>
+        <v>1363</v>
       </c>
       <c r="E70" s="9" t="s">
-        <v>1371</v>
+        <v>1364</v>
       </c>
       <c r="F70" s="9" t="s">
-        <v>1368</v>
+        <v>1365</v>
       </c>
       <c r="G70" s="9" t="s">
-        <v>1310</v>
+        <v>1343</v>
       </c>
       <c r="H70" s="10">
-        <v>5451</v>
+        <v>5000</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="B71" s="9" t="s">
-        <v>1372</v>
+        <v>1366</v>
       </c>
       <c r="C71" s="9" t="s">
-        <v>1373</v>
+        <v>1367</v>
       </c>
       <c r="D71" s="9" t="s">
-        <v>1307</v>
+        <v>1363</v>
       </c>
       <c r="E71" s="9" t="s">
-        <v>1374</v>
+        <v>1368</v>
       </c>
       <c r="F71" s="9" t="s">
-        <v>1368</v>
+        <v>1365</v>
       </c>
       <c r="G71" s="9" t="s">
-        <v>1310</v>
+        <v>1343</v>
       </c>
       <c r="H71" s="10">
-        <v>5451</v>
+        <v>5000</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="B72" s="9" t="s">
-        <v>1375</v>
+        <v>1369</v>
       </c>
       <c r="C72" s="9" t="s">
-        <v>1376</v>
+        <v>1370</v>
       </c>
       <c r="D72" s="9" t="s">
-        <v>1307</v>
+        <v>1363</v>
       </c>
       <c r="E72" s="9" t="s">
-        <v>1377</v>
+        <v>1371</v>
       </c>
       <c r="F72" s="9" t="s">
-        <v>1368</v>
+        <v>1365</v>
       </c>
       <c r="G72" s="9" t="s">
-        <v>1310</v>
+        <v>1343</v>
       </c>
       <c r="H72" s="10">
-        <v>5451</v>
+        <v>5000</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="B73" s="9" t="s">
-        <v>1378</v>
+        <v>1372</v>
       </c>
       <c r="C73" s="9" t="s">
-        <v>1379</v>
+        <v>1373</v>
       </c>
       <c r="D73" s="9" t="s">
-        <v>1307</v>
+        <v>1363</v>
       </c>
       <c r="E73" s="9" t="s">
-        <v>1380</v>
+        <v>1374</v>
       </c>
       <c r="F73" s="9" t="s">
-        <v>1368</v>
+        <v>1365</v>
       </c>
       <c r="G73" s="9" t="s">
-        <v>1310</v>
+        <v>1343</v>
       </c>
       <c r="H73" s="10">
-        <v>5451</v>
+        <v>5000</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="B74" s="9" t="s">
-        <v>1381</v>
+        <v>1375</v>
       </c>
       <c r="C74" s="9" t="s">
-        <v>1382</v>
+        <v>1376</v>
       </c>
       <c r="D74" s="9" t="s">
-        <v>1347</v>
+        <v>1363</v>
       </c>
       <c r="E74" s="9" t="s">
-        <v>1383</v>
+        <v>1377</v>
       </c>
       <c r="F74" s="9" t="s">
-        <v>1349</v>
+        <v>1365</v>
       </c>
       <c r="G74" s="9" t="s">
-        <v>1310</v>
+        <v>1343</v>
       </c>
       <c r="H74" s="10">
-        <v>5822</v>
+        <v>5000</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="B75" s="9" t="s">
-        <v>1384</v>
+        <v>1378</v>
       </c>
       <c r="C75" s="9" t="s">
-        <v>1385</v>
+        <v>1379</v>
       </c>
       <c r="D75" s="9" t="s">
-        <v>1347</v>
+        <v>1380</v>
       </c>
       <c r="E75" s="9" t="s">
-        <v>1386</v>
+        <v>1381</v>
       </c>
       <c r="F75" s="9" t="s">
-        <v>1349</v>
+        <v>1382</v>
       </c>
       <c r="G75" s="9" t="s">
-        <v>1310</v>
+        <v>1343</v>
       </c>
       <c r="H75" s="10">
-        <v>5822</v>
+        <v>5138</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="B76" s="9" t="s">
-        <v>1387</v>
+        <v>1383</v>
       </c>
       <c r="C76" s="9" t="s">
-        <v>1388</v>
+        <v>1384</v>
       </c>
       <c r="D76" s="9" t="s">
-        <v>1347</v>
+        <v>1363</v>
       </c>
       <c r="E76" s="9" t="s">
-        <v>1389</v>
+        <v>1385</v>
       </c>
       <c r="F76" s="9" t="s">
-        <v>1349</v>
+        <v>1351</v>
       </c>
       <c r="G76" s="9" t="s">
-        <v>1310</v>
+        <v>1343</v>
       </c>
       <c r="H76" s="10">
-        <v>5822</v>
+        <v>5195</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="B77" s="9" t="s">
+        <v>1386</v>
+      </c>
+      <c r="C77" s="9" t="s">
+        <v>1387</v>
+      </c>
+      <c r="D77" s="9" t="s">
+        <v>1388</v>
+      </c>
+      <c r="E77" s="9" t="s">
+        <v>1389</v>
+      </c>
+      <c r="F77" s="9" t="s">
         <v>1390</v>
       </c>
-      <c r="C77" s="9" t="s">
+      <c r="G77" s="9" t="s">
         <v>1391</v>
       </c>
-      <c r="D77" s="9" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H77" s="10">
-        <v>5900</v>
+        <v>5338</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="B78" s="9" t="s">
+        <v>1392</v>
+      </c>
+      <c r="C78" s="9" t="s">
+        <v>1393</v>
+      </c>
+      <c r="D78" s="9" t="s">
+        <v>1388</v>
+      </c>
+      <c r="E78" s="9" t="s">
         <v>1394</v>
       </c>
-      <c r="C78" s="9" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F78" s="9" t="s">
-        <v>1194</v>
+        <v>1390</v>
       </c>
       <c r="G78" s="9" t="s">
-        <v>1173</v>
+        <v>1391</v>
       </c>
       <c r="H78" s="10">
-        <v>5900</v>
+        <v>5338</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="B79" s="9" t="s">
+        <v>1395</v>
+      </c>
+      <c r="C79" s="9" t="s">
+        <v>1396</v>
+      </c>
+      <c r="D79" s="9" t="s">
+        <v>1388</v>
+      </c>
+      <c r="E79" s="9" t="s">
         <v>1397</v>
       </c>
-      <c r="C79" s="9" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F79" s="9" t="s">
-        <v>1194</v>
+        <v>1390</v>
       </c>
       <c r="G79" s="9" t="s">
-        <v>1173</v>
+        <v>1391</v>
       </c>
       <c r="H79" s="10">
-        <v>5900</v>
+        <v>5338</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="B80" s="9" t="s">
+        <v>1398</v>
+      </c>
+      <c r="C80" s="9" t="s">
+        <v>1399</v>
+      </c>
+      <c r="D80" s="9" t="s">
+        <v>1340</v>
+      </c>
+      <c r="E80" s="9" t="s">
         <v>1400</v>
       </c>
-      <c r="C80" s="9" t="s">
+      <c r="F80" s="9" t="s">
         <v>1401</v>
       </c>
-      <c r="D80" s="9" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G80" s="9" t="s">
-        <v>1179</v>
+        <v>1343</v>
       </c>
       <c r="H80" s="10">
-        <v>6066</v>
+        <v>5451</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="B81" s="9" t="s">
-        <v>1405</v>
+        <v>1402</v>
       </c>
       <c r="C81" s="9" t="s">
-        <v>1406</v>
+        <v>1403</v>
       </c>
       <c r="D81" s="9" t="s">
-        <v>1402</v>
+        <v>1340</v>
       </c>
       <c r="E81" s="9" t="s">
-        <v>1407</v>
+        <v>1404</v>
       </c>
       <c r="F81" s="9" t="s">
-        <v>1404</v>
+        <v>1401</v>
       </c>
       <c r="G81" s="9" t="s">
-        <v>1179</v>
+        <v>1343</v>
       </c>
       <c r="H81" s="10">
-        <v>6066</v>
+        <v>5451</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="B82" s="9" t="s">
-        <v>1408</v>
+        <v>1405</v>
       </c>
       <c r="C82" s="9" t="s">
-        <v>1409</v>
+        <v>1406</v>
       </c>
       <c r="D82" s="9" t="s">
-        <v>1402</v>
+        <v>1340</v>
       </c>
       <c r="E82" s="9" t="s">
-        <v>1410</v>
+        <v>1407</v>
       </c>
       <c r="F82" s="9" t="s">
-        <v>1404</v>
+        <v>1401</v>
       </c>
       <c r="G82" s="9" t="s">
-        <v>1179</v>
+        <v>1343</v>
       </c>
       <c r="H82" s="10">
-        <v>6066</v>
+        <v>5451</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="B83" s="9" t="s">
-        <v>1411</v>
+        <v>1408</v>
       </c>
       <c r="C83" s="9" t="s">
-        <v>1412</v>
+        <v>1409</v>
       </c>
       <c r="D83" s="9" t="s">
-        <v>1402</v>
+        <v>1340</v>
       </c>
       <c r="E83" s="9" t="s">
-        <v>1413</v>
+        <v>1410</v>
       </c>
       <c r="F83" s="9" t="s">
-        <v>1404</v>
+        <v>1401</v>
       </c>
       <c r="G83" s="9" t="s">
-        <v>1179</v>
+        <v>1343</v>
       </c>
       <c r="H83" s="10">
-        <v>6066</v>
+        <v>5451</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="B84" s="9" t="s">
-        <v>1414</v>
+        <v>1411</v>
       </c>
       <c r="C84" s="9" t="s">
-        <v>1415</v>
+        <v>1412</v>
       </c>
       <c r="D84" s="9" t="s">
-        <v>1355</v>
+        <v>1340</v>
       </c>
       <c r="E84" s="9" t="s">
-        <v>1416</v>
+        <v>1413</v>
       </c>
       <c r="F84" s="9" t="s">
-        <v>1417</v>
+        <v>1401</v>
       </c>
       <c r="G84" s="9" t="s">
-        <v>1358</v>
+        <v>1343</v>
       </c>
       <c r="H84" s="10">
-        <v>6127</v>
+        <v>5451</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="B85" s="9" t="s">
-        <v>1418</v>
+        <v>1414</v>
       </c>
       <c r="C85" s="9" t="s">
-        <v>1419</v>
+        <v>1415</v>
       </c>
       <c r="D85" s="9" t="s">
-        <v>1355</v>
+        <v>1380</v>
       </c>
       <c r="E85" s="9" t="s">
-        <v>1420</v>
+        <v>1416</v>
       </c>
       <c r="F85" s="9" t="s">
-        <v>1417</v>
+        <v>1382</v>
       </c>
       <c r="G85" s="9" t="s">
-        <v>1358</v>
+        <v>1343</v>
       </c>
       <c r="H85" s="10">
-        <v>6127</v>
+        <v>5822</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="B86" s="9" t="s">
-        <v>1421</v>
+        <v>1417</v>
       </c>
       <c r="C86" s="9" t="s">
-        <v>1422</v>
+        <v>1418</v>
       </c>
       <c r="D86" s="9" t="s">
-        <v>1355</v>
+        <v>1380</v>
       </c>
       <c r="E86" s="9" t="s">
-        <v>1423</v>
+        <v>1419</v>
       </c>
       <c r="F86" s="9" t="s">
-        <v>1417</v>
+        <v>1382</v>
       </c>
       <c r="G86" s="9" t="s">
-        <v>1358</v>
+        <v>1343</v>
       </c>
       <c r="H86" s="10">
-        <v>6127</v>
+        <v>5822</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="B87" s="9" t="s">
-        <v>1424</v>
+        <v>1420</v>
       </c>
       <c r="C87" s="9" t="s">
-        <v>1425</v>
+        <v>1421</v>
       </c>
       <c r="D87" s="9" t="s">
-        <v>1355</v>
+        <v>1380</v>
       </c>
       <c r="E87" s="9" t="s">
-        <v>1426</v>
+        <v>1422</v>
       </c>
       <c r="F87" s="9" t="s">
-        <v>1417</v>
+        <v>1382</v>
       </c>
       <c r="G87" s="9" t="s">
-        <v>1358</v>
+        <v>1343</v>
       </c>
       <c r="H87" s="10">
-        <v>6127</v>
+        <v>5822</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="B88" s="9" t="s">
-        <v>1427</v>
+        <v>1423</v>
       </c>
       <c r="C88" s="9" t="s">
-        <v>1428</v>
+        <v>1424</v>
       </c>
       <c r="D88" s="9" t="s">
-        <v>1355</v>
+        <v>1425</v>
       </c>
       <c r="E88" s="9" t="s">
-        <v>1429</v>
+        <v>1426</v>
       </c>
       <c r="F88" s="9" t="s">
-        <v>1417</v>
+        <v>1228</v>
       </c>
       <c r="G88" s="9" t="s">
-        <v>1358</v>
+        <v>1168</v>
       </c>
       <c r="H88" s="10">
-        <v>6127</v>
+        <v>5900</v>
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="B89" s="9" t="s">
-        <v>1430</v>
+        <v>1427</v>
       </c>
       <c r="C89" s="9" t="s">
-        <v>1431</v>
+        <v>1428</v>
       </c>
       <c r="D89" s="9" t="s">
-        <v>1355</v>
+        <v>1425</v>
       </c>
       <c r="E89" s="9" t="s">
-        <v>1432</v>
+        <v>1429</v>
       </c>
       <c r="F89" s="9" t="s">
-        <v>1417</v>
+        <v>1228</v>
       </c>
       <c r="G89" s="9" t="s">
-        <v>1358</v>
+        <v>1168</v>
       </c>
       <c r="H89" s="10">
-        <v>6127</v>
+        <v>5900</v>
       </c>
     </row>
     <row r="90" spans="1:9">
       <c r="B90" s="9" t="s">
-        <v>1433</v>
+        <v>1430</v>
       </c>
       <c r="C90" s="9" t="s">
-        <v>1434</v>
+        <v>1431</v>
       </c>
       <c r="D90" s="9" t="s">
-        <v>1355</v>
+        <v>1425</v>
       </c>
       <c r="E90" s="9" t="s">
-        <v>1435</v>
+        <v>1432</v>
       </c>
       <c r="F90" s="9" t="s">
-        <v>1436</v>
+        <v>1228</v>
       </c>
       <c r="G90" s="9" t="s">
-        <v>1358</v>
+        <v>1168</v>
       </c>
       <c r="H90" s="10">
-        <v>6127</v>
+        <v>5900</v>
       </c>
     </row>
     <row r="91" spans="1:9">
       <c r="B91" s="9" t="s">
+        <v>1433</v>
+      </c>
+      <c r="C91" s="9" t="s">
+        <v>1434</v>
+      </c>
+      <c r="D91" s="9" t="s">
+        <v>1435</v>
+      </c>
+      <c r="E91" s="9" t="s">
+        <v>1436</v>
+      </c>
+      <c r="F91" s="9" t="s">
         <v>1437</v>
       </c>
-      <c r="C91" s="9" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G91" s="9" t="s">
-        <v>1358</v>
+        <v>1174</v>
       </c>
       <c r="H91" s="10">
-        <v>6127</v>
+        <v>6066</v>
       </c>
     </row>
     <row r="92" spans="1:9">
       <c r="B92" s="9" t="s">
+        <v>1438</v>
+      </c>
+      <c r="C92" s="9" t="s">
+        <v>1439</v>
+      </c>
+      <c r="D92" s="9" t="s">
+        <v>1435</v>
+      </c>
+      <c r="E92" s="9" t="s">
         <v>1440</v>
       </c>
-      <c r="C92" s="9" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F92" s="9" t="s">
-        <v>1436</v>
+        <v>1437</v>
       </c>
       <c r="G92" s="9" t="s">
-        <v>1358</v>
+        <v>1174</v>
       </c>
       <c r="H92" s="10">
-        <v>6127</v>
+        <v>6066</v>
       </c>
     </row>
     <row r="93" spans="1:9">
       <c r="B93" s="9" t="s">
+        <v>1441</v>
+      </c>
+      <c r="C93" s="9" t="s">
+        <v>1442</v>
+      </c>
+      <c r="D93" s="9" t="s">
+        <v>1435</v>
+      </c>
+      <c r="E93" s="9" t="s">
         <v>1443</v>
       </c>
-      <c r="C93" s="9" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F93" s="9" t="s">
-        <v>1436</v>
+        <v>1437</v>
       </c>
       <c r="G93" s="9" t="s">
-        <v>1358</v>
+        <v>1174</v>
       </c>
       <c r="H93" s="10">
-        <v>6127</v>
+        <v>6066</v>
       </c>
     </row>
     <row r="94" spans="1:9">
       <c r="B94" s="9" t="s">
+        <v>1444</v>
+      </c>
+      <c r="C94" s="9" t="s">
+        <v>1445</v>
+      </c>
+      <c r="D94" s="9" t="s">
+        <v>1435</v>
+      </c>
+      <c r="E94" s="9" t="s">
         <v>1446</v>
       </c>
-      <c r="C94" s="9" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F94" s="9" t="s">
-        <v>1436</v>
+        <v>1437</v>
       </c>
       <c r="G94" s="9" t="s">
-        <v>1358</v>
+        <v>1174</v>
       </c>
       <c r="H94" s="10">
-        <v>6127</v>
+        <v>6066</v>
       </c>
     </row>
     <row r="95" spans="1:9">
       <c r="B95" s="9" t="s">
+        <v>1447</v>
+      </c>
+      <c r="C95" s="9" t="s">
+        <v>1448</v>
+      </c>
+      <c r="D95" s="9" t="s">
+        <v>1388</v>
+      </c>
+      <c r="E95" s="9" t="s">
         <v>1449</v>
       </c>
-      <c r="C95" s="9" t="s">
+      <c r="F95" s="9" t="s">
         <v>1450</v>
       </c>
-      <c r="D95" s="9" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G95" s="9" t="s">
-        <v>1179</v>
+        <v>1391</v>
       </c>
       <c r="H95" s="10">
-        <v>6390</v>
+        <v>6127</v>
       </c>
     </row>
     <row r="96" spans="1:9">
       <c r="B96" s="9" t="s">
-        <v>1454</v>
+        <v>1451</v>
       </c>
       <c r="C96" s="9" t="s">
-        <v>1455</v>
+        <v>1452</v>
       </c>
       <c r="D96" s="9" t="s">
-        <v>1451</v>
+        <v>1388</v>
       </c>
       <c r="E96" s="9" t="s">
-        <v>1456</v>
+        <v>1453</v>
       </c>
       <c r="F96" s="9" t="s">
-        <v>1453</v>
+        <v>1450</v>
       </c>
       <c r="G96" s="9" t="s">
-        <v>1179</v>
+        <v>1391</v>
       </c>
       <c r="H96" s="10">
-        <v>6390</v>
+        <v>6127</v>
       </c>
     </row>
     <row r="97" spans="1:9">
       <c r="B97" s="9" t="s">
-        <v>1457</v>
+        <v>1454</v>
       </c>
       <c r="C97" s="9" t="s">
-        <v>1458</v>
+        <v>1455</v>
       </c>
       <c r="D97" s="9" t="s">
-        <v>1451</v>
+        <v>1388</v>
       </c>
       <c r="E97" s="9" t="s">
-        <v>1459</v>
+        <v>1456</v>
       </c>
       <c r="F97" s="9" t="s">
-        <v>1453</v>
+        <v>1450</v>
       </c>
       <c r="G97" s="9" t="s">
-        <v>1179</v>
+        <v>1391</v>
       </c>
       <c r="H97" s="10">
-        <v>6390</v>
+        <v>6127</v>
       </c>
     </row>
     <row r="98" spans="1:9">
       <c r="B98" s="9" t="s">
-        <v>1460</v>
+        <v>1457</v>
       </c>
       <c r="C98" s="9" t="s">
-        <v>1461</v>
+        <v>1458</v>
       </c>
       <c r="D98" s="9" t="s">
-        <v>1451</v>
+        <v>1388</v>
       </c>
       <c r="E98" s="9" t="s">
-        <v>1462</v>
+        <v>1459</v>
       </c>
       <c r="F98" s="9" t="s">
-        <v>1453</v>
+        <v>1450</v>
       </c>
       <c r="G98" s="9" t="s">
-        <v>1179</v>
+        <v>1391</v>
       </c>
       <c r="H98" s="10">
-        <v>6390</v>
+        <v>6127</v>
       </c>
     </row>
     <row r="99" spans="1:9">
       <c r="B99" s="9" t="s">
-        <v>1463</v>
+        <v>1460</v>
       </c>
       <c r="C99" s="9" t="s">
-        <v>1464</v>
+        <v>1461</v>
       </c>
       <c r="D99" s="9" t="s">
-        <v>1451</v>
+        <v>1388</v>
       </c>
       <c r="E99" s="9" t="s">
-        <v>1465</v>
+        <v>1462</v>
       </c>
       <c r="F99" s="9" t="s">
-        <v>1453</v>
+        <v>1450</v>
       </c>
       <c r="G99" s="9" t="s">
-        <v>1179</v>
+        <v>1391</v>
       </c>
       <c r="H99" s="10">
-        <v>6390</v>
+        <v>6127</v>
       </c>
     </row>
     <row r="100" spans="1:9">
       <c r="B100" s="9" t="s">
-        <v>1466</v>
+        <v>1463</v>
       </c>
       <c r="C100" s="9" t="s">
-        <v>1467</v>
+        <v>1464</v>
       </c>
       <c r="D100" s="9" t="s">
-        <v>1402</v>
+        <v>1388</v>
       </c>
       <c r="E100" s="9" t="s">
-        <v>1185</v>
+        <v>1465</v>
       </c>
       <c r="F100" s="9" t="s">
-        <v>1178</v>
+        <v>1450</v>
       </c>
       <c r="G100" s="9" t="s">
-        <v>1179</v>
+        <v>1391</v>
       </c>
       <c r="H100" s="10">
-        <v>6400</v>
+        <v>6127</v>
       </c>
     </row>
     <row r="101" spans="1:9">
       <c r="B101" s="9" t="s">
+        <v>1466</v>
+      </c>
+      <c r="C101" s="9" t="s">
+        <v>1467</v>
+      </c>
+      <c r="D101" s="9" t="s">
+        <v>1388</v>
+      </c>
+      <c r="E101" s="9" t="s">
         <v>1468</v>
       </c>
-      <c r="C101" s="9" t="s">
+      <c r="F101" s="9" t="s">
         <v>1469</v>
       </c>
-      <c r="D101" s="9" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G101" s="9" t="s">
-        <v>1179</v>
+        <v>1391</v>
       </c>
       <c r="H101" s="10">
-        <v>6400</v>
+        <v>6127</v>
       </c>
     </row>
     <row r="102" spans="1:9">
       <c r="B102" s="9" t="s">
         <v>1470</v>
       </c>
       <c r="C102" s="9" t="s">
         <v>1471</v>
       </c>
       <c r="D102" s="9" t="s">
-        <v>1402</v>
+        <v>1388</v>
       </c>
       <c r="E102" s="9" t="s">
         <v>1472</v>
       </c>
       <c r="F102" s="9" t="s">
-        <v>1178</v>
+        <v>1469</v>
       </c>
       <c r="G102" s="9" t="s">
-        <v>1179</v>
+        <v>1391</v>
       </c>
       <c r="H102" s="10">
-        <v>6400</v>
+        <v>6127</v>
       </c>
     </row>
     <row r="103" spans="1:9">
       <c r="B103" s="9" t="s">
         <v>1473</v>
       </c>
       <c r="C103" s="9" t="s">
         <v>1474</v>
       </c>
       <c r="D103" s="9" t="s">
+        <v>1388</v>
+      </c>
+      <c r="E103" s="9" t="s">
         <v>1475</v>
       </c>
-      <c r="E103" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F103" s="9" t="s">
-        <v>1168</v>
+        <v>1469</v>
       </c>
       <c r="G103" s="9" t="s">
-        <v>1173</v>
-[...2 lines deleted...]
-        <v>6500</v>
+        <v>1391</v>
+      </c>
+      <c r="H103" s="10">
+        <v>6127</v>
       </c>
     </row>
     <row r="104" spans="1:9">
       <c r="B104" s="9" t="s">
+        <v>1476</v>
+      </c>
+      <c r="C104" s="9" t="s">
         <v>1477</v>
       </c>
-      <c r="C104" s="9" t="s">
+      <c r="D104" s="9" t="s">
+        <v>1388</v>
+      </c>
+      <c r="E104" s="9" t="s">
         <v>1478</v>
       </c>
-      <c r="D104" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F104" s="9" t="s">
-        <v>1481</v>
+        <v>1469</v>
       </c>
       <c r="G104" s="9" t="s">
-        <v>1482</v>
+        <v>1391</v>
       </c>
       <c r="H104" s="10">
-        <v>6339.072</v>
+        <v>6127</v>
       </c>
     </row>
     <row r="105" spans="1:9">
       <c r="B105" s="9" t="s">
-        <v>1483</v>
+        <v>1479</v>
       </c>
       <c r="C105" s="9" t="s">
-        <v>1484</v>
+        <v>1480</v>
       </c>
       <c r="D105" s="9" t="s">
-        <v>1485</v>
+        <v>1388</v>
       </c>
       <c r="E105" s="9" t="s">
-        <v>1486</v>
+        <v>1481</v>
       </c>
       <c r="F105" s="9" t="s">
-        <v>1269</v>
+        <v>1469</v>
       </c>
       <c r="G105" s="9" t="s">
-        <v>1252</v>
+        <v>1391</v>
       </c>
       <c r="H105" s="10">
-        <v>6800</v>
+        <v>6127</v>
       </c>
     </row>
     <row r="106" spans="1:9">
       <c r="B106" s="9" t="s">
-        <v>1487</v>
+        <v>1482</v>
       </c>
       <c r="C106" s="9" t="s">
-        <v>1488</v>
+        <v>1483</v>
       </c>
       <c r="D106" s="9" t="s">
-        <v>1307</v>
+        <v>1484</v>
       </c>
       <c r="E106" s="9" t="s">
-        <v>1250</v>
+        <v>1485</v>
       </c>
       <c r="F106" s="9" t="s">
-        <v>1251</v>
+        <v>1486</v>
       </c>
       <c r="G106" s="9" t="s">
-        <v>1252</v>
+        <v>1174</v>
       </c>
       <c r="H106" s="10">
-        <v>6800</v>
+        <v>6390</v>
       </c>
     </row>
     <row r="107" spans="1:9">
       <c r="B107" s="9" t="s">
+        <v>1487</v>
+      </c>
+      <c r="C107" s="9" t="s">
+        <v>1488</v>
+      </c>
+      <c r="D107" s="9" t="s">
+        <v>1484</v>
+      </c>
+      <c r="E107" s="9" t="s">
         <v>1489</v>
       </c>
-      <c r="C107" s="9" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F107" s="9" t="s">
-        <v>1251</v>
+        <v>1486</v>
       </c>
       <c r="G107" s="9" t="s">
-        <v>1252</v>
+        <v>1174</v>
       </c>
       <c r="H107" s="10">
-        <v>6800</v>
+        <v>6390</v>
       </c>
     </row>
     <row r="108" spans="1:9">
       <c r="B108" s="9" t="s">
+        <v>1490</v>
+      </c>
+      <c r="C108" s="9" t="s">
         <v>1491</v>
       </c>
-      <c r="C108" s="9" t="s">
+      <c r="D108" s="9" t="s">
+        <v>1484</v>
+      </c>
+      <c r="E108" s="9" t="s">
         <v>1492</v>
       </c>
-      <c r="D108" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F108" s="9" t="s">
-        <v>1251</v>
+        <v>1486</v>
       </c>
       <c r="G108" s="9" t="s">
-        <v>1252</v>
+        <v>1174</v>
       </c>
       <c r="H108" s="10">
-        <v>6800</v>
+        <v>6390</v>
       </c>
     </row>
     <row r="109" spans="1:9">
       <c r="B109" s="9" t="s">
         <v>1493</v>
       </c>
       <c r="C109" s="9" t="s">
         <v>1494</v>
       </c>
       <c r="D109" s="9" t="s">
-        <v>1307</v>
+        <v>1484</v>
       </c>
       <c r="E109" s="9" t="s">
-        <v>1264</v>
+        <v>1495</v>
       </c>
       <c r="F109" s="9" t="s">
-        <v>1251</v>
+        <v>1486</v>
       </c>
       <c r="G109" s="9" t="s">
-        <v>1252</v>
+        <v>1174</v>
       </c>
       <c r="H109" s="10">
-        <v>6800</v>
+        <v>6390</v>
       </c>
     </row>
     <row r="110" spans="1:9">
       <c r="B110" s="9" t="s">
-        <v>1495</v>
+        <v>1496</v>
       </c>
       <c r="C110" s="9" t="s">
-        <v>1496</v>
+        <v>1497</v>
       </c>
       <c r="D110" s="9" t="s">
-        <v>1307</v>
+        <v>1484</v>
       </c>
       <c r="E110" s="9" t="s">
-        <v>1261</v>
+        <v>1498</v>
       </c>
       <c r="F110" s="9" t="s">
-        <v>1251</v>
+        <v>1486</v>
       </c>
       <c r="G110" s="9" t="s">
-        <v>1252</v>
+        <v>1174</v>
       </c>
       <c r="H110" s="10">
-        <v>6800</v>
+        <v>6390</v>
       </c>
     </row>
     <row r="111" spans="1:9">
       <c r="B111" s="9" t="s">
-        <v>1497</v>
+        <v>1499</v>
       </c>
       <c r="C111" s="9" t="s">
-        <v>1498</v>
+        <v>1500</v>
       </c>
       <c r="D111" s="9" t="s">
-        <v>1485</v>
+        <v>1435</v>
       </c>
       <c r="E111" s="9" t="s">
-        <v>1282</v>
+        <v>1219</v>
       </c>
       <c r="F111" s="9" t="s">
-        <v>1269</v>
+        <v>1209</v>
       </c>
       <c r="G111" s="9" t="s">
-        <v>1252</v>
+        <v>1174</v>
       </c>
       <c r="H111" s="10">
-        <v>6800</v>
+        <v>6400</v>
       </c>
     </row>
     <row r="112" spans="1:9">
       <c r="B112" s="9" t="s">
-        <v>1499</v>
+        <v>1501</v>
       </c>
       <c r="C112" s="9" t="s">
-        <v>1500</v>
+        <v>1502</v>
       </c>
       <c r="D112" s="9" t="s">
-        <v>1485</v>
+        <v>1435</v>
       </c>
       <c r="E112" s="9" t="s">
-        <v>1279</v>
+        <v>1213</v>
       </c>
       <c r="F112" s="9" t="s">
-        <v>1269</v>
+        <v>1209</v>
       </c>
       <c r="G112" s="9" t="s">
-        <v>1252</v>
+        <v>1174</v>
       </c>
       <c r="H112" s="10">
-        <v>6800</v>
+        <v>6400</v>
       </c>
     </row>
     <row r="113" spans="1:9">
       <c r="B113" s="9" t="s">
-        <v>1501</v>
+        <v>1503</v>
       </c>
       <c r="C113" s="9" t="s">
-        <v>1502</v>
+        <v>1504</v>
       </c>
       <c r="D113" s="9" t="s">
-        <v>1485</v>
+        <v>1435</v>
       </c>
       <c r="E113" s="9" t="s">
-        <v>1503</v>
+        <v>1505</v>
       </c>
       <c r="F113" s="9" t="s">
-        <v>1269</v>
+        <v>1209</v>
       </c>
       <c r="G113" s="9" t="s">
-        <v>1252</v>
+        <v>1174</v>
       </c>
       <c r="H113" s="10">
-        <v>6800</v>
+        <v>6400</v>
       </c>
     </row>
     <row r="114" spans="1:9">
       <c r="B114" s="9" t="s">
-        <v>1504</v>
+        <v>1506</v>
       </c>
       <c r="C114" s="9" t="s">
-        <v>1505</v>
+        <v>1507</v>
       </c>
       <c r="D114" s="9" t="s">
-        <v>1485</v>
+        <v>1508</v>
       </c>
       <c r="E114" s="9" t="s">
-        <v>1268</v>
+        <v>1509</v>
       </c>
       <c r="F114" s="9" t="s">
-        <v>1269</v>
+        <v>1163</v>
       </c>
       <c r="G114" s="9" t="s">
-        <v>1252</v>
-[...2 lines deleted...]
-        <v>6800</v>
+        <v>1168</v>
+      </c>
+      <c r="H114" s="11">
+        <v>6500</v>
       </c>
     </row>
     <row r="115" spans="1:9">
       <c r="B115" s="9" t="s">
-        <v>1506</v>
+        <v>1510</v>
       </c>
       <c r="C115" s="9" t="s">
-        <v>1507</v>
+        <v>1511</v>
       </c>
       <c r="D115" s="9" t="s">
-        <v>1479</v>
+        <v>1512</v>
       </c>
       <c r="E115" s="9" t="s">
-        <v>1508</v>
+        <v>1513</v>
       </c>
       <c r="F115" s="9" t="s">
-        <v>1481</v>
+        <v>1514</v>
       </c>
       <c r="G115" s="9" t="s">
-        <v>1482</v>
+        <v>1515</v>
       </c>
       <c r="H115" s="10">
-        <v>6487.644</v>
+        <v>6339.072</v>
       </c>
     </row>
     <row r="116" spans="1:9">
       <c r="B116" s="9" t="s">
-        <v>1509</v>
+        <v>1516</v>
       </c>
       <c r="C116" s="9" t="s">
-        <v>1510</v>
+        <v>1517</v>
       </c>
       <c r="D116" s="9" t="s">
-        <v>1511</v>
+        <v>1518</v>
       </c>
       <c r="E116" s="9" t="s">
-        <v>985</v>
+        <v>1519</v>
       </c>
       <c r="F116" s="9" t="s">
-        <v>1512</v>
+        <v>1302</v>
       </c>
       <c r="G116" s="9" t="s">
-        <v>1513</v>
+        <v>1285</v>
       </c>
       <c r="H116" s="10">
-        <v>7100</v>
+        <v>6800</v>
       </c>
     </row>
     <row r="117" spans="1:9">
       <c r="B117" s="9" t="s">
-        <v>1514</v>
+        <v>1520</v>
       </c>
       <c r="C117" s="9" t="s">
-        <v>1515</v>
+        <v>1521</v>
       </c>
       <c r="D117" s="9" t="s">
-        <v>1479</v>
+        <v>1340</v>
       </c>
       <c r="E117" s="9" t="s">
-        <v>1516</v>
+        <v>1297</v>
       </c>
       <c r="F117" s="9" t="s">
-        <v>1481</v>
+        <v>1284</v>
       </c>
       <c r="G117" s="9" t="s">
-        <v>1482</v>
+        <v>1285</v>
       </c>
       <c r="H117" s="10">
-        <v>6685.74</v>
+        <v>6800</v>
       </c>
     </row>
     <row r="118" spans="1:9">
       <c r="B118" s="9" t="s">
-        <v>1517</v>
+        <v>1522</v>
       </c>
       <c r="C118" s="9" t="s">
-        <v>1518</v>
+        <v>1523</v>
       </c>
       <c r="D118" s="9" t="s">
-        <v>1479</v>
+        <v>1340</v>
       </c>
       <c r="E118" s="9" t="s">
-        <v>1519</v>
+        <v>1291</v>
       </c>
       <c r="F118" s="9" t="s">
-        <v>1481</v>
+        <v>1284</v>
       </c>
       <c r="G118" s="9" t="s">
-        <v>1482</v>
+        <v>1285</v>
       </c>
       <c r="H118" s="10">
-        <v>6735.264</v>
+        <v>6800</v>
       </c>
     </row>
     <row r="119" spans="1:9">
       <c r="B119" s="9" t="s">
-        <v>1520</v>
+        <v>1524</v>
       </c>
       <c r="C119" s="9" t="s">
-        <v>1521</v>
+        <v>1525</v>
       </c>
       <c r="D119" s="9" t="s">
-        <v>1479</v>
+        <v>1340</v>
       </c>
       <c r="E119" s="9" t="s">
-        <v>1522</v>
+        <v>1294</v>
       </c>
       <c r="F119" s="9" t="s">
-        <v>1481</v>
+        <v>1284</v>
       </c>
       <c r="G119" s="9" t="s">
-        <v>1482</v>
+        <v>1285</v>
       </c>
       <c r="H119" s="10">
-        <v>6735.264</v>
+        <v>6800</v>
       </c>
     </row>
     <row r="120" spans="1:9">
       <c r="B120" s="9" t="s">
-        <v>1523</v>
+        <v>1526</v>
       </c>
       <c r="C120" s="9" t="s">
-        <v>1524</v>
+        <v>1527</v>
       </c>
       <c r="D120" s="9" t="s">
-        <v>1525</v>
+        <v>1340</v>
       </c>
       <c r="E120" s="9" t="s">
-        <v>1526</v>
+        <v>1283</v>
       </c>
       <c r="F120" s="9" t="s">
-        <v>1526</v>
+        <v>1284</v>
       </c>
       <c r="G120" s="9" t="s">
-        <v>1527</v>
+        <v>1285</v>
       </c>
       <c r="H120" s="10">
-        <v>8707.200000000001</v>
+        <v>6800</v>
       </c>
     </row>
     <row r="121" spans="1:9">
       <c r="B121" s="9" t="s">
         <v>1528</v>
       </c>
       <c r="C121" s="9" t="s">
         <v>1529</v>
       </c>
       <c r="D121" s="9" t="s">
-        <v>1530</v>
+        <v>1340</v>
       </c>
       <c r="E121" s="9" t="s">
-        <v>1212</v>
+        <v>1288</v>
       </c>
       <c r="F121" s="9" t="s">
-        <v>1212</v>
+        <v>1284</v>
       </c>
       <c r="G121" s="9" t="s">
-        <v>1173</v>
+        <v>1285</v>
       </c>
       <c r="H121" s="10">
-        <v>9100</v>
+        <v>6800</v>
       </c>
     </row>
     <row r="122" spans="1:9">
       <c r="B122" s="9" t="s">
+        <v>1530</v>
+      </c>
+      <c r="C122" s="9" t="s">
         <v>1531</v>
       </c>
-      <c r="C122" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D122" s="9" t="s">
-        <v>1533</v>
+        <v>1518</v>
       </c>
       <c r="E122" s="9" t="s">
-        <v>1534</v>
+        <v>1306</v>
       </c>
       <c r="F122" s="9" t="s">
-        <v>1205</v>
+        <v>1302</v>
       </c>
       <c r="G122" s="9" t="s">
-        <v>1173</v>
-[...2 lines deleted...]
-        <v>9100</v>
+        <v>1285</v>
+      </c>
+      <c r="H122" s="10">
+        <v>6800</v>
       </c>
     </row>
     <row r="123" spans="1:9">
       <c r="B123" s="9" t="s">
-        <v>1535</v>
+        <v>1532</v>
       </c>
       <c r="C123" s="9" t="s">
-        <v>1536</v>
+        <v>1533</v>
       </c>
       <c r="D123" s="9" t="s">
-        <v>1533</v>
+        <v>1518</v>
       </c>
       <c r="E123" s="9" t="s">
-        <v>1537</v>
+        <v>1301</v>
       </c>
       <c r="F123" s="9" t="s">
-        <v>1205</v>
+        <v>1302</v>
       </c>
       <c r="G123" s="9" t="s">
-        <v>1173</v>
-[...2 lines deleted...]
-        <v>9100</v>
+        <v>1285</v>
+      </c>
+      <c r="H123" s="10">
+        <v>6800</v>
       </c>
     </row>
     <row r="124" spans="1:9">
       <c r="B124" s="9" t="s">
-        <v>1538</v>
+        <v>1534</v>
       </c>
       <c r="C124" s="9" t="s">
-        <v>1539</v>
+        <v>1535</v>
       </c>
       <c r="D124" s="9" t="s">
-        <v>1533</v>
+        <v>1518</v>
       </c>
       <c r="E124" s="9" t="s">
-        <v>1540</v>
+        <v>1536</v>
       </c>
       <c r="F124" s="9" t="s">
-        <v>1205</v>
+        <v>1302</v>
       </c>
       <c r="G124" s="9" t="s">
-        <v>1173</v>
-[...2 lines deleted...]
-        <v>9100</v>
+        <v>1285</v>
+      </c>
+      <c r="H124" s="10">
+        <v>6800</v>
       </c>
     </row>
     <row r="125" spans="1:9">
       <c r="B125" s="9" t="s">
-        <v>1541</v>
+        <v>1537</v>
       </c>
       <c r="C125" s="9" t="s">
-        <v>1542</v>
+        <v>1538</v>
       </c>
       <c r="D125" s="9" t="s">
-        <v>1533</v>
+        <v>1518</v>
       </c>
       <c r="E125" s="9" t="s">
-        <v>1222</v>
+        <v>1315</v>
       </c>
       <c r="F125" s="9" t="s">
-        <v>1216</v>
+        <v>1302</v>
       </c>
       <c r="G125" s="9" t="s">
-        <v>1173</v>
+        <v>1285</v>
       </c>
       <c r="H125" s="10">
-        <v>9100</v>
+        <v>6800</v>
       </c>
     </row>
     <row r="126" spans="1:9">
       <c r="B126" s="9" t="s">
-        <v>1543</v>
+        <v>1539</v>
       </c>
       <c r="C126" s="9" t="s">
-        <v>1544</v>
+        <v>1540</v>
       </c>
       <c r="D126" s="9" t="s">
-        <v>1533</v>
+        <v>1512</v>
       </c>
       <c r="E126" s="9" t="s">
-        <v>1215</v>
+        <v>1541</v>
       </c>
       <c r="F126" s="9" t="s">
-        <v>1216</v>
+        <v>1514</v>
       </c>
       <c r="G126" s="9" t="s">
-        <v>1173</v>
+        <v>1515</v>
       </c>
       <c r="H126" s="10">
-        <v>9100</v>
+        <v>6487.644</v>
       </c>
     </row>
     <row r="127" spans="1:9">
       <c r="B127" s="9" t="s">
+        <v>1542</v>
+      </c>
+      <c r="C127" s="9" t="s">
+        <v>1543</v>
+      </c>
+      <c r="D127" s="9" t="s">
+        <v>1544</v>
+      </c>
+      <c r="E127" s="9" t="s">
+        <v>980</v>
+      </c>
+      <c r="F127" s="9" t="s">
         <v>1545</v>
       </c>
-      <c r="C127" s="9" t="s">
+      <c r="G127" s="9" t="s">
         <v>1546</v>
       </c>
-      <c r="D127" s="9" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H127" s="10">
-        <v>9100</v>
+        <v>7100</v>
       </c>
     </row>
     <row r="128" spans="1:9">
       <c r="B128" s="9" t="s">
+        <v>1547</v>
+      </c>
+      <c r="C128" s="9" t="s">
         <v>1548</v>
       </c>
-      <c r="C128" s="9" t="s">
+      <c r="D128" s="9" t="s">
+        <v>1512</v>
+      </c>
+      <c r="E128" s="9" t="s">
         <v>1549</v>
       </c>
-      <c r="D128" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F128" s="9" t="s">
-        <v>1201</v>
+        <v>1514</v>
       </c>
       <c r="G128" s="9" t="s">
-        <v>1173</v>
+        <v>1515</v>
       </c>
       <c r="H128" s="10">
-        <v>9200</v>
+        <v>6685.74</v>
       </c>
     </row>
     <row r="129" spans="1:9">
       <c r="B129" s="9" t="s">
         <v>1550</v>
       </c>
       <c r="C129" s="9" t="s">
         <v>1551</v>
       </c>
       <c r="D129" s="9" t="s">
-        <v>1533</v>
+        <v>1512</v>
       </c>
       <c r="E129" s="9" t="s">
-        <v>1396</v>
+        <v>1552</v>
       </c>
       <c r="F129" s="9" t="s">
-        <v>1201</v>
+        <v>1514</v>
       </c>
       <c r="G129" s="9" t="s">
-        <v>1173</v>
+        <v>1515</v>
       </c>
       <c r="H129" s="10">
-        <v>9200</v>
+        <v>6735.264</v>
       </c>
     </row>
     <row r="130" spans="1:9">
       <c r="B130" s="9" t="s">
-        <v>1552</v>
+        <v>1553</v>
       </c>
       <c r="C130" s="9" t="s">
-        <v>1553</v>
+        <v>1554</v>
       </c>
       <c r="D130" s="9" t="s">
-        <v>1554</v>
+        <v>1512</v>
       </c>
       <c r="E130" s="9" t="s">
-        <v>1242</v>
+        <v>1555</v>
       </c>
       <c r="F130" s="9" t="s">
-        <v>1242</v>
+        <v>1514</v>
       </c>
       <c r="G130" s="9" t="s">
-        <v>1228</v>
+        <v>1515</v>
       </c>
       <c r="H130" s="10">
-        <v>9800</v>
+        <v>6735.264</v>
       </c>
     </row>
     <row r="131" spans="1:9">
       <c r="B131" s="9" t="s">
-        <v>1555</v>
+        <v>1556</v>
       </c>
       <c r="C131" s="9" t="s">
-        <v>1556</v>
+        <v>1557</v>
       </c>
       <c r="D131" s="9" t="s">
-        <v>1554</v>
+        <v>1558</v>
       </c>
       <c r="E131" s="9" t="s">
-        <v>1246</v>
+        <v>1559</v>
       </c>
       <c r="F131" s="9" t="s">
-        <v>1246</v>
+        <v>1559</v>
       </c>
       <c r="G131" s="9" t="s">
-        <v>1228</v>
+        <v>1560</v>
       </c>
       <c r="H131" s="10">
-        <v>9800</v>
+        <v>8707.200000000001</v>
       </c>
     </row>
     <row r="132" spans="1:9">
       <c r="B132" s="9" t="s">
-        <v>1557</v>
+        <v>1561</v>
       </c>
       <c r="C132" s="9" t="s">
-        <v>1558</v>
+        <v>1562</v>
       </c>
       <c r="D132" s="9" t="s">
-        <v>1559</v>
+        <v>1563</v>
       </c>
       <c r="E132" s="9" t="s">
-        <v>1239</v>
+        <v>1235</v>
       </c>
       <c r="F132" s="9" t="s">
-        <v>1239</v>
+        <v>1235</v>
       </c>
       <c r="G132" s="9" t="s">
-        <v>1228</v>
+        <v>1168</v>
       </c>
       <c r="H132" s="10">
-        <v>9800</v>
+        <v>9100</v>
       </c>
     </row>
     <row r="133" spans="1:9">
       <c r="B133" s="9" t="s">
-        <v>1560</v>
+        <v>1564</v>
       </c>
       <c r="C133" s="9" t="s">
-        <v>1561</v>
+        <v>1565</v>
       </c>
       <c r="D133" s="9" t="s">
-        <v>1554</v>
+        <v>1566</v>
       </c>
       <c r="E133" s="9" t="s">
-        <v>1235</v>
+        <v>1567</v>
       </c>
       <c r="F133" s="9" t="s">
-        <v>1235</v>
+        <v>1249</v>
       </c>
       <c r="G133" s="9" t="s">
-        <v>1228</v>
-[...2 lines deleted...]
-        <v>9800</v>
+        <v>1168</v>
+      </c>
+      <c r="H133" s="11">
+        <v>9100</v>
+      </c>
+    </row>
+    <row r="134" spans="1:9">
+      <c r="B134" s="9" t="s">
+        <v>1568</v>
+      </c>
+      <c r="C134" s="9" t="s">
+        <v>1569</v>
+      </c>
+      <c r="D134" s="9" t="s">
+        <v>1566</v>
+      </c>
+      <c r="E134" s="9" t="s">
+        <v>1570</v>
+      </c>
+      <c r="F134" s="9" t="s">
+        <v>1249</v>
+      </c>
+      <c r="G134" s="9" t="s">
+        <v>1168</v>
+      </c>
+      <c r="H134" s="11">
+        <v>9100</v>
       </c>
     </row>
     <row r="135" spans="1:9">
-      <c r="B135" s="7" t="s">
-[...6 lines deleted...]
-      <c r="G135" s="0"/>
+      <c r="B135" s="9" t="s">
+        <v>1571</v>
+      </c>
+      <c r="C135" s="9" t="s">
+        <v>1572</v>
+      </c>
+      <c r="D135" s="9" t="s">
+        <v>1566</v>
+      </c>
+      <c r="E135" s="9" t="s">
+        <v>1573</v>
+      </c>
+      <c r="F135" s="9" t="s">
+        <v>1249</v>
+      </c>
+      <c r="G135" s="9" t="s">
+        <v>1168</v>
+      </c>
+      <c r="H135" s="11">
+        <v>9100</v>
+      </c>
     </row>
     <row r="136" spans="1:9">
-      <c r="B136" s="8" t="s">
-[...18 lines deleted...]
-        <v>698</v>
+      <c r="B136" s="9" t="s">
+        <v>1574</v>
+      </c>
+      <c r="C136" s="9" t="s">
+        <v>1575</v>
+      </c>
+      <c r="D136" s="9" t="s">
+        <v>1566</v>
+      </c>
+      <c r="E136" s="9" t="s">
+        <v>1245</v>
+      </c>
+      <c r="F136" s="9" t="s">
+        <v>1242</v>
+      </c>
+      <c r="G136" s="9" t="s">
+        <v>1168</v>
+      </c>
+      <c r="H136" s="10">
+        <v>9100</v>
       </c>
     </row>
     <row r="137" spans="1:9">
       <c r="B137" s="9" t="s">
-        <v>1563</v>
+        <v>1576</v>
       </c>
       <c r="C137" s="9" t="s">
-        <v>1564</v>
+        <v>1577</v>
       </c>
       <c r="D137" s="9" t="s">
-        <v>1565</v>
+        <v>1566</v>
       </c>
       <c r="E137" s="9" t="s">
-        <v>1566</v>
-[...1 lines deleted...]
-      <c r="F137" s="9"/>
+        <v>1241</v>
+      </c>
+      <c r="F137" s="9" t="s">
+        <v>1242</v>
+      </c>
       <c r="G137" s="9" t="s">
-        <v>1228</v>
+        <v>1168</v>
       </c>
       <c r="H137" s="10">
-        <v>3100</v>
+        <v>9100</v>
       </c>
     </row>
     <row r="138" spans="1:9">
       <c r="B138" s="9" t="s">
-        <v>1567</v>
+        <v>1578</v>
       </c>
       <c r="C138" s="9" t="s">
-        <v>1568</v>
+        <v>1579</v>
       </c>
       <c r="D138" s="9" t="s">
-        <v>1530</v>
+        <v>1566</v>
       </c>
       <c r="E138" s="9" t="s">
-        <v>1393</v>
+        <v>1580</v>
       </c>
       <c r="F138" s="9" t="s">
-        <v>1194</v>
+        <v>1580</v>
       </c>
       <c r="G138" s="9" t="s">
-        <v>1173</v>
+        <v>1168</v>
       </c>
       <c r="H138" s="10">
-        <v>4200</v>
+        <v>9100</v>
       </c>
     </row>
     <row r="139" spans="1:9">
       <c r="B139" s="9" t="s">
-        <v>1569</v>
+        <v>1581</v>
       </c>
       <c r="C139" s="9" t="s">
-        <v>1570</v>
+        <v>1582</v>
       </c>
       <c r="D139" s="9" t="s">
-        <v>1200</v>
+        <v>1566</v>
       </c>
       <c r="E139" s="9" t="s">
-        <v>1393</v>
+        <v>1426</v>
       </c>
       <c r="F139" s="9" t="s">
-        <v>1201</v>
+        <v>1224</v>
       </c>
       <c r="G139" s="9" t="s">
-        <v>1173</v>
+        <v>1168</v>
       </c>
       <c r="H139" s="10">
-        <v>4200</v>
+        <v>9200</v>
       </c>
     </row>
     <row r="140" spans="1:9">
       <c r="B140" s="9" t="s">
-        <v>1571</v>
+        <v>1583</v>
       </c>
       <c r="C140" s="9" t="s">
-        <v>1572</v>
+        <v>1584</v>
       </c>
       <c r="D140" s="9" t="s">
-        <v>1200</v>
+        <v>1566</v>
       </c>
       <c r="E140" s="9" t="s">
-        <v>1399</v>
+        <v>1429</v>
       </c>
       <c r="F140" s="9" t="s">
-        <v>1201</v>
+        <v>1224</v>
       </c>
       <c r="G140" s="9" t="s">
-        <v>1173</v>
+        <v>1168</v>
       </c>
       <c r="H140" s="10">
-        <v>4200</v>
+        <v>9200</v>
       </c>
     </row>
     <row r="141" spans="1:9">
       <c r="B141" s="9" t="s">
-        <v>1573</v>
+        <v>1585</v>
       </c>
       <c r="C141" s="9" t="s">
-        <v>1574</v>
+        <v>1586</v>
       </c>
       <c r="D141" s="9" t="s">
-        <v>1530</v>
+        <v>1587</v>
       </c>
       <c r="E141" s="9" t="s">
-        <v>1399</v>
+        <v>1267</v>
       </c>
       <c r="F141" s="9" t="s">
-        <v>1194</v>
+        <v>1267</v>
       </c>
       <c r="G141" s="9" t="s">
-        <v>1173</v>
+        <v>1260</v>
       </c>
       <c r="H141" s="10">
-        <v>4200</v>
+        <v>9800</v>
       </c>
     </row>
     <row r="142" spans="1:9">
       <c r="B142" s="9" t="s">
-        <v>1575</v>
+        <v>1588</v>
       </c>
       <c r="C142" s="9" t="s">
-        <v>1576</v>
+        <v>1589</v>
       </c>
       <c r="D142" s="9" t="s">
-        <v>1530</v>
+        <v>1587</v>
       </c>
       <c r="E142" s="9" t="s">
-        <v>1396</v>
+        <v>1264</v>
       </c>
       <c r="F142" s="9" t="s">
-        <v>1194</v>
+        <v>1264</v>
       </c>
       <c r="G142" s="9" t="s">
-        <v>1173</v>
+        <v>1260</v>
       </c>
       <c r="H142" s="10">
-        <v>4200</v>
+        <v>9800</v>
       </c>
     </row>
     <row r="143" spans="1:9">
       <c r="B143" s="9" t="s">
-        <v>1577</v>
+        <v>1590</v>
       </c>
       <c r="C143" s="9" t="s">
-        <v>1578</v>
+        <v>1591</v>
       </c>
       <c r="D143" s="9" t="s">
-        <v>1579</v>
+        <v>1592</v>
       </c>
       <c r="E143" s="9" t="s">
-        <v>1168</v>
+        <v>1259</v>
       </c>
       <c r="F143" s="9" t="s">
-        <v>1168</v>
+        <v>1259</v>
       </c>
       <c r="G143" s="9" t="s">
-        <v>1173</v>
+        <v>1260</v>
       </c>
       <c r="H143" s="10">
-        <v>4400</v>
+        <v>9800</v>
       </c>
     </row>
     <row r="144" spans="1:9">
       <c r="B144" s="9" t="s">
-        <v>1580</v>
+        <v>1593</v>
       </c>
       <c r="C144" s="9" t="s">
-        <v>1581</v>
+        <v>1594</v>
       </c>
       <c r="D144" s="9" t="s">
-        <v>1582</v>
+        <v>1587</v>
       </c>
       <c r="E144" s="9" t="s">
-        <v>1534</v>
+        <v>1279</v>
       </c>
       <c r="F144" s="9" t="s">
-        <v>1205</v>
+        <v>1279</v>
       </c>
       <c r="G144" s="9" t="s">
-        <v>1173</v>
-[...25 lines deleted...]
-        <v>4400</v>
+        <v>1260</v>
+      </c>
+      <c r="H144" s="10">
+        <v>9800</v>
       </c>
     </row>
     <row r="146" spans="1:9">
-      <c r="B146" s="9" t="s">
-[...19 lines deleted...]
-      </c>
+      <c r="B146" s="7" t="s">
+        <v>1595</v>
+      </c>
+      <c r="C146" s="0"/>
+      <c r="D146" s="0"/>
+      <c r="E146" s="0"/>
+      <c r="F146" s="0"/>
+      <c r="G146" s="0"/>
     </row>
     <row r="147" spans="1:9">
-      <c r="B147" s="9" t="s">
-[...18 lines deleted...]
-        <v>4400</v>
+      <c r="B147" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="C147" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="D147" s="8" t="s">
+        <v>662</v>
+      </c>
+      <c r="E147" s="8" t="s">
+        <v>38</v>
+      </c>
+      <c r="F147" s="8" t="s">
+        <v>558</v>
+      </c>
+      <c r="G147" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="H147" s="8" t="s">
+        <v>696</v>
       </c>
     </row>
     <row r="148" spans="1:9">
       <c r="B148" s="9" t="s">
-        <v>1589</v>
+        <v>1596</v>
       </c>
       <c r="C148" s="9" t="s">
-        <v>1590</v>
+        <v>1597</v>
       </c>
       <c r="D148" s="9" t="s">
-        <v>1579</v>
+        <v>1598</v>
       </c>
       <c r="E148" s="9" t="s">
-        <v>1215</v>
-[...3 lines deleted...]
-      </c>
+        <v>1599</v>
+      </c>
+      <c r="F148" s="9"/>
       <c r="G148" s="9" t="s">
-        <v>1173</v>
+        <v>1260</v>
       </c>
       <c r="H148" s="10">
-        <v>4400</v>
+        <v>3100</v>
       </c>
     </row>
     <row r="149" spans="1:9">
       <c r="B149" s="9" t="s">
-        <v>1591</v>
+        <v>1600</v>
       </c>
       <c r="C149" s="9" t="s">
-        <v>1592</v>
+        <v>1601</v>
       </c>
       <c r="D149" s="9" t="s">
-        <v>1582</v>
+        <v>1563</v>
       </c>
       <c r="E149" s="9" t="s">
-        <v>1189</v>
+        <v>1426</v>
       </c>
       <c r="F149" s="9" t="s">
-        <v>1547</v>
+        <v>1228</v>
       </c>
       <c r="G149" s="9" t="s">
-        <v>1173</v>
+        <v>1168</v>
       </c>
       <c r="H149" s="10">
-        <v>4400</v>
+        <v>4200</v>
       </c>
     </row>
     <row r="150" spans="1:9">
       <c r="B150" s="9" t="s">
-        <v>1593</v>
+        <v>1602</v>
       </c>
       <c r="C150" s="9" t="s">
-        <v>1594</v>
+        <v>1603</v>
       </c>
       <c r="D150" s="9" t="s">
-        <v>1582</v>
+        <v>1222</v>
       </c>
       <c r="E150" s="9" t="s">
-        <v>1211</v>
+        <v>1426</v>
       </c>
       <c r="F150" s="9" t="s">
-        <v>1212</v>
+        <v>1224</v>
       </c>
       <c r="G150" s="9" t="s">
-        <v>1173</v>
+        <v>1168</v>
       </c>
       <c r="H150" s="10">
-        <v>4400</v>
+        <v>4200</v>
       </c>
     </row>
     <row r="151" spans="1:9">
       <c r="B151" s="9" t="s">
-        <v>1595</v>
+        <v>1604</v>
       </c>
       <c r="C151" s="9" t="s">
-        <v>1596</v>
+        <v>1605</v>
       </c>
       <c r="D151" s="9" t="s">
-        <v>1597</v>
+        <v>1222</v>
       </c>
       <c r="E151" s="9" t="s">
-        <v>1245</v>
+        <v>1432</v>
       </c>
       <c r="F151" s="9" t="s">
-        <v>1246</v>
+        <v>1224</v>
       </c>
       <c r="G151" s="9" t="s">
-        <v>1228</v>
+        <v>1168</v>
       </c>
       <c r="H151" s="10">
-        <v>4700</v>
+        <v>4200</v>
       </c>
     </row>
     <row r="152" spans="1:9">
       <c r="B152" s="9" t="s">
-        <v>1598</v>
+        <v>1606</v>
       </c>
       <c r="C152" s="9" t="s">
-        <v>1599</v>
+        <v>1607</v>
       </c>
       <c r="D152" s="9" t="s">
-        <v>1188</v>
+        <v>1563</v>
       </c>
       <c r="E152" s="9" t="s">
-        <v>1239</v>
+        <v>1432</v>
       </c>
       <c r="F152" s="9" t="s">
-        <v>1239</v>
+        <v>1228</v>
       </c>
       <c r="G152" s="9" t="s">
-        <v>1228</v>
+        <v>1168</v>
       </c>
       <c r="H152" s="10">
-        <v>4700</v>
+        <v>4200</v>
       </c>
     </row>
     <row r="153" spans="1:9">
       <c r="B153" s="9" t="s">
-        <v>1600</v>
+        <v>1608</v>
       </c>
       <c r="C153" s="9" t="s">
-        <v>1601</v>
+        <v>1609</v>
       </c>
       <c r="D153" s="9" t="s">
-        <v>1597</v>
+        <v>1563</v>
       </c>
       <c r="E153" s="9" t="s">
-        <v>1235</v>
+        <v>1429</v>
       </c>
       <c r="F153" s="9" t="s">
-        <v>1235</v>
+        <v>1228</v>
       </c>
       <c r="G153" s="9" t="s">
-        <v>1228</v>
+        <v>1168</v>
       </c>
       <c r="H153" s="10">
-        <v>4700</v>
+        <v>4200</v>
       </c>
     </row>
     <row r="154" spans="1:9">
       <c r="B154" s="9" t="s">
-        <v>1602</v>
+        <v>1610</v>
       </c>
       <c r="C154" s="9" t="s">
-        <v>1603</v>
+        <v>1611</v>
       </c>
       <c r="D154" s="9" t="s">
-        <v>1604</v>
+        <v>1612</v>
       </c>
       <c r="E154" s="9" t="s">
-        <v>1605</v>
+        <v>1163</v>
       </c>
       <c r="F154" s="9" t="s">
-        <v>1404</v>
+        <v>1163</v>
       </c>
       <c r="G154" s="9" t="s">
-        <v>1179</v>
+        <v>1168</v>
       </c>
       <c r="H154" s="10">
-        <v>5070</v>
+        <v>4400</v>
       </c>
     </row>
     <row r="155" spans="1:9">
       <c r="B155" s="9" t="s">
-        <v>1606</v>
+        <v>1613</v>
       </c>
       <c r="C155" s="9" t="s">
-        <v>1607</v>
+        <v>1614</v>
       </c>
       <c r="D155" s="9" t="s">
-        <v>1604</v>
+        <v>1615</v>
       </c>
       <c r="E155" s="9" t="s">
-        <v>1608</v>
+        <v>1567</v>
       </c>
       <c r="F155" s="9" t="s">
-        <v>1404</v>
+        <v>1249</v>
       </c>
       <c r="G155" s="9" t="s">
-        <v>1179</v>
-[...2 lines deleted...]
-        <v>5070</v>
+        <v>1168</v>
+      </c>
+      <c r="H155" s="11">
+        <v>4400</v>
       </c>
     </row>
     <row r="156" spans="1:9">
       <c r="B156" s="9" t="s">
-        <v>1609</v>
+        <v>1616</v>
       </c>
       <c r="C156" s="9" t="s">
-        <v>1610</v>
+        <v>1617</v>
       </c>
       <c r="D156" s="9" t="s">
-        <v>1604</v>
+        <v>1615</v>
       </c>
       <c r="E156" s="9" t="s">
-        <v>1407</v>
+        <v>1252</v>
       </c>
       <c r="F156" s="9" t="s">
-        <v>1404</v>
+        <v>1249</v>
       </c>
       <c r="G156" s="9" t="s">
-        <v>1179</v>
-[...2 lines deleted...]
-        <v>5070</v>
+        <v>1168</v>
+      </c>
+      <c r="H156" s="11">
+        <v>4400</v>
       </c>
     </row>
     <row r="157" spans="1:9">
       <c r="B157" s="9" t="s">
-        <v>1611</v>
+        <v>1618</v>
       </c>
       <c r="C157" s="9" t="s">
-        <v>1612</v>
+        <v>1619</v>
       </c>
       <c r="D157" s="9" t="s">
-        <v>1604</v>
+        <v>1615</v>
       </c>
       <c r="E157" s="9" t="s">
-        <v>1403</v>
+        <v>1573</v>
       </c>
       <c r="F157" s="9" t="s">
-        <v>1404</v>
+        <v>1249</v>
       </c>
       <c r="G157" s="9" t="s">
-        <v>1179</v>
-[...2 lines deleted...]
-        <v>5070</v>
+        <v>1168</v>
+      </c>
+      <c r="H157" s="11">
+        <v>4400</v>
       </c>
     </row>
     <row r="158" spans="1:9">
       <c r="B158" s="9" t="s">
-        <v>1613</v>
+        <v>1620</v>
       </c>
       <c r="C158" s="9" t="s">
-        <v>1614</v>
+        <v>1621</v>
       </c>
       <c r="D158" s="9" t="s">
-        <v>1615</v>
+        <v>1612</v>
       </c>
       <c r="E158" s="9" t="s">
-        <v>1465</v>
+        <v>1245</v>
       </c>
       <c r="F158" s="9" t="s">
-        <v>1453</v>
+        <v>1242</v>
       </c>
       <c r="G158" s="9" t="s">
-        <v>1179</v>
+        <v>1168</v>
       </c>
       <c r="H158" s="10">
-        <v>5180</v>
+        <v>4400</v>
       </c>
     </row>
     <row r="159" spans="1:9">
       <c r="B159" s="9" t="s">
-        <v>1616</v>
+        <v>1622</v>
       </c>
       <c r="C159" s="9" t="s">
-        <v>1617</v>
+        <v>1623</v>
       </c>
       <c r="D159" s="9" t="s">
-        <v>1615</v>
+        <v>1612</v>
       </c>
       <c r="E159" s="9" t="s">
-        <v>1456</v>
+        <v>1241</v>
       </c>
       <c r="F159" s="9" t="s">
-        <v>1453</v>
+        <v>1242</v>
       </c>
       <c r="G159" s="9" t="s">
-        <v>1179</v>
+        <v>1168</v>
       </c>
       <c r="H159" s="10">
-        <v>5180</v>
+        <v>4400</v>
       </c>
     </row>
     <row r="160" spans="1:9">
       <c r="B160" s="9" t="s">
-        <v>1618</v>
+        <v>1624</v>
       </c>
       <c r="C160" s="9" t="s">
-        <v>1619</v>
+        <v>1625</v>
       </c>
       <c r="D160" s="9" t="s">
-        <v>1188</v>
+        <v>1615</v>
       </c>
       <c r="E160" s="9" t="s">
-        <v>1242</v>
+        <v>1238</v>
       </c>
       <c r="F160" s="9" t="s">
-        <v>1242</v>
+        <v>1580</v>
       </c>
       <c r="G160" s="9" t="s">
-        <v>1228</v>
+        <v>1168</v>
       </c>
       <c r="H160" s="10">
-        <v>5200</v>
+        <v>4400</v>
       </c>
     </row>
     <row r="161" spans="1:9">
       <c r="B161" s="9" t="s">
-        <v>1620</v>
+        <v>1626</v>
       </c>
       <c r="C161" s="9" t="s">
-        <v>1621</v>
+        <v>1627</v>
       </c>
       <c r="D161" s="9" t="s">
-        <v>1530</v>
+        <v>1615</v>
       </c>
       <c r="E161" s="9" t="s">
-        <v>1177</v>
+        <v>1234</v>
       </c>
       <c r="F161" s="9" t="s">
-        <v>1178</v>
+        <v>1235</v>
       </c>
       <c r="G161" s="9" t="s">
-        <v>1179</v>
+        <v>1168</v>
       </c>
       <c r="H161" s="10">
-        <v>5300</v>
+        <v>4400</v>
       </c>
     </row>
     <row r="162" spans="1:9">
       <c r="B162" s="9" t="s">
-        <v>1622</v>
+        <v>1628</v>
       </c>
       <c r="C162" s="9" t="s">
-        <v>1623</v>
+        <v>1629</v>
       </c>
       <c r="D162" s="9" t="s">
-        <v>1530</v>
+        <v>1630</v>
       </c>
       <c r="E162" s="9" t="s">
-        <v>1182</v>
+        <v>1263</v>
       </c>
       <c r="F162" s="9" t="s">
-        <v>1178</v>
+        <v>1264</v>
       </c>
       <c r="G162" s="9" t="s">
-        <v>1179</v>
+        <v>1260</v>
       </c>
       <c r="H162" s="10">
-        <v>5300</v>
+        <v>4700</v>
       </c>
     </row>
     <row r="163" spans="1:9">
       <c r="B163" s="9" t="s">
-        <v>1624</v>
+        <v>1631</v>
       </c>
       <c r="C163" s="9" t="s">
-        <v>1625</v>
+        <v>1632</v>
       </c>
       <c r="D163" s="9" t="s">
-        <v>1626</v>
+        <v>1171</v>
       </c>
       <c r="E163" s="9" t="s">
-        <v>1627</v>
+        <v>1259</v>
       </c>
       <c r="F163" s="9" t="s">
-        <v>1332</v>
+        <v>1259</v>
       </c>
       <c r="G163" s="9" t="s">
-        <v>1310</v>
+        <v>1260</v>
       </c>
       <c r="H163" s="10">
-        <v>5375</v>
+        <v>4700</v>
       </c>
     </row>
     <row r="164" spans="1:9">
       <c r="B164" s="9" t="s">
-        <v>1628</v>
+        <v>1633</v>
       </c>
       <c r="C164" s="9" t="s">
-        <v>1629</v>
+        <v>1634</v>
       </c>
       <c r="D164" s="9" t="s">
-        <v>1626</v>
+        <v>1630</v>
       </c>
       <c r="E164" s="9" t="s">
-        <v>1630</v>
+        <v>1279</v>
       </c>
       <c r="F164" s="9" t="s">
-        <v>1332</v>
+        <v>1279</v>
       </c>
       <c r="G164" s="9" t="s">
-        <v>1310</v>
+        <v>1260</v>
       </c>
       <c r="H164" s="10">
-        <v>5375</v>
+        <v>4700</v>
       </c>
     </row>
     <row r="165" spans="1:9">
       <c r="B165" s="9" t="s">
-        <v>1631</v>
+        <v>1635</v>
       </c>
       <c r="C165" s="9" t="s">
-        <v>1632</v>
+        <v>1636</v>
       </c>
       <c r="D165" s="9" t="s">
-        <v>1633</v>
+        <v>1637</v>
       </c>
       <c r="E165" s="9" t="s">
-        <v>1364</v>
-[...1 lines deleted...]
-      <c r="F165" s="9"/>
+        <v>1638</v>
+      </c>
+      <c r="F165" s="9" t="s">
+        <v>1437</v>
+      </c>
       <c r="G165" s="9" t="s">
-        <v>1358</v>
+        <v>1174</v>
       </c>
       <c r="H165" s="10">
-        <v>5402</v>
+        <v>5070</v>
       </c>
     </row>
     <row r="166" spans="1:9">
       <c r="B166" s="9" t="s">
-        <v>1634</v>
+        <v>1639</v>
       </c>
       <c r="C166" s="9" t="s">
-        <v>1635</v>
+        <v>1640</v>
       </c>
       <c r="D166" s="9" t="s">
-        <v>1636</v>
+        <v>1637</v>
       </c>
       <c r="E166" s="9" t="s">
-        <v>1637</v>
+        <v>1641</v>
       </c>
       <c r="F166" s="9" t="s">
-        <v>1357</v>
+        <v>1437</v>
       </c>
       <c r="G166" s="9" t="s">
-        <v>1358</v>
+        <v>1174</v>
       </c>
       <c r="H166" s="10">
-        <v>5402</v>
+        <v>5070</v>
       </c>
     </row>
     <row r="167" spans="1:9">
       <c r="B167" s="9" t="s">
-        <v>1638</v>
+        <v>1642</v>
       </c>
       <c r="C167" s="9" t="s">
-        <v>1639</v>
+        <v>1643</v>
       </c>
       <c r="D167" s="9" t="s">
-        <v>1636</v>
+        <v>1637</v>
       </c>
       <c r="E167" s="9" t="s">
-        <v>1445</v>
+        <v>1440</v>
       </c>
       <c r="F167" s="9" t="s">
-        <v>1436</v>
+        <v>1437</v>
       </c>
       <c r="G167" s="9" t="s">
-        <v>1358</v>
+        <v>1174</v>
       </c>
       <c r="H167" s="10">
-        <v>5661</v>
+        <v>5070</v>
       </c>
     </row>
     <row r="168" spans="1:9">
       <c r="B168" s="9" t="s">
-        <v>1640</v>
+        <v>1644</v>
       </c>
       <c r="C168" s="9" t="s">
-        <v>1641</v>
+        <v>1645</v>
       </c>
       <c r="D168" s="9" t="s">
-        <v>1636</v>
+        <v>1637</v>
       </c>
       <c r="E168" s="9" t="s">
-        <v>1642</v>
+        <v>1436</v>
       </c>
       <c r="F168" s="9" t="s">
-        <v>1436</v>
+        <v>1437</v>
       </c>
       <c r="G168" s="9" t="s">
-        <v>1358</v>
+        <v>1174</v>
       </c>
       <c r="H168" s="10">
-        <v>5661</v>
+        <v>5070</v>
       </c>
     </row>
     <row r="169" spans="1:9">
       <c r="B169" s="9" t="s">
-        <v>1643</v>
+        <v>1646</v>
       </c>
       <c r="C169" s="9" t="s">
-        <v>1644</v>
+        <v>1647</v>
       </c>
       <c r="D169" s="9" t="s">
-        <v>1636</v>
+        <v>1648</v>
       </c>
       <c r="E169" s="9" t="s">
-        <v>1448</v>
+        <v>1498</v>
       </c>
       <c r="F169" s="9" t="s">
-        <v>1436</v>
+        <v>1486</v>
       </c>
       <c r="G169" s="9" t="s">
-        <v>1358</v>
+        <v>1174</v>
       </c>
       <c r="H169" s="10">
-        <v>5661</v>
+        <v>5180</v>
       </c>
     </row>
     <row r="170" spans="1:9">
       <c r="B170" s="9" t="s">
-        <v>1645</v>
+        <v>1649</v>
       </c>
       <c r="C170" s="9" t="s">
-        <v>1646</v>
+        <v>1650</v>
       </c>
       <c r="D170" s="9" t="s">
-        <v>1636</v>
+        <v>1648</v>
       </c>
       <c r="E170" s="9" t="s">
-        <v>1647</v>
+        <v>1489</v>
       </c>
       <c r="F170" s="9" t="s">
-        <v>1436</v>
+        <v>1486</v>
       </c>
       <c r="G170" s="9" t="s">
-        <v>1358</v>
+        <v>1174</v>
       </c>
       <c r="H170" s="10">
-        <v>5661</v>
+        <v>5180</v>
       </c>
     </row>
     <row r="171" spans="1:9">
       <c r="B171" s="9" t="s">
-        <v>1648</v>
+        <v>1651</v>
       </c>
       <c r="C171" s="9" t="s">
-        <v>1649</v>
+        <v>1652</v>
       </c>
       <c r="D171" s="9" t="s">
-        <v>1636</v>
+        <v>1171</v>
       </c>
       <c r="E171" s="9" t="s">
-        <v>1439</v>
+        <v>1267</v>
       </c>
       <c r="F171" s="9" t="s">
-        <v>1436</v>
+        <v>1267</v>
       </c>
       <c r="G171" s="9" t="s">
-        <v>1358</v>
+        <v>1260</v>
       </c>
       <c r="H171" s="10">
-        <v>5661</v>
+        <v>5200</v>
       </c>
     </row>
     <row r="172" spans="1:9">
       <c r="B172" s="9" t="s">
-        <v>1650</v>
+        <v>1653</v>
       </c>
       <c r="C172" s="9" t="s">
-        <v>1651</v>
+        <v>1654</v>
       </c>
       <c r="D172" s="9" t="s">
-        <v>1636</v>
+        <v>1563</v>
       </c>
       <c r="E172" s="9" t="s">
-        <v>1652</v>
+        <v>1213</v>
       </c>
       <c r="F172" s="9" t="s">
-        <v>1417</v>
+        <v>1209</v>
       </c>
       <c r="G172" s="9" t="s">
-        <v>1358</v>
+        <v>1174</v>
       </c>
       <c r="H172" s="10">
-        <v>5661</v>
+        <v>5300</v>
       </c>
     </row>
     <row r="173" spans="1:9">
       <c r="B173" s="9" t="s">
-        <v>1653</v>
+        <v>1655</v>
       </c>
       <c r="C173" s="9" t="s">
-        <v>1654</v>
+        <v>1656</v>
       </c>
       <c r="D173" s="9" t="s">
-        <v>1636</v>
+        <v>1563</v>
       </c>
       <c r="E173" s="9" t="s">
-        <v>1655</v>
+        <v>1216</v>
       </c>
       <c r="F173" s="9" t="s">
-        <v>1417</v>
+        <v>1209</v>
       </c>
       <c r="G173" s="9" t="s">
-        <v>1358</v>
+        <v>1174</v>
       </c>
       <c r="H173" s="10">
-        <v>5661</v>
+        <v>5300</v>
       </c>
     </row>
     <row r="174" spans="1:9">
       <c r="B174" s="9" t="s">
-        <v>1656</v>
+        <v>1657</v>
       </c>
       <c r="C174" s="9" t="s">
-        <v>1657</v>
+        <v>1658</v>
       </c>
       <c r="D174" s="9" t="s">
-        <v>1636</v>
+        <v>1659</v>
       </c>
       <c r="E174" s="9" t="s">
-        <v>1658</v>
+        <v>1660</v>
       </c>
       <c r="F174" s="9" t="s">
-        <v>1417</v>
+        <v>1365</v>
       </c>
       <c r="G174" s="9" t="s">
-        <v>1358</v>
+        <v>1343</v>
       </c>
       <c r="H174" s="10">
-        <v>5661</v>
+        <v>5375</v>
       </c>
     </row>
     <row r="175" spans="1:9">
       <c r="B175" s="9" t="s">
+        <v>1661</v>
+      </c>
+      <c r="C175" s="9" t="s">
+        <v>1662</v>
+      </c>
+      <c r="D175" s="9" t="s">
         <v>1659</v>
       </c>
-      <c r="C175" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E175" s="9" t="s">
-        <v>1661</v>
+        <v>1663</v>
       </c>
       <c r="F175" s="9" t="s">
-        <v>1417</v>
+        <v>1365</v>
       </c>
       <c r="G175" s="9" t="s">
-        <v>1358</v>
+        <v>1343</v>
       </c>
       <c r="H175" s="10">
-        <v>5661</v>
+        <v>5375</v>
       </c>
     </row>
     <row r="176" spans="1:9">
       <c r="B176" s="9" t="s">
-        <v>1662</v>
+        <v>1664</v>
       </c>
       <c r="C176" s="9" t="s">
-        <v>1663</v>
+        <v>1665</v>
       </c>
       <c r="D176" s="9" t="s">
-        <v>1636</v>
+        <v>1666</v>
       </c>
       <c r="E176" s="9" t="s">
-        <v>1426</v>
-[...3 lines deleted...]
-      </c>
+        <v>1397</v>
+      </c>
+      <c r="F176" s="9"/>
       <c r="G176" s="9" t="s">
-        <v>1358</v>
+        <v>1391</v>
       </c>
       <c r="H176" s="10">
-        <v>5661</v>
+        <v>5402</v>
       </c>
     </row>
     <row r="177" spans="1:9">
       <c r="B177" s="9" t="s">
-        <v>1664</v>
+        <v>1667</v>
       </c>
       <c r="C177" s="9" t="s">
-        <v>1665</v>
+        <v>1668</v>
       </c>
       <c r="D177" s="9" t="s">
-        <v>1636</v>
+        <v>1669</v>
       </c>
       <c r="E177" s="9" t="s">
-        <v>1429</v>
+        <v>1670</v>
       </c>
       <c r="F177" s="9" t="s">
-        <v>1417</v>
+        <v>1390</v>
       </c>
       <c r="G177" s="9" t="s">
-        <v>1358</v>
+        <v>1391</v>
       </c>
       <c r="H177" s="10">
-        <v>5661</v>
+        <v>5402</v>
       </c>
     </row>
     <row r="178" spans="1:9">
       <c r="B178" s="9" t="s">
-        <v>1666</v>
+        <v>1671</v>
       </c>
       <c r="C178" s="9" t="s">
-        <v>1667</v>
+        <v>1672</v>
       </c>
       <c r="D178" s="9" t="s">
-        <v>1636</v>
+        <v>1669</v>
       </c>
       <c r="E178" s="9" t="s">
-        <v>1432</v>
+        <v>1478</v>
       </c>
       <c r="F178" s="9" t="s">
-        <v>1417</v>
+        <v>1469</v>
       </c>
       <c r="G178" s="9" t="s">
-        <v>1358</v>
+        <v>1391</v>
       </c>
       <c r="H178" s="10">
         <v>5661</v>
       </c>
     </row>
     <row r="179" spans="1:9">
       <c r="B179" s="9" t="s">
-        <v>1668</v>
+        <v>1673</v>
       </c>
       <c r="C179" s="9" t="s">
+        <v>1674</v>
+      </c>
+      <c r="D179" s="9" t="s">
         <v>1669</v>
       </c>
-      <c r="D179" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E179" s="9" t="s">
-        <v>1321</v>
+        <v>1675</v>
       </c>
       <c r="F179" s="9" t="s">
-        <v>1309</v>
+        <v>1469</v>
       </c>
       <c r="G179" s="9" t="s">
-        <v>1310</v>
+        <v>1391</v>
       </c>
       <c r="H179" s="10">
-        <v>5702</v>
+        <v>5661</v>
       </c>
     </row>
     <row r="180" spans="1:9">
       <c r="B180" s="9" t="s">
-        <v>1670</v>
+        <v>1676</v>
       </c>
       <c r="C180" s="9" t="s">
-        <v>1671</v>
+        <v>1677</v>
       </c>
       <c r="D180" s="9" t="s">
-        <v>1626</v>
+        <v>1669</v>
       </c>
       <c r="E180" s="9" t="s">
-        <v>1324</v>
+        <v>1481</v>
       </c>
       <c r="F180" s="9" t="s">
-        <v>1309</v>
+        <v>1469</v>
       </c>
       <c r="G180" s="9" t="s">
-        <v>1310</v>
+        <v>1391</v>
       </c>
       <c r="H180" s="10">
-        <v>5702</v>
+        <v>5661</v>
       </c>
     </row>
     <row r="181" spans="1:9">
       <c r="B181" s="9" t="s">
-        <v>1672</v>
+        <v>1678</v>
       </c>
       <c r="C181" s="9" t="s">
-        <v>1673</v>
+        <v>1679</v>
       </c>
       <c r="D181" s="9" t="s">
-        <v>1626</v>
+        <v>1669</v>
       </c>
       <c r="E181" s="9" t="s">
-        <v>1674</v>
+        <v>1680</v>
       </c>
       <c r="F181" s="9" t="s">
-        <v>1309</v>
+        <v>1469</v>
       </c>
       <c r="G181" s="9" t="s">
-        <v>1310</v>
+        <v>1391</v>
       </c>
       <c r="H181" s="10">
-        <v>5702</v>
+        <v>5661</v>
       </c>
     </row>
     <row r="182" spans="1:9">
       <c r="B182" s="9" t="s">
-        <v>1675</v>
+        <v>1681</v>
       </c>
       <c r="C182" s="9" t="s">
-        <v>1676</v>
+        <v>1682</v>
       </c>
       <c r="D182" s="9" t="s">
-        <v>1677</v>
+        <v>1669</v>
       </c>
       <c r="E182" s="9" t="s">
-        <v>1678</v>
+        <v>1472</v>
       </c>
       <c r="F182" s="9" t="s">
-        <v>1349</v>
+        <v>1469</v>
       </c>
       <c r="G182" s="9" t="s">
-        <v>1310</v>
+        <v>1391</v>
       </c>
       <c r="H182" s="10">
-        <v>5714</v>
+        <v>5661</v>
       </c>
     </row>
     <row r="183" spans="1:9">
       <c r="B183" s="9" t="s">
-        <v>1679</v>
+        <v>1683</v>
       </c>
       <c r="C183" s="9" t="s">
-        <v>1680</v>
+        <v>1684</v>
       </c>
       <c r="D183" s="9" t="s">
-        <v>1681</v>
+        <v>1669</v>
       </c>
       <c r="E183" s="9" t="s">
-        <v>1389</v>
+        <v>1685</v>
       </c>
       <c r="F183" s="9" t="s">
-        <v>1349</v>
+        <v>1450</v>
       </c>
       <c r="G183" s="9" t="s">
-        <v>1310</v>
+        <v>1391</v>
       </c>
       <c r="H183" s="10">
-        <v>5714</v>
+        <v>5661</v>
       </c>
     </row>
     <row r="184" spans="1:9">
       <c r="B184" s="9" t="s">
-        <v>1682</v>
+        <v>1686</v>
       </c>
       <c r="C184" s="9" t="s">
-        <v>1683</v>
+        <v>1687</v>
       </c>
       <c r="D184" s="9" t="s">
-        <v>1681</v>
+        <v>1669</v>
       </c>
       <c r="E184" s="9" t="s">
-        <v>1684</v>
+        <v>1688</v>
       </c>
       <c r="F184" s="9" t="s">
-        <v>1349</v>
+        <v>1450</v>
       </c>
       <c r="G184" s="9" t="s">
-        <v>1310</v>
+        <v>1391</v>
       </c>
       <c r="H184" s="10">
-        <v>5714</v>
+        <v>5661</v>
       </c>
     </row>
     <row r="185" spans="1:9">
       <c r="B185" s="9" t="s">
-        <v>1685</v>
+        <v>1689</v>
       </c>
       <c r="C185" s="9" t="s">
-        <v>1686</v>
+        <v>1690</v>
       </c>
       <c r="D185" s="9" t="s">
-        <v>1677</v>
+        <v>1669</v>
       </c>
       <c r="E185" s="9" t="s">
-        <v>1348</v>
+        <v>1691</v>
       </c>
       <c r="F185" s="9" t="s">
-        <v>1349</v>
+        <v>1450</v>
       </c>
       <c r="G185" s="9" t="s">
-        <v>1310</v>
+        <v>1391</v>
       </c>
       <c r="H185" s="10">
-        <v>5714</v>
+        <v>5661</v>
       </c>
     </row>
     <row r="186" spans="1:9">
       <c r="B186" s="9" t="s">
-        <v>1687</v>
+        <v>1692</v>
       </c>
       <c r="C186" s="9" t="s">
-        <v>1688</v>
+        <v>1693</v>
       </c>
       <c r="D186" s="9" t="s">
-        <v>1530</v>
+        <v>1669</v>
       </c>
       <c r="E186" s="9" t="s">
-        <v>1185</v>
+        <v>1694</v>
       </c>
       <c r="F186" s="9" t="s">
-        <v>1178</v>
+        <v>1450</v>
       </c>
       <c r="G186" s="9" t="s">
-        <v>1179</v>
+        <v>1391</v>
       </c>
       <c r="H186" s="10">
-        <v>5808</v>
+        <v>5661</v>
       </c>
     </row>
     <row r="187" spans="1:9">
       <c r="B187" s="9" t="s">
-        <v>1689</v>
+        <v>1695</v>
       </c>
       <c r="C187" s="9" t="s">
-        <v>1690</v>
+        <v>1696</v>
       </c>
       <c r="D187" s="9" t="s">
-        <v>1681</v>
+        <v>1669</v>
       </c>
       <c r="E187" s="9" t="s">
-        <v>1317</v>
+        <v>1459</v>
       </c>
       <c r="F187" s="9" t="s">
-        <v>1318</v>
+        <v>1450</v>
       </c>
       <c r="G187" s="9" t="s">
-        <v>1310</v>
+        <v>1391</v>
       </c>
       <c r="H187" s="10">
-        <v>5882.46072</v>
+        <v>5661</v>
       </c>
     </row>
     <row r="188" spans="1:9">
       <c r="B188" s="9" t="s">
-        <v>1691</v>
+        <v>1697</v>
       </c>
       <c r="C188" s="9" t="s">
-        <v>1692</v>
+        <v>1698</v>
       </c>
       <c r="D188" s="9" t="s">
-        <v>1681</v>
+        <v>1669</v>
       </c>
       <c r="E188" s="9" t="s">
-        <v>1352</v>
+        <v>1462</v>
       </c>
       <c r="F188" s="9" t="s">
-        <v>1318</v>
+        <v>1450</v>
       </c>
       <c r="G188" s="9" t="s">
-        <v>1310</v>
+        <v>1391</v>
       </c>
       <c r="H188" s="10">
-        <v>5882.46072</v>
+        <v>5661</v>
       </c>
     </row>
     <row r="189" spans="1:9">
       <c r="B189" s="9" t="s">
-        <v>1693</v>
+        <v>1699</v>
       </c>
       <c r="C189" s="9" t="s">
-        <v>1694</v>
+        <v>1700</v>
       </c>
       <c r="D189" s="9" t="s">
-        <v>1626</v>
+        <v>1669</v>
       </c>
       <c r="E189" s="9" t="s">
-        <v>1308</v>
+        <v>1465</v>
       </c>
       <c r="F189" s="9" t="s">
-        <v>1309</v>
+        <v>1450</v>
       </c>
       <c r="G189" s="9" t="s">
-        <v>1310</v>
+        <v>1391</v>
       </c>
       <c r="H189" s="10">
-        <v>5882.46072</v>
+        <v>5661</v>
       </c>
     </row>
     <row r="190" spans="1:9">
       <c r="B190" s="9" t="s">
-        <v>1695</v>
+        <v>1701</v>
       </c>
       <c r="C190" s="9" t="s">
-        <v>1696</v>
+        <v>1702</v>
       </c>
       <c r="D190" s="9" t="s">
-        <v>1626</v>
+        <v>1659</v>
       </c>
       <c r="E190" s="9" t="s">
-        <v>1313</v>
+        <v>1354</v>
       </c>
       <c r="F190" s="9" t="s">
-        <v>1314</v>
+        <v>1342</v>
       </c>
       <c r="G190" s="9" t="s">
-        <v>1310</v>
+        <v>1343</v>
       </c>
       <c r="H190" s="10">
-        <v>5929</v>
+        <v>5702</v>
       </c>
     </row>
     <row r="191" spans="1:9">
       <c r="B191" s="9" t="s">
-        <v>1697</v>
+        <v>1703</v>
       </c>
       <c r="C191" s="9" t="s">
-        <v>1698</v>
+        <v>1704</v>
       </c>
       <c r="D191" s="9" t="s">
-        <v>1636</v>
+        <v>1659</v>
       </c>
       <c r="E191" s="9" t="s">
-        <v>1699</v>
+        <v>1357</v>
       </c>
       <c r="F191" s="9" t="s">
-        <v>1357</v>
+        <v>1342</v>
       </c>
       <c r="G191" s="9" t="s">
-        <v>1358</v>
+        <v>1343</v>
       </c>
       <c r="H191" s="10">
-        <v>5971.60392</v>
+        <v>5702</v>
       </c>
     </row>
     <row r="192" spans="1:9">
       <c r="B192" s="9" t="s">
-        <v>1700</v>
+        <v>1705</v>
       </c>
       <c r="C192" s="9" t="s">
-        <v>1701</v>
+        <v>1706</v>
       </c>
       <c r="D192" s="9" t="s">
-        <v>1626</v>
+        <v>1659</v>
       </c>
       <c r="E192" s="9" t="s">
-        <v>1331</v>
+        <v>1707</v>
       </c>
       <c r="F192" s="9" t="s">
-        <v>1332</v>
+        <v>1342</v>
       </c>
       <c r="G192" s="9" t="s">
-        <v>1310</v>
+        <v>1343</v>
       </c>
       <c r="H192" s="10">
-        <v>6226.15728</v>
+        <v>5702</v>
       </c>
     </row>
     <row r="193" spans="1:9">
       <c r="B193" s="9" t="s">
-        <v>1702</v>
+        <v>1708</v>
       </c>
       <c r="C193" s="9" t="s">
-        <v>1703</v>
+        <v>1709</v>
       </c>
       <c r="D193" s="9" t="s">
-        <v>1626</v>
+        <v>1710</v>
       </c>
       <c r="E193" s="9" t="s">
-        <v>1335</v>
+        <v>1711</v>
       </c>
       <c r="F193" s="9" t="s">
-        <v>1332</v>
+        <v>1382</v>
       </c>
       <c r="G193" s="9" t="s">
-        <v>1310</v>
+        <v>1343</v>
       </c>
       <c r="H193" s="10">
-        <v>6226.15728</v>
+        <v>5714</v>
       </c>
     </row>
     <row r="194" spans="1:9">
       <c r="B194" s="9" t="s">
-        <v>1704</v>
+        <v>1712</v>
       </c>
       <c r="C194" s="9" t="s">
-        <v>1705</v>
+        <v>1713</v>
       </c>
       <c r="D194" s="9" t="s">
-        <v>1626</v>
+        <v>1714</v>
       </c>
       <c r="E194" s="9" t="s">
-        <v>1341</v>
+        <v>1422</v>
       </c>
       <c r="F194" s="9" t="s">
-        <v>1332</v>
+        <v>1382</v>
       </c>
       <c r="G194" s="9" t="s">
-        <v>1310</v>
+        <v>1343</v>
       </c>
       <c r="H194" s="10">
-        <v>6226.15728</v>
+        <v>5714</v>
       </c>
     </row>
     <row r="195" spans="1:9">
       <c r="B195" s="9" t="s">
-        <v>1706</v>
+        <v>1715</v>
       </c>
       <c r="C195" s="9" t="s">
-        <v>1707</v>
+        <v>1716</v>
       </c>
       <c r="D195" s="9" t="s">
-        <v>1626</v>
+        <v>1714</v>
       </c>
       <c r="E195" s="9" t="s">
-        <v>1344</v>
+        <v>1717</v>
       </c>
       <c r="F195" s="9" t="s">
-        <v>1332</v>
+        <v>1382</v>
       </c>
       <c r="G195" s="9" t="s">
-        <v>1310</v>
+        <v>1343</v>
       </c>
       <c r="H195" s="10">
-        <v>6226.15728</v>
+        <v>5714</v>
       </c>
     </row>
     <row r="196" spans="1:9">
       <c r="B196" s="9" t="s">
-        <v>1708</v>
+        <v>1718</v>
       </c>
       <c r="C196" s="9" t="s">
-        <v>1709</v>
+        <v>1719</v>
       </c>
       <c r="D196" s="9" t="s">
         <v>1710</v>
       </c>
       <c r="E196" s="9" t="s">
-        <v>1711</v>
+        <v>1381</v>
       </c>
       <c r="F196" s="9" t="s">
-        <v>1368</v>
+        <v>1382</v>
       </c>
       <c r="G196" s="9" t="s">
-        <v>1310</v>
+        <v>1343</v>
       </c>
       <c r="H196" s="10">
-        <v>6262.80504</v>
+        <v>5714</v>
       </c>
     </row>
     <row r="197" spans="1:9">
       <c r="B197" s="9" t="s">
-        <v>1712</v>
+        <v>1720</v>
       </c>
       <c r="C197" s="9" t="s">
-        <v>1713</v>
+        <v>1721</v>
       </c>
       <c r="D197" s="9" t="s">
-        <v>1710</v>
+        <v>1563</v>
       </c>
       <c r="E197" s="9" t="s">
-        <v>1367</v>
+        <v>1219</v>
       </c>
       <c r="F197" s="9" t="s">
-        <v>1368</v>
+        <v>1209</v>
       </c>
       <c r="G197" s="9" t="s">
-        <v>1310</v>
+        <v>1174</v>
       </c>
       <c r="H197" s="10">
-        <v>6262.80504</v>
+        <v>5808</v>
       </c>
     </row>
     <row r="198" spans="1:9">
       <c r="B198" s="9" t="s">
+        <v>1722</v>
+      </c>
+      <c r="C198" s="9" t="s">
+        <v>1723</v>
+      </c>
+      <c r="D198" s="9" t="s">
         <v>1714</v>
       </c>
-      <c r="C198" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E198" s="9" t="s">
-        <v>1371</v>
+        <v>1350</v>
       </c>
       <c r="F198" s="9" t="s">
-        <v>1368</v>
+        <v>1351</v>
       </c>
       <c r="G198" s="9" t="s">
-        <v>1310</v>
+        <v>1343</v>
       </c>
       <c r="H198" s="10">
-        <v>6262.80504</v>
+        <v>5882.46072</v>
       </c>
     </row>
     <row r="199" spans="1:9">
       <c r="B199" s="9" t="s">
-        <v>1716</v>
+        <v>1724</v>
       </c>
       <c r="C199" s="9" t="s">
-        <v>1717</v>
+        <v>1725</v>
       </c>
       <c r="D199" s="9" t="s">
-        <v>1710</v>
+        <v>1714</v>
       </c>
       <c r="E199" s="9" t="s">
-        <v>1377</v>
+        <v>1385</v>
       </c>
       <c r="F199" s="9" t="s">
-        <v>1368</v>
+        <v>1351</v>
       </c>
       <c r="G199" s="9" t="s">
-        <v>1310</v>
+        <v>1343</v>
       </c>
       <c r="H199" s="10">
-        <v>6262.80504</v>
+        <v>5882.46072</v>
       </c>
     </row>
     <row r="200" spans="1:9">
       <c r="B200" s="9" t="s">
-        <v>1718</v>
+        <v>1726</v>
       </c>
       <c r="C200" s="9" t="s">
-        <v>1719</v>
+        <v>1727</v>
       </c>
       <c r="D200" s="9" t="s">
-        <v>1710</v>
+        <v>1659</v>
       </c>
       <c r="E200" s="9" t="s">
-        <v>1374</v>
+        <v>1341</v>
       </c>
       <c r="F200" s="9" t="s">
-        <v>1368</v>
+        <v>1342</v>
       </c>
       <c r="G200" s="9" t="s">
-        <v>1310</v>
+        <v>1343</v>
       </c>
       <c r="H200" s="10">
-        <v>6262.80504</v>
+        <v>5882.46072</v>
       </c>
     </row>
     <row r="201" spans="1:9">
       <c r="B201" s="9" t="s">
-        <v>1720</v>
+        <v>1728</v>
       </c>
       <c r="C201" s="9" t="s">
-        <v>1721</v>
+        <v>1729</v>
       </c>
       <c r="D201" s="9" t="s">
-        <v>1722</v>
+        <v>1659</v>
       </c>
       <c r="E201" s="9" t="s">
-        <v>1250</v>
+        <v>1346</v>
       </c>
       <c r="F201" s="9" t="s">
-        <v>1251</v>
+        <v>1347</v>
       </c>
       <c r="G201" s="9" t="s">
-        <v>1252</v>
+        <v>1343</v>
       </c>
       <c r="H201" s="10">
-        <v>7100</v>
+        <v>5929</v>
       </c>
     </row>
     <row r="202" spans="1:9">
       <c r="B202" s="9" t="s">
-        <v>1723</v>
+        <v>1730</v>
       </c>
       <c r="C202" s="9" t="s">
-        <v>1724</v>
+        <v>1731</v>
       </c>
       <c r="D202" s="9" t="s">
-        <v>1725</v>
+        <v>1669</v>
       </c>
       <c r="E202" s="9" t="s">
-        <v>1282</v>
+        <v>1732</v>
       </c>
       <c r="F202" s="9" t="s">
-        <v>1269</v>
+        <v>1390</v>
       </c>
       <c r="G202" s="9" t="s">
-        <v>1252</v>
+        <v>1391</v>
       </c>
       <c r="H202" s="10">
-        <v>7100</v>
+        <v>5971.60392</v>
       </c>
     </row>
     <row r="203" spans="1:9">
       <c r="B203" s="9" t="s">
-        <v>1726</v>
+        <v>1733</v>
       </c>
       <c r="C203" s="9" t="s">
-        <v>1727</v>
+        <v>1734</v>
       </c>
       <c r="D203" s="9" t="s">
-        <v>1725</v>
+        <v>1659</v>
       </c>
       <c r="E203" s="9" t="s">
-        <v>1279</v>
+        <v>1364</v>
       </c>
       <c r="F203" s="9" t="s">
-        <v>1269</v>
+        <v>1365</v>
       </c>
       <c r="G203" s="9" t="s">
-        <v>1252</v>
+        <v>1343</v>
       </c>
       <c r="H203" s="10">
-        <v>7100</v>
+        <v>6226.15728</v>
       </c>
     </row>
     <row r="204" spans="1:9">
       <c r="B204" s="9" t="s">
-        <v>1728</v>
+        <v>1735</v>
       </c>
       <c r="C204" s="9" t="s">
-        <v>1729</v>
+        <v>1736</v>
       </c>
       <c r="D204" s="9" t="s">
-        <v>1725</v>
+        <v>1659</v>
       </c>
       <c r="E204" s="9" t="s">
-        <v>1275</v>
+        <v>1368</v>
       </c>
       <c r="F204" s="9" t="s">
-        <v>1269</v>
+        <v>1365</v>
       </c>
       <c r="G204" s="9" t="s">
-        <v>1252</v>
+        <v>1343</v>
       </c>
       <c r="H204" s="10">
-        <v>7100</v>
+        <v>6226.15728</v>
       </c>
     </row>
     <row r="205" spans="1:9">
       <c r="B205" s="9" t="s">
-        <v>1730</v>
+        <v>1737</v>
       </c>
       <c r="C205" s="9" t="s">
-        <v>1731</v>
+        <v>1738</v>
       </c>
       <c r="D205" s="9" t="s">
-        <v>1725</v>
+        <v>1659</v>
       </c>
       <c r="E205" s="9" t="s">
-        <v>1272</v>
+        <v>1374</v>
       </c>
       <c r="F205" s="9" t="s">
-        <v>1269</v>
+        <v>1365</v>
       </c>
       <c r="G205" s="9" t="s">
-        <v>1252</v>
+        <v>1343</v>
       </c>
       <c r="H205" s="10">
-        <v>7100</v>
+        <v>6226.15728</v>
       </c>
     </row>
     <row r="206" spans="1:9">
       <c r="B206" s="9" t="s">
-        <v>1732</v>
+        <v>1739</v>
       </c>
       <c r="C206" s="9" t="s">
-        <v>1733</v>
+        <v>1740</v>
       </c>
       <c r="D206" s="9" t="s">
-        <v>1725</v>
+        <v>1659</v>
       </c>
       <c r="E206" s="9" t="s">
-        <v>1268</v>
+        <v>1377</v>
       </c>
       <c r="F206" s="9" t="s">
-        <v>1269</v>
+        <v>1365</v>
       </c>
       <c r="G206" s="9" t="s">
-        <v>1252</v>
+        <v>1343</v>
       </c>
       <c r="H206" s="10">
-        <v>7100</v>
+        <v>6226.15728</v>
       </c>
     </row>
     <row r="207" spans="1:9">
       <c r="B207" s="9" t="s">
-        <v>1734</v>
+        <v>1741</v>
       </c>
       <c r="C207" s="9" t="s">
-        <v>1735</v>
+        <v>1742</v>
       </c>
       <c r="D207" s="9" t="s">
-        <v>1722</v>
+        <v>1743</v>
       </c>
       <c r="E207" s="9" t="s">
-        <v>1261</v>
+        <v>1744</v>
       </c>
       <c r="F207" s="9" t="s">
-        <v>1251</v>
+        <v>1401</v>
       </c>
       <c r="G207" s="9" t="s">
-        <v>1252</v>
+        <v>1343</v>
       </c>
       <c r="H207" s="10">
-        <v>7100</v>
+        <v>6262.80504</v>
       </c>
     </row>
     <row r="208" spans="1:9">
       <c r="B208" s="9" t="s">
-        <v>1736</v>
+        <v>1745</v>
       </c>
       <c r="C208" s="9" t="s">
-        <v>1737</v>
+        <v>1746</v>
       </c>
       <c r="D208" s="9" t="s">
-        <v>1722</v>
+        <v>1743</v>
       </c>
       <c r="E208" s="9" t="s">
-        <v>1264</v>
+        <v>1400</v>
       </c>
       <c r="F208" s="9" t="s">
-        <v>1251</v>
+        <v>1401</v>
       </c>
       <c r="G208" s="9" t="s">
-        <v>1252</v>
+        <v>1343</v>
       </c>
       <c r="H208" s="10">
-        <v>7100</v>
+        <v>6262.80504</v>
       </c>
     </row>
     <row r="209" spans="1:9">
       <c r="B209" s="9" t="s">
-        <v>1738</v>
+        <v>1747</v>
       </c>
       <c r="C209" s="9" t="s">
-        <v>1739</v>
+        <v>1748</v>
       </c>
       <c r="D209" s="9" t="s">
-        <v>1722</v>
+        <v>1743</v>
       </c>
       <c r="E209" s="9" t="s">
-        <v>1255</v>
+        <v>1404</v>
       </c>
       <c r="F209" s="9" t="s">
-        <v>1251</v>
+        <v>1401</v>
       </c>
       <c r="G209" s="9" t="s">
-        <v>1252</v>
+        <v>1343</v>
       </c>
       <c r="H209" s="10">
-        <v>7100</v>
+        <v>6262.80504</v>
       </c>
     </row>
     <row r="210" spans="1:9">
       <c r="B210" s="9" t="s">
-        <v>1740</v>
+        <v>1749</v>
       </c>
       <c r="C210" s="9" t="s">
-        <v>1741</v>
+        <v>1750</v>
       </c>
       <c r="D210" s="9" t="s">
-        <v>1722</v>
+        <v>1743</v>
       </c>
       <c r="E210" s="9" t="s">
-        <v>1258</v>
+        <v>1410</v>
       </c>
       <c r="F210" s="9" t="s">
-        <v>1251</v>
+        <v>1401</v>
       </c>
       <c r="G210" s="9" t="s">
-        <v>1252</v>
+        <v>1343</v>
       </c>
       <c r="H210" s="10">
-        <v>7100</v>
+        <v>6262.80504</v>
       </c>
     </row>
     <row r="211" spans="1:9">
       <c r="B211" s="9" t="s">
-        <v>1742</v>
+        <v>1751</v>
       </c>
       <c r="C211" s="9" t="s">
+        <v>1752</v>
+      </c>
+      <c r="D211" s="9" t="s">
         <v>1743</v>
       </c>
-      <c r="D211" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E211" s="9" t="s">
-        <v>1462</v>
+        <v>1407</v>
       </c>
       <c r="F211" s="9" t="s">
-        <v>1453</v>
+        <v>1401</v>
       </c>
       <c r="G211" s="9" t="s">
-        <v>1179</v>
-[...1 lines deleted...]
-      <c r="H211" s="10"/>
+        <v>1343</v>
+      </c>
+      <c r="H211" s="10">
+        <v>6262.80504</v>
+      </c>
     </row>
     <row r="212" spans="1:9">
       <c r="B212" s="9" t="s">
-        <v>1744</v>
+        <v>1753</v>
       </c>
       <c r="C212" s="9" t="s">
-        <v>1745</v>
+        <v>1754</v>
       </c>
       <c r="D212" s="9" t="s">
-        <v>1615</v>
+        <v>1755</v>
       </c>
       <c r="E212" s="9" t="s">
-        <v>1459</v>
+        <v>1297</v>
       </c>
       <c r="F212" s="9" t="s">
-        <v>1453</v>
+        <v>1284</v>
       </c>
       <c r="G212" s="9" t="s">
-        <v>1179</v>
-[...1 lines deleted...]
-      <c r="H212" s="10"/>
+        <v>1285</v>
+      </c>
+      <c r="H212" s="10">
+        <v>7100</v>
+      </c>
     </row>
     <row r="213" spans="1:9">
       <c r="B213" s="9" t="s">
-        <v>1746</v>
+        <v>1756</v>
       </c>
       <c r="C213" s="9" t="s">
-        <v>1747</v>
+        <v>1757</v>
       </c>
       <c r="D213" s="9" t="s">
-        <v>1615</v>
+        <v>1758</v>
       </c>
       <c r="E213" s="9" t="s">
-        <v>1452</v>
+        <v>1306</v>
       </c>
       <c r="F213" s="9" t="s">
-        <v>1453</v>
+        <v>1302</v>
       </c>
       <c r="G213" s="9" t="s">
-        <v>1179</v>
-[...1 lines deleted...]
-      <c r="H213" s="10"/>
+        <v>1285</v>
+      </c>
+      <c r="H213" s="10">
+        <v>7100</v>
+      </c>
+    </row>
+    <row r="214" spans="1:9">
+      <c r="B214" s="9" t="s">
+        <v>1759</v>
+      </c>
+      <c r="C214" s="9" t="s">
+        <v>1760</v>
+      </c>
+      <c r="D214" s="9" t="s">
+        <v>1758</v>
+      </c>
+      <c r="E214" s="9" t="s">
+        <v>1301</v>
+      </c>
+      <c r="F214" s="9" t="s">
+        <v>1302</v>
+      </c>
+      <c r="G214" s="9" t="s">
+        <v>1285</v>
+      </c>
+      <c r="H214" s="10">
+        <v>7100</v>
+      </c>
+    </row>
+    <row r="215" spans="1:9">
+      <c r="B215" s="9" t="s">
+        <v>1761</v>
+      </c>
+      <c r="C215" s="9" t="s">
+        <v>1762</v>
+      </c>
+      <c r="D215" s="9" t="s">
+        <v>1758</v>
+      </c>
+      <c r="E215" s="9" t="s">
+        <v>1309</v>
+      </c>
+      <c r="F215" s="9" t="s">
+        <v>1302</v>
+      </c>
+      <c r="G215" s="9" t="s">
+        <v>1285</v>
+      </c>
+      <c r="H215" s="10">
+        <v>7100</v>
+      </c>
+    </row>
+    <row r="216" spans="1:9">
+      <c r="B216" s="9" t="s">
+        <v>1763</v>
+      </c>
+      <c r="C216" s="9" t="s">
+        <v>1764</v>
+      </c>
+      <c r="D216" s="9" t="s">
+        <v>1758</v>
+      </c>
+      <c r="E216" s="9" t="s">
+        <v>1312</v>
+      </c>
+      <c r="F216" s="9" t="s">
+        <v>1302</v>
+      </c>
+      <c r="G216" s="9" t="s">
+        <v>1285</v>
+      </c>
+      <c r="H216" s="10">
+        <v>7100</v>
+      </c>
+    </row>
+    <row r="217" spans="1:9">
+      <c r="B217" s="9" t="s">
+        <v>1765</v>
+      </c>
+      <c r="C217" s="9" t="s">
+        <v>1766</v>
+      </c>
+      <c r="D217" s="9" t="s">
+        <v>1758</v>
+      </c>
+      <c r="E217" s="9" t="s">
+        <v>1315</v>
+      </c>
+      <c r="F217" s="9" t="s">
+        <v>1302</v>
+      </c>
+      <c r="G217" s="9" t="s">
+        <v>1285</v>
+      </c>
+      <c r="H217" s="10">
+        <v>7100</v>
+      </c>
+    </row>
+    <row r="218" spans="1:9">
+      <c r="B218" s="9" t="s">
+        <v>1767</v>
+      </c>
+      <c r="C218" s="9" t="s">
+        <v>1768</v>
+      </c>
+      <c r="D218" s="9" t="s">
+        <v>1755</v>
+      </c>
+      <c r="E218" s="9" t="s">
+        <v>1288</v>
+      </c>
+      <c r="F218" s="9" t="s">
+        <v>1284</v>
+      </c>
+      <c r="G218" s="9" t="s">
+        <v>1285</v>
+      </c>
+      <c r="H218" s="10">
+        <v>7100</v>
+      </c>
+    </row>
+    <row r="219" spans="1:9">
+      <c r="B219" s="9" t="s">
+        <v>1769</v>
+      </c>
+      <c r="C219" s="9" t="s">
+        <v>1770</v>
+      </c>
+      <c r="D219" s="9" t="s">
+        <v>1755</v>
+      </c>
+      <c r="E219" s="9" t="s">
+        <v>1283</v>
+      </c>
+      <c r="F219" s="9" t="s">
+        <v>1284</v>
+      </c>
+      <c r="G219" s="9" t="s">
+        <v>1285</v>
+      </c>
+      <c r="H219" s="10">
+        <v>7100</v>
+      </c>
+    </row>
+    <row r="220" spans="1:9">
+      <c r="B220" s="9" t="s">
+        <v>1771</v>
+      </c>
+      <c r="C220" s="9" t="s">
+        <v>1772</v>
+      </c>
+      <c r="D220" s="9" t="s">
+        <v>1755</v>
+      </c>
+      <c r="E220" s="9" t="s">
+        <v>1294</v>
+      </c>
+      <c r="F220" s="9" t="s">
+        <v>1284</v>
+      </c>
+      <c r="G220" s="9" t="s">
+        <v>1285</v>
+      </c>
+      <c r="H220" s="10">
+        <v>7100</v>
+      </c>
+    </row>
+    <row r="221" spans="1:9">
+      <c r="B221" s="9" t="s">
+        <v>1773</v>
+      </c>
+      <c r="C221" s="9" t="s">
+        <v>1774</v>
+      </c>
+      <c r="D221" s="9" t="s">
+        <v>1755</v>
+      </c>
+      <c r="E221" s="9" t="s">
+        <v>1291</v>
+      </c>
+      <c r="F221" s="9" t="s">
+        <v>1284</v>
+      </c>
+      <c r="G221" s="9" t="s">
+        <v>1285</v>
+      </c>
+      <c r="H221" s="10">
+        <v>7100</v>
+      </c>
+    </row>
+    <row r="222" spans="1:9">
+      <c r="B222" s="9" t="s">
+        <v>1775</v>
+      </c>
+      <c r="C222" s="9" t="s">
+        <v>1776</v>
+      </c>
+      <c r="D222" s="9" t="s">
+        <v>1648</v>
+      </c>
+      <c r="E222" s="9" t="s">
+        <v>1495</v>
+      </c>
+      <c r="F222" s="9" t="s">
+        <v>1486</v>
+      </c>
+      <c r="G222" s="9" t="s">
+        <v>1174</v>
+      </c>
+      <c r="H222" s="10"/>
+    </row>
+    <row r="223" spans="1:9">
+      <c r="B223" s="9" t="s">
+        <v>1777</v>
+      </c>
+      <c r="C223" s="9" t="s">
+        <v>1778</v>
+      </c>
+      <c r="D223" s="9" t="s">
+        <v>1648</v>
+      </c>
+      <c r="E223" s="9" t="s">
+        <v>1492</v>
+      </c>
+      <c r="F223" s="9" t="s">
+        <v>1486</v>
+      </c>
+      <c r="G223" s="9" t="s">
+        <v>1174</v>
+      </c>
+      <c r="H223" s="10"/>
+    </row>
+    <row r="224" spans="1:9">
+      <c r="B224" s="9" t="s">
+        <v>1779</v>
+      </c>
+      <c r="C224" s="9" t="s">
+        <v>1780</v>
+      </c>
+      <c r="D224" s="9" t="s">
+        <v>1648</v>
+      </c>
+      <c r="E224" s="9" t="s">
+        <v>1485</v>
+      </c>
+      <c r="F224" s="9" t="s">
+        <v>1486</v>
+      </c>
+      <c r="G224" s="9" t="s">
+        <v>1174</v>
+      </c>
+      <c r="H224" s="10"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B1:G1"/>
     <mergeCell ref="B3:B5"/>
     <mergeCell ref="C3:D3"/>
     <mergeCell ref="E3:G3"/>
     <mergeCell ref="C5:D5"/>
     <mergeCell ref="E5:G5"/>
     <mergeCell ref="B9:G9"/>
-    <mergeCell ref="B43:G43"/>
-[...1 lines deleted...]
-    <mergeCell ref="B135:G135"/>
+    <mergeCell ref="B54:G54"/>
+    <mergeCell ref="B62:G62"/>
+    <mergeCell ref="B146:G146"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="F6" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" scale="100" fitToHeight="0" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
@@ -33217,170 +33492,170 @@
             </rPr>
             <t xml:space="preserve">Цены</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="14"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> для Пензы на: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFDE5705"/>
               <sz val="14"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">31.12.2025</t>
+            <t xml:space="preserve">16.02.2026</t>
           </r>
         </is>
       </c>
       <c r="F6" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="B7" s="6" t="s">
-        <v>1748</v>
+        <v>1781</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="B9" s="7" t="s">
-        <v>1749</v>
+        <v>1782</v>
       </c>
       <c r="C9" s="0"/>
       <c r="D9" s="0"/>
       <c r="E9" s="0"/>
       <c r="F9" s="0"/>
       <c r="G9" s="0"/>
     </row>
     <row r="10" spans="1:9">
       <c r="B10" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D10" s="8" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="E10" s="8" t="s">
-        <v>664</v>
+        <v>662</v>
       </c>
       <c r="F10" s="8" t="s">
         <v>11</v>
       </c>
       <c r="G10" s="8" t="s">
-        <v>698</v>
+        <v>696</v>
       </c>
       <c r="H10" s="8" t="s">
-        <v>1304</v>
+        <v>1337</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="B11" s="9" t="s">
-        <v>1750</v>
+        <v>1783</v>
       </c>
       <c r="C11" s="9" t="s">
-        <v>1751</v>
+        <v>1784</v>
       </c>
       <c r="D11" s="9" t="s">
-        <v>1752</v>
+        <v>1785</v>
       </c>
       <c r="E11" s="9" t="s">
-        <v>1753</v>
+        <v>1786</v>
       </c>
       <c r="F11" s="9" t="s">
-        <v>1754</v>
+        <v>1787</v>
       </c>
       <c r="G11" s="10">
         <v>153.9375</v>
       </c>
       <c r="H11" s="10">
         <v>7389</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="B12" s="9" t="s">
-        <v>1755</v>
+        <v>1788</v>
       </c>
       <c r="C12" s="9" t="s">
-        <v>1756</v>
+        <v>1789</v>
       </c>
       <c r="D12" s="9" t="s">
-        <v>1757</v>
+        <v>1790</v>
       </c>
       <c r="E12" s="9" t="s">
-        <v>1753</v>
+        <v>1786</v>
       </c>
       <c r="F12" s="9" t="s">
-        <v>1754</v>
+        <v>1787</v>
       </c>
       <c r="G12" s="10">
         <v>160.8125</v>
       </c>
       <c r="H12" s="10">
         <v>7719</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="B14" s="7" t="s">
-        <v>1758</v>
+        <v>1791</v>
       </c>
       <c r="C14" s="0"/>
       <c r="D14" s="0"/>
       <c r="E14" s="0"/>
       <c r="F14" s="0"/>
       <c r="G14" s="0"/>
     </row>
     <row r="15" spans="1:9">
       <c r="B15" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C15" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D15" s="8" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="E15" s="8" t="s">
-        <v>664</v>
+        <v>662</v>
       </c>
       <c r="F15" s="8" t="s">
         <v>11</v>
       </c>
       <c r="G15" s="8" t="s">
-        <v>1304</v>
+        <v>1337</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B1:G1"/>
     <mergeCell ref="B3:B5"/>
     <mergeCell ref="C3:D3"/>
     <mergeCell ref="E3:G3"/>
     <mergeCell ref="C5:D5"/>
     <mergeCell ref="E5:G5"/>
     <mergeCell ref="B9:G9"/>
     <mergeCell ref="B14:G14"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="F6" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" scale="100" fitToHeight="0" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
@@ -33491,2944 +33766,2952 @@
             </rPr>
             <t xml:space="preserve">Цены</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="14"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> для Пензы на: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFDE5705"/>
               <sz val="14"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">31.12.2025</t>
+            <t xml:space="preserve">16.02.2026</t>
           </r>
         </is>
       </c>
       <c r="F6" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="B7" s="6" t="s">
-        <v>1759</v>
+        <v>1792</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="B9" s="7" t="s">
-        <v>1760</v>
+        <v>1793</v>
       </c>
       <c r="C9" s="0"/>
       <c r="D9" s="0"/>
       <c r="E9" s="0"/>
       <c r="F9" s="0"/>
       <c r="G9" s="0"/>
     </row>
     <row r="10" spans="1:9">
       <c r="B10" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D10" s="8" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="E10" s="8" t="s">
-        <v>664</v>
+        <v>662</v>
       </c>
       <c r="F10" s="8" t="s">
-        <v>1761</v>
+        <v>1794</v>
       </c>
       <c r="G10" s="8" t="s">
         <v>11</v>
       </c>
       <c r="H10" s="8" t="s">
-        <v>1762</v>
+        <v>1795</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="B11" s="9" t="s">
-        <v>1763</v>
+        <v>1796</v>
       </c>
       <c r="C11" s="9" t="s">
-        <v>1764</v>
+        <v>1797</v>
       </c>
       <c r="D11" s="9" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
       <c r="E11" s="9">
         <v>60</v>
       </c>
       <c r="F11" s="9">
         <v>151.536</v>
       </c>
       <c r="G11" s="9" t="s">
-        <v>1765</v>
+        <v>1798</v>
       </c>
       <c r="H11" s="10">
         <v>1513</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="B12" s="9" t="s">
-        <v>1766</v>
+        <v>1799</v>
       </c>
       <c r="C12" s="9" t="s">
-        <v>1767</v>
+        <v>1800</v>
       </c>
       <c r="D12" s="9" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
       <c r="E12" s="9" t="s">
-        <v>1768</v>
+        <v>1801</v>
       </c>
       <c r="F12" s="9">
         <v>155.52</v>
       </c>
       <c r="G12" s="9" t="s">
-        <v>1765</v>
+        <v>1798</v>
       </c>
       <c r="H12" s="10">
         <v>1513</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="B13" s="9" t="s">
-        <v>1769</v>
+        <v>1802</v>
       </c>
       <c r="C13" s="9" t="s">
-        <v>1770</v>
+        <v>1803</v>
       </c>
       <c r="D13" s="9" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
       <c r="E13" s="9" t="s">
-        <v>1771</v>
+        <v>1804</v>
       </c>
       <c r="F13" s="9" t="s">
-        <v>1772</v>
+        <v>1805</v>
       </c>
       <c r="G13" s="9" t="s">
-        <v>1765</v>
+        <v>1798</v>
       </c>
       <c r="H13" s="10">
         <v>1513</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="B14" s="9" t="s">
-        <v>1763</v>
+        <v>1796</v>
       </c>
       <c r="C14" s="9" t="s">
-        <v>1773</v>
+        <v>1806</v>
       </c>
       <c r="D14" s="9" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="E14" s="9">
         <v>60</v>
       </c>
       <c r="F14" s="9">
         <v>151.536</v>
       </c>
       <c r="G14" s="9" t="s">
-        <v>1765</v>
+        <v>1798</v>
       </c>
       <c r="H14" s="10">
         <v>1864</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="B15" s="9" t="s">
-        <v>1766</v>
+        <v>1799</v>
       </c>
       <c r="C15" s="9" t="s">
-        <v>1774</v>
+        <v>1807</v>
       </c>
       <c r="D15" s="9" t="s">
-        <v>1775</v>
+        <v>1808</v>
       </c>
       <c r="E15" s="9" t="s">
-        <v>1768</v>
+        <v>1801</v>
       </c>
       <c r="F15" s="9">
         <v>155.52</v>
       </c>
       <c r="G15" s="9" t="s">
-        <v>1765</v>
+        <v>1798</v>
       </c>
       <c r="H15" s="10">
         <v>1864</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="B16" s="9" t="s">
-        <v>1776</v>
+        <v>1809</v>
       </c>
       <c r="C16" s="9" t="s">
-        <v>1777</v>
+        <v>1810</v>
       </c>
       <c r="D16" s="9" t="s">
-        <v>1778</v>
+        <v>1811</v>
       </c>
       <c r="E16" s="9">
         <v>60</v>
       </c>
       <c r="F16" s="9">
         <v>145.152</v>
       </c>
       <c r="G16" s="9" t="s">
-        <v>1765</v>
+        <v>1798</v>
       </c>
       <c r="H16" s="10">
         <v>1864</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="B17" s="9" t="s">
-        <v>1766</v>
+        <v>1799</v>
       </c>
       <c r="C17" s="9" t="s">
-        <v>1779</v>
+        <v>1812</v>
       </c>
       <c r="D17" s="9" t="s">
-        <v>1780</v>
+        <v>1813</v>
       </c>
       <c r="E17" s="9" t="s">
-        <v>1768</v>
+        <v>1801</v>
       </c>
       <c r="F17" s="9">
         <v>155.52</v>
       </c>
       <c r="G17" s="9" t="s">
-        <v>1765</v>
+        <v>1798</v>
       </c>
       <c r="H17" s="10">
         <v>1864</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="B18" s="9" t="s">
-        <v>1766</v>
+        <v>1799</v>
       </c>
       <c r="C18" s="9" t="s">
-        <v>1781</v>
+        <v>1814</v>
       </c>
       <c r="D18" s="9" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="E18" s="9" t="s">
-        <v>1768</v>
+        <v>1801</v>
       </c>
       <c r="F18" s="9">
         <v>155.52</v>
       </c>
       <c r="G18" s="9" t="s">
-        <v>1765</v>
+        <v>1798</v>
       </c>
       <c r="H18" s="10">
         <v>1864</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="B19" s="9" t="s">
-        <v>1769</v>
+        <v>1802</v>
       </c>
       <c r="C19" s="9" t="s">
-        <v>1782</v>
+        <v>1815</v>
       </c>
       <c r="D19" s="9" t="s">
-        <v>1778</v>
+        <v>1811</v>
       </c>
       <c r="E19" s="9" t="s">
-        <v>1771</v>
+        <v>1804</v>
       </c>
       <c r="F19" s="9" t="s">
-        <v>1772</v>
+        <v>1805</v>
       </c>
       <c r="G19" s="9" t="s">
-        <v>1765</v>
+        <v>1798</v>
       </c>
       <c r="H19" s="10">
         <v>1864</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="B20" s="9" t="s">
-        <v>1769</v>
+        <v>1802</v>
       </c>
       <c r="C20" s="9" t="s">
-        <v>1783</v>
+        <v>1816</v>
       </c>
       <c r="D20" s="9" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="E20" s="9" t="s">
-        <v>1771</v>
+        <v>1804</v>
       </c>
       <c r="F20" s="9" t="s">
-        <v>1772</v>
+        <v>1805</v>
       </c>
       <c r="G20" s="9" t="s">
-        <v>1765</v>
+        <v>1798</v>
       </c>
       <c r="H20" s="10">
         <v>1864</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="B21" s="9" t="s">
-        <v>1763</v>
+        <v>1796</v>
       </c>
       <c r="C21" s="9" t="s">
-        <v>1784</v>
+        <v>1817</v>
       </c>
       <c r="D21" s="9" t="s">
-        <v>985</v>
+        <v>980</v>
       </c>
       <c r="E21" s="9">
         <v>60</v>
       </c>
       <c r="F21" s="9">
         <v>151.536</v>
       </c>
       <c r="G21" s="9" t="s">
-        <v>1765</v>
+        <v>1798</v>
       </c>
       <c r="H21" s="10">
         <v>1965</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="B22" s="9" t="s">
-        <v>1766</v>
+        <v>1799</v>
       </c>
       <c r="C22" s="9" t="s">
-        <v>1785</v>
+        <v>1818</v>
       </c>
       <c r="D22" s="9" t="s">
-        <v>985</v>
+        <v>980</v>
       </c>
       <c r="E22" s="9" t="s">
-        <v>1768</v>
+        <v>1801</v>
       </c>
       <c r="F22" s="9">
         <v>155.52</v>
       </c>
       <c r="G22" s="9" t="s">
-        <v>1765</v>
+        <v>1798</v>
       </c>
       <c r="H22" s="10">
         <v>1965</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="B23" s="9" t="s">
-        <v>1769</v>
+        <v>1802</v>
       </c>
       <c r="C23" s="9" t="s">
-        <v>1786</v>
+        <v>1819</v>
       </c>
       <c r="D23" s="9" t="s">
-        <v>985</v>
+        <v>980</v>
       </c>
       <c r="E23" s="9" t="s">
-        <v>1771</v>
+        <v>1804</v>
       </c>
       <c r="F23" s="9" t="s">
-        <v>1772</v>
+        <v>1805</v>
       </c>
       <c r="G23" s="9" t="s">
-        <v>1765</v>
+        <v>1798</v>
       </c>
       <c r="H23" s="10">
         <v>1965</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="B24" s="9" t="s">
-        <v>1787</v>
+        <v>1820</v>
       </c>
       <c r="C24" s="9" t="s">
-        <v>1788</v>
+        <v>1821</v>
       </c>
       <c r="D24" s="9" t="s">
-        <v>1789</v>
+        <v>1822</v>
       </c>
       <c r="E24" s="9"/>
       <c r="F24" s="9" t="s">
-        <v>1790</v>
+        <v>1823</v>
       </c>
       <c r="G24" s="9" t="s">
-        <v>1765</v>
+        <v>1798</v>
       </c>
       <c r="H24" s="10">
         <v>2389</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="B25" s="9" t="s">
-        <v>1769</v>
+        <v>1802</v>
       </c>
       <c r="C25" s="9" t="s">
-        <v>1791</v>
+        <v>1824</v>
       </c>
       <c r="D25" s="9" t="s">
-        <v>1792</v>
+        <v>1825</v>
       </c>
       <c r="E25" s="9" t="s">
-        <v>1771</v>
+        <v>1804</v>
       </c>
       <c r="F25" s="9" t="s">
-        <v>1772</v>
+        <v>1805</v>
       </c>
       <c r="G25" s="9" t="s">
-        <v>1765</v>
+        <v>1798</v>
       </c>
       <c r="H25" s="10">
         <v>2389</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="B26" s="9" t="s">
-        <v>1769</v>
+        <v>1802</v>
       </c>
       <c r="C26" s="9" t="s">
-        <v>1793</v>
+        <v>1826</v>
       </c>
       <c r="D26" s="9" t="s">
-        <v>1794</v>
+        <v>1827</v>
       </c>
       <c r="E26" s="9" t="s">
-        <v>1771</v>
+        <v>1804</v>
       </c>
       <c r="F26" s="9" t="s">
-        <v>1772</v>
+        <v>1805</v>
       </c>
       <c r="G26" s="9" t="s">
-        <v>1765</v>
+        <v>1798</v>
       </c>
       <c r="H26" s="10">
         <v>2389</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="B27" s="9" t="s">
-        <v>1795</v>
+        <v>1828</v>
       </c>
       <c r="C27" s="9" t="s">
-        <v>1796</v>
+        <v>1829</v>
       </c>
       <c r="D27" s="9" t="s">
-        <v>1797</v>
+        <v>1830</v>
       </c>
       <c r="E27" s="9" t="s">
-        <v>1798</v>
+        <v>1831</v>
       </c>
       <c r="F27" s="9" t="s">
-        <v>1799</v>
+        <v>1832</v>
       </c>
       <c r="G27" s="9" t="s">
-        <v>1800</v>
+        <v>1833</v>
       </c>
       <c r="H27" s="10">
-        <v>2605</v>
+        <v>2649</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="B28" s="9" t="s">
-        <v>1801</v>
+        <v>1834</v>
       </c>
       <c r="C28" s="9" t="s">
-        <v>1802</v>
+        <v>1835</v>
       </c>
       <c r="D28" s="9" t="s">
-        <v>1794</v>
+        <v>1827</v>
       </c>
       <c r="E28" s="9" t="s">
-        <v>1803</v>
+        <v>1836</v>
       </c>
       <c r="F28" s="9" t="s">
-        <v>1804</v>
+        <v>1837</v>
       </c>
       <c r="G28" s="9" t="s">
-        <v>1765</v>
+        <v>1798</v>
       </c>
       <c r="H28" s="10">
         <v>2675</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="B29" s="9" t="s">
-        <v>1805</v>
+        <v>1838</v>
       </c>
       <c r="C29" s="9" t="s">
-        <v>1806</v>
+        <v>1839</v>
       </c>
       <c r="D29" s="9" t="s">
-        <v>1807</v>
+        <v>1840</v>
       </c>
       <c r="E29" s="9" t="s">
-        <v>1808</v>
+        <v>1841</v>
       </c>
       <c r="F29" s="9">
         <v>152.064</v>
       </c>
       <c r="G29" s="9" t="s">
-        <v>1765</v>
+        <v>1798</v>
       </c>
       <c r="H29" s="10">
         <v>2675</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="B30" s="9" t="s">
-        <v>1805</v>
+        <v>1838</v>
       </c>
       <c r="C30" s="9" t="s">
-        <v>1809</v>
+        <v>1842</v>
       </c>
       <c r="D30" s="9" t="s">
-        <v>1810</v>
+        <v>1843</v>
       </c>
       <c r="E30" s="9" t="s">
-        <v>1808</v>
+        <v>1841</v>
       </c>
       <c r="F30" s="9">
         <v>152.064</v>
       </c>
       <c r="G30" s="9" t="s">
-        <v>1765</v>
+        <v>1798</v>
       </c>
       <c r="H30" s="10">
         <v>2675</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="B31" s="9" t="s">
-        <v>1801</v>
+        <v>1834</v>
       </c>
       <c r="C31" s="9" t="s">
-        <v>1811</v>
+        <v>1844</v>
       </c>
       <c r="D31" s="9" t="s">
-        <v>1812</v>
+        <v>1845</v>
       </c>
       <c r="E31" s="9" t="s">
-        <v>1803</v>
+        <v>1836</v>
       </c>
       <c r="F31" s="9" t="s">
-        <v>1804</v>
+        <v>1837</v>
       </c>
       <c r="G31" s="9" t="s">
-        <v>1765</v>
+        <v>1798</v>
       </c>
       <c r="H31" s="10">
         <v>2675</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="B32" s="9" t="s">
-        <v>1787</v>
+        <v>1820</v>
       </c>
       <c r="C32" s="9" t="s">
-        <v>1813</v>
+        <v>1846</v>
       </c>
       <c r="D32" s="9" t="s">
-        <v>1794</v>
+        <v>1827</v>
       </c>
       <c r="E32" s="9"/>
       <c r="F32" s="9" t="s">
-        <v>1814</v>
+        <v>1847</v>
       </c>
       <c r="G32" s="9" t="s">
-        <v>1765</v>
+        <v>1798</v>
       </c>
       <c r="H32" s="10">
         <v>2675</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="B33" s="9" t="s">
-        <v>1801</v>
+        <v>1834</v>
       </c>
       <c r="C33" s="9" t="s">
-        <v>1815</v>
+        <v>1848</v>
       </c>
       <c r="D33" s="9" t="s">
-        <v>1816</v>
+        <v>1849</v>
       </c>
       <c r="E33" s="9" t="s">
-        <v>1803</v>
+        <v>1836</v>
       </c>
       <c r="F33" s="9" t="s">
-        <v>1817</v>
+        <v>1850</v>
       </c>
       <c r="G33" s="9" t="s">
-        <v>1765</v>
+        <v>1798</v>
       </c>
       <c r="H33" s="10">
         <v>2675</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="B34" s="9" t="s">
-        <v>1805</v>
+        <v>1838</v>
       </c>
       <c r="C34" s="9" t="s">
-        <v>1818</v>
+        <v>1851</v>
       </c>
       <c r="D34" s="9" t="s">
-        <v>1819</v>
+        <v>1852</v>
       </c>
       <c r="E34" s="9" t="s">
-        <v>1808</v>
+        <v>1841</v>
       </c>
       <c r="F34" s="9">
         <v>152.064</v>
       </c>
       <c r="G34" s="9" t="s">
-        <v>1765</v>
+        <v>1798</v>
       </c>
       <c r="H34" s="10">
         <v>2675</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="B35" s="9" t="s">
-        <v>1805</v>
+        <v>1838</v>
       </c>
       <c r="C35" s="9" t="s">
-        <v>1820</v>
+        <v>1853</v>
       </c>
       <c r="D35" s="9" t="s">
-        <v>1821</v>
+        <v>1854</v>
       </c>
       <c r="E35" s="9" t="s">
-        <v>1808</v>
+        <v>1841</v>
       </c>
       <c r="F35" s="9">
         <v>152.064</v>
       </c>
       <c r="G35" s="9" t="s">
-        <v>1765</v>
+        <v>1798</v>
       </c>
       <c r="H35" s="10">
         <v>2675</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="B36" s="9" t="s">
-        <v>1787</v>
+        <v>1820</v>
       </c>
       <c r="C36" s="9" t="s">
-        <v>1822</v>
+        <v>1855</v>
       </c>
       <c r="D36" s="9" t="s">
-        <v>1823</v>
+        <v>1856</v>
       </c>
       <c r="E36" s="9">
         <v>60</v>
       </c>
       <c r="F36" s="9" t="s">
-        <v>1790</v>
+        <v>1823</v>
       </c>
       <c r="G36" s="9" t="s">
-        <v>1765</v>
+        <v>1798</v>
       </c>
       <c r="H36" s="10">
         <v>2675</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="B37" s="9" t="s">
-        <v>1824</v>
+        <v>1857</v>
       </c>
       <c r="C37" s="9" t="s">
-        <v>1825</v>
+        <v>1858</v>
       </c>
       <c r="D37" s="9" t="s">
-        <v>1789</v>
+        <v>1822</v>
       </c>
       <c r="E37" s="9" t="s">
-        <v>1803</v>
+        <v>1836</v>
       </c>
       <c r="F37" s="9">
         <v>149.556</v>
       </c>
       <c r="G37" s="9" t="s">
-        <v>1765</v>
+        <v>1798</v>
       </c>
       <c r="H37" s="10">
         <v>2675</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="B38" s="9" t="s">
-        <v>1824</v>
+        <v>1857</v>
       </c>
       <c r="C38" s="9" t="s">
-        <v>1826</v>
+        <v>1859</v>
       </c>
       <c r="D38" s="9" t="s">
-        <v>1827</v>
+        <v>1860</v>
       </c>
       <c r="E38" s="9" t="s">
-        <v>1803</v>
+        <v>1836</v>
       </c>
       <c r="F38" s="9">
         <v>149.556</v>
       </c>
       <c r="G38" s="9" t="s">
-        <v>1765</v>
+        <v>1798</v>
       </c>
       <c r="H38" s="10">
         <v>2675</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="B39" s="9" t="s">
-        <v>1824</v>
+        <v>1857</v>
       </c>
       <c r="C39" s="9" t="s">
-        <v>1828</v>
+        <v>1861</v>
       </c>
       <c r="D39" s="9" t="s">
-        <v>1823</v>
+        <v>1856</v>
       </c>
       <c r="E39" s="9" t="s">
-        <v>1803</v>
+        <v>1836</v>
       </c>
       <c r="F39" s="9">
         <v>149.556</v>
       </c>
       <c r="G39" s="9" t="s">
-        <v>1765</v>
+        <v>1798</v>
       </c>
       <c r="H39" s="10">
         <v>2675</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="B40" s="9" t="s">
-        <v>1801</v>
+        <v>1834</v>
       </c>
       <c r="C40" s="9" t="s">
-        <v>1829</v>
+        <v>1862</v>
       </c>
       <c r="D40" s="9" t="s">
-        <v>1830</v>
+        <v>1863</v>
       </c>
       <c r="E40" s="9" t="s">
-        <v>1803</v>
+        <v>1836</v>
       </c>
       <c r="F40" s="9" t="s">
-        <v>1804</v>
+        <v>1837</v>
       </c>
       <c r="G40" s="9" t="s">
-        <v>1765</v>
+        <v>1798</v>
       </c>
       <c r="H40" s="10">
         <v>2675</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="B41" s="9" t="s">
-        <v>1769</v>
+        <v>1802</v>
       </c>
       <c r="C41" s="9" t="s">
-        <v>1831</v>
+        <v>1864</v>
       </c>
       <c r="D41" s="9" t="s">
-        <v>1832</v>
+        <v>1865</v>
       </c>
       <c r="E41" s="9" t="s">
-        <v>1771</v>
+        <v>1804</v>
       </c>
       <c r="F41" s="9" t="s">
-        <v>1772</v>
+        <v>1805</v>
       </c>
       <c r="G41" s="9" t="s">
-        <v>1765</v>
+        <v>1798</v>
       </c>
       <c r="H41" s="10">
         <v>2675</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="B42" s="9" t="s">
-        <v>1787</v>
+        <v>1820</v>
       </c>
       <c r="C42" s="9" t="s">
-        <v>1833</v>
+        <v>1866</v>
       </c>
       <c r="D42" s="9" t="s">
-        <v>1792</v>
+        <v>1825</v>
       </c>
       <c r="E42" s="9"/>
       <c r="F42" s="9" t="s">
-        <v>1790</v>
+        <v>1823</v>
       </c>
       <c r="G42" s="9" t="s">
-        <v>1765</v>
+        <v>1798</v>
       </c>
       <c r="H42" s="10">
         <v>2675</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="B43" s="9" t="s">
-        <v>1787</v>
+        <v>1820</v>
       </c>
       <c r="C43" s="9" t="s">
-        <v>1834</v>
+        <v>1867</v>
       </c>
       <c r="D43" s="9" t="s">
-        <v>1827</v>
+        <v>1860</v>
       </c>
       <c r="E43" s="9"/>
       <c r="F43" s="9" t="s">
-        <v>1790</v>
+        <v>1823</v>
       </c>
       <c r="G43" s="9" t="s">
-        <v>1765</v>
+        <v>1798</v>
       </c>
       <c r="H43" s="10">
         <v>2675</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="B44" s="9" t="s">
-        <v>1801</v>
+        <v>1834</v>
       </c>
       <c r="C44" s="9" t="s">
-        <v>1835</v>
+        <v>1868</v>
       </c>
       <c r="D44" s="9" t="s">
+        <v>1869</v>
+      </c>
+      <c r="E44" s="9" t="s">
         <v>1836</v>
       </c>
-      <c r="E44" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F44" s="9" t="s">
-        <v>1804</v>
+        <v>1837</v>
       </c>
       <c r="G44" s="9" t="s">
-        <v>1765</v>
+        <v>1798</v>
       </c>
       <c r="H44" s="10">
         <v>2675</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="B45" s="9" t="s">
-        <v>1801</v>
+        <v>1834</v>
       </c>
       <c r="C45" s="9" t="s">
+        <v>1870</v>
+      </c>
+      <c r="D45" s="9" t="s">
+        <v>1871</v>
+      </c>
+      <c r="E45" s="9" t="s">
+        <v>1836</v>
+      </c>
+      <c r="F45" s="9" t="s">
         <v>1837</v>
       </c>
-      <c r="D45" s="9" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G45" s="9" t="s">
-        <v>1765</v>
+        <v>1798</v>
       </c>
       <c r="H45" s="10">
         <v>2675</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="B46" s="9" t="s">
-        <v>1824</v>
+        <v>1857</v>
       </c>
       <c r="C46" s="9" t="s">
-        <v>1839</v>
+        <v>1872</v>
       </c>
       <c r="D46" s="9" t="s">
-        <v>1840</v>
+        <v>1873</v>
       </c>
       <c r="E46" s="9" t="s">
-        <v>1803</v>
+        <v>1836</v>
       </c>
       <c r="F46" s="9">
         <v>135.96</v>
       </c>
       <c r="G46" s="9" t="s">
-        <v>1765</v>
+        <v>1798</v>
       </c>
       <c r="H46" s="10">
         <v>3287</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="B48" s="7" t="s">
-        <v>1841</v>
+        <v>1874</v>
       </c>
       <c r="C48" s="0"/>
       <c r="D48" s="0"/>
       <c r="E48" s="0"/>
       <c r="F48" s="0"/>
       <c r="G48" s="0"/>
     </row>
     <row r="49" spans="1:9">
       <c r="B49" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C49" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D49" s="8" t="s">
-        <v>664</v>
+        <v>662</v>
       </c>
       <c r="E49" s="8" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="F49" s="8" t="s">
         <v>11</v>
       </c>
       <c r="G49" s="8" t="s">
+        <v>691</v>
+      </c>
+      <c r="H49" s="8" t="s">
         <v>693</v>
-      </c>
-[...1 lines deleted...]
-        <v>695</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="B50" s="9" t="s">
-        <v>1842</v>
+        <v>1875</v>
       </c>
       <c r="C50" s="9" t="s">
-        <v>1843</v>
+        <v>1876</v>
       </c>
       <c r="D50" s="9" t="s">
-        <v>1844</v>
+        <v>1877</v>
       </c>
       <c r="E50" s="9" t="s">
-        <v>1845</v>
+        <v>1878</v>
       </c>
       <c r="F50" s="9" t="s">
-        <v>1846</v>
+        <v>1879</v>
       </c>
       <c r="G50" s="10">
-        <v>2832</v>
-[...1 lines deleted...]
-      <c r="H50" s="10"/>
+        <v>3024</v>
+      </c>
+      <c r="H50" s="10">
+        <v>3120</v>
+      </c>
     </row>
     <row r="51" spans="1:9">
       <c r="B51" s="9" t="s">
-        <v>1847</v>
+        <v>1880</v>
       </c>
       <c r="C51" s="9" t="s">
-        <v>1848</v>
+        <v>1881</v>
       </c>
       <c r="D51" s="9" t="s">
-        <v>1844</v>
+        <v>1877</v>
       </c>
       <c r="E51" s="9" t="s">
-        <v>1849</v>
+        <v>1882</v>
       </c>
       <c r="F51" s="9" t="s">
-        <v>1846</v>
+        <v>1879</v>
       </c>
       <c r="G51" s="10">
-        <v>2832</v>
-[...1 lines deleted...]
-      <c r="H51" s="10"/>
+        <v>3024</v>
+      </c>
+      <c r="H51" s="10">
+        <v>3120</v>
+      </c>
     </row>
     <row r="52" spans="1:9">
       <c r="B52" s="9" t="s">
-        <v>1850</v>
+        <v>1883</v>
       </c>
       <c r="C52" s="9" t="s">
-        <v>1851</v>
+        <v>1884</v>
       </c>
       <c r="D52" s="9" t="s">
-        <v>1852</v>
+        <v>1885</v>
       </c>
       <c r="E52" s="9" t="s">
-        <v>1853</v>
+        <v>1878</v>
       </c>
       <c r="F52" s="9" t="s">
-        <v>1310</v>
+        <v>1879</v>
       </c>
       <c r="G52" s="10">
-        <v>3600</v>
-[...1 lines deleted...]
-      <c r="H52" s="10"/>
+        <v>3300</v>
+      </c>
+      <c r="H52" s="10">
+        <v>3400</v>
+      </c>
     </row>
     <row r="53" spans="1:9">
       <c r="B53" s="9" t="s">
-        <v>1854</v>
+        <v>1886</v>
       </c>
       <c r="C53" s="9" t="s">
-        <v>1855</v>
+        <v>1887</v>
       </c>
       <c r="D53" s="9" t="s">
-        <v>1856</v>
+        <v>1885</v>
       </c>
       <c r="E53" s="9" t="s">
-        <v>1845</v>
+        <v>1882</v>
       </c>
       <c r="F53" s="9" t="s">
-        <v>1846</v>
+        <v>1879</v>
       </c>
       <c r="G53" s="10">
-        <v>4092</v>
-[...1 lines deleted...]
-      <c r="H53" s="10"/>
+        <v>3300</v>
+      </c>
+      <c r="H53" s="10">
+        <v>3400</v>
+      </c>
     </row>
     <row r="54" spans="1:9">
       <c r="B54" s="9" t="s">
-        <v>1857</v>
+        <v>1888</v>
       </c>
       <c r="C54" s="9" t="s">
-        <v>1858</v>
+        <v>1889</v>
       </c>
       <c r="D54" s="9" t="s">
-        <v>1856</v>
+        <v>1890</v>
       </c>
       <c r="E54" s="9" t="s">
-        <v>1849</v>
+        <v>1891</v>
       </c>
       <c r="F54" s="9" t="s">
-        <v>1846</v>
+        <v>1343</v>
       </c>
       <c r="G54" s="10">
-        <v>4092</v>
+        <v>3600</v>
       </c>
       <c r="H54" s="10"/>
     </row>
     <row r="55" spans="1:9">
       <c r="B55" s="9" t="s">
-        <v>1859</v>
+        <v>1892</v>
       </c>
       <c r="C55" s="9" t="s">
-        <v>1860</v>
+        <v>1893</v>
       </c>
       <c r="D55" s="9" t="s">
-        <v>1861</v>
+        <v>1894</v>
       </c>
       <c r="E55" s="9" t="s">
-        <v>1862</v>
+        <v>1895</v>
       </c>
       <c r="F55" s="9" t="s">
-        <v>1310</v>
+        <v>1343</v>
       </c>
       <c r="G55" s="10">
         <v>4176</v>
       </c>
       <c r="H55" s="10"/>
     </row>
     <row r="56" spans="1:9">
       <c r="B56" s="9" t="s">
-        <v>1863</v>
+        <v>1896</v>
       </c>
       <c r="C56" s="9" t="s">
-        <v>1864</v>
+        <v>1897</v>
       </c>
       <c r="D56" s="9" t="s">
-        <v>1861</v>
+        <v>1894</v>
       </c>
       <c r="E56" s="9" t="s">
-        <v>1865</v>
+        <v>1898</v>
       </c>
       <c r="F56" s="9" t="s">
-        <v>1310</v>
+        <v>1343</v>
       </c>
       <c r="G56" s="10">
         <v>4752</v>
       </c>
       <c r="H56" s="10"/>
     </row>
     <row r="57" spans="1:9">
       <c r="B57" s="9" t="s">
-        <v>1866</v>
+        <v>1899</v>
       </c>
       <c r="C57" s="9" t="s">
-        <v>1867</v>
+        <v>1900</v>
       </c>
       <c r="D57" s="9" t="s">
-        <v>1861</v>
+        <v>1894</v>
       </c>
       <c r="E57" s="9" t="s">
-        <v>1868</v>
+        <v>1901</v>
       </c>
       <c r="F57" s="9" t="s">
-        <v>1310</v>
+        <v>1343</v>
       </c>
       <c r="G57" s="10">
         <v>4944</v>
       </c>
       <c r="H57" s="10"/>
     </row>
     <row r="58" spans="1:9">
       <c r="B58" s="9" t="s">
-        <v>1869</v>
+        <v>1902</v>
       </c>
       <c r="C58" s="9" t="s">
-        <v>1870</v>
+        <v>1903</v>
       </c>
       <c r="D58" s="9" t="s">
-        <v>1861</v>
+        <v>1894</v>
       </c>
       <c r="E58" s="9" t="s">
-        <v>1871</v>
+        <v>1904</v>
       </c>
       <c r="F58" s="9" t="s">
-        <v>1310</v>
+        <v>1343</v>
       </c>
       <c r="G58" s="10">
         <v>4944</v>
       </c>
       <c r="H58" s="10"/>
     </row>
     <row r="59" spans="1:9">
       <c r="B59" s="9" t="s">
-        <v>1872</v>
+        <v>1905</v>
       </c>
       <c r="C59" s="9" t="s">
-        <v>1873</v>
+        <v>1906</v>
       </c>
       <c r="D59" s="9" t="s">
-        <v>1874</v>
+        <v>1885</v>
       </c>
       <c r="E59" s="9" t="s">
-        <v>1875</v>
+        <v>1907</v>
       </c>
       <c r="F59" s="9" t="s">
-        <v>1310</v>
+        <v>1343</v>
       </c>
       <c r="G59" s="10">
         <v>5664</v>
       </c>
       <c r="H59" s="10"/>
     </row>
     <row r="60" spans="1:9">
       <c r="B60" s="9" t="s">
-        <v>1876</v>
+        <v>1908</v>
       </c>
       <c r="C60" s="9" t="s">
-        <v>1877</v>
+        <v>1909</v>
       </c>
       <c r="D60" s="9" t="s">
-        <v>1861</v>
+        <v>1894</v>
       </c>
       <c r="E60" s="9" t="s">
-        <v>1878</v>
+        <v>1910</v>
       </c>
       <c r="F60" s="9" t="s">
-        <v>1754</v>
+        <v>1787</v>
       </c>
       <c r="G60" s="10">
         <v>6120</v>
       </c>
       <c r="H60" s="10"/>
     </row>
     <row r="61" spans="1:9">
       <c r="B61" s="9" t="s">
-        <v>1879</v>
+        <v>1911</v>
       </c>
       <c r="C61" s="9" t="s">
-        <v>1880</v>
+        <v>1912</v>
       </c>
       <c r="D61" s="9" t="s">
-        <v>1874</v>
+        <v>1885</v>
       </c>
       <c r="E61" s="9" t="s">
-        <v>1881</v>
+        <v>1913</v>
       </c>
       <c r="F61" s="9" t="s">
-        <v>1310</v>
+        <v>1343</v>
       </c>
       <c r="G61" s="10">
         <v>6192</v>
       </c>
       <c r="H61" s="10"/>
     </row>
     <row r="62" spans="1:9">
       <c r="B62" s="9" t="s">
-        <v>1882</v>
+        <v>1914</v>
       </c>
       <c r="C62" s="9" t="s">
-        <v>1883</v>
+        <v>1915</v>
       </c>
       <c r="D62" s="9" t="s">
-        <v>1874</v>
+        <v>1885</v>
       </c>
       <c r="E62" s="9" t="s">
-        <v>1884</v>
+        <v>1916</v>
       </c>
       <c r="F62" s="9" t="s">
-        <v>1310</v>
+        <v>1343</v>
       </c>
       <c r="G62" s="10">
         <v>6336</v>
       </c>
       <c r="H62" s="10"/>
     </row>
     <row r="63" spans="1:9">
       <c r="B63" s="9" t="s">
+        <v>1917</v>
+      </c>
+      <c r="C63" s="9" t="s">
+        <v>1918</v>
+      </c>
+      <c r="D63" s="9" t="s">
         <v>1885</v>
       </c>
-      <c r="C63" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E63" s="9" t="s">
-        <v>1887</v>
+        <v>1919</v>
       </c>
       <c r="F63" s="9" t="s">
-        <v>1310</v>
+        <v>1343</v>
       </c>
       <c r="G63" s="10">
         <v>6336</v>
       </c>
       <c r="H63" s="10"/>
     </row>
     <row r="64" spans="1:9">
       <c r="B64" s="9" t="s">
-        <v>1888</v>
+        <v>1920</v>
       </c>
       <c r="C64" s="9" t="s">
-        <v>1889</v>
+        <v>1921</v>
       </c>
       <c r="D64" s="9" t="s">
-        <v>1861</v>
+        <v>1894</v>
       </c>
       <c r="E64" s="9" t="s">
-        <v>1890</v>
+        <v>1922</v>
       </c>
       <c r="F64" s="9" t="s">
-        <v>1754</v>
+        <v>1787</v>
       </c>
       <c r="G64" s="10">
         <v>6552</v>
       </c>
       <c r="H64" s="10"/>
     </row>
     <row r="65" spans="1:9">
       <c r="B65" s="9" t="s">
-        <v>1891</v>
+        <v>1923</v>
       </c>
       <c r="C65" s="9" t="s">
-        <v>1892</v>
+        <v>1924</v>
       </c>
       <c r="D65" s="9" t="s">
-        <v>1861</v>
+        <v>1894</v>
       </c>
       <c r="E65" s="9" t="s">
-        <v>1893</v>
+        <v>1925</v>
       </c>
       <c r="F65" s="9" t="s">
-        <v>1754</v>
+        <v>1787</v>
       </c>
       <c r="G65" s="10">
         <v>6552</v>
       </c>
       <c r="H65" s="10"/>
     </row>
     <row r="66" spans="1:9">
       <c r="B66" s="9" t="s">
-        <v>1894</v>
+        <v>1926</v>
       </c>
       <c r="C66" s="9" t="s">
-        <v>1895</v>
+        <v>1927</v>
       </c>
       <c r="D66" s="9" t="s">
-        <v>1874</v>
+        <v>1885</v>
       </c>
       <c r="E66" s="9" t="s">
-        <v>1896</v>
+        <v>1928</v>
       </c>
       <c r="F66" s="9" t="s">
-        <v>1310</v>
+        <v>1343</v>
       </c>
       <c r="G66" s="10">
         <v>6720</v>
       </c>
       <c r="H66" s="10"/>
     </row>
     <row r="67" spans="1:9">
       <c r="B67" s="9" t="s">
-        <v>1897</v>
+        <v>1929</v>
       </c>
       <c r="C67" s="9" t="s">
-        <v>1898</v>
+        <v>1930</v>
       </c>
       <c r="D67" s="9" t="s">
-        <v>1874</v>
+        <v>1885</v>
       </c>
       <c r="E67" s="9" t="s">
-        <v>1899</v>
+        <v>1931</v>
       </c>
       <c r="F67" s="9" t="s">
-        <v>1310</v>
+        <v>1343</v>
       </c>
       <c r="G67" s="10">
         <v>6768</v>
       </c>
       <c r="H67" s="10"/>
     </row>
     <row r="68" spans="1:9">
       <c r="B68" s="9" t="s">
-        <v>1900</v>
+        <v>1932</v>
       </c>
       <c r="C68" s="9" t="s">
-        <v>1901</v>
+        <v>1933</v>
       </c>
       <c r="D68" s="9" t="s">
-        <v>1861</v>
+        <v>1894</v>
       </c>
       <c r="E68" s="9" t="s">
-        <v>1902</v>
+        <v>1934</v>
       </c>
       <c r="F68" s="9" t="s">
-        <v>1754</v>
+        <v>1787</v>
       </c>
       <c r="G68" s="10">
         <v>7488</v>
       </c>
       <c r="H68" s="10"/>
     </row>
     <row r="69" spans="1:9">
       <c r="B69" s="9" t="s">
-        <v>1903</v>
+        <v>1935</v>
       </c>
       <c r="C69" s="9" t="s">
-        <v>1904</v>
+        <v>1936</v>
       </c>
       <c r="D69" s="9" t="s">
-        <v>1852</v>
+        <v>1890</v>
       </c>
       <c r="E69" s="9" t="s">
-        <v>1905</v>
+        <v>1937</v>
       </c>
       <c r="F69" s="9" t="s">
-        <v>1754</v>
+        <v>1787</v>
       </c>
       <c r="G69" s="10">
         <v>7920</v>
       </c>
       <c r="H69" s="10"/>
     </row>
     <row r="70" spans="1:9">
       <c r="B70" s="9" t="s">
-        <v>1906</v>
+        <v>1938</v>
       </c>
       <c r="C70" s="9" t="s">
-        <v>1907</v>
+        <v>1939</v>
       </c>
       <c r="D70" s="9" t="s">
-        <v>1861</v>
+        <v>1894</v>
       </c>
       <c r="E70" s="9" t="s">
-        <v>1908</v>
+        <v>1940</v>
       </c>
       <c r="F70" s="9" t="s">
-        <v>1754</v>
+        <v>1787</v>
       </c>
       <c r="G70" s="10">
         <v>8064.000000000002</v>
       </c>
       <c r="H70" s="10"/>
     </row>
     <row r="71" spans="1:9">
       <c r="B71" s="9" t="s">
-        <v>1909</v>
+        <v>1941</v>
       </c>
       <c r="C71" s="9" t="s">
-        <v>1910</v>
+        <v>1942</v>
       </c>
       <c r="D71" s="9" t="s">
-        <v>1861</v>
+        <v>1894</v>
       </c>
       <c r="E71" s="9" t="s">
-        <v>1911</v>
+        <v>1943</v>
       </c>
       <c r="F71" s="9" t="s">
-        <v>1754</v>
+        <v>1787</v>
       </c>
       <c r="G71" s="10">
         <v>8135.999999999998</v>
       </c>
       <c r="H71" s="10"/>
     </row>
     <row r="72" spans="1:9">
       <c r="B72" s="9" t="s">
-        <v>1912</v>
+        <v>1944</v>
       </c>
       <c r="C72" s="9" t="s">
-        <v>1913</v>
+        <v>1945</v>
       </c>
       <c r="D72" s="9" t="s">
-        <v>1852</v>
+        <v>1890</v>
       </c>
       <c r="E72" s="9" t="s">
-        <v>1914</v>
+        <v>1946</v>
       </c>
       <c r="F72" s="9" t="s">
-        <v>1754</v>
+        <v>1787</v>
       </c>
       <c r="G72" s="10">
         <v>8352</v>
       </c>
       <c r="H72" s="10"/>
     </row>
     <row r="73" spans="1:9">
       <c r="B73" s="9" t="s">
-        <v>1915</v>
+        <v>1947</v>
       </c>
       <c r="C73" s="9" t="s">
-        <v>1916</v>
+        <v>1948</v>
       </c>
       <c r="D73" s="9" t="s">
-        <v>1852</v>
+        <v>1890</v>
       </c>
       <c r="E73" s="9" t="s">
-        <v>1917</v>
+        <v>1949</v>
       </c>
       <c r="F73" s="9" t="s">
-        <v>1754</v>
+        <v>1787</v>
       </c>
       <c r="G73" s="10">
         <v>8352</v>
       </c>
       <c r="H73" s="10"/>
     </row>
     <row r="74" spans="1:9">
       <c r="B74" s="9" t="s">
-        <v>1918</v>
+        <v>1950</v>
       </c>
       <c r="C74" s="9" t="s">
-        <v>1919</v>
+        <v>1951</v>
       </c>
       <c r="D74" s="9" t="s">
-        <v>1861</v>
+        <v>1894</v>
       </c>
       <c r="E74" s="9" t="s">
-        <v>1920</v>
+        <v>1952</v>
       </c>
       <c r="F74" s="9" t="s">
-        <v>1754</v>
+        <v>1787</v>
       </c>
       <c r="G74" s="10">
         <v>8856</v>
       </c>
       <c r="H74" s="10"/>
     </row>
     <row r="75" spans="1:9">
       <c r="B75" s="9" t="s">
-        <v>1921</v>
+        <v>1953</v>
       </c>
       <c r="C75" s="9" t="s">
-        <v>1922</v>
+        <v>1954</v>
       </c>
       <c r="D75" s="9" t="s">
-        <v>1852</v>
+        <v>1890</v>
       </c>
       <c r="E75" s="9" t="s">
-        <v>1923</v>
+        <v>1955</v>
       </c>
       <c r="F75" s="9" t="s">
-        <v>1754</v>
+        <v>1787</v>
       </c>
       <c r="G75" s="10">
         <v>9000</v>
       </c>
       <c r="H75" s="10"/>
     </row>
     <row r="76" spans="1:9">
       <c r="B76" s="9" t="s">
-        <v>1924</v>
+        <v>1956</v>
       </c>
       <c r="C76" s="9" t="s">
-        <v>1925</v>
+        <v>1957</v>
       </c>
       <c r="D76" s="9" t="s">
-        <v>1852</v>
+        <v>1890</v>
       </c>
       <c r="E76" s="9" t="s">
-        <v>1926</v>
+        <v>1958</v>
       </c>
       <c r="F76" s="9" t="s">
-        <v>1754</v>
+        <v>1787</v>
       </c>
       <c r="G76" s="10">
         <v>9792.000000000002</v>
       </c>
       <c r="H76" s="10"/>
     </row>
     <row r="78" spans="1:9">
       <c r="B78" s="7" t="s">
-        <v>1927</v>
+        <v>1959</v>
       </c>
       <c r="C78" s="0"/>
       <c r="D78" s="0"/>
       <c r="E78" s="0"/>
       <c r="F78" s="0"/>
       <c r="G78" s="0"/>
     </row>
     <row r="79" spans="1:9">
       <c r="B79" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C79" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D79" s="8" t="s">
-        <v>664</v>
+        <v>662</v>
       </c>
       <c r="E79" s="8" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="F79" s="8" t="s">
-        <v>1761</v>
+        <v>1794</v>
       </c>
       <c r="G79" s="8" t="s">
         <v>11</v>
       </c>
       <c r="H79" s="8" t="s">
-        <v>1928</v>
+        <v>1960</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="B80" s="9" t="s">
-        <v>1929</v>
+        <v>1961</v>
       </c>
       <c r="C80" s="9" t="s">
-        <v>1930</v>
+        <v>1962</v>
       </c>
       <c r="D80" s="9" t="s">
-        <v>1931</v>
+        <v>1963</v>
       </c>
       <c r="E80" s="9" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
       <c r="F80" s="9">
         <v>144</v>
       </c>
       <c r="G80" s="9" t="s">
-        <v>1765</v>
+        <v>1798</v>
       </c>
       <c r="H80" s="10">
         <v>1501</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="B82" s="7" t="s">
-        <v>1932</v>
+        <v>1964</v>
       </c>
       <c r="C82" s="0"/>
       <c r="D82" s="0"/>
       <c r="E82" s="0"/>
       <c r="F82" s="0"/>
       <c r="G82" s="0"/>
     </row>
     <row r="83" spans="1:9">
       <c r="B83" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C83" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D83" s="8" t="s">
-        <v>664</v>
+        <v>662</v>
       </c>
       <c r="E83" s="8" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="F83" s="8" t="s">
         <v>11</v>
       </c>
       <c r="G83" s="8" t="s">
-        <v>698</v>
+        <v>696</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="B84" s="9" t="s">
-        <v>1933</v>
+        <v>1965</v>
       </c>
       <c r="C84" s="9" t="s">
-        <v>1934</v>
+        <v>1966</v>
       </c>
       <c r="D84" s="9" t="s">
-        <v>1935</v>
+        <v>1967</v>
       </c>
       <c r="E84" s="9" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
       <c r="F84" s="9" t="s">
-        <v>1765</v>
+        <v>1798</v>
       </c>
       <c r="G84" s="10">
         <v>474</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="B85" s="9" t="s">
-        <v>1933</v>
+        <v>1965</v>
       </c>
       <c r="C85" s="9" t="s">
-        <v>1936</v>
+        <v>1968</v>
       </c>
       <c r="D85" s="9" t="s">
-        <v>1935</v>
+        <v>1967</v>
       </c>
       <c r="E85" s="9" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="F85" s="9" t="s">
-        <v>1765</v>
+        <v>1798</v>
       </c>
       <c r="G85" s="10">
         <v>586</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="B86" s="9" t="s">
-        <v>1933</v>
+        <v>1965</v>
       </c>
       <c r="C86" s="9" t="s">
-        <v>1937</v>
+        <v>1969</v>
       </c>
       <c r="D86" s="9" t="s">
-        <v>1935</v>
+        <v>1967</v>
       </c>
       <c r="E86" s="9" t="s">
-        <v>1938</v>
+        <v>1970</v>
       </c>
       <c r="F86" s="9" t="s">
-        <v>1765</v>
+        <v>1798</v>
       </c>
       <c r="G86" s="10">
         <v>586</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="B87" s="9" t="s">
-        <v>1933</v>
+        <v>1965</v>
       </c>
       <c r="C87" s="9" t="s">
-        <v>1939</v>
+        <v>1971</v>
       </c>
       <c r="D87" s="9" t="s">
-        <v>1935</v>
+        <v>1967</v>
       </c>
       <c r="E87" s="9" t="s">
-        <v>1940</v>
+        <v>1972</v>
       </c>
       <c r="F87" s="9" t="s">
-        <v>1765</v>
+        <v>1798</v>
       </c>
       <c r="G87" s="10">
         <v>586</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="B88" s="9" t="s">
-        <v>1933</v>
+        <v>1965</v>
       </c>
       <c r="C88" s="9" t="s">
-        <v>1941</v>
+        <v>1973</v>
       </c>
       <c r="D88" s="9" t="s">
-        <v>1935</v>
+        <v>1967</v>
       </c>
       <c r="E88" s="9" t="s">
-        <v>1942</v>
+        <v>1974</v>
       </c>
       <c r="F88" s="9" t="s">
-        <v>1765</v>
+        <v>1798</v>
       </c>
       <c r="G88" s="10">
         <v>618</v>
       </c>
     </row>
     <row r="90" spans="1:9">
       <c r="B90" s="7" t="s">
-        <v>1943</v>
+        <v>1975</v>
       </c>
       <c r="C90" s="0"/>
       <c r="D90" s="0"/>
       <c r="E90" s="0"/>
       <c r="F90" s="0"/>
       <c r="G90" s="0"/>
     </row>
     <row r="91" spans="1:9">
       <c r="B91" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C91" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D91" s="8" t="s">
-        <v>664</v>
+        <v>662</v>
       </c>
       <c r="E91" s="8" t="s">
         <v>11</v>
       </c>
       <c r="F91" s="8" t="s">
-        <v>698</v>
+        <v>696</v>
       </c>
     </row>
     <row r="93" spans="1:9">
       <c r="B93" s="7" t="s">
-        <v>1944</v>
+        <v>1976</v>
       </c>
       <c r="C93" s="0"/>
       <c r="D93" s="0"/>
       <c r="E93" s="0"/>
       <c r="F93" s="0"/>
       <c r="G93" s="0"/>
     </row>
     <row r="94" spans="1:9">
       <c r="B94" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C94" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D94" s="8" t="s">
-        <v>664</v>
+        <v>662</v>
       </c>
       <c r="E94" s="8" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="F94" s="8" t="s">
-        <v>1945</v>
+        <v>1977</v>
       </c>
       <c r="G94" s="8" t="s">
-        <v>1946</v>
+        <v>1978</v>
       </c>
     </row>
     <row r="95" spans="1:9">
       <c r="B95" s="9" t="s">
-        <v>1933</v>
+        <v>1965</v>
       </c>
       <c r="C95" s="9" t="s">
-        <v>1934</v>
+        <v>1966</v>
       </c>
       <c r="D95" s="9" t="s">
-        <v>1935</v>
+        <v>1967</v>
       </c>
       <c r="E95" s="9" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
       <c r="F95" s="9" t="s">
-        <v>1947</v>
+        <v>1979</v>
       </c>
       <c r="G95" s="10">
         <v>474</v>
       </c>
     </row>
     <row r="96" spans="1:9">
       <c r="B96" s="9" t="s">
-        <v>1933</v>
+        <v>1965</v>
       </c>
       <c r="C96" s="9" t="s">
-        <v>1939</v>
+        <v>1971</v>
       </c>
       <c r="D96" s="9" t="s">
-        <v>1935</v>
+        <v>1967</v>
       </c>
       <c r="E96" s="9" t="s">
-        <v>1940</v>
+        <v>1972</v>
       </c>
       <c r="F96" s="9" t="s">
-        <v>1947</v>
+        <v>1979</v>
       </c>
       <c r="G96" s="10">
         <v>586</v>
       </c>
     </row>
     <row r="97" spans="1:9">
       <c r="B97" s="9" t="s">
-        <v>1933</v>
+        <v>1965</v>
       </c>
       <c r="C97" s="9" t="s">
-        <v>1937</v>
+        <v>1969</v>
       </c>
       <c r="D97" s="9" t="s">
-        <v>1935</v>
+        <v>1967</v>
       </c>
       <c r="E97" s="9" t="s">
-        <v>1938</v>
+        <v>1970</v>
       </c>
       <c r="F97" s="9" t="s">
-        <v>1947</v>
+        <v>1979</v>
       </c>
       <c r="G97" s="10">
         <v>586</v>
       </c>
     </row>
     <row r="98" spans="1:9">
       <c r="B98" s="9" t="s">
-        <v>1933</v>
+        <v>1965</v>
       </c>
       <c r="C98" s="9" t="s">
-        <v>1936</v>
+        <v>1968</v>
       </c>
       <c r="D98" s="9" t="s">
-        <v>1935</v>
+        <v>1967</v>
       </c>
       <c r="E98" s="9" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="F98" s="9" t="s">
-        <v>1947</v>
+        <v>1979</v>
       </c>
       <c r="G98" s="10">
         <v>586</v>
       </c>
     </row>
     <row r="99" spans="1:9">
       <c r="B99" s="9" t="s">
-        <v>1933</v>
+        <v>1965</v>
       </c>
       <c r="C99" s="9" t="s">
-        <v>1941</v>
+        <v>1973</v>
       </c>
       <c r="D99" s="9" t="s">
-        <v>1935</v>
+        <v>1967</v>
       </c>
       <c r="E99" s="9" t="s">
-        <v>1942</v>
+        <v>1974</v>
       </c>
       <c r="F99" s="9" t="s">
-        <v>1947</v>
+        <v>1979</v>
       </c>
       <c r="G99" s="10">
         <v>618</v>
       </c>
     </row>
     <row r="100" spans="1:9">
       <c r="B100" s="9" t="s">
-        <v>1929</v>
+        <v>1961</v>
       </c>
       <c r="C100" s="9" t="s">
-        <v>1930</v>
+        <v>1962</v>
       </c>
       <c r="D100" s="9" t="s">
-        <v>1931</v>
+        <v>1963</v>
       </c>
       <c r="E100" s="9" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
       <c r="F100" s="9" t="s">
-        <v>1948</v>
+        <v>1980</v>
       </c>
       <c r="G100" s="10">
         <v>1501</v>
       </c>
     </row>
     <row r="101" spans="1:9">
       <c r="B101" s="9" t="s">
-        <v>1769</v>
+        <v>1802</v>
       </c>
       <c r="C101" s="9" t="s">
-        <v>1770</v>
+        <v>1803</v>
       </c>
       <c r="D101" s="9"/>
       <c r="E101" s="9" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
       <c r="F101" s="9" t="s">
-        <v>1948</v>
+        <v>1980</v>
       </c>
       <c r="G101" s="10">
         <v>1513</v>
       </c>
     </row>
     <row r="102" spans="1:9">
       <c r="B102" s="9" t="s">
-        <v>1766</v>
+        <v>1799</v>
       </c>
       <c r="C102" s="9" t="s">
-        <v>1767</v>
+        <v>1800</v>
       </c>
       <c r="D102" s="9"/>
       <c r="E102" s="9" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
       <c r="F102" s="9" t="s">
-        <v>1948</v>
+        <v>1980</v>
       </c>
       <c r="G102" s="10">
         <v>1513</v>
       </c>
     </row>
     <row r="103" spans="1:9">
       <c r="B103" s="9" t="s">
-        <v>1763</v>
+        <v>1796</v>
       </c>
       <c r="C103" s="9" t="s">
-        <v>1764</v>
+        <v>1797</v>
       </c>
       <c r="D103" s="9"/>
       <c r="E103" s="9" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
       <c r="F103" s="9" t="s">
-        <v>1948</v>
+        <v>1980</v>
       </c>
       <c r="G103" s="10">
         <v>1513</v>
       </c>
     </row>
     <row r="104" spans="1:9">
       <c r="B104" s="9" t="s">
-        <v>1776</v>
+        <v>1809</v>
       </c>
       <c r="C104" s="9" t="s">
-        <v>1777</v>
+        <v>1810</v>
       </c>
       <c r="D104" s="9"/>
       <c r="E104" s="9" t="s">
-        <v>1778</v>
+        <v>1811</v>
       </c>
       <c r="F104" s="9" t="s">
-        <v>1948</v>
+        <v>1980</v>
       </c>
       <c r="G104" s="10">
         <v>1864</v>
       </c>
     </row>
     <row r="105" spans="1:9">
       <c r="B105" s="9" t="s">
-        <v>1769</v>
+        <v>1802</v>
       </c>
       <c r="C105" s="9" t="s">
-        <v>1782</v>
+        <v>1815</v>
       </c>
       <c r="D105" s="9"/>
       <c r="E105" s="9" t="s">
-        <v>1778</v>
+        <v>1811</v>
       </c>
       <c r="F105" s="9"/>
       <c r="G105" s="10">
         <v>1864</v>
       </c>
     </row>
     <row r="106" spans="1:9">
       <c r="B106" s="9" t="s">
-        <v>1766</v>
+        <v>1799</v>
       </c>
       <c r="C106" s="9" t="s">
-        <v>1774</v>
+        <v>1807</v>
       </c>
       <c r="D106" s="9"/>
       <c r="E106" s="9" t="s">
-        <v>1775</v>
+        <v>1808</v>
       </c>
       <c r="F106" s="9" t="s">
-        <v>1948</v>
+        <v>1980</v>
       </c>
       <c r="G106" s="10">
         <v>1864</v>
       </c>
     </row>
     <row r="107" spans="1:9">
       <c r="B107" s="9" t="s">
-        <v>1766</v>
+        <v>1799</v>
       </c>
       <c r="C107" s="9" t="s">
-        <v>1779</v>
+        <v>1812</v>
       </c>
       <c r="D107" s="9"/>
       <c r="E107" s="9" t="s">
-        <v>1780</v>
+        <v>1813</v>
       </c>
       <c r="F107" s="9" t="s">
-        <v>1948</v>
+        <v>1980</v>
       </c>
       <c r="G107" s="10">
         <v>1864</v>
       </c>
     </row>
     <row r="108" spans="1:9">
       <c r="B108" s="9" t="s">
-        <v>1763</v>
+        <v>1796</v>
       </c>
       <c r="C108" s="9" t="s">
-        <v>1773</v>
+        <v>1806</v>
       </c>
       <c r="D108" s="9"/>
       <c r="E108" s="9" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="F108" s="9" t="s">
-        <v>1948</v>
+        <v>1980</v>
       </c>
       <c r="G108" s="10">
         <v>1864</v>
       </c>
     </row>
     <row r="109" spans="1:9">
       <c r="B109" s="9" t="s">
-        <v>1766</v>
+        <v>1799</v>
       </c>
       <c r="C109" s="9" t="s">
-        <v>1781</v>
+        <v>1814</v>
       </c>
       <c r="D109" s="9"/>
       <c r="E109" s="9" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="F109" s="9" t="s">
-        <v>1948</v>
+        <v>1980</v>
       </c>
       <c r="G109" s="10">
         <v>1864</v>
       </c>
     </row>
     <row r="110" spans="1:9">
       <c r="B110" s="9" t="s">
-        <v>1769</v>
+        <v>1802</v>
       </c>
       <c r="C110" s="9" t="s">
-        <v>1783</v>
+        <v>1816</v>
       </c>
       <c r="D110" s="9"/>
       <c r="E110" s="9" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="F110" s="9"/>
       <c r="G110" s="10">
         <v>1864</v>
       </c>
     </row>
     <row r="111" spans="1:9">
       <c r="B111" s="9" t="s">
-        <v>1766</v>
+        <v>1799</v>
       </c>
       <c r="C111" s="9" t="s">
-        <v>1785</v>
+        <v>1818</v>
       </c>
       <c r="D111" s="9"/>
       <c r="E111" s="9" t="s">
-        <v>985</v>
+        <v>980</v>
       </c>
       <c r="F111" s="9" t="s">
-        <v>1948</v>
+        <v>1980</v>
       </c>
       <c r="G111" s="10">
         <v>1965</v>
       </c>
     </row>
     <row r="112" spans="1:9">
       <c r="B112" s="9" t="s">
-        <v>1769</v>
+        <v>1802</v>
       </c>
       <c r="C112" s="9" t="s">
-        <v>1786</v>
+        <v>1819</v>
       </c>
       <c r="D112" s="9"/>
       <c r="E112" s="9" t="s">
-        <v>985</v>
+        <v>980</v>
       </c>
       <c r="F112" s="9"/>
       <c r="G112" s="10">
         <v>1965</v>
       </c>
     </row>
     <row r="113" spans="1:9">
       <c r="B113" s="9" t="s">
-        <v>1763</v>
+        <v>1796</v>
       </c>
       <c r="C113" s="9" t="s">
-        <v>1784</v>
+        <v>1817</v>
       </c>
       <c r="D113" s="9"/>
       <c r="E113" s="9" t="s">
-        <v>985</v>
+        <v>980</v>
       </c>
       <c r="F113" s="9" t="s">
-        <v>1948</v>
+        <v>1980</v>
       </c>
       <c r="G113" s="10">
         <v>1965</v>
       </c>
     </row>
     <row r="114" spans="1:9">
       <c r="B114" s="9" t="s">
-        <v>1787</v>
+        <v>1820</v>
       </c>
       <c r="C114" s="9" t="s">
-        <v>1788</v>
+        <v>1821</v>
       </c>
       <c r="D114" s="9"/>
       <c r="E114" s="9" t="s">
-        <v>1789</v>
+        <v>1822</v>
       </c>
       <c r="F114" s="9" t="s">
-        <v>1948</v>
+        <v>1980</v>
       </c>
       <c r="G114" s="10">
         <v>2389</v>
       </c>
     </row>
     <row r="115" spans="1:9">
       <c r="B115" s="9" t="s">
-        <v>1769</v>
+        <v>1802</v>
       </c>
       <c r="C115" s="9" t="s">
-        <v>1793</v>
+        <v>1826</v>
       </c>
       <c r="D115" s="9"/>
       <c r="E115" s="9" t="s">
-        <v>1794</v>
+        <v>1827</v>
       </c>
       <c r="F115" s="9"/>
       <c r="G115" s="10">
         <v>2389</v>
       </c>
     </row>
     <row r="116" spans="1:9">
       <c r="B116" s="9" t="s">
-        <v>1769</v>
+        <v>1802</v>
       </c>
       <c r="C116" s="9" t="s">
-        <v>1791</v>
+        <v>1824</v>
       </c>
       <c r="D116" s="9"/>
       <c r="E116" s="9" t="s">
-        <v>1792</v>
+        <v>1825</v>
       </c>
       <c r="F116" s="9" t="s">
-        <v>1948</v>
+        <v>1980</v>
       </c>
       <c r="G116" s="10">
         <v>2389</v>
       </c>
     </row>
     <row r="117" spans="1:9">
       <c r="B117" s="9" t="s">
-        <v>1795</v>
+        <v>1828</v>
       </c>
       <c r="C117" s="9" t="s">
-        <v>1796</v>
+        <v>1829</v>
       </c>
       <c r="D117" s="9"/>
       <c r="E117" s="9" t="s">
-        <v>1797</v>
+        <v>1830</v>
       </c>
       <c r="F117" s="9" t="s">
-        <v>1948</v>
+        <v>1980</v>
       </c>
       <c r="G117" s="10">
-        <v>2605</v>
+        <v>2649</v>
       </c>
     </row>
     <row r="118" spans="1:9">
       <c r="B118" s="9" t="s">
-        <v>1801</v>
+        <v>1834</v>
       </c>
       <c r="C118" s="9" t="s">
-        <v>1829</v>
+        <v>1862</v>
       </c>
       <c r="D118" s="9"/>
       <c r="E118" s="9" t="s">
-        <v>1830</v>
+        <v>1863</v>
       </c>
       <c r="F118" s="9" t="s">
-        <v>1948</v>
+        <v>1980</v>
       </c>
       <c r="G118" s="10">
         <v>2675</v>
       </c>
     </row>
     <row r="119" spans="1:9">
       <c r="B119" s="9" t="s">
-        <v>1801</v>
+        <v>1834</v>
       </c>
       <c r="C119" s="9" t="s">
-        <v>1815</v>
+        <v>1848</v>
       </c>
       <c r="D119" s="9"/>
       <c r="E119" s="9" t="s">
-        <v>1816</v>
+        <v>1849</v>
       </c>
       <c r="F119" s="9" t="s">
-        <v>1948</v>
+        <v>1980</v>
       </c>
       <c r="G119" s="10">
         <v>2675</v>
       </c>
     </row>
     <row r="120" spans="1:9">
       <c r="B120" s="9" t="s">
-        <v>1787</v>
+        <v>1820</v>
       </c>
       <c r="C120" s="9" t="s">
-        <v>1833</v>
+        <v>1866</v>
       </c>
       <c r="D120" s="9"/>
       <c r="E120" s="9" t="s">
-        <v>1792</v>
+        <v>1825</v>
       </c>
       <c r="F120" s="9" t="s">
-        <v>1948</v>
+        <v>1980</v>
       </c>
       <c r="G120" s="10">
         <v>2675</v>
       </c>
     </row>
     <row r="121" spans="1:9">
       <c r="B121" s="9" t="s">
-        <v>1787</v>
+        <v>1820</v>
       </c>
       <c r="C121" s="9" t="s">
-        <v>1834</v>
+        <v>1867</v>
       </c>
       <c r="D121" s="9"/>
       <c r="E121" s="9" t="s">
-        <v>1827</v>
+        <v>1860</v>
       </c>
       <c r="F121" s="9" t="s">
-        <v>1948</v>
+        <v>1980</v>
       </c>
       <c r="G121" s="10">
         <v>2675</v>
       </c>
     </row>
     <row r="122" spans="1:9">
       <c r="B122" s="9" t="s">
-        <v>1787</v>
+        <v>1820</v>
       </c>
       <c r="C122" s="9" t="s">
-        <v>1813</v>
+        <v>1846</v>
       </c>
       <c r="D122" s="9"/>
       <c r="E122" s="9" t="s">
-        <v>1794</v>
+        <v>1827</v>
       </c>
       <c r="F122" s="9" t="s">
-        <v>1948</v>
+        <v>1980</v>
       </c>
       <c r="G122" s="10">
         <v>2675</v>
       </c>
     </row>
     <row r="123" spans="1:9">
       <c r="B123" s="9" t="s">
-        <v>1805</v>
+        <v>1838</v>
       </c>
       <c r="C123" s="9" t="s">
-        <v>1806</v>
+        <v>1839</v>
       </c>
       <c r="D123" s="9"/>
       <c r="E123" s="9" t="s">
-        <v>1807</v>
+        <v>1840</v>
       </c>
       <c r="F123" s="9" t="s">
-        <v>1948</v>
+        <v>1980</v>
       </c>
       <c r="G123" s="10">
         <v>2675</v>
       </c>
     </row>
     <row r="124" spans="1:9">
       <c r="B124" s="9" t="s">
-        <v>1805</v>
+        <v>1838</v>
       </c>
       <c r="C124" s="9" t="s">
-        <v>1809</v>
+        <v>1842</v>
       </c>
       <c r="D124" s="9"/>
       <c r="E124" s="9" t="s">
-        <v>1810</v>
+        <v>1843</v>
       </c>
       <c r="F124" s="9" t="s">
-        <v>1948</v>
+        <v>1980</v>
       </c>
       <c r="G124" s="10">
         <v>2675</v>
       </c>
     </row>
     <row r="125" spans="1:9">
       <c r="B125" s="9" t="s">
-        <v>1801</v>
+        <v>1834</v>
       </c>
       <c r="C125" s="9" t="s">
-        <v>1811</v>
+        <v>1844</v>
       </c>
       <c r="D125" s="9"/>
       <c r="E125" s="9" t="s">
-        <v>1812</v>
+        <v>1845</v>
       </c>
       <c r="F125" s="9" t="s">
-        <v>1948</v>
+        <v>1980</v>
       </c>
       <c r="G125" s="10">
         <v>2675</v>
       </c>
     </row>
     <row r="126" spans="1:9">
       <c r="B126" s="9" t="s">
-        <v>1805</v>
+        <v>1838</v>
       </c>
       <c r="C126" s="9" t="s">
-        <v>1818</v>
+        <v>1851</v>
       </c>
       <c r="D126" s="9"/>
       <c r="E126" s="9" t="s">
-        <v>1819</v>
+        <v>1852</v>
       </c>
       <c r="F126" s="9" t="s">
-        <v>1948</v>
+        <v>1980</v>
       </c>
       <c r="G126" s="10">
         <v>2675</v>
       </c>
     </row>
     <row r="127" spans="1:9">
       <c r="B127" s="9" t="s">
-        <v>1805</v>
+        <v>1838</v>
       </c>
       <c r="C127" s="9" t="s">
-        <v>1820</v>
+        <v>1853</v>
       </c>
       <c r="D127" s="9"/>
       <c r="E127" s="9" t="s">
-        <v>1821</v>
+        <v>1854</v>
       </c>
       <c r="F127" s="9" t="s">
-        <v>1948</v>
+        <v>1980</v>
       </c>
       <c r="G127" s="10">
         <v>2675</v>
       </c>
     </row>
     <row r="128" spans="1:9">
       <c r="B128" s="9" t="s">
-        <v>1787</v>
+        <v>1820</v>
       </c>
       <c r="C128" s="9" t="s">
-        <v>1822</v>
+        <v>1855</v>
       </c>
       <c r="D128" s="9"/>
       <c r="E128" s="9" t="s">
-        <v>1823</v>
+        <v>1856</v>
       </c>
       <c r="F128" s="9" t="s">
-        <v>1948</v>
+        <v>1980</v>
       </c>
       <c r="G128" s="10">
         <v>2675</v>
       </c>
     </row>
     <row r="129" spans="1:9">
       <c r="B129" s="9" t="s">
-        <v>1801</v>
+        <v>1834</v>
       </c>
       <c r="C129" s="9" t="s">
-        <v>1835</v>
+        <v>1868</v>
       </c>
       <c r="D129" s="9"/>
       <c r="E129" s="9" t="s">
-        <v>1836</v>
+        <v>1869</v>
       </c>
       <c r="F129" s="9" t="s">
-        <v>1948</v>
+        <v>1980</v>
       </c>
       <c r="G129" s="10">
         <v>2675</v>
       </c>
     </row>
     <row r="130" spans="1:9">
       <c r="B130" s="9" t="s">
-        <v>1801</v>
+        <v>1834</v>
       </c>
       <c r="C130" s="9" t="s">
-        <v>1802</v>
+        <v>1835</v>
       </c>
       <c r="D130" s="9"/>
       <c r="E130" s="9" t="s">
-        <v>1794</v>
+        <v>1827</v>
       </c>
       <c r="F130" s="9" t="s">
-        <v>1948</v>
+        <v>1980</v>
       </c>
       <c r="G130" s="10">
         <v>2675</v>
       </c>
     </row>
     <row r="131" spans="1:9">
       <c r="B131" s="9" t="s">
-        <v>1801</v>
+        <v>1834</v>
       </c>
       <c r="C131" s="9" t="s">
-        <v>1837</v>
+        <v>1870</v>
       </c>
       <c r="D131" s="9"/>
       <c r="E131" s="9" t="s">
-        <v>1838</v>
+        <v>1871</v>
       </c>
       <c r="F131" s="9" t="s">
-        <v>1948</v>
+        <v>1980</v>
       </c>
       <c r="G131" s="10">
         <v>2675</v>
       </c>
     </row>
     <row r="132" spans="1:9">
       <c r="B132" s="9" t="s">
-        <v>1824</v>
+        <v>1857</v>
       </c>
       <c r="C132" s="9" t="s">
-        <v>1825</v>
+        <v>1858</v>
       </c>
       <c r="D132" s="9"/>
       <c r="E132" s="9" t="s">
-        <v>1789</v>
+        <v>1822</v>
       </c>
       <c r="F132" s="9" t="s">
-        <v>1948</v>
+        <v>1980</v>
       </c>
       <c r="G132" s="10">
         <v>2675</v>
       </c>
     </row>
     <row r="133" spans="1:9">
       <c r="B133" s="9" t="s">
-        <v>1824</v>
+        <v>1857</v>
       </c>
       <c r="C133" s="9" t="s">
-        <v>1826</v>
+        <v>1859</v>
       </c>
       <c r="D133" s="9"/>
       <c r="E133" s="9" t="s">
-        <v>1827</v>
+        <v>1860</v>
       </c>
       <c r="F133" s="9" t="s">
-        <v>1948</v>
+        <v>1980</v>
       </c>
       <c r="G133" s="10">
         <v>2675</v>
       </c>
     </row>
     <row r="134" spans="1:9">
       <c r="B134" s="9" t="s">
-        <v>1769</v>
+        <v>1802</v>
       </c>
       <c r="C134" s="9" t="s">
-        <v>1831</v>
+        <v>1864</v>
       </c>
       <c r="D134" s="9"/>
       <c r="E134" s="9" t="s">
-        <v>1832</v>
+        <v>1865</v>
       </c>
       <c r="F134" s="9"/>
       <c r="G134" s="10">
         <v>2675</v>
       </c>
     </row>
     <row r="135" spans="1:9">
       <c r="B135" s="9" t="s">
-        <v>1824</v>
+        <v>1857</v>
       </c>
       <c r="C135" s="9" t="s">
-        <v>1828</v>
+        <v>1861</v>
       </c>
       <c r="D135" s="9"/>
       <c r="E135" s="9" t="s">
-        <v>1823</v>
+        <v>1856</v>
       </c>
       <c r="F135" s="9" t="s">
-        <v>1948</v>
+        <v>1980</v>
       </c>
       <c r="G135" s="10">
         <v>2675</v>
       </c>
     </row>
     <row r="136" spans="1:9">
       <c r="B136" s="9" t="s">
-        <v>1847</v>
+        <v>1880</v>
       </c>
       <c r="C136" s="9" t="s">
-        <v>1848</v>
+        <v>1881</v>
       </c>
       <c r="D136" s="9"/>
       <c r="E136" s="9" t="s">
-        <v>1849</v>
+        <v>1882</v>
       </c>
       <c r="F136" s="9" t="s">
-        <v>1947</v>
+        <v>1979</v>
       </c>
       <c r="G136" s="10">
-        <v>59</v>
+        <v>63</v>
       </c>
     </row>
     <row r="137" spans="1:9">
       <c r="B137" s="9" t="s">
-        <v>1824</v>
+        <v>1857</v>
       </c>
       <c r="C137" s="9" t="s">
-        <v>1839</v>
+        <v>1872</v>
       </c>
       <c r="D137" s="9"/>
       <c r="E137" s="9" t="s">
-        <v>1840</v>
+        <v>1873</v>
       </c>
       <c r="F137" s="9" t="s">
-        <v>1948</v>
+        <v>1980</v>
       </c>
       <c r="G137" s="10">
         <v>3287</v>
       </c>
     </row>
     <row r="138" spans="1:9">
       <c r="B138" s="9" t="s">
-        <v>1850</v>
+        <v>1888</v>
       </c>
       <c r="C138" s="9" t="s">
-        <v>1851</v>
+        <v>1889</v>
       </c>
       <c r="D138" s="9"/>
       <c r="E138" s="9" t="s">
-        <v>1853</v>
+        <v>1891</v>
       </c>
       <c r="F138" s="9" t="s">
-        <v>1947</v>
+        <v>1979</v>
       </c>
       <c r="G138" s="10">
         <v>75</v>
       </c>
     </row>
     <row r="139" spans="1:9">
       <c r="B139" s="9" t="s">
-        <v>1859</v>
+        <v>1892</v>
       </c>
       <c r="C139" s="9" t="s">
-        <v>1860</v>
+        <v>1893</v>
       </c>
       <c r="D139" s="9"/>
       <c r="E139" s="9" t="s">
-        <v>1862</v>
+        <v>1895</v>
       </c>
       <c r="F139" s="9" t="s">
-        <v>1947</v>
+        <v>1979</v>
       </c>
       <c r="G139" s="10">
         <v>87</v>
       </c>
     </row>
     <row r="140" spans="1:9">
       <c r="B140" s="9" t="s">
-        <v>1863</v>
+        <v>1896</v>
       </c>
       <c r="C140" s="9" t="s">
-        <v>1864</v>
+        <v>1897</v>
       </c>
       <c r="D140" s="9"/>
       <c r="E140" s="9" t="s">
-        <v>1865</v>
+        <v>1898</v>
       </c>
       <c r="F140" s="9" t="s">
-        <v>1947</v>
+        <v>1979</v>
       </c>
       <c r="G140" s="10">
         <v>99</v>
       </c>
     </row>
     <row r="141" spans="1:9">
       <c r="B141" s="9" t="s">
-        <v>1866</v>
+        <v>1899</v>
       </c>
       <c r="C141" s="9" t="s">
-        <v>1867</v>
+        <v>1900</v>
       </c>
       <c r="D141" s="9"/>
       <c r="E141" s="9" t="s">
-        <v>1868</v>
+        <v>1901</v>
       </c>
       <c r="F141" s="9" t="s">
-        <v>1947</v>
+        <v>1979</v>
       </c>
       <c r="G141" s="10">
         <v>103</v>
       </c>
     </row>
     <row r="142" spans="1:9">
       <c r="B142" s="9" t="s">
-        <v>1869</v>
+        <v>1902</v>
       </c>
       <c r="C142" s="9" t="s">
-        <v>1870</v>
+        <v>1903</v>
       </c>
       <c r="D142" s="9"/>
       <c r="E142" s="9" t="s">
-        <v>1871</v>
+        <v>1904</v>
       </c>
       <c r="F142" s="9" t="s">
-        <v>1947</v>
+        <v>1979</v>
       </c>
       <c r="G142" s="10">
         <v>103</v>
       </c>
     </row>
     <row r="143" spans="1:9">
       <c r="B143" s="9" t="s">
-        <v>1872</v>
+        <v>1905</v>
       </c>
       <c r="C143" s="9" t="s">
-        <v>1873</v>
+        <v>1906</v>
       </c>
       <c r="D143" s="9"/>
       <c r="E143" s="9" t="s">
-        <v>1875</v>
+        <v>1907</v>
       </c>
       <c r="F143" s="9" t="s">
-        <v>1947</v>
+        <v>1979</v>
       </c>
       <c r="G143" s="10">
         <v>118</v>
       </c>
     </row>
     <row r="144" spans="1:9">
       <c r="B144" s="9" t="s">
-        <v>1876</v>
+        <v>1908</v>
       </c>
       <c r="C144" s="9" t="s">
-        <v>1877</v>
+        <v>1909</v>
       </c>
       <c r="D144" s="9"/>
       <c r="E144" s="9" t="s">
-        <v>1878</v>
+        <v>1910</v>
       </c>
       <c r="F144" s="9" t="s">
-        <v>1947</v>
+        <v>1979</v>
       </c>
       <c r="G144" s="10">
         <v>127.5</v>
       </c>
     </row>
     <row r="145" spans="1:9">
       <c r="B145" s="9" t="s">
-        <v>1879</v>
+        <v>1911</v>
       </c>
       <c r="C145" s="9" t="s">
-        <v>1880</v>
+        <v>1912</v>
       </c>
       <c r="D145" s="9"/>
       <c r="E145" s="9" t="s">
-        <v>1881</v>
+        <v>1913</v>
       </c>
       <c r="F145" s="9" t="s">
-        <v>1947</v>
+        <v>1979</v>
       </c>
       <c r="G145" s="10">
         <v>129</v>
       </c>
     </row>
     <row r="146" spans="1:9">
       <c r="B146" s="9" t="s">
-        <v>1882</v>
+        <v>1914</v>
       </c>
       <c r="C146" s="9" t="s">
-        <v>1883</v>
+        <v>1915</v>
       </c>
       <c r="D146" s="9"/>
       <c r="E146" s="9" t="s">
-        <v>1884</v>
+        <v>1916</v>
       </c>
       <c r="F146" s="9" t="s">
-        <v>1947</v>
+        <v>1979</v>
       </c>
       <c r="G146" s="10">
         <v>132</v>
       </c>
     </row>
     <row r="147" spans="1:9">
       <c r="B147" s="9" t="s">
-        <v>1885</v>
+        <v>1917</v>
       </c>
       <c r="C147" s="9" t="s">
-        <v>1886</v>
+        <v>1918</v>
       </c>
       <c r="D147" s="9"/>
       <c r="E147" s="9" t="s">
-        <v>1887</v>
+        <v>1919</v>
       </c>
       <c r="F147" s="9" t="s">
-        <v>1947</v>
+        <v>1979</v>
       </c>
       <c r="G147" s="10">
         <v>132</v>
       </c>
     </row>
     <row r="148" spans="1:9">
       <c r="B148" s="9" t="s">
-        <v>1891</v>
+        <v>1923</v>
       </c>
       <c r="C148" s="9" t="s">
-        <v>1892</v>
+        <v>1924</v>
       </c>
       <c r="D148" s="9"/>
       <c r="E148" s="9" t="s">
-        <v>1893</v>
+        <v>1925</v>
       </c>
       <c r="F148" s="9" t="s">
-        <v>1947</v>
+        <v>1979</v>
       </c>
       <c r="G148" s="10">
         <v>136.5</v>
       </c>
     </row>
     <row r="149" spans="1:9">
       <c r="B149" s="9" t="s">
-        <v>1888</v>
+        <v>1920</v>
       </c>
       <c r="C149" s="9" t="s">
-        <v>1889</v>
+        <v>1921</v>
       </c>
       <c r="D149" s="9"/>
       <c r="E149" s="9" t="s">
-        <v>1890</v>
+        <v>1922</v>
       </c>
       <c r="F149" s="9" t="s">
-        <v>1947</v>
+        <v>1979</v>
       </c>
       <c r="G149" s="10">
         <v>136.5</v>
       </c>
     </row>
     <row r="150" spans="1:9">
       <c r="B150" s="9" t="s">
-        <v>1894</v>
+        <v>1926</v>
       </c>
       <c r="C150" s="9" t="s">
-        <v>1895</v>
+        <v>1927</v>
       </c>
       <c r="D150" s="9"/>
       <c r="E150" s="9" t="s">
-        <v>1896</v>
+        <v>1928</v>
       </c>
       <c r="F150" s="9" t="s">
-        <v>1947</v>
+        <v>1979</v>
       </c>
       <c r="G150" s="10">
         <v>140</v>
       </c>
     </row>
     <row r="151" spans="1:9">
       <c r="B151" s="9" t="s">
-        <v>1897</v>
+        <v>1929</v>
       </c>
       <c r="C151" s="9" t="s">
-        <v>1898</v>
+        <v>1930</v>
       </c>
       <c r="D151" s="9"/>
       <c r="E151" s="9" t="s">
-        <v>1899</v>
+        <v>1931</v>
       </c>
       <c r="F151" s="9" t="s">
-        <v>1947</v>
+        <v>1979</v>
       </c>
       <c r="G151" s="10">
         <v>141</v>
       </c>
     </row>
     <row r="152" spans="1:9">
       <c r="B152" s="9" t="s">
-        <v>1900</v>
+        <v>1932</v>
       </c>
       <c r="C152" s="9" t="s">
-        <v>1901</v>
+        <v>1933</v>
       </c>
       <c r="D152" s="9"/>
       <c r="E152" s="9" t="s">
-        <v>1902</v>
+        <v>1934</v>
       </c>
       <c r="F152" s="9" t="s">
-        <v>1947</v>
+        <v>1979</v>
       </c>
       <c r="G152" s="10">
         <v>156</v>
       </c>
     </row>
     <row r="153" spans="1:9">
       <c r="B153" s="9" t="s">
-        <v>1903</v>
+        <v>1935</v>
       </c>
       <c r="C153" s="9" t="s">
-        <v>1904</v>
+        <v>1936</v>
       </c>
       <c r="D153" s="9"/>
       <c r="E153" s="9" t="s">
-        <v>1905</v>
+        <v>1937</v>
       </c>
       <c r="F153" s="9" t="s">
-        <v>1947</v>
+        <v>1979</v>
       </c>
       <c r="G153" s="10">
         <v>165</v>
       </c>
     </row>
     <row r="154" spans="1:9">
       <c r="B154" s="9" t="s">
-        <v>1906</v>
+        <v>1938</v>
       </c>
       <c r="C154" s="9" t="s">
-        <v>1907</v>
+        <v>1939</v>
       </c>
       <c r="D154" s="9"/>
       <c r="E154" s="9" t="s">
-        <v>1908</v>
+        <v>1940</v>
       </c>
       <c r="F154" s="9" t="s">
-        <v>1947</v>
+        <v>1979</v>
       </c>
       <c r="G154" s="10">
         <v>168</v>
       </c>
     </row>
     <row r="155" spans="1:9">
       <c r="B155" s="9" t="s">
-        <v>1909</v>
+        <v>1941</v>
       </c>
       <c r="C155" s="9" t="s">
-        <v>1910</v>
+        <v>1942</v>
       </c>
       <c r="D155" s="9"/>
       <c r="E155" s="9" t="s">
-        <v>1911</v>
+        <v>1943</v>
       </c>
       <c r="F155" s="9" t="s">
-        <v>1947</v>
+        <v>1979</v>
       </c>
       <c r="G155" s="10">
         <v>169.5</v>
       </c>
     </row>
     <row r="156" spans="1:9">
       <c r="B156" s="9" t="s">
-        <v>1915</v>
+        <v>1947</v>
       </c>
       <c r="C156" s="9" t="s">
-        <v>1916</v>
+        <v>1948</v>
       </c>
       <c r="D156" s="9"/>
       <c r="E156" s="9" t="s">
-        <v>1917</v>
+        <v>1949</v>
       </c>
       <c r="F156" s="9" t="s">
-        <v>1947</v>
+        <v>1979</v>
       </c>
       <c r="G156" s="10">
         <v>174</v>
       </c>
     </row>
     <row r="157" spans="1:9">
       <c r="B157" s="9" t="s">
-        <v>1912</v>
+        <v>1944</v>
       </c>
       <c r="C157" s="9" t="s">
-        <v>1913</v>
+        <v>1945</v>
       </c>
       <c r="D157" s="9"/>
       <c r="E157" s="9" t="s">
-        <v>1914</v>
+        <v>1946</v>
       </c>
       <c r="F157" s="9" t="s">
-        <v>1947</v>
+        <v>1979</v>
       </c>
       <c r="G157" s="10">
         <v>174</v>
       </c>
     </row>
     <row r="158" spans="1:9">
       <c r="B158" s="9" t="s">
-        <v>1918</v>
+        <v>1950</v>
       </c>
       <c r="C158" s="9" t="s">
-        <v>1919</v>
+        <v>1951</v>
       </c>
       <c r="D158" s="9"/>
       <c r="E158" s="9" t="s">
-        <v>1920</v>
+        <v>1952</v>
       </c>
       <c r="F158" s="9" t="s">
-        <v>1947</v>
+        <v>1979</v>
       </c>
       <c r="G158" s="10">
         <v>184.5</v>
       </c>
     </row>
     <row r="159" spans="1:9">
       <c r="B159" s="9" t="s">
-        <v>1921</v>
+        <v>1953</v>
       </c>
       <c r="C159" s="9" t="s">
-        <v>1922</v>
+        <v>1954</v>
       </c>
       <c r="D159" s="9"/>
       <c r="E159" s="9" t="s">
-        <v>1923</v>
+        <v>1955</v>
       </c>
       <c r="F159" s="9" t="s">
-        <v>1947</v>
+        <v>1979</v>
       </c>
       <c r="G159" s="10">
         <v>187.5</v>
       </c>
     </row>
     <row r="160" spans="1:9">
       <c r="B160" s="9" t="s">
-        <v>1924</v>
+        <v>1956</v>
       </c>
       <c r="C160" s="9" t="s">
-        <v>1925</v>
+        <v>1957</v>
       </c>
       <c r="D160" s="9"/>
       <c r="E160" s="9" t="s">
-        <v>1926</v>
+        <v>1958</v>
       </c>
       <c r="F160" s="9" t="s">
-        <v>1947</v>
+        <v>1979</v>
       </c>
       <c r="G160" s="10">
         <v>204</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B1:G1"/>
     <mergeCell ref="B3:B5"/>
     <mergeCell ref="C3:D3"/>
     <mergeCell ref="E3:G3"/>
     <mergeCell ref="C5:D5"/>
     <mergeCell ref="E5:G5"/>
     <mergeCell ref="B9:G9"/>
     <mergeCell ref="B48:G48"/>
     <mergeCell ref="B78:G78"/>
     <mergeCell ref="B82:G82"/>
     <mergeCell ref="B90:G90"/>
     <mergeCell ref="B93:G93"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="F6" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
@@ -36546,106 +36829,106 @@
             </rPr>
             <t xml:space="preserve">Цены</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="14"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> для Пензы на: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFDE5705"/>
               <sz val="14"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">31.12.2025</t>
+            <t xml:space="preserve">16.02.2026</t>
           </r>
         </is>
       </c>
       <c r="F6" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="B7" s="6" t="s">
-        <v>1949</v>
+        <v>1981</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="B9" s="7" t="s">
-        <v>1950</v>
+        <v>1982</v>
       </c>
       <c r="C9" s="0"/>
       <c r="D9" s="0"/>
       <c r="E9" s="0"/>
       <c r="F9" s="0"/>
       <c r="G9" s="0"/>
     </row>
     <row r="10" spans="1:9">
       <c r="B10" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D10" s="8" t="s">
-        <v>560</v>
+        <v>558</v>
       </c>
       <c r="E10" s="8" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="F10" s="8" t="s">
         <v>11</v>
       </c>
       <c r="G10" s="8" t="s">
-        <v>1951</v>
+        <v>1983</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="B11" s="9" t="s">
-        <v>1952</v>
+        <v>1984</v>
       </c>
       <c r="C11" s="9" t="s">
-        <v>1953</v>
+        <v>1985</v>
       </c>
       <c r="D11" s="9"/>
       <c r="E11" s="9" t="s">
-        <v>456</v>
+        <v>502</v>
       </c>
       <c r="F11" s="9" t="s">
-        <v>1954</v>
+        <v>1986</v>
       </c>
       <c r="G11" s="10">
         <v>2081</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B1:G1"/>
     <mergeCell ref="B3:B5"/>
     <mergeCell ref="C3:D3"/>
     <mergeCell ref="E3:G3"/>
     <mergeCell ref="C5:D5"/>
     <mergeCell ref="E5:G5"/>
     <mergeCell ref="B9:G9"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="F6" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" scale="100" fitToHeight="0" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
@@ -36758,3456 +37041,3456 @@
             </rPr>
             <t xml:space="preserve">Цены</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="14"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> для Пензы на: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFDE5705"/>
               <sz val="14"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">31.12.2025</t>
+            <t xml:space="preserve">16.02.2026</t>
           </r>
         </is>
       </c>
       <c r="F6" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="B7" s="6" t="s">
-        <v>1955</v>
+        <v>1987</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="B9" s="7" t="s">
-        <v>1956</v>
+        <v>1988</v>
       </c>
       <c r="C9" s="0"/>
       <c r="D9" s="0"/>
       <c r="E9" s="0"/>
       <c r="F9" s="0"/>
       <c r="G9" s="0"/>
     </row>
     <row r="10" spans="1:9">
       <c r="B10" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D10" s="8" t="s">
-        <v>664</v>
+        <v>662</v>
       </c>
       <c r="E10" s="8" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="F10" s="8" t="s">
         <v>11</v>
       </c>
       <c r="G10" s="8" t="s">
-        <v>1957</v>
+        <v>1989</v>
       </c>
       <c r="H10" s="8" t="s">
-        <v>698</v>
+        <v>696</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="B11" s="9" t="s">
-        <v>1958</v>
+        <v>1990</v>
       </c>
       <c r="C11" s="9" t="s">
-        <v>1959</v>
+        <v>1991</v>
       </c>
       <c r="D11" s="9" t="s">
-        <v>1960</v>
+        <v>1992</v>
       </c>
       <c r="E11" s="9" t="s">
-        <v>1961</v>
+        <v>1993</v>
       </c>
       <c r="F11" s="9" t="s">
-        <v>1962</v>
+        <v>1994</v>
       </c>
       <c r="G11" s="10">
         <v>2850</v>
       </c>
       <c r="H11" s="10">
         <v>1852.5</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="B12" s="9" t="s">
-        <v>1963</v>
+        <v>1995</v>
       </c>
       <c r="C12" s="9" t="s">
-        <v>1964</v>
+        <v>1996</v>
       </c>
       <c r="D12" s="9" t="s">
-        <v>1960</v>
+        <v>1992</v>
       </c>
       <c r="E12" s="9" t="s">
-        <v>1965</v>
+        <v>1997</v>
       </c>
       <c r="F12" s="9" t="s">
-        <v>1962</v>
+        <v>1994</v>
       </c>
       <c r="G12" s="10">
         <v>2850</v>
       </c>
       <c r="H12" s="10">
         <v>1852.5</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="B13" s="9" t="s">
-        <v>1966</v>
+        <v>1998</v>
       </c>
       <c r="C13" s="9" t="s">
-        <v>1967</v>
+        <v>1999</v>
       </c>
       <c r="D13" s="9" t="s">
-        <v>1960</v>
+        <v>1992</v>
       </c>
       <c r="E13" s="9" t="s">
-        <v>1968</v>
+        <v>2000</v>
       </c>
       <c r="F13" s="9" t="s">
-        <v>1962</v>
+        <v>1994</v>
       </c>
       <c r="G13" s="10">
         <v>2850</v>
       </c>
       <c r="H13" s="10">
         <v>1852.5</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="B14" s="9" t="s">
-        <v>1969</v>
+        <v>2001</v>
       </c>
       <c r="C14" s="9" t="s">
-        <v>1970</v>
+        <v>2002</v>
       </c>
       <c r="D14" s="9" t="s">
-        <v>1960</v>
+        <v>1992</v>
       </c>
       <c r="E14" s="9" t="s">
-        <v>1971</v>
+        <v>2003</v>
       </c>
       <c r="F14" s="9" t="s">
-        <v>1962</v>
+        <v>1994</v>
       </c>
       <c r="G14" s="10">
         <v>3187</v>
       </c>
       <c r="H14" s="10">
         <v>2071.550000000001</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="B15" s="9" t="s">
-        <v>1972</v>
+        <v>2004</v>
       </c>
       <c r="C15" s="9" t="s">
-        <v>1973</v>
+        <v>2005</v>
       </c>
       <c r="D15" s="9" t="s">
-        <v>1960</v>
+        <v>1992</v>
       </c>
       <c r="E15" s="9" t="s">
-        <v>1974</v>
+        <v>2006</v>
       </c>
       <c r="F15" s="9" t="s">
-        <v>1962</v>
+        <v>1994</v>
       </c>
       <c r="G15" s="10">
         <v>3187</v>
       </c>
       <c r="H15" s="10">
         <v>2071.550000000001</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="B16" s="9" t="s">
-        <v>1975</v>
+        <v>2007</v>
       </c>
       <c r="C16" s="9" t="s">
-        <v>1976</v>
+        <v>2008</v>
       </c>
       <c r="D16" s="9" t="s">
-        <v>1960</v>
+        <v>1992</v>
       </c>
       <c r="E16" s="9" t="s">
-        <v>1977</v>
+        <v>2009</v>
       </c>
       <c r="F16" s="9" t="s">
-        <v>1962</v>
+        <v>1994</v>
       </c>
       <c r="G16" s="10">
         <v>3187</v>
       </c>
       <c r="H16" s="10">
         <v>2071.550000000001</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="B17" s="9" t="s">
-        <v>1978</v>
+        <v>2010</v>
       </c>
       <c r="C17" s="9" t="s">
-        <v>1979</v>
+        <v>2011</v>
       </c>
       <c r="D17" s="9" t="s">
-        <v>1960</v>
+        <v>1992</v>
       </c>
       <c r="E17" s="9" t="s">
-        <v>1980</v>
+        <v>2012</v>
       </c>
       <c r="F17" s="9" t="s">
-        <v>1962</v>
+        <v>1994</v>
       </c>
       <c r="G17" s="10">
         <v>3187</v>
       </c>
       <c r="H17" s="10">
         <v>2071.550000000001</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="B18" s="9" t="s">
-        <v>1981</v>
+        <v>2013</v>
       </c>
       <c r="C18" s="9" t="s">
-        <v>1982</v>
+        <v>2014</v>
       </c>
       <c r="D18" s="9" t="s">
-        <v>1983</v>
+        <v>2015</v>
       </c>
       <c r="E18" s="9" t="s">
-        <v>1984</v>
+        <v>2016</v>
       </c>
       <c r="F18" s="9" t="s">
-        <v>1985</v>
+        <v>2017</v>
       </c>
       <c r="G18" s="10">
         <v>3200</v>
       </c>
       <c r="H18" s="10">
         <v>2080</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="B19" s="9" t="s">
-        <v>1986</v>
+        <v>2018</v>
       </c>
       <c r="C19" s="9" t="s">
-        <v>1987</v>
+        <v>2019</v>
       </c>
       <c r="D19" s="9" t="s">
-        <v>1983</v>
+        <v>2015</v>
       </c>
       <c r="E19" s="9" t="s">
-        <v>1988</v>
+        <v>2020</v>
       </c>
       <c r="F19" s="9" t="s">
-        <v>1985</v>
+        <v>2017</v>
       </c>
       <c r="G19" s="10">
         <v>3200</v>
       </c>
       <c r="H19" s="10">
         <v>2080</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="B20" s="9" t="s">
-        <v>1989</v>
+        <v>2021</v>
       </c>
       <c r="C20" s="9" t="s">
-        <v>1990</v>
+        <v>2022</v>
       </c>
       <c r="D20" s="9" t="s">
-        <v>1991</v>
+        <v>2023</v>
       </c>
       <c r="E20" s="9" t="s">
-        <v>1992</v>
+        <v>2024</v>
       </c>
       <c r="F20" s="9" t="s">
-        <v>1985</v>
+        <v>2017</v>
       </c>
       <c r="G20" s="10">
         <v>3200</v>
       </c>
       <c r="H20" s="10">
         <v>2080</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="B21" s="9" t="s">
-        <v>1993</v>
+        <v>2025</v>
       </c>
       <c r="C21" s="9" t="s">
-        <v>1994</v>
+        <v>2026</v>
       </c>
       <c r="D21" s="9" t="s">
-        <v>1983</v>
+        <v>2015</v>
       </c>
       <c r="E21" s="9" t="s">
-        <v>1995</v>
+        <v>2027</v>
       </c>
       <c r="F21" s="9" t="s">
-        <v>1985</v>
+        <v>2017</v>
       </c>
       <c r="G21" s="10">
         <v>3200</v>
       </c>
       <c r="H21" s="10">
         <v>2080</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="B22" s="9" t="s">
-        <v>1996</v>
+        <v>2028</v>
       </c>
       <c r="C22" s="9" t="s">
-        <v>1997</v>
+        <v>2029</v>
       </c>
       <c r="D22" s="9" t="s">
-        <v>1983</v>
+        <v>2015</v>
       </c>
       <c r="E22" s="9" t="s">
-        <v>1998</v>
+        <v>2030</v>
       </c>
       <c r="F22" s="9" t="s">
-        <v>1985</v>
+        <v>2017</v>
       </c>
       <c r="G22" s="10">
         <v>3200</v>
       </c>
       <c r="H22" s="10">
         <v>2080</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="B23" s="9" t="s">
-        <v>1999</v>
+        <v>2031</v>
       </c>
       <c r="C23" s="9" t="s">
-        <v>2000</v>
+        <v>2032</v>
       </c>
       <c r="D23" s="9" t="s">
-        <v>1983</v>
+        <v>2015</v>
       </c>
       <c r="E23" s="9" t="s">
-        <v>2001</v>
+        <v>2033</v>
       </c>
       <c r="F23" s="9" t="s">
-        <v>1985</v>
+        <v>2017</v>
       </c>
       <c r="G23" s="10">
         <v>3200</v>
       </c>
       <c r="H23" s="10">
         <v>2080</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="B24" s="9" t="s">
-        <v>2002</v>
+        <v>2034</v>
       </c>
       <c r="C24" s="9" t="s">
-        <v>2003</v>
+        <v>2035</v>
       </c>
       <c r="D24" s="9" t="s">
-        <v>1983</v>
+        <v>2015</v>
       </c>
       <c r="E24" s="9" t="s">
-        <v>2004</v>
+        <v>2036</v>
       </c>
       <c r="F24" s="9" t="s">
-        <v>1985</v>
+        <v>2017</v>
       </c>
       <c r="G24" s="10">
         <v>3200</v>
       </c>
       <c r="H24" s="10">
         <v>2080</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="B25" s="9" t="s">
-        <v>2005</v>
+        <v>2037</v>
       </c>
       <c r="C25" s="9" t="s">
-        <v>2006</v>
+        <v>2038</v>
       </c>
       <c r="D25" s="9" t="s">
-        <v>1983</v>
+        <v>2015</v>
       </c>
       <c r="E25" s="9" t="s">
-        <v>2007</v>
+        <v>2039</v>
       </c>
       <c r="F25" s="9" t="s">
-        <v>1985</v>
+        <v>2017</v>
       </c>
       <c r="G25" s="10">
         <v>3200</v>
       </c>
       <c r="H25" s="10">
         <v>2080</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="B26" s="9" t="s">
-        <v>2008</v>
+        <v>2040</v>
       </c>
       <c r="C26" s="9" t="s">
-        <v>2009</v>
+        <v>2041</v>
       </c>
       <c r="D26" s="9" t="s">
-        <v>1960</v>
+        <v>1992</v>
       </c>
       <c r="E26" s="9" t="s">
-        <v>2010</v>
+        <v>2042</v>
       </c>
       <c r="F26" s="9" t="s">
-        <v>1962</v>
+        <v>1994</v>
       </c>
       <c r="G26" s="10">
         <v>3237</v>
       </c>
       <c r="H26" s="10">
         <v>2104.050000000001</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="B27" s="9" t="s">
-        <v>2011</v>
+        <v>2043</v>
       </c>
       <c r="C27" s="9" t="s">
-        <v>2012</v>
+        <v>2044</v>
       </c>
       <c r="D27" s="9" t="s">
-        <v>1960</v>
+        <v>1992</v>
       </c>
       <c r="E27" s="9" t="s">
-        <v>2013</v>
+        <v>2045</v>
       </c>
       <c r="F27" s="9" t="s">
-        <v>1962</v>
+        <v>1994</v>
       </c>
       <c r="G27" s="10">
         <v>3237</v>
       </c>
       <c r="H27" s="10">
         <v>2104.050000000001</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="B28" s="9" t="s">
-        <v>2014</v>
+        <v>2046</v>
       </c>
       <c r="C28" s="9" t="s">
-        <v>2015</v>
+        <v>2047</v>
       </c>
       <c r="D28" s="9" t="s">
-        <v>1960</v>
+        <v>1992</v>
       </c>
       <c r="E28" s="9" t="s">
-        <v>2016</v>
+        <v>2048</v>
       </c>
       <c r="F28" s="9" t="s">
-        <v>1962</v>
+        <v>1994</v>
       </c>
       <c r="G28" s="10">
         <v>3319</v>
       </c>
       <c r="H28" s="10">
         <v>2157.35</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="B29" s="9" t="s">
-        <v>2017</v>
+        <v>2049</v>
       </c>
       <c r="C29" s="9" t="s">
-        <v>2018</v>
+        <v>2050</v>
       </c>
       <c r="D29" s="9" t="s">
-        <v>1960</v>
+        <v>1992</v>
       </c>
       <c r="E29" s="9" t="s">
-        <v>2019</v>
+        <v>2051</v>
       </c>
       <c r="F29" s="9" t="s">
-        <v>1962</v>
+        <v>1994</v>
       </c>
       <c r="G29" s="10">
         <v>3319</v>
       </c>
       <c r="H29" s="10">
         <v>2157.35</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="B30" s="9" t="s">
-        <v>2020</v>
+        <v>2052</v>
       </c>
       <c r="C30" s="9" t="s">
-        <v>2021</v>
+        <v>2053</v>
       </c>
       <c r="D30" s="9" t="s">
-        <v>1960</v>
+        <v>1992</v>
       </c>
       <c r="E30" s="9" t="s">
-        <v>2022</v>
+        <v>2054</v>
       </c>
       <c r="F30" s="9" t="s">
-        <v>1962</v>
+        <v>1994</v>
       </c>
       <c r="G30" s="10">
         <v>3329</v>
       </c>
       <c r="H30" s="10">
         <v>2163.85</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="B31" s="9" t="s">
-        <v>2023</v>
+        <v>2055</v>
       </c>
       <c r="C31" s="9" t="s">
-        <v>2024</v>
+        <v>2056</v>
       </c>
       <c r="D31" s="9" t="s">
-        <v>1983</v>
+        <v>2015</v>
       </c>
       <c r="E31" s="9" t="s">
-        <v>2025</v>
+        <v>2057</v>
       </c>
       <c r="F31" s="9" t="s">
-        <v>1985</v>
+        <v>2017</v>
       </c>
       <c r="G31" s="10">
         <v>3500</v>
       </c>
       <c r="H31" s="10">
         <v>2275</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="B32" s="9" t="s">
-        <v>2026</v>
+        <v>2058</v>
       </c>
       <c r="C32" s="9" t="s">
-        <v>2027</v>
+        <v>2059</v>
       </c>
       <c r="D32" s="9" t="s">
-        <v>1983</v>
+        <v>2015</v>
       </c>
       <c r="E32" s="9" t="s">
-        <v>2028</v>
+        <v>2060</v>
       </c>
       <c r="F32" s="9" t="s">
-        <v>1985</v>
+        <v>2017</v>
       </c>
       <c r="G32" s="10">
         <v>3500</v>
       </c>
       <c r="H32" s="10">
         <v>2275</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="B33" s="9" t="s">
-        <v>2029</v>
+        <v>2061</v>
       </c>
       <c r="C33" s="9" t="s">
-        <v>2030</v>
+        <v>2062</v>
       </c>
       <c r="D33" s="9" t="s">
-        <v>1983</v>
+        <v>2015</v>
       </c>
       <c r="E33" s="9" t="s">
-        <v>2031</v>
+        <v>2063</v>
       </c>
       <c r="F33" s="9" t="s">
-        <v>1985</v>
+        <v>2017</v>
       </c>
       <c r="G33" s="10">
         <v>3500</v>
       </c>
       <c r="H33" s="10">
         <v>2275</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="B34" s="9" t="s">
-        <v>2032</v>
+        <v>2064</v>
       </c>
       <c r="C34" s="9" t="s">
-        <v>2033</v>
+        <v>2065</v>
       </c>
       <c r="D34" s="9" t="s">
-        <v>1983</v>
+        <v>2015</v>
       </c>
       <c r="E34" s="9" t="s">
-        <v>2034</v>
+        <v>2066</v>
       </c>
       <c r="F34" s="9" t="s">
-        <v>1985</v>
+        <v>2017</v>
       </c>
       <c r="G34" s="10">
         <v>3500</v>
       </c>
       <c r="H34" s="10">
         <v>2275</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="B35" s="9" t="s">
-        <v>2035</v>
+        <v>2067</v>
       </c>
       <c r="C35" s="9" t="s">
-        <v>2036</v>
+        <v>2068</v>
       </c>
       <c r="D35" s="9" t="s">
-        <v>1983</v>
+        <v>2015</v>
       </c>
       <c r="E35" s="9" t="s">
-        <v>2037</v>
+        <v>2069</v>
       </c>
       <c r="F35" s="9" t="s">
-        <v>1985</v>
+        <v>2017</v>
       </c>
       <c r="G35" s="10">
         <v>3500</v>
       </c>
       <c r="H35" s="10">
         <v>2275</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="B36" s="9" t="s">
-        <v>2038</v>
+        <v>2070</v>
       </c>
       <c r="C36" s="9" t="s">
-        <v>2039</v>
+        <v>2071</v>
       </c>
       <c r="D36" s="9" t="s">
-        <v>1983</v>
+        <v>2015</v>
       </c>
       <c r="E36" s="9" t="s">
-        <v>2040</v>
+        <v>2072</v>
       </c>
       <c r="F36" s="9" t="s">
-        <v>1985</v>
+        <v>2017</v>
       </c>
       <c r="G36" s="10">
         <v>3700</v>
       </c>
       <c r="H36" s="10">
         <v>2405</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="B37" s="9" t="s">
-        <v>2041</v>
+        <v>2073</v>
       </c>
       <c r="C37" s="9" t="s">
-        <v>2042</v>
+        <v>2074</v>
       </c>
       <c r="D37" s="9" t="s">
-        <v>1983</v>
+        <v>2015</v>
       </c>
       <c r="E37" s="9" t="s">
-        <v>2043</v>
+        <v>2075</v>
       </c>
       <c r="F37" s="9" t="s">
-        <v>1985</v>
+        <v>2017</v>
       </c>
       <c r="G37" s="10">
         <v>3700</v>
       </c>
       <c r="H37" s="10">
         <v>2405</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="B38" s="9" t="s">
-        <v>2044</v>
+        <v>2076</v>
       </c>
       <c r="C38" s="9" t="s">
-        <v>2045</v>
+        <v>2077</v>
       </c>
       <c r="D38" s="9" t="s">
-        <v>1983</v>
+        <v>2015</v>
       </c>
       <c r="E38" s="9" t="s">
-        <v>2046</v>
+        <v>2078</v>
       </c>
       <c r="F38" s="9" t="s">
-        <v>1985</v>
+        <v>2017</v>
       </c>
       <c r="G38" s="10">
         <v>3700</v>
       </c>
       <c r="H38" s="10">
         <v>2405</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="B39" s="9" t="s">
-        <v>2047</v>
+        <v>2079</v>
       </c>
       <c r="C39" s="9" t="s">
-        <v>2048</v>
+        <v>2080</v>
       </c>
       <c r="D39" s="9" t="s">
-        <v>1983</v>
+        <v>2015</v>
       </c>
       <c r="E39" s="9" t="s">
-        <v>2049</v>
+        <v>2081</v>
       </c>
       <c r="F39" s="9" t="s">
-        <v>1985</v>
+        <v>2017</v>
       </c>
       <c r="G39" s="10">
         <v>3700</v>
       </c>
       <c r="H39" s="10">
         <v>2405</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="B40" s="9" t="s">
-        <v>2050</v>
+        <v>2082</v>
       </c>
       <c r="C40" s="9" t="s">
-        <v>2051</v>
+        <v>2083</v>
       </c>
       <c r="D40" s="9" t="s">
-        <v>1983</v>
+        <v>2015</v>
       </c>
       <c r="E40" s="9" t="s">
-        <v>2052</v>
+        <v>2084</v>
       </c>
       <c r="F40" s="9" t="s">
-        <v>1985</v>
+        <v>2017</v>
       </c>
       <c r="G40" s="10">
         <v>3700</v>
       </c>
       <c r="H40" s="10">
         <v>2405</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="B41" s="9" t="s">
-        <v>2053</v>
+        <v>2085</v>
       </c>
       <c r="C41" s="9" t="s">
-        <v>2054</v>
+        <v>2086</v>
       </c>
       <c r="D41" s="9" t="s">
-        <v>1983</v>
+        <v>2015</v>
       </c>
       <c r="E41" s="9" t="s">
-        <v>2055</v>
+        <v>2087</v>
       </c>
       <c r="F41" s="9" t="s">
-        <v>1985</v>
+        <v>2017</v>
       </c>
       <c r="G41" s="10">
         <v>3700</v>
       </c>
       <c r="H41" s="10">
         <v>2405</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="B42" s="9" t="s">
-        <v>2056</v>
+        <v>2088</v>
       </c>
       <c r="C42" s="9" t="s">
-        <v>2057</v>
+        <v>2089</v>
       </c>
       <c r="D42" s="9" t="s">
-        <v>1983</v>
+        <v>2015</v>
       </c>
       <c r="E42" s="9" t="s">
-        <v>2058</v>
+        <v>2090</v>
       </c>
       <c r="F42" s="9" t="s">
-        <v>1985</v>
+        <v>2017</v>
       </c>
       <c r="G42" s="10">
         <v>3700</v>
       </c>
       <c r="H42" s="10">
         <v>2405</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="B43" s="9" t="s">
-        <v>2059</v>
+        <v>2091</v>
       </c>
       <c r="C43" s="9" t="s">
-        <v>2060</v>
+        <v>2092</v>
       </c>
       <c r="D43" s="9" t="s">
-        <v>1983</v>
+        <v>2015</v>
       </c>
       <c r="E43" s="9" t="s">
-        <v>2061</v>
+        <v>2093</v>
       </c>
       <c r="F43" s="9" t="s">
-        <v>1985</v>
+        <v>2017</v>
       </c>
       <c r="G43" s="10">
         <v>3700</v>
       </c>
       <c r="H43" s="10">
         <v>2405</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="B44" s="9" t="s">
-        <v>2062</v>
+        <v>2094</v>
       </c>
       <c r="C44" s="9" t="s">
-        <v>2063</v>
+        <v>2095</v>
       </c>
       <c r="D44" s="9" t="s">
-        <v>1983</v>
+        <v>2015</v>
       </c>
       <c r="E44" s="9" t="s">
-        <v>2064</v>
+        <v>2096</v>
       </c>
       <c r="F44" s="9" t="s">
-        <v>1985</v>
+        <v>2017</v>
       </c>
       <c r="G44" s="10">
         <v>3700</v>
       </c>
       <c r="H44" s="10">
         <v>2405</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="B45" s="9" t="s">
-        <v>2065</v>
+        <v>2097</v>
       </c>
       <c r="C45" s="9" t="s">
-        <v>2066</v>
+        <v>2098</v>
       </c>
       <c r="D45" s="9" t="s">
-        <v>1983</v>
+        <v>2015</v>
       </c>
       <c r="E45" s="9" t="s">
-        <v>2067</v>
+        <v>2099</v>
       </c>
       <c r="F45" s="9" t="s">
-        <v>1985</v>
+        <v>2017</v>
       </c>
       <c r="G45" s="10">
         <v>3700</v>
       </c>
       <c r="H45" s="10">
         <v>2405</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="B46" s="9" t="s">
-        <v>2068</v>
+        <v>2100</v>
       </c>
       <c r="C46" s="9" t="s">
-        <v>2069</v>
+        <v>2101</v>
       </c>
       <c r="D46" s="9" t="s">
-        <v>1983</v>
+        <v>2015</v>
       </c>
       <c r="E46" s="9" t="s">
-        <v>2070</v>
+        <v>2102</v>
       </c>
       <c r="F46" s="9" t="s">
-        <v>1985</v>
+        <v>2017</v>
       </c>
       <c r="G46" s="10">
         <v>3700</v>
       </c>
       <c r="H46" s="10">
         <v>2405</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="B47" s="9" t="s">
-        <v>2071</v>
+        <v>2103</v>
       </c>
       <c r="C47" s="9" t="s">
-        <v>2072</v>
+        <v>2104</v>
       </c>
       <c r="D47" s="9" t="s">
-        <v>1983</v>
+        <v>2015</v>
       </c>
       <c r="E47" s="9" t="s">
-        <v>2073</v>
+        <v>2105</v>
       </c>
       <c r="F47" s="9" t="s">
-        <v>1985</v>
+        <v>2017</v>
       </c>
       <c r="G47" s="10">
         <v>3700</v>
       </c>
       <c r="H47" s="10">
         <v>2405</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="B48" s="9" t="s">
-        <v>2074</v>
+        <v>2106</v>
       </c>
       <c r="C48" s="9" t="s">
-        <v>2075</v>
+        <v>2107</v>
       </c>
       <c r="D48" s="9" t="s">
-        <v>2076</v>
+        <v>2108</v>
       </c>
       <c r="E48" s="9" t="s">
-        <v>456</v>
+        <v>502</v>
       </c>
       <c r="F48" s="9" t="s">
-        <v>2077</v>
+        <v>2109</v>
       </c>
       <c r="G48" s="10">
-        <v>3850</v>
+        <v>3950</v>
       </c>
       <c r="H48" s="10">
-        <v>2361.963190184049</v>
+        <v>2423.312883435583</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="B49" s="9" t="s">
-        <v>2078</v>
+        <v>2110</v>
       </c>
       <c r="C49" s="9" t="s">
-        <v>2079</v>
+        <v>2111</v>
       </c>
       <c r="D49" s="9" t="s">
-        <v>2076</v>
+        <v>2108</v>
       </c>
       <c r="E49" s="9" t="s">
-        <v>456</v>
+        <v>980</v>
       </c>
       <c r="F49" s="9" t="s">
-        <v>2077</v>
+        <v>2109</v>
       </c>
       <c r="G49" s="10">
-        <v>3850</v>
+        <v>3950</v>
       </c>
       <c r="H49" s="10">
-        <v>2361.963190184049</v>
+        <v>2423.312883435583</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="B50" s="9" t="s">
-        <v>2080</v>
+        <v>2112</v>
       </c>
       <c r="C50" s="9" t="s">
-        <v>2081</v>
+        <v>2113</v>
       </c>
       <c r="D50" s="9" t="s">
-        <v>2076</v>
+        <v>1992</v>
       </c>
       <c r="E50" s="9" t="s">
-        <v>985</v>
+        <v>2114</v>
       </c>
       <c r="F50" s="9" t="s">
-        <v>2077</v>
+        <v>1994</v>
       </c>
       <c r="G50" s="10">
-        <v>3850</v>
+        <v>3990</v>
       </c>
       <c r="H50" s="10">
-        <v>2361.963190184049</v>
+        <v>2593.5</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="B51" s="9" t="s">
-        <v>2082</v>
+        <v>2115</v>
       </c>
       <c r="C51" s="9" t="s">
-        <v>2083</v>
+        <v>2116</v>
       </c>
       <c r="D51" s="9" t="s">
-        <v>1960</v>
+        <v>1992</v>
       </c>
       <c r="E51" s="9" t="s">
-        <v>2084</v>
+        <v>2117</v>
       </c>
       <c r="F51" s="9" t="s">
-        <v>1962</v>
+        <v>1994</v>
       </c>
       <c r="G51" s="10">
         <v>3990</v>
       </c>
       <c r="H51" s="10">
         <v>2593.5</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="B52" s="9" t="s">
-        <v>2085</v>
+        <v>2118</v>
       </c>
       <c r="C52" s="9" t="s">
-        <v>2086</v>
+        <v>2119</v>
       </c>
       <c r="D52" s="9" t="s">
-        <v>1960</v>
+        <v>2108</v>
       </c>
       <c r="E52" s="9" t="s">
-        <v>2087</v>
+        <v>502</v>
       </c>
       <c r="F52" s="9" t="s">
-        <v>1962</v>
+        <v>2109</v>
       </c>
       <c r="G52" s="10">
-        <v>3990</v>
+        <v>4100</v>
       </c>
       <c r="H52" s="10">
-        <v>2593.5</v>
+        <v>2515.337423312883</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="B53" s="9" t="s">
-        <v>2088</v>
+        <v>2120</v>
       </c>
       <c r="C53" s="9" t="s">
-        <v>2089</v>
+        <v>2121</v>
       </c>
       <c r="D53" s="9" t="s">
-        <v>2090</v>
+        <v>2122</v>
       </c>
       <c r="E53" s="9" t="s">
-        <v>2091</v>
+        <v>2123</v>
       </c>
       <c r="F53" s="9" t="s">
-        <v>1310</v>
+        <v>1343</v>
       </c>
       <c r="G53" s="10">
         <v>5220</v>
       </c>
       <c r="H53" s="10">
         <v>3393.000000000001</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="B54" s="9" t="s">
-        <v>2092</v>
+        <v>2124</v>
       </c>
       <c r="C54" s="9" t="s">
-        <v>2093</v>
+        <v>2125</v>
       </c>
       <c r="D54" s="9" t="s">
-        <v>2090</v>
+        <v>2122</v>
       </c>
       <c r="E54" s="9" t="s">
-        <v>2094</v>
+        <v>2126</v>
       </c>
       <c r="F54" s="9" t="s">
-        <v>1310</v>
+        <v>1343</v>
       </c>
       <c r="G54" s="10">
         <v>5220</v>
       </c>
       <c r="H54" s="10">
         <v>3393.000000000001</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="B55" s="9" t="s">
-        <v>2095</v>
+        <v>2127</v>
       </c>
       <c r="C55" s="9" t="s">
-        <v>2096</v>
+        <v>2128</v>
       </c>
       <c r="D55" s="9" t="s">
-        <v>2090</v>
+        <v>2122</v>
       </c>
       <c r="E55" s="9" t="s">
-        <v>2097</v>
+        <v>2129</v>
       </c>
       <c r="F55" s="9" t="s">
-        <v>1310</v>
+        <v>1343</v>
       </c>
       <c r="G55" s="10">
         <v>5220</v>
       </c>
       <c r="H55" s="10">
         <v>3393.000000000001</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="B56" s="9" t="s">
-        <v>2098</v>
+        <v>2130</v>
       </c>
       <c r="C56" s="9" t="s">
-        <v>2099</v>
+        <v>2131</v>
       </c>
       <c r="D56" s="9" t="s">
-        <v>2090</v>
+        <v>2122</v>
       </c>
       <c r="E56" s="9" t="s">
-        <v>2100</v>
+        <v>2132</v>
       </c>
       <c r="F56" s="9" t="s">
-        <v>1310</v>
+        <v>1343</v>
       </c>
       <c r="G56" s="10">
         <v>5220</v>
       </c>
       <c r="H56" s="10">
         <v>3393.000000000001</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="B57" s="9" t="s">
-        <v>2101</v>
+        <v>2133</v>
       </c>
       <c r="C57" s="9" t="s">
-        <v>2102</v>
+        <v>2134</v>
       </c>
       <c r="D57" s="9" t="s">
-        <v>2090</v>
+        <v>2122</v>
       </c>
       <c r="E57" s="9" t="s">
-        <v>1389</v>
+        <v>1422</v>
       </c>
       <c r="F57" s="9" t="s">
-        <v>1310</v>
+        <v>1343</v>
       </c>
       <c r="G57" s="10">
         <v>5220</v>
       </c>
       <c r="H57" s="10">
         <v>3393.000000000001</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="B58" s="9" t="s">
-        <v>2103</v>
+        <v>2135</v>
       </c>
       <c r="C58" s="9" t="s">
-        <v>2104</v>
+        <v>2136</v>
       </c>
       <c r="D58" s="9" t="s">
-        <v>2090</v>
+        <v>2122</v>
       </c>
       <c r="E58" s="9" t="s">
-        <v>1348</v>
+        <v>1381</v>
       </c>
       <c r="F58" s="9" t="s">
-        <v>1310</v>
+        <v>1343</v>
       </c>
       <c r="G58" s="10">
         <v>5220</v>
       </c>
       <c r="H58" s="10">
         <v>3393.000000000001</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="B59" s="9" t="s">
-        <v>2105</v>
+        <v>2137</v>
       </c>
       <c r="C59" s="9" t="s">
-        <v>2106</v>
+        <v>2138</v>
       </c>
       <c r="D59" s="9" t="s">
-        <v>2090</v>
+        <v>2122</v>
       </c>
       <c r="E59" s="9" t="s">
-        <v>2107</v>
+        <v>2139</v>
       </c>
       <c r="F59" s="9" t="s">
-        <v>1310</v>
+        <v>1343</v>
       </c>
       <c r="G59" s="10">
         <v>5220</v>
       </c>
       <c r="H59" s="10">
         <v>3393.000000000001</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="B60" s="9" t="s">
-        <v>2108</v>
+        <v>2140</v>
       </c>
       <c r="C60" s="9" t="s">
-        <v>2109</v>
+        <v>2141</v>
       </c>
       <c r="D60" s="9" t="s">
-        <v>2090</v>
+        <v>2122</v>
       </c>
       <c r="E60" s="9" t="s">
-        <v>1367</v>
+        <v>1400</v>
       </c>
       <c r="F60" s="9" t="s">
-        <v>1310</v>
+        <v>1343</v>
       </c>
       <c r="G60" s="10">
         <v>5220</v>
       </c>
       <c r="H60" s="10">
         <v>3393.000000000001</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="B61" s="9" t="s">
-        <v>2110</v>
+        <v>2142</v>
       </c>
       <c r="C61" s="9" t="s">
-        <v>2111</v>
+        <v>2143</v>
       </c>
       <c r="D61" s="9" t="s">
-        <v>2090</v>
+        <v>2122</v>
       </c>
       <c r="E61" s="9" t="s">
-        <v>2112</v>
+        <v>2144</v>
       </c>
       <c r="F61" s="9" t="s">
-        <v>1310</v>
+        <v>1343</v>
       </c>
       <c r="G61" s="10">
         <v>5220</v>
       </c>
       <c r="H61" s="10">
         <v>3393.000000000001</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="B62" s="9" t="s">
-        <v>2113</v>
+        <v>2145</v>
       </c>
       <c r="C62" s="9" t="s">
-        <v>2114</v>
+        <v>2146</v>
       </c>
       <c r="D62" s="9" t="s">
-        <v>2090</v>
+        <v>2122</v>
       </c>
       <c r="E62" s="9" t="s">
-        <v>1377</v>
+        <v>1410</v>
       </c>
       <c r="F62" s="9" t="s">
-        <v>1310</v>
+        <v>1343</v>
       </c>
       <c r="G62" s="10">
         <v>5220</v>
       </c>
       <c r="H62" s="10">
         <v>3393.000000000001</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="B63" s="9" t="s">
-        <v>2115</v>
+        <v>2147</v>
       </c>
       <c r="C63" s="9" t="s">
-        <v>2116</v>
+        <v>2148</v>
       </c>
       <c r="D63" s="9" t="s">
-        <v>2090</v>
+        <v>2122</v>
       </c>
       <c r="E63" s="9" t="s">
-        <v>1371</v>
+        <v>1404</v>
       </c>
       <c r="F63" s="9" t="s">
-        <v>1310</v>
+        <v>1343</v>
       </c>
       <c r="G63" s="10">
         <v>5220</v>
       </c>
       <c r="H63" s="10">
         <v>3393.000000000001</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="B64" s="9" t="s">
-        <v>2117</v>
+        <v>2149</v>
       </c>
       <c r="C64" s="9" t="s">
-        <v>2118</v>
+        <v>2150</v>
       </c>
       <c r="D64" s="9" t="s">
-        <v>2090</v>
+        <v>2122</v>
       </c>
       <c r="E64" s="9" t="s">
-        <v>2119</v>
+        <v>2151</v>
       </c>
       <c r="F64" s="9" t="s">
-        <v>1310</v>
+        <v>1343</v>
       </c>
       <c r="G64" s="10">
         <v>5220</v>
       </c>
       <c r="H64" s="10">
         <v>3393.000000000001</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="B65" s="9" t="s">
-        <v>2120</v>
+        <v>2152</v>
       </c>
       <c r="C65" s="9" t="s">
-        <v>2121</v>
+        <v>2153</v>
       </c>
       <c r="D65" s="9" t="s">
-        <v>2090</v>
+        <v>2122</v>
       </c>
       <c r="E65" s="9" t="s">
-        <v>2122</v>
+        <v>2154</v>
       </c>
       <c r="F65" s="9" t="s">
-        <v>1310</v>
+        <v>1343</v>
       </c>
       <c r="G65" s="10">
         <v>5220</v>
       </c>
       <c r="H65" s="10">
         <v>3393.000000000001</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="B66" s="9" t="s">
-        <v>2123</v>
+        <v>2155</v>
       </c>
       <c r="C66" s="9" t="s">
-        <v>2124</v>
+        <v>2156</v>
       </c>
       <c r="D66" s="9" t="s">
-        <v>2090</v>
+        <v>2122</v>
       </c>
       <c r="E66" s="9" t="s">
-        <v>2125</v>
+        <v>2157</v>
       </c>
       <c r="F66" s="9" t="s">
-        <v>1310</v>
+        <v>1343</v>
       </c>
       <c r="G66" s="10">
         <v>5220</v>
       </c>
       <c r="H66" s="10">
         <v>3393.000000000001</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="B67" s="9" t="s">
-        <v>2126</v>
+        <v>2158</v>
       </c>
       <c r="C67" s="9" t="s">
-        <v>2127</v>
+        <v>2159</v>
       </c>
       <c r="D67" s="9" t="s">
-        <v>2090</v>
+        <v>2122</v>
       </c>
       <c r="E67" s="9" t="s">
-        <v>2128</v>
+        <v>2160</v>
       </c>
       <c r="F67" s="9" t="s">
-        <v>1310</v>
+        <v>1343</v>
       </c>
       <c r="G67" s="10">
         <v>5220</v>
       </c>
       <c r="H67" s="10">
         <v>3393.000000000001</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="B68" s="9" t="s">
-        <v>2129</v>
+        <v>2161</v>
       </c>
       <c r="C68" s="9" t="s">
-        <v>2130</v>
+        <v>2162</v>
       </c>
       <c r="D68" s="9" t="s">
-        <v>2090</v>
+        <v>2122</v>
       </c>
       <c r="E68" s="9" t="s">
-        <v>2131</v>
+        <v>2163</v>
       </c>
       <c r="F68" s="9" t="s">
-        <v>1310</v>
+        <v>1343</v>
       </c>
       <c r="G68" s="10">
         <v>5220</v>
       </c>
       <c r="H68" s="10">
         <v>3393.000000000001</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="B69" s="9" t="s">
-        <v>2132</v>
+        <v>2164</v>
       </c>
       <c r="C69" s="9" t="s">
-        <v>2133</v>
+        <v>2165</v>
       </c>
       <c r="D69" s="9" t="s">
-        <v>2090</v>
+        <v>2122</v>
       </c>
       <c r="E69" s="9" t="s">
-        <v>2134</v>
+        <v>2166</v>
       </c>
       <c r="F69" s="9" t="s">
-        <v>1310</v>
+        <v>1343</v>
       </c>
       <c r="G69" s="10">
         <v>5220</v>
       </c>
       <c r="H69" s="10">
         <v>3393.000000000001</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="B70" s="9" t="s">
-        <v>2135</v>
+        <v>2167</v>
       </c>
       <c r="C70" s="9" t="s">
-        <v>2136</v>
+        <v>2168</v>
       </c>
       <c r="D70" s="9" t="s">
-        <v>2090</v>
+        <v>2122</v>
       </c>
       <c r="E70" s="9" t="s">
-        <v>1678</v>
+        <v>1711</v>
       </c>
       <c r="F70" s="9" t="s">
-        <v>1310</v>
+        <v>1343</v>
       </c>
       <c r="G70" s="10">
         <v>5220</v>
       </c>
       <c r="H70" s="10">
         <v>3393.000000000001</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="B71" s="9" t="s">
-        <v>2137</v>
+        <v>2169</v>
       </c>
       <c r="C71" s="9" t="s">
-        <v>2138</v>
+        <v>2170</v>
       </c>
       <c r="D71" s="9" t="s">
-        <v>2090</v>
+        <v>2122</v>
       </c>
       <c r="E71" s="9" t="s">
-        <v>2139</v>
+        <v>2171</v>
       </c>
       <c r="F71" s="9" t="s">
-        <v>1310</v>
+        <v>1343</v>
       </c>
       <c r="G71" s="10">
         <v>5220</v>
       </c>
       <c r="H71" s="10">
         <v>3393.000000000001</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="B72" s="9" t="s">
-        <v>2140</v>
+        <v>2172</v>
       </c>
       <c r="C72" s="9" t="s">
-        <v>2141</v>
+        <v>2173</v>
       </c>
       <c r="D72" s="9" t="s">
-        <v>2090</v>
+        <v>2122</v>
       </c>
       <c r="E72" s="9" t="s">
-        <v>2142</v>
+        <v>2174</v>
       </c>
       <c r="F72" s="9" t="s">
-        <v>1310</v>
+        <v>1343</v>
       </c>
       <c r="G72" s="10">
         <v>5220</v>
       </c>
       <c r="H72" s="10">
         <v>3393.000000000001</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="B73" s="9" t="s">
-        <v>2143</v>
+        <v>2175</v>
       </c>
       <c r="C73" s="9" t="s">
-        <v>2144</v>
+        <v>2176</v>
       </c>
       <c r="D73" s="9" t="s">
-        <v>2090</v>
+        <v>2122</v>
       </c>
       <c r="E73" s="9" t="s">
-        <v>2145</v>
+        <v>2177</v>
       </c>
       <c r="F73" s="9" t="s">
-        <v>1310</v>
+        <v>1343</v>
       </c>
       <c r="G73" s="10">
         <v>5220</v>
       </c>
       <c r="H73" s="10">
         <v>3393.000000000001</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="B74" s="9" t="s">
-        <v>2146</v>
+        <v>2178</v>
       </c>
       <c r="C74" s="9" t="s">
-        <v>2147</v>
+        <v>2179</v>
       </c>
       <c r="D74" s="9" t="s">
-        <v>2090</v>
+        <v>2122</v>
       </c>
       <c r="E74" s="9" t="s">
-        <v>1313</v>
+        <v>1346</v>
       </c>
       <c r="F74" s="9" t="s">
-        <v>1310</v>
+        <v>1343</v>
       </c>
       <c r="G74" s="10">
         <v>5220</v>
       </c>
       <c r="H74" s="10">
         <v>3393.000000000001</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="B75" s="9" t="s">
-        <v>2148</v>
+        <v>2180</v>
       </c>
       <c r="C75" s="9" t="s">
-        <v>2149</v>
+        <v>2181</v>
       </c>
       <c r="D75" s="9" t="s">
-        <v>2090</v>
+        <v>2122</v>
       </c>
       <c r="E75" s="9" t="s">
-        <v>2150</v>
+        <v>2182</v>
       </c>
       <c r="F75" s="9" t="s">
-        <v>1310</v>
+        <v>1343</v>
       </c>
       <c r="G75" s="10">
         <v>5490</v>
       </c>
       <c r="H75" s="10">
         <v>3568.500000000001</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="B76" s="9" t="s">
-        <v>2151</v>
+        <v>2183</v>
       </c>
       <c r="C76" s="9" t="s">
-        <v>2152</v>
+        <v>2184</v>
       </c>
       <c r="D76" s="9" t="s">
-        <v>2090</v>
+        <v>2122</v>
       </c>
       <c r="E76" s="9" t="s">
-        <v>2153</v>
+        <v>2185</v>
       </c>
       <c r="F76" s="9" t="s">
-        <v>1310</v>
+        <v>1343</v>
       </c>
       <c r="G76" s="10">
         <v>5490</v>
       </c>
       <c r="H76" s="10">
         <v>3568.500000000001</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="B77" s="9" t="s">
-        <v>2154</v>
+        <v>2186</v>
       </c>
       <c r="C77" s="9" t="s">
-        <v>2155</v>
+        <v>2187</v>
       </c>
       <c r="D77" s="9" t="s">
-        <v>2090</v>
+        <v>2122</v>
       </c>
       <c r="E77" s="9" t="s">
-        <v>2156</v>
+        <v>2188</v>
       </c>
       <c r="F77" s="9" t="s">
-        <v>1310</v>
+        <v>1343</v>
       </c>
       <c r="G77" s="10">
         <v>5490</v>
       </c>
       <c r="H77" s="10">
         <v>3568.500000000001</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="B78" s="9" t="s">
-        <v>2157</v>
+        <v>2189</v>
       </c>
       <c r="C78" s="9" t="s">
-        <v>2158</v>
+        <v>2190</v>
       </c>
       <c r="D78" s="9" t="s">
-        <v>2090</v>
+        <v>2122</v>
       </c>
       <c r="E78" s="9" t="s">
-        <v>2159</v>
+        <v>2191</v>
       </c>
       <c r="F78" s="9" t="s">
-        <v>1310</v>
+        <v>1343</v>
       </c>
       <c r="G78" s="10">
         <v>5490</v>
       </c>
       <c r="H78" s="10">
         <v>3568.500000000001</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="B79" s="9" t="s">
-        <v>2160</v>
+        <v>2192</v>
       </c>
       <c r="C79" s="9" t="s">
-        <v>2161</v>
+        <v>2193</v>
       </c>
       <c r="D79" s="9" t="s">
-        <v>2090</v>
+        <v>2122</v>
       </c>
       <c r="E79" s="9" t="s">
-        <v>2162</v>
+        <v>2194</v>
       </c>
       <c r="F79" s="9" t="s">
-        <v>1310</v>
+        <v>1343</v>
       </c>
       <c r="G79" s="10">
         <v>5490</v>
       </c>
       <c r="H79" s="10">
         <v>3568.500000000001</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="B80" s="9" t="s">
-        <v>2163</v>
+        <v>2195</v>
       </c>
       <c r="C80" s="9" t="s">
-        <v>2164</v>
+        <v>2196</v>
       </c>
       <c r="D80" s="9" t="s">
-        <v>2090</v>
+        <v>2122</v>
       </c>
       <c r="E80" s="9" t="s">
-        <v>2165</v>
+        <v>2197</v>
       </c>
       <c r="F80" s="9" t="s">
-        <v>1310</v>
+        <v>1343</v>
       </c>
       <c r="G80" s="10">
         <v>5490</v>
       </c>
       <c r="H80" s="10">
         <v>3568.500000000001</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="B81" s="9" t="s">
-        <v>2166</v>
+        <v>2198</v>
       </c>
       <c r="C81" s="9" t="s">
-        <v>2167</v>
+        <v>2199</v>
       </c>
       <c r="D81" s="9" t="s">
-        <v>2168</v>
+        <v>2200</v>
       </c>
       <c r="E81" s="9" t="s">
-        <v>2169</v>
+        <v>2201</v>
       </c>
       <c r="F81" s="9" t="s">
-        <v>1754</v>
+        <v>1787</v>
       </c>
       <c r="G81" s="10">
         <v>13500</v>
       </c>
       <c r="H81" s="10">
         <v>9179.999999999998</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="B82" s="9" t="s">
-        <v>2170</v>
+        <v>2202</v>
       </c>
       <c r="C82" s="9" t="s">
-        <v>2171</v>
+        <v>2203</v>
       </c>
       <c r="D82" s="9" t="s">
-        <v>2168</v>
+        <v>2200</v>
       </c>
       <c r="E82" s="9" t="s">
-        <v>2172</v>
+        <v>2204</v>
       </c>
       <c r="F82" s="9" t="s">
-        <v>1754</v>
+        <v>1787</v>
       </c>
       <c r="G82" s="10">
         <v>13500</v>
       </c>
       <c r="H82" s="10">
         <v>9179.999999999998</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="B83" s="9" t="s">
-        <v>2173</v>
+        <v>2205</v>
       </c>
       <c r="C83" s="9" t="s">
-        <v>2174</v>
+        <v>2206</v>
       </c>
       <c r="D83" s="9" t="s">
-        <v>2168</v>
+        <v>2200</v>
       </c>
       <c r="E83" s="9" t="s">
-        <v>2175</v>
+        <v>2207</v>
       </c>
       <c r="F83" s="9" t="s">
-        <v>1754</v>
+        <v>1787</v>
       </c>
       <c r="G83" s="10">
         <v>13500</v>
       </c>
       <c r="H83" s="10">
         <v>9179.999999999998</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="B84" s="9" t="s">
-        <v>2176</v>
+        <v>2208</v>
       </c>
       <c r="C84" s="9" t="s">
-        <v>2177</v>
+        <v>2209</v>
       </c>
       <c r="D84" s="9" t="s">
-        <v>2168</v>
+        <v>2200</v>
       </c>
       <c r="E84" s="9" t="s">
-        <v>2178</v>
+        <v>2210</v>
       </c>
       <c r="F84" s="9" t="s">
-        <v>1754</v>
+        <v>1787</v>
       </c>
       <c r="G84" s="10">
         <v>13500</v>
       </c>
       <c r="H84" s="10">
         <v>9179.999999999998</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="B85" s="9" t="s">
-        <v>2179</v>
+        <v>2211</v>
       </c>
       <c r="C85" s="9" t="s">
-        <v>2180</v>
+        <v>2212</v>
       </c>
       <c r="D85" s="9" t="s">
-        <v>2168</v>
+        <v>2200</v>
       </c>
       <c r="E85" s="9" t="s">
-        <v>2181</v>
+        <v>2213</v>
       </c>
       <c r="F85" s="9" t="s">
-        <v>1754</v>
+        <v>1787</v>
       </c>
       <c r="G85" s="10">
         <v>13500</v>
       </c>
       <c r="H85" s="10">
         <v>9179.999999999998</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="B86" s="9" t="s">
-        <v>2182</v>
+        <v>2214</v>
       </c>
       <c r="C86" s="9" t="s">
-        <v>2183</v>
+        <v>2215</v>
       </c>
       <c r="D86" s="9" t="s">
-        <v>2168</v>
+        <v>2200</v>
       </c>
       <c r="E86" s="9" t="s">
-        <v>2184</v>
+        <v>2216</v>
       </c>
       <c r="F86" s="9" t="s">
-        <v>1754</v>
+        <v>1787</v>
       </c>
       <c r="G86" s="10">
         <v>13500</v>
       </c>
       <c r="H86" s="10">
         <v>9179.999999999998</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="B87" s="9" t="s">
-        <v>2185</v>
+        <v>2217</v>
       </c>
       <c r="C87" s="9" t="s">
-        <v>2186</v>
+        <v>2218</v>
       </c>
       <c r="D87" s="9" t="s">
-        <v>2168</v>
+        <v>2200</v>
       </c>
       <c r="E87" s="9" t="s">
-        <v>2187</v>
+        <v>2219</v>
       </c>
       <c r="F87" s="9" t="s">
-        <v>1754</v>
+        <v>1787</v>
       </c>
       <c r="G87" s="10">
         <v>13500</v>
       </c>
       <c r="H87" s="10">
         <v>9179.999999999998</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="B88" s="9" t="s">
-        <v>2188</v>
+        <v>2220</v>
       </c>
       <c r="C88" s="9" t="s">
-        <v>2189</v>
+        <v>2221</v>
       </c>
       <c r="D88" s="9" t="s">
-        <v>2168</v>
+        <v>2200</v>
       </c>
       <c r="E88" s="9" t="s">
-        <v>2190</v>
+        <v>2222</v>
       </c>
       <c r="F88" s="9" t="s">
-        <v>1754</v>
+        <v>1787</v>
       </c>
       <c r="G88" s="10">
         <v>13500</v>
       </c>
       <c r="H88" s="10">
         <v>9179.999999999998</v>
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="B89" s="9" t="s">
-        <v>2191</v>
+        <v>2223</v>
       </c>
       <c r="C89" s="9" t="s">
-        <v>2192</v>
+        <v>2224</v>
       </c>
       <c r="D89" s="9" t="s">
-        <v>2168</v>
+        <v>2200</v>
       </c>
       <c r="E89" s="9" t="s">
-        <v>2193</v>
+        <v>2225</v>
       </c>
       <c r="F89" s="9" t="s">
-        <v>1754</v>
+        <v>1787</v>
       </c>
       <c r="G89" s="10">
         <v>13500</v>
       </c>
       <c r="H89" s="10">
         <v>9179.999999999998</v>
       </c>
     </row>
     <row r="90" spans="1:9">
       <c r="B90" s="9" t="s">
-        <v>2194</v>
+        <v>2226</v>
       </c>
       <c r="C90" s="9" t="s">
-        <v>2195</v>
+        <v>2227</v>
       </c>
       <c r="D90" s="9" t="s">
-        <v>2168</v>
+        <v>2200</v>
       </c>
       <c r="E90" s="9" t="s">
-        <v>2196</v>
+        <v>2228</v>
       </c>
       <c r="F90" s="9" t="s">
-        <v>1754</v>
+        <v>1787</v>
       </c>
       <c r="G90" s="10">
         <v>13500</v>
       </c>
       <c r="H90" s="10">
         <v>9179.999999999998</v>
       </c>
     </row>
     <row r="91" spans="1:9">
       <c r="B91" s="9" t="s">
-        <v>2197</v>
+        <v>2229</v>
       </c>
       <c r="C91" s="9" t="s">
-        <v>2198</v>
+        <v>2230</v>
       </c>
       <c r="D91" s="9" t="s">
-        <v>2168</v>
+        <v>2200</v>
       </c>
       <c r="E91" s="9" t="s">
-        <v>2199</v>
+        <v>2231</v>
       </c>
       <c r="F91" s="9" t="s">
-        <v>1754</v>
+        <v>1787</v>
       </c>
       <c r="G91" s="10">
         <v>13500</v>
       </c>
       <c r="H91" s="10">
         <v>9179.999999999998</v>
       </c>
     </row>
     <row r="92" spans="1:9">
       <c r="B92" s="9" t="s">
+        <v>2232</v>
+      </c>
+      <c r="C92" s="9" t="s">
+        <v>2233</v>
+      </c>
+      <c r="D92" s="9" t="s">
         <v>2200</v>
       </c>
-      <c r="C92" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E92" s="9" t="s">
-        <v>2202</v>
+        <v>2234</v>
       </c>
       <c r="F92" s="9" t="s">
-        <v>1754</v>
+        <v>1787</v>
       </c>
       <c r="G92" s="10">
         <v>13500</v>
       </c>
       <c r="H92" s="10">
         <v>9179.999999999998</v>
       </c>
     </row>
     <row r="93" spans="1:9">
       <c r="B93" s="9" t="s">
-        <v>2203</v>
+        <v>2235</v>
       </c>
       <c r="C93" s="9" t="s">
-        <v>2204</v>
+        <v>2236</v>
       </c>
       <c r="D93" s="9" t="s">
-        <v>2168</v>
+        <v>2200</v>
       </c>
       <c r="E93" s="9" t="s">
-        <v>2205</v>
+        <v>2237</v>
       </c>
       <c r="F93" s="9" t="s">
-        <v>1754</v>
+        <v>1787</v>
       </c>
       <c r="G93" s="10">
         <v>13500</v>
       </c>
       <c r="H93" s="10">
         <v>9179.999999999998</v>
       </c>
     </row>
     <row r="94" spans="1:9">
       <c r="B94" s="9" t="s">
-        <v>2206</v>
+        <v>2238</v>
       </c>
       <c r="C94" s="9" t="s">
-        <v>2207</v>
+        <v>2239</v>
       </c>
       <c r="D94" s="9" t="s">
-        <v>2168</v>
+        <v>2200</v>
       </c>
       <c r="E94" s="9" t="s">
-        <v>2208</v>
+        <v>2240</v>
       </c>
       <c r="F94" s="9" t="s">
-        <v>1754</v>
+        <v>1787</v>
       </c>
       <c r="G94" s="10">
         <v>13500</v>
       </c>
       <c r="H94" s="10">
         <v>9179.999999999998</v>
       </c>
     </row>
     <row r="95" spans="1:9">
       <c r="B95" s="9" t="s">
-        <v>2209</v>
+        <v>2241</v>
       </c>
       <c r="C95" s="9" t="s">
-        <v>2210</v>
+        <v>2242</v>
       </c>
       <c r="D95" s="9" t="s">
-        <v>2168</v>
+        <v>2200</v>
       </c>
       <c r="E95" s="9" t="s">
-        <v>2211</v>
+        <v>2243</v>
       </c>
       <c r="F95" s="9" t="s">
-        <v>1754</v>
+        <v>1787</v>
       </c>
       <c r="G95" s="10">
         <v>13500</v>
       </c>
       <c r="H95" s="10">
         <v>9179.999999999998</v>
       </c>
     </row>
     <row r="96" spans="1:9">
       <c r="B96" s="9" t="s">
-        <v>2212</v>
+        <v>2244</v>
       </c>
       <c r="C96" s="9" t="s">
-        <v>2213</v>
+        <v>2245</v>
       </c>
       <c r="D96" s="9" t="s">
-        <v>2168</v>
+        <v>2200</v>
       </c>
       <c r="E96" s="9" t="s">
-        <v>2214</v>
+        <v>2246</v>
       </c>
       <c r="F96" s="9" t="s">
-        <v>1754</v>
+        <v>1787</v>
       </c>
       <c r="G96" s="10">
         <v>13500</v>
       </c>
       <c r="H96" s="10">
         <v>9179.999999999998</v>
       </c>
     </row>
     <row r="97" spans="1:9">
       <c r="B97" s="9" t="s">
-        <v>2215</v>
+        <v>2247</v>
       </c>
       <c r="C97" s="9" t="s">
-        <v>2216</v>
+        <v>2248</v>
       </c>
       <c r="D97" s="9" t="s">
-        <v>2168</v>
+        <v>2200</v>
       </c>
       <c r="E97" s="9" t="s">
-        <v>2217</v>
+        <v>2249</v>
       </c>
       <c r="F97" s="9" t="s">
-        <v>1754</v>
+        <v>1787</v>
       </c>
       <c r="G97" s="10">
         <v>13500</v>
       </c>
       <c r="H97" s="10">
         <v>9179.999999999998</v>
       </c>
     </row>
     <row r="98" spans="1:9">
       <c r="B98" s="9" t="s">
-        <v>2218</v>
+        <v>2250</v>
       </c>
       <c r="C98" s="9" t="s">
-        <v>2219</v>
+        <v>2251</v>
       </c>
       <c r="D98" s="9" t="s">
-        <v>2168</v>
+        <v>2200</v>
       </c>
       <c r="E98" s="9" t="s">
-        <v>2220</v>
+        <v>2252</v>
       </c>
       <c r="F98" s="9" t="s">
-        <v>1754</v>
+        <v>1787</v>
       </c>
       <c r="G98" s="10">
         <v>13500</v>
       </c>
       <c r="H98" s="10">
         <v>9179.999999999998</v>
       </c>
     </row>
     <row r="99" spans="1:9">
       <c r="B99" s="9" t="s">
-        <v>2221</v>
+        <v>2253</v>
       </c>
       <c r="C99" s="9" t="s">
-        <v>2222</v>
+        <v>2254</v>
       </c>
       <c r="D99" s="9" t="s">
-        <v>2168</v>
+        <v>2200</v>
       </c>
       <c r="E99" s="9" t="s">
-        <v>2223</v>
+        <v>2255</v>
       </c>
       <c r="F99" s="9" t="s">
-        <v>1754</v>
+        <v>1787</v>
       </c>
       <c r="G99" s="10">
         <v>13500</v>
       </c>
       <c r="H99" s="10">
         <v>9179.999999999998</v>
       </c>
     </row>
     <row r="100" spans="1:9">
       <c r="B100" s="9" t="s">
-        <v>2224</v>
+        <v>2256</v>
       </c>
       <c r="C100" s="9" t="s">
-        <v>2225</v>
+        <v>2257</v>
       </c>
       <c r="D100" s="9" t="s">
-        <v>2168</v>
+        <v>2200</v>
       </c>
       <c r="E100" s="9" t="s">
-        <v>2226</v>
+        <v>2258</v>
       </c>
       <c r="F100" s="9" t="s">
-        <v>1754</v>
+        <v>1787</v>
       </c>
       <c r="G100" s="10">
         <v>13500</v>
       </c>
       <c r="H100" s="10">
         <v>9179.999999999998</v>
       </c>
     </row>
     <row r="101" spans="1:9">
       <c r="B101" s="9" t="s">
-        <v>2227</v>
+        <v>2259</v>
       </c>
       <c r="C101" s="9" t="s">
-        <v>2228</v>
+        <v>2260</v>
       </c>
       <c r="D101" s="9" t="s">
-        <v>2168</v>
+        <v>2200</v>
       </c>
       <c r="E101" s="9" t="s">
-        <v>2229</v>
+        <v>2261</v>
       </c>
       <c r="F101" s="9" t="s">
-        <v>1754</v>
+        <v>1787</v>
       </c>
       <c r="G101" s="10">
         <v>13500</v>
       </c>
       <c r="H101" s="10">
         <v>9179.999999999998</v>
       </c>
     </row>
     <row r="102" spans="1:9">
       <c r="B102" s="9" t="s">
-        <v>2230</v>
+        <v>2262</v>
       </c>
       <c r="C102" s="9" t="s">
-        <v>2231</v>
+        <v>2263</v>
       </c>
       <c r="D102" s="9" t="s">
-        <v>2168</v>
+        <v>2200</v>
       </c>
       <c r="E102" s="9" t="s">
-        <v>2232</v>
+        <v>2264</v>
       </c>
       <c r="F102" s="9" t="s">
-        <v>1754</v>
+        <v>1787</v>
       </c>
       <c r="G102" s="10">
         <v>13500</v>
       </c>
       <c r="H102" s="10">
         <v>9179.999999999998</v>
       </c>
     </row>
     <row r="103" spans="1:9">
       <c r="B103" s="9" t="s">
-        <v>2233</v>
+        <v>2265</v>
       </c>
       <c r="C103" s="9" t="s">
-        <v>2234</v>
+        <v>2266</v>
       </c>
       <c r="D103" s="9" t="s">
-        <v>2168</v>
+        <v>2200</v>
       </c>
       <c r="E103" s="9" t="s">
-        <v>2235</v>
+        <v>2267</v>
       </c>
       <c r="F103" s="9" t="s">
-        <v>1754</v>
+        <v>1787</v>
       </c>
       <c r="G103" s="10">
         <v>13500</v>
       </c>
       <c r="H103" s="10">
         <v>9179.999999999998</v>
       </c>
     </row>
     <row r="104" spans="1:9">
       <c r="B104" s="9" t="s">
-        <v>2236</v>
+        <v>2268</v>
       </c>
       <c r="C104" s="9" t="s">
-        <v>2237</v>
+        <v>2269</v>
       </c>
       <c r="D104" s="9" t="s">
-        <v>2168</v>
+        <v>2200</v>
       </c>
       <c r="E104" s="9" t="s">
-        <v>2238</v>
+        <v>2270</v>
       </c>
       <c r="F104" s="9" t="s">
-        <v>1754</v>
+        <v>1787</v>
       </c>
       <c r="G104" s="10">
         <v>13500</v>
       </c>
       <c r="H104" s="10">
         <v>9179.999999999998</v>
       </c>
     </row>
     <row r="105" spans="1:9">
       <c r="B105" s="9" t="s">
-        <v>2239</v>
+        <v>2271</v>
       </c>
       <c r="C105" s="9" t="s">
-        <v>2240</v>
+        <v>2272</v>
       </c>
       <c r="D105" s="9" t="s">
-        <v>2168</v>
+        <v>2200</v>
       </c>
       <c r="E105" s="9" t="s">
-        <v>2241</v>
+        <v>2273</v>
       </c>
       <c r="F105" s="9" t="s">
-        <v>1754</v>
+        <v>1787</v>
       </c>
       <c r="G105" s="10">
         <v>13500</v>
       </c>
       <c r="H105" s="10">
         <v>9179.999999999998</v>
       </c>
     </row>
     <row r="106" spans="1:9">
       <c r="B106" s="9" t="s">
-        <v>2242</v>
+        <v>2274</v>
       </c>
       <c r="C106" s="9" t="s">
-        <v>2243</v>
+        <v>2275</v>
       </c>
       <c r="D106" s="9" t="s">
-        <v>2168</v>
+        <v>2200</v>
       </c>
       <c r="E106" s="9" t="s">
-        <v>2244</v>
+        <v>2276</v>
       </c>
       <c r="F106" s="9" t="s">
-        <v>1754</v>
+        <v>1787</v>
       </c>
       <c r="G106" s="10">
         <v>13500</v>
       </c>
       <c r="H106" s="10">
         <v>9179.999999999998</v>
       </c>
     </row>
     <row r="107" spans="1:9">
       <c r="B107" s="9" t="s">
-        <v>2245</v>
+        <v>2277</v>
       </c>
       <c r="C107" s="9" t="s">
-        <v>2246</v>
+        <v>2278</v>
       </c>
       <c r="D107" s="9" t="s">
-        <v>2168</v>
+        <v>2200</v>
       </c>
       <c r="E107" s="9" t="s">
-        <v>2247</v>
+        <v>2279</v>
       </c>
       <c r="F107" s="9" t="s">
-        <v>1754</v>
+        <v>1787</v>
       </c>
       <c r="G107" s="10">
         <v>13500</v>
       </c>
       <c r="H107" s="10">
         <v>9179.999999999998</v>
       </c>
     </row>
     <row r="108" spans="1:9">
       <c r="B108" s="9" t="s">
-        <v>2248</v>
+        <v>2280</v>
       </c>
       <c r="C108" s="9" t="s">
-        <v>2249</v>
+        <v>2281</v>
       </c>
       <c r="D108" s="9" t="s">
-        <v>2168</v>
+        <v>2200</v>
       </c>
       <c r="E108" s="9" t="s">
-        <v>2250</v>
+        <v>2282</v>
       </c>
       <c r="F108" s="9" t="s">
-        <v>1754</v>
+        <v>1787</v>
       </c>
       <c r="G108" s="10">
         <v>13500</v>
       </c>
       <c r="H108" s="10">
         <v>9179.999999999998</v>
       </c>
     </row>
     <row r="109" spans="1:9">
       <c r="B109" s="9" t="s">
-        <v>2251</v>
+        <v>2283</v>
       </c>
       <c r="C109" s="9" t="s">
-        <v>2252</v>
+        <v>2284</v>
       </c>
       <c r="D109" s="9" t="s">
-        <v>2168</v>
+        <v>2200</v>
       </c>
       <c r="E109" s="9" t="s">
-        <v>2253</v>
+        <v>2285</v>
       </c>
       <c r="F109" s="9" t="s">
-        <v>1754</v>
+        <v>1787</v>
       </c>
       <c r="G109" s="10">
         <v>13500</v>
       </c>
       <c r="H109" s="10">
         <v>9179.999999999998</v>
       </c>
     </row>
     <row r="110" spans="1:9">
       <c r="B110" s="9" t="s">
-        <v>2254</v>
+        <v>2286</v>
       </c>
       <c r="C110" s="9" t="s">
-        <v>2255</v>
+        <v>2287</v>
       </c>
       <c r="D110" s="9" t="s">
-        <v>2168</v>
+        <v>2200</v>
       </c>
       <c r="E110" s="9" t="s">
-        <v>2256</v>
+        <v>2288</v>
       </c>
       <c r="F110" s="9" t="s">
-        <v>1754</v>
+        <v>1787</v>
       </c>
       <c r="G110" s="10">
         <v>13500</v>
       </c>
       <c r="H110" s="10">
         <v>9179.999999999998</v>
       </c>
     </row>
     <row r="111" spans="1:9">
       <c r="B111" s="9" t="s">
-        <v>2257</v>
+        <v>2289</v>
       </c>
       <c r="C111" s="9" t="s">
-        <v>2258</v>
+        <v>2290</v>
       </c>
       <c r="D111" s="9" t="s">
-        <v>2168</v>
+        <v>2200</v>
       </c>
       <c r="E111" s="9" t="s">
-        <v>2259</v>
+        <v>2291</v>
       </c>
       <c r="F111" s="9" t="s">
-        <v>1754</v>
+        <v>1787</v>
       </c>
       <c r="G111" s="10">
         <v>13500</v>
       </c>
       <c r="H111" s="10">
         <v>9179.999999999998</v>
       </c>
     </row>
     <row r="112" spans="1:9">
       <c r="B112" s="9" t="s">
-        <v>2260</v>
+        <v>2292</v>
       </c>
       <c r="C112" s="9" t="s">
-        <v>2261</v>
+        <v>2293</v>
       </c>
       <c r="D112" s="9" t="s">
-        <v>2168</v>
+        <v>2200</v>
       </c>
       <c r="E112" s="9" t="s">
-        <v>2262</v>
+        <v>2294</v>
       </c>
       <c r="F112" s="9" t="s">
-        <v>1754</v>
+        <v>1787</v>
       </c>
       <c r="G112" s="10">
         <v>13500</v>
       </c>
       <c r="H112" s="10">
         <v>9179.999999999998</v>
       </c>
     </row>
     <row r="113" spans="1:9">
       <c r="B113" s="9" t="s">
-        <v>2263</v>
+        <v>2295</v>
       </c>
       <c r="C113" s="9" t="s">
-        <v>2264</v>
+        <v>2296</v>
       </c>
       <c r="D113" s="9" t="s">
-        <v>2168</v>
+        <v>2200</v>
       </c>
       <c r="E113" s="9" t="s">
-        <v>2265</v>
+        <v>2297</v>
       </c>
       <c r="F113" s="9" t="s">
-        <v>1754</v>
+        <v>1787</v>
       </c>
       <c r="G113" s="10">
         <v>13500</v>
       </c>
       <c r="H113" s="10">
         <v>9179.999999999998</v>
       </c>
     </row>
     <row r="114" spans="1:9">
       <c r="B114" s="9" t="s">
-        <v>2266</v>
+        <v>2298</v>
       </c>
       <c r="C114" s="9" t="s">
-        <v>2267</v>
+        <v>2299</v>
       </c>
       <c r="D114" s="9" t="s">
-        <v>2168</v>
+        <v>2200</v>
       </c>
       <c r="E114" s="9" t="s">
-        <v>2268</v>
+        <v>2300</v>
       </c>
       <c r="F114" s="9" t="s">
-        <v>1754</v>
+        <v>1787</v>
       </c>
       <c r="G114" s="10">
         <v>13500</v>
       </c>
       <c r="H114" s="10">
         <v>9179.999999999998</v>
       </c>
     </row>
     <row r="115" spans="1:9">
       <c r="B115" s="9" t="s">
-        <v>2269</v>
+        <v>2301</v>
       </c>
       <c r="C115" s="9" t="s">
-        <v>2270</v>
+        <v>2302</v>
       </c>
       <c r="D115" s="9" t="s">
-        <v>2168</v>
+        <v>2200</v>
       </c>
       <c r="E115" s="9" t="s">
-        <v>2271</v>
+        <v>2303</v>
       </c>
       <c r="F115" s="9" t="s">
-        <v>1754</v>
+        <v>1787</v>
       </c>
       <c r="G115" s="10">
         <v>13500</v>
       </c>
       <c r="H115" s="10">
         <v>9179.999999999998</v>
       </c>
     </row>
     <row r="116" spans="1:9">
       <c r="B116" s="9" t="s">
-        <v>2272</v>
+        <v>2304</v>
       </c>
       <c r="C116" s="9" t="s">
-        <v>2273</v>
+        <v>2305</v>
       </c>
       <c r="D116" s="9" t="s">
-        <v>2168</v>
+        <v>2200</v>
       </c>
       <c r="E116" s="9" t="s">
-        <v>2274</v>
+        <v>2306</v>
       </c>
       <c r="F116" s="9" t="s">
-        <v>1754</v>
+        <v>1787</v>
       </c>
       <c r="G116" s="10">
         <v>13500</v>
       </c>
       <c r="H116" s="10">
         <v>9179.999999999998</v>
       </c>
     </row>
     <row r="117" spans="1:9">
       <c r="B117" s="9" t="s">
-        <v>2275</v>
+        <v>2307</v>
       </c>
       <c r="C117" s="9" t="s">
-        <v>2276</v>
+        <v>2308</v>
       </c>
       <c r="D117" s="9" t="s">
-        <v>2168</v>
+        <v>2200</v>
       </c>
       <c r="E117" s="9" t="s">
-        <v>2277</v>
+        <v>2309</v>
       </c>
       <c r="F117" s="9" t="s">
-        <v>1754</v>
+        <v>1787</v>
       </c>
       <c r="G117" s="10">
         <v>13500</v>
       </c>
       <c r="H117" s="10">
         <v>9179.999999999998</v>
       </c>
     </row>
     <row r="119" spans="1:9">
       <c r="B119" s="7" t="s">
-        <v>2278</v>
+        <v>2310</v>
       </c>
       <c r="C119" s="0"/>
       <c r="D119" s="0"/>
       <c r="E119" s="0"/>
       <c r="F119" s="0"/>
       <c r="G119" s="0"/>
     </row>
     <row r="120" spans="1:9">
       <c r="B120" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C120" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D120" s="8" t="s">
-        <v>664</v>
+        <v>662</v>
       </c>
       <c r="E120" s="8" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="F120" s="8" t="s">
         <v>11</v>
       </c>
       <c r="G120" s="8" t="s">
-        <v>1304</v>
+        <v>1337</v>
       </c>
       <c r="H120" s="8" t="s">
-        <v>2279</v>
+        <v>2311</v>
       </c>
     </row>
     <row r="121" spans="1:9">
       <c r="B121" s="9" t="s">
-        <v>2173</v>
+        <v>2205</v>
       </c>
       <c r="C121" s="9" t="s">
-        <v>2280</v>
+        <v>2312</v>
       </c>
       <c r="D121" s="9" t="s">
-        <v>2281</v>
+        <v>2313</v>
       </c>
       <c r="E121" s="9" t="s">
-        <v>2282</v>
+        <v>2314</v>
       </c>
       <c r="F121" s="9" t="s">
-        <v>1754</v>
+        <v>1787</v>
       </c>
       <c r="G121" s="10">
         <v>6300</v>
       </c>
       <c r="H121" s="10">
         <v>3150</v>
       </c>
     </row>
     <row r="122" spans="1:9">
       <c r="B122" s="9" t="s">
-        <v>2179</v>
+        <v>2211</v>
       </c>
       <c r="C122" s="9" t="s">
-        <v>2283</v>
+        <v>2315</v>
       </c>
       <c r="D122" s="9" t="s">
-        <v>2281</v>
+        <v>2313</v>
       </c>
       <c r="E122" s="9" t="s">
-        <v>2284</v>
+        <v>2316</v>
       </c>
       <c r="F122" s="9" t="s">
-        <v>1754</v>
+        <v>1787</v>
       </c>
       <c r="G122" s="10">
         <v>6300</v>
       </c>
       <c r="H122" s="10">
         <v>3150</v>
       </c>
     </row>
     <row r="123" spans="1:9">
       <c r="B123" s="9" t="s">
-        <v>2176</v>
+        <v>2208</v>
       </c>
       <c r="C123" s="9" t="s">
-        <v>2285</v>
+        <v>2317</v>
       </c>
       <c r="D123" s="9" t="s">
-        <v>2286</v>
+        <v>2318</v>
       </c>
       <c r="E123" s="9" t="s">
-        <v>2287</v>
+        <v>2319</v>
       </c>
       <c r="F123" s="9" t="s">
-        <v>1754</v>
+        <v>1787</v>
       </c>
       <c r="G123" s="10">
         <v>6300</v>
       </c>
       <c r="H123" s="10">
         <v>3150</v>
       </c>
     </row>
     <row r="124" spans="1:9">
       <c r="B124" s="9" t="s">
-        <v>2170</v>
+        <v>2202</v>
       </c>
       <c r="C124" s="9" t="s">
-        <v>2288</v>
+        <v>2320</v>
       </c>
       <c r="D124" s="9" t="s">
-        <v>2281</v>
+        <v>2313</v>
       </c>
       <c r="E124" s="9" t="s">
-        <v>2289</v>
+        <v>2321</v>
       </c>
       <c r="F124" s="9" t="s">
-        <v>1754</v>
+        <v>1787</v>
       </c>
       <c r="G124" s="10">
         <v>6300</v>
       </c>
       <c r="H124" s="10">
         <v>3150</v>
       </c>
     </row>
     <row r="125" spans="1:9">
       <c r="B125" s="9" t="s">
-        <v>2290</v>
+        <v>2322</v>
       </c>
       <c r="C125" s="9" t="s">
-        <v>2291</v>
+        <v>2323</v>
       </c>
       <c r="D125" s="9" t="s">
-        <v>2281</v>
+        <v>2313</v>
       </c>
       <c r="E125" s="9" t="s">
-        <v>2169</v>
+        <v>2201</v>
       </c>
       <c r="F125" s="9" t="s">
-        <v>1754</v>
+        <v>1787</v>
       </c>
       <c r="G125" s="10">
         <v>6300</v>
       </c>
       <c r="H125" s="10">
         <v>3150</v>
       </c>
     </row>
     <row r="126" spans="1:9">
       <c r="B126" s="9" t="s">
-        <v>2182</v>
+        <v>2214</v>
       </c>
       <c r="C126" s="9" t="s">
-        <v>2292</v>
+        <v>2324</v>
       </c>
       <c r="D126" s="9" t="s">
-        <v>2281</v>
+        <v>2313</v>
       </c>
       <c r="E126" s="9" t="s">
-        <v>2184</v>
+        <v>2216</v>
       </c>
       <c r="F126" s="9" t="s">
-        <v>1754</v>
+        <v>1787</v>
       </c>
       <c r="G126" s="10">
         <v>6750</v>
       </c>
       <c r="H126" s="10">
         <v>3375</v>
       </c>
     </row>
     <row r="127" spans="1:9">
       <c r="B127" s="9" t="s">
-        <v>2194</v>
+        <v>2226</v>
       </c>
       <c r="C127" s="9" t="s">
-        <v>2293</v>
+        <v>2325</v>
       </c>
       <c r="D127" s="9" t="s">
-        <v>2281</v>
+        <v>2313</v>
       </c>
       <c r="E127" s="9" t="s">
-        <v>2294</v>
+        <v>2326</v>
       </c>
       <c r="F127" s="9" t="s">
-        <v>1754</v>
+        <v>1787</v>
       </c>
       <c r="G127" s="10">
         <v>6750</v>
       </c>
       <c r="H127" s="10">
         <v>3375</v>
       </c>
     </row>
     <row r="128" spans="1:9">
       <c r="B128" s="9" t="s">
-        <v>2191</v>
+        <v>2223</v>
       </c>
       <c r="C128" s="9" t="s">
-        <v>2295</v>
+        <v>2327</v>
       </c>
       <c r="D128" s="9" t="s">
-        <v>2281</v>
+        <v>2313</v>
       </c>
       <c r="E128" s="9" t="s">
-        <v>2296</v>
+        <v>2328</v>
       </c>
       <c r="F128" s="9" t="s">
-        <v>1754</v>
+        <v>1787</v>
       </c>
       <c r="G128" s="10">
         <v>6750</v>
       </c>
       <c r="H128" s="10">
         <v>3375</v>
       </c>
     </row>
     <row r="129" spans="1:9">
       <c r="B129" s="9" t="s">
-        <v>2188</v>
+        <v>2220</v>
       </c>
       <c r="C129" s="9" t="s">
-        <v>2297</v>
+        <v>2329</v>
       </c>
       <c r="D129" s="9" t="s">
-        <v>2281</v>
+        <v>2313</v>
       </c>
       <c r="E129" s="9" t="s">
-        <v>2190</v>
+        <v>2222</v>
       </c>
       <c r="F129" s="9" t="s">
-        <v>1754</v>
+        <v>1787</v>
       </c>
       <c r="G129" s="10">
         <v>6750</v>
       </c>
       <c r="H129" s="10">
         <v>3375</v>
       </c>
     </row>
     <row r="130" spans="1:9">
       <c r="B130" s="9" t="s">
-        <v>2185</v>
+        <v>2217</v>
       </c>
       <c r="C130" s="9" t="s">
-        <v>2298</v>
+        <v>2330</v>
       </c>
       <c r="D130" s="9" t="s">
-        <v>2281</v>
+        <v>2313</v>
       </c>
       <c r="E130" s="9" t="s">
-        <v>2187</v>
+        <v>2219</v>
       </c>
       <c r="F130" s="9" t="s">
-        <v>1754</v>
+        <v>1787</v>
       </c>
       <c r="G130" s="10">
         <v>6750</v>
       </c>
       <c r="H130" s="10">
         <v>3375</v>
       </c>
     </row>
     <row r="131" spans="1:9">
       <c r="B131" s="9" t="s">
-        <v>2299</v>
+        <v>2331</v>
       </c>
       <c r="C131" s="9" t="s">
-        <v>2300</v>
+        <v>2332</v>
       </c>
       <c r="D131" s="9" t="s">
-        <v>2281</v>
+        <v>2313</v>
       </c>
       <c r="E131" s="9" t="s">
-        <v>2223</v>
+        <v>2255</v>
       </c>
       <c r="F131" s="9" t="s">
-        <v>1754</v>
+        <v>1787</v>
       </c>
       <c r="G131" s="10">
         <v>7200</v>
       </c>
       <c r="H131" s="10">
         <v>3600</v>
       </c>
     </row>
     <row r="132" spans="1:9">
       <c r="B132" s="9" t="s">
-        <v>2227</v>
+        <v>2259</v>
       </c>
       <c r="C132" s="9" t="s">
-        <v>2301</v>
+        <v>2333</v>
       </c>
       <c r="D132" s="9" t="s">
-        <v>2281</v>
+        <v>2313</v>
       </c>
       <c r="E132" s="9" t="s">
-        <v>2302</v>
+        <v>2334</v>
       </c>
       <c r="F132" s="9" t="s">
-        <v>1754</v>
+        <v>1787</v>
       </c>
       <c r="G132" s="10">
         <v>7200</v>
       </c>
       <c r="H132" s="10">
         <v>3600</v>
       </c>
     </row>
     <row r="133" spans="1:9">
       <c r="B133" s="9" t="s">
-        <v>2218</v>
+        <v>2250</v>
       </c>
       <c r="C133" s="9" t="s">
-        <v>2303</v>
+        <v>2335</v>
       </c>
       <c r="D133" s="9" t="s">
-        <v>2281</v>
+        <v>2313</v>
       </c>
       <c r="E133" s="9" t="s">
-        <v>2220</v>
+        <v>2252</v>
       </c>
       <c r="F133" s="9" t="s">
-        <v>1754</v>
+        <v>1787</v>
       </c>
       <c r="G133" s="10">
         <v>7200</v>
       </c>
       <c r="H133" s="10">
         <v>3600</v>
       </c>
     </row>
     <row r="134" spans="1:9">
       <c r="B134" s="9" t="s">
-        <v>2215</v>
+        <v>2247</v>
       </c>
       <c r="C134" s="9" t="s">
-        <v>2304</v>
+        <v>2336</v>
       </c>
       <c r="D134" s="9" t="s">
-        <v>2281</v>
+        <v>2313</v>
       </c>
       <c r="E134" s="9" t="s">
-        <v>2305</v>
+        <v>2337</v>
       </c>
       <c r="F134" s="9" t="s">
-        <v>1754</v>
+        <v>1787</v>
       </c>
       <c r="G134" s="10">
         <v>7200</v>
       </c>
       <c r="H134" s="10">
         <v>3600</v>
       </c>
     </row>
     <row r="135" spans="1:9">
       <c r="B135" s="9" t="s">
-        <v>2200</v>
+        <v>2232</v>
       </c>
       <c r="C135" s="9" t="s">
-        <v>2306</v>
+        <v>2338</v>
       </c>
       <c r="D135" s="9" t="s">
-        <v>2281</v>
+        <v>2313</v>
       </c>
       <c r="E135" s="9" t="s">
-        <v>2202</v>
+        <v>2234</v>
       </c>
       <c r="F135" s="9" t="s">
-        <v>1754</v>
+        <v>1787</v>
       </c>
       <c r="G135" s="10">
         <v>7200</v>
       </c>
       <c r="H135" s="10">
         <v>3600</v>
       </c>
     </row>
     <row r="136" spans="1:9">
       <c r="B136" s="9" t="s">
-        <v>2197</v>
+        <v>2229</v>
       </c>
       <c r="C136" s="9" t="s">
-        <v>2307</v>
+        <v>2339</v>
       </c>
       <c r="D136" s="9" t="s">
-        <v>2281</v>
+        <v>2313</v>
       </c>
       <c r="E136" s="9" t="s">
-        <v>2308</v>
+        <v>2340</v>
       </c>
       <c r="F136" s="9" t="s">
-        <v>1754</v>
+        <v>1787</v>
       </c>
       <c r="G136" s="10">
         <v>7200</v>
       </c>
       <c r="H136" s="10">
         <v>3600</v>
       </c>
     </row>
     <row r="137" spans="1:9">
       <c r="B137" s="9" t="s">
-        <v>2309</v>
+        <v>2341</v>
       </c>
       <c r="C137" s="9" t="s">
-        <v>2310</v>
+        <v>2342</v>
       </c>
       <c r="D137" s="9" t="s">
-        <v>2281</v>
+        <v>2313</v>
       </c>
       <c r="E137" s="9" t="s">
-        <v>2205</v>
+        <v>2237</v>
       </c>
       <c r="F137" s="9" t="s">
-        <v>1754</v>
+        <v>1787</v>
       </c>
       <c r="G137" s="10">
         <v>7200</v>
       </c>
       <c r="H137" s="10">
         <v>3600</v>
       </c>
     </row>
     <row r="138" spans="1:9">
       <c r="B138" s="9" t="s">
-        <v>2311</v>
+        <v>2343</v>
       </c>
       <c r="C138" s="9" t="s">
-        <v>2312</v>
+        <v>2344</v>
       </c>
       <c r="D138" s="9" t="s">
-        <v>2281</v>
+        <v>2313</v>
       </c>
       <c r="E138" s="9" t="s">
-        <v>2313</v>
+        <v>2345</v>
       </c>
       <c r="F138" s="9" t="s">
-        <v>1754</v>
+        <v>1787</v>
       </c>
       <c r="G138" s="10">
         <v>7200</v>
       </c>
       <c r="H138" s="10">
         <v>3600</v>
       </c>
     </row>
     <row r="139" spans="1:9">
       <c r="B139" s="9" t="s">
-        <v>2206</v>
+        <v>2238</v>
       </c>
       <c r="C139" s="9" t="s">
-        <v>2314</v>
+        <v>2346</v>
       </c>
       <c r="D139" s="9" t="s">
-        <v>2281</v>
+        <v>2313</v>
       </c>
       <c r="E139" s="9" t="s">
-        <v>2315</v>
+        <v>2347</v>
       </c>
       <c r="F139" s="9" t="s">
-        <v>1754</v>
+        <v>1787</v>
       </c>
       <c r="G139" s="10">
         <v>7200</v>
       </c>
       <c r="H139" s="10">
         <v>3600</v>
       </c>
     </row>
     <row r="140" spans="1:9">
       <c r="B140" s="9" t="s">
-        <v>2212</v>
+        <v>2244</v>
       </c>
       <c r="C140" s="9" t="s">
-        <v>2316</v>
+        <v>2348</v>
       </c>
       <c r="D140" s="9" t="s">
-        <v>2281</v>
+        <v>2313</v>
       </c>
       <c r="E140" s="9" t="s">
-        <v>2214</v>
+        <v>2246</v>
       </c>
       <c r="F140" s="9" t="s">
-        <v>1754</v>
+        <v>1787</v>
       </c>
       <c r="G140" s="10">
         <v>7200</v>
       </c>
       <c r="H140" s="10">
         <v>3600</v>
       </c>
     </row>
     <row r="141" spans="1:9">
       <c r="B141" s="9" t="s">
-        <v>2209</v>
+        <v>2241</v>
       </c>
       <c r="C141" s="9" t="s">
-        <v>2317</v>
+        <v>2349</v>
       </c>
       <c r="D141" s="9" t="s">
-        <v>2281</v>
+        <v>2313</v>
       </c>
       <c r="E141" s="9" t="s">
-        <v>2211</v>
+        <v>2243</v>
       </c>
       <c r="F141" s="9" t="s">
-        <v>1754</v>
+        <v>1787</v>
       </c>
       <c r="G141" s="10">
         <v>7200</v>
       </c>
       <c r="H141" s="10">
         <v>3600</v>
       </c>
     </row>
     <row r="142" spans="1:9">
       <c r="B142" s="9" t="s">
-        <v>2224</v>
+        <v>2256</v>
       </c>
       <c r="C142" s="9" t="s">
-        <v>2318</v>
+        <v>2350</v>
       </c>
       <c r="D142" s="9" t="s">
-        <v>2281</v>
+        <v>2313</v>
       </c>
       <c r="E142" s="9" t="s">
-        <v>2226</v>
+        <v>2258</v>
       </c>
       <c r="F142" s="9" t="s">
-        <v>1754</v>
+        <v>1787</v>
       </c>
       <c r="G142" s="10">
         <v>7200</v>
       </c>
       <c r="H142" s="10">
         <v>3600</v>
       </c>
     </row>
     <row r="143" spans="1:9">
       <c r="B143" s="9" t="s">
-        <v>2260</v>
+        <v>2292</v>
       </c>
       <c r="C143" s="9" t="s">
-        <v>2319</v>
+        <v>2351</v>
       </c>
       <c r="D143" s="9" t="s">
-        <v>2281</v>
+        <v>2313</v>
       </c>
       <c r="E143" s="9" t="s">
-        <v>2320</v>
+        <v>2352</v>
       </c>
       <c r="F143" s="9" t="s">
-        <v>1754</v>
+        <v>1787</v>
       </c>
       <c r="G143" s="10">
         <v>7800</v>
       </c>
       <c r="H143" s="10">
         <v>3900</v>
       </c>
     </row>
     <row r="144" spans="1:9">
       <c r="B144" s="9" t="s">
-        <v>2254</v>
+        <v>2286</v>
       </c>
       <c r="C144" s="9" t="s">
-        <v>2321</v>
+        <v>2353</v>
       </c>
       <c r="D144" s="9" t="s">
-        <v>2281</v>
+        <v>2313</v>
       </c>
       <c r="E144" s="9" t="s">
-        <v>2322</v>
+        <v>2354</v>
       </c>
       <c r="F144" s="9" t="s">
-        <v>1754</v>
+        <v>1787</v>
       </c>
       <c r="G144" s="10">
         <v>7800</v>
       </c>
       <c r="H144" s="10">
         <v>3900</v>
       </c>
     </row>
     <row r="145" spans="1:9">
       <c r="B145" s="9" t="s">
-        <v>2257</v>
+        <v>2289</v>
       </c>
       <c r="C145" s="9" t="s">
-        <v>2323</v>
+        <v>2355</v>
       </c>
       <c r="D145" s="9" t="s">
-        <v>2281</v>
+        <v>2313</v>
       </c>
       <c r="E145" s="9" t="s">
-        <v>2324</v>
+        <v>2356</v>
       </c>
       <c r="F145" s="9" t="s">
-        <v>1754</v>
+        <v>1787</v>
       </c>
       <c r="G145" s="10">
         <v>7800</v>
       </c>
       <c r="H145" s="10">
         <v>3900</v>
       </c>
     </row>
     <row r="146" spans="1:9">
       <c r="B146" s="9" t="s">
-        <v>2263</v>
+        <v>2295</v>
       </c>
       <c r="C146" s="9" t="s">
-        <v>2325</v>
+        <v>2357</v>
       </c>
       <c r="D146" s="9" t="s">
-        <v>2281</v>
+        <v>2313</v>
       </c>
       <c r="E146" s="9" t="s">
-        <v>2326</v>
+        <v>2358</v>
       </c>
       <c r="F146" s="9" t="s">
-        <v>1754</v>
+        <v>1787</v>
       </c>
       <c r="G146" s="10">
         <v>7800</v>
       </c>
       <c r="H146" s="10">
         <v>3900</v>
       </c>
     </row>
     <row r="147" spans="1:9">
       <c r="B147" s="9" t="s">
-        <v>2266</v>
+        <v>2298</v>
       </c>
       <c r="C147" s="9" t="s">
-        <v>2327</v>
+        <v>2359</v>
       </c>
       <c r="D147" s="9" t="s">
-        <v>2281</v>
+        <v>2313</v>
       </c>
       <c r="E147" s="9" t="s">
-        <v>2328</v>
+        <v>2360</v>
       </c>
       <c r="F147" s="9" t="s">
-        <v>1754</v>
+        <v>1787</v>
       </c>
       <c r="G147" s="10">
         <v>7800</v>
       </c>
       <c r="H147" s="10">
         <v>3900</v>
       </c>
     </row>
     <row r="148" spans="1:9">
       <c r="B148" s="9" t="s">
-        <v>2242</v>
+        <v>2274</v>
       </c>
       <c r="C148" s="9" t="s">
-        <v>2329</v>
+        <v>2361</v>
       </c>
       <c r="D148" s="9" t="s">
-        <v>2281</v>
+        <v>2313</v>
       </c>
       <c r="E148" s="9" t="s">
-        <v>2244</v>
+        <v>2276</v>
       </c>
       <c r="F148" s="9" t="s">
-        <v>1754</v>
+        <v>1787</v>
       </c>
       <c r="G148" s="10">
         <v>7800</v>
       </c>
       <c r="H148" s="10">
         <v>3900</v>
       </c>
     </row>
     <row r="149" spans="1:9">
       <c r="B149" s="9" t="s">
-        <v>2248</v>
+        <v>2280</v>
       </c>
       <c r="C149" s="9" t="s">
-        <v>2330</v>
+        <v>2362</v>
       </c>
       <c r="D149" s="9" t="s">
-        <v>2281</v>
+        <v>2313</v>
       </c>
       <c r="E149" s="9" t="s">
-        <v>2331</v>
+        <v>2363</v>
       </c>
       <c r="F149" s="9" t="s">
-        <v>1754</v>
+        <v>1787</v>
       </c>
       <c r="G149" s="10">
         <v>7800</v>
       </c>
       <c r="H149" s="10">
         <v>3900</v>
       </c>
     </row>
     <row r="150" spans="1:9">
       <c r="B150" s="9" t="s">
-        <v>2251</v>
+        <v>2283</v>
       </c>
       <c r="C150" s="9" t="s">
-        <v>2332</v>
+        <v>2364</v>
       </c>
       <c r="D150" s="9" t="s">
-        <v>2281</v>
+        <v>2313</v>
       </c>
       <c r="E150" s="9" t="s">
-        <v>2333</v>
+        <v>2365</v>
       </c>
       <c r="F150" s="9" t="s">
-        <v>1754</v>
+        <v>1787</v>
       </c>
       <c r="G150" s="10">
         <v>7800</v>
       </c>
       <c r="H150" s="10">
         <v>3900</v>
       </c>
     </row>
     <row r="151" spans="1:9">
       <c r="B151" s="9" t="s">
-        <v>2239</v>
+        <v>2271</v>
       </c>
       <c r="C151" s="9" t="s">
-        <v>2334</v>
+        <v>2366</v>
       </c>
       <c r="D151" s="9" t="s">
-        <v>2281</v>
+        <v>2313</v>
       </c>
       <c r="E151" s="9" t="s">
-        <v>2241</v>
+        <v>2273</v>
       </c>
       <c r="F151" s="9" t="s">
-        <v>1754</v>
+        <v>1787</v>
       </c>
       <c r="G151" s="10">
         <v>7800</v>
       </c>
       <c r="H151" s="10">
         <v>3900</v>
       </c>
     </row>
     <row r="152" spans="1:9">
       <c r="B152" s="9" t="s">
-        <v>2335</v>
+        <v>2367</v>
       </c>
       <c r="C152" s="9" t="s">
-        <v>2336</v>
+        <v>2368</v>
       </c>
       <c r="D152" s="9" t="s">
-        <v>2281</v>
+        <v>2313</v>
       </c>
       <c r="E152" s="9" t="s">
-        <v>2238</v>
+        <v>2270</v>
       </c>
       <c r="F152" s="9" t="s">
-        <v>1754</v>
+        <v>1787</v>
       </c>
       <c r="G152" s="10">
         <v>7800</v>
       </c>
       <c r="H152" s="10">
         <v>3900</v>
       </c>
     </row>
     <row r="153" spans="1:9">
       <c r="B153" s="9" t="s">
-        <v>2337</v>
+        <v>2369</v>
       </c>
       <c r="C153" s="9" t="s">
-        <v>2338</v>
+        <v>2370</v>
       </c>
       <c r="D153" s="9" t="s">
-        <v>2281</v>
+        <v>2313</v>
       </c>
       <c r="E153" s="9" t="s">
-        <v>2235</v>
+        <v>2267</v>
       </c>
       <c r="F153" s="9" t="s">
-        <v>1754</v>
+        <v>1787</v>
       </c>
       <c r="G153" s="10">
         <v>7800</v>
       </c>
       <c r="H153" s="10">
         <v>3900</v>
       </c>
     </row>
     <row r="154" spans="1:9">
       <c r="B154" s="9" t="s">
-        <v>2230</v>
+        <v>2262</v>
       </c>
       <c r="C154" s="9" t="s">
-        <v>2339</v>
+        <v>2371</v>
       </c>
       <c r="D154" s="9" t="s">
-        <v>2281</v>
+        <v>2313</v>
       </c>
       <c r="E154" s="9" t="s">
-        <v>2232</v>
+        <v>2264</v>
       </c>
       <c r="F154" s="9" t="s">
-        <v>1754</v>
+        <v>1787</v>
       </c>
       <c r="G154" s="10">
         <v>7800</v>
       </c>
       <c r="H154" s="10">
         <v>3900</v>
       </c>
     </row>
     <row r="155" spans="1:9">
       <c r="B155" s="9" t="s">
-        <v>2340</v>
+        <v>2372</v>
       </c>
       <c r="C155" s="9" t="s">
-        <v>2341</v>
+        <v>2373</v>
       </c>
       <c r="D155" s="9" t="s">
-        <v>2281</v>
+        <v>2313</v>
       </c>
       <c r="E155" s="9" t="s">
-        <v>2342</v>
+        <v>2374</v>
       </c>
       <c r="F155" s="9" t="s">
-        <v>1754</v>
+        <v>1787</v>
       </c>
       <c r="G155" s="10">
         <v>7800</v>
       </c>
       <c r="H155" s="10">
         <v>3900</v>
       </c>
     </row>
     <row r="156" spans="1:9">
       <c r="B156" s="9" t="s">
-        <v>2275</v>
+        <v>2307</v>
       </c>
       <c r="C156" s="9" t="s">
-        <v>2343</v>
+        <v>2375</v>
       </c>
       <c r="D156" s="9" t="s">
-        <v>2281</v>
+        <v>2313</v>
       </c>
       <c r="E156" s="9" t="s">
-        <v>2277</v>
+        <v>2309</v>
       </c>
       <c r="F156" s="9" t="s">
-        <v>1754</v>
+        <v>1787</v>
       </c>
       <c r="G156" s="10">
         <v>7950</v>
       </c>
       <c r="H156" s="10">
         <v>3975</v>
       </c>
     </row>
     <row r="157" spans="1:9">
       <c r="B157" s="9" t="s">
-        <v>2344</v>
+        <v>2376</v>
       </c>
       <c r="C157" s="9" t="s">
-        <v>2345</v>
+        <v>2377</v>
       </c>
       <c r="D157" s="9" t="s">
-        <v>2281</v>
+        <v>2313</v>
       </c>
       <c r="E157" s="9" t="s">
-        <v>2346</v>
+        <v>2378</v>
       </c>
       <c r="F157" s="9" t="s">
-        <v>1754</v>
+        <v>1787</v>
       </c>
       <c r="G157" s="10">
         <v>7950</v>
       </c>
       <c r="H157" s="10">
         <v>3975</v>
       </c>
     </row>
     <row r="158" spans="1:9">
       <c r="B158" s="9" t="s">
-        <v>2347</v>
+        <v>2379</v>
       </c>
       <c r="C158" s="9" t="s">
-        <v>2348</v>
+        <v>2380</v>
       </c>
       <c r="D158" s="9" t="s">
-        <v>2281</v>
+        <v>2313</v>
       </c>
       <c r="E158" s="9" t="s">
-        <v>2271</v>
+        <v>2303</v>
       </c>
       <c r="F158" s="9" t="s">
-        <v>1754</v>
+        <v>1787</v>
       </c>
       <c r="G158" s="10">
         <v>7950</v>
       </c>
       <c r="H158" s="10">
         <v>3975</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="B1:G1"/>
     <mergeCell ref="B3:B5"/>
     <mergeCell ref="C3:D3"/>
     <mergeCell ref="E3:G3"/>
     <mergeCell ref="C5:D5"/>
     <mergeCell ref="E5:G5"/>
     <mergeCell ref="B9:G9"/>
     <mergeCell ref="B119:G119"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="F6" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>